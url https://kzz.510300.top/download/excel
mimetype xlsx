--- v0 (2025-12-07)
+++ v1 (2026-01-26)
@@ -422,34958 +422,40762 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:W400"/>
+  <dimension ref="A1:AB384"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>转债代码</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>转债名称</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
+          <t>现价</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>涨跌幅</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>溢价率</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>转股价值</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
           <t>正股代码</t>
         </is>
       </c>
-      <c r="D1" s="1" t="inlineStr">
+      <c r="H1" s="1" t="inlineStr">
         <is>
           <t>正股名称</t>
         </is>
       </c>
-      <c r="E1" s="1" t="inlineStr">
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>正股价</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>正股涨跌</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
         <is>
           <t>评级</t>
         </is>
       </c>
-      <c r="F1" s="1" t="inlineStr">
+      <c r="L1" s="1" t="inlineStr">
         <is>
           <t>剩余规模</t>
         </is>
       </c>
-      <c r="G1" s="1" t="inlineStr">
+      <c r="M1" s="1" t="inlineStr">
         <is>
           <t>剩余年限</t>
         </is>
       </c>
-      <c r="H1" s="1" t="inlineStr">
+      <c r="N1" s="1" t="inlineStr">
         <is>
           <t>到期日</t>
         </is>
       </c>
-      <c r="I1" s="1" t="inlineStr">
+      <c r="O1" s="1" t="inlineStr">
         <is>
           <t>赎回价</t>
         </is>
       </c>
-      <c r="J1" s="1" t="inlineStr">
+      <c r="P1" s="1" t="inlineStr">
         <is>
           <t>强赎触发价</t>
         </is>
       </c>
-      <c r="K1" s="1" t="inlineStr">
+      <c r="Q1" s="1" t="inlineStr">
         <is>
           <t>强赎状态</t>
         </is>
       </c>
-      <c r="L1" s="1" t="inlineStr">
+      <c r="R1" s="1" t="inlineStr">
         <is>
           <t>资产负债率</t>
         </is>
       </c>
-      <c r="M1" s="1" t="inlineStr">
+      <c r="S1" s="1" t="inlineStr">
         <is>
           <t>流动比率</t>
         </is>
       </c>
-      <c r="N1" s="1" t="inlineStr">
+      <c r="T1" s="1" t="inlineStr">
         <is>
           <t>速动比率</t>
         </is>
       </c>
-      <c r="O1" s="1" t="inlineStr">
+      <c r="U1" s="1" t="inlineStr">
         <is>
           <t>24年净利</t>
         </is>
       </c>
-      <c r="P1" s="1" t="inlineStr">
+      <c r="V1" s="1" t="inlineStr">
         <is>
           <t>23年净利</t>
         </is>
       </c>
-      <c r="Q1" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="R1" s="1" t="inlineStr">
+      <c r="W1" s="1" t="inlineStr">
         <is>
           <t>转债30日波</t>
         </is>
       </c>
-      <c r="S1" s="1" t="inlineStr">
+      <c r="X1" s="1" t="inlineStr">
         <is>
           <t>转债90日波</t>
         </is>
       </c>
-      <c r="T1" s="1" t="inlineStr">
+      <c r="Y1" s="1" t="inlineStr">
         <is>
           <t>转债360日波</t>
         </is>
       </c>
-      <c r="U1" s="1" t="inlineStr">
+      <c r="Z1" s="1" t="inlineStr">
         <is>
           <t>正股30日波</t>
         </is>
       </c>
-      <c r="V1" s="1" t="inlineStr">
+      <c r="AA1" s="1" t="inlineStr">
         <is>
           <t>正股90日波</t>
         </is>
       </c>
-      <c r="W1" s="1" t="inlineStr">
+      <c r="AB1" s="1" t="inlineStr">
         <is>
           <t>正股360日波</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
-          <t>123234</t>
+          <t>110095</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>中能转债</t>
+          <t>双良转债</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>300062</t>
+          <t>166.911</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
-          <t>中能电气</t>
-[...10 lines deleted...]
-        </is>
+          <t>19.989</t>
+        </is>
+      </c>
+      <c r="E2" t="n">
+        <v>31.4</v>
+      </c>
+      <c r="F2" t="n">
+        <v>127.0227</v>
       </c>
       <c r="G2" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>600481</t>
         </is>
       </c>
       <c r="H2" t="inlineStr">
         <is>
-          <t>2029-12-11</t>
-[...10 lines deleted...]
-        </is>
+          <t>双良节能</t>
+        </is>
+      </c>
+      <c r="I2" t="n">
+        <v>7.85</v>
+      </c>
+      <c r="J2" t="n">
+        <v>9.94</v>
       </c>
       <c r="K2" t="inlineStr">
         <is>
-          <t>!</t>
-[...18 lines deleted...]
-        <v>0.41</v>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>25.774</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>3.543</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>2029-08-08</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>8.034</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R2" t="n">
-        <v>70.48999999999999</v>
+        <v>81.9068</v>
       </c>
       <c r="S2" t="n">
-        <v>43.74</v>
+        <v>0.6029</v>
       </c>
       <c r="T2" t="n">
-        <v>30.09</v>
+        <v>0.5032</v>
       </c>
       <c r="U2" t="n">
-        <v>93.45999999999999</v>
+        <v>-21.34</v>
       </c>
       <c r="V2" t="n">
-        <v>60.25</v>
+        <v>15.02</v>
       </c>
       <c r="W2" t="n">
-        <v>51.79</v>
+        <v>55.95</v>
+      </c>
+      <c r="X2" t="n">
+        <v>36.57</v>
+      </c>
+      <c r="Y2" t="n">
+        <v>34.81</v>
+      </c>
+      <c r="Z2" t="n">
+        <v>60.51</v>
+      </c>
+      <c r="AA2" t="n">
+        <v>53.43</v>
+      </c>
+      <c r="AB2" t="n">
+        <v>57.39</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>123118</t>
+          <t>118030</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
-          <t>惠城转债</t>
+          <t>睿创转债</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>300779</t>
+          <t>384.384</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
-          <t>惠城环保</t>
-[...10 lines deleted...]
-        </is>
+          <t>10.208</t>
+        </is>
+      </c>
+      <c r="E3" t="n">
+        <v>21.98</v>
+      </c>
+      <c r="F3" t="n">
+        <v>315.1291</v>
       </c>
       <c r="G3" t="inlineStr">
         <is>
-          <t>1.586</t>
+          <t>688002</t>
         </is>
       </c>
       <c r="H3" t="inlineStr">
         <is>
-          <t>2027-07-07</t>
-[...10 lines deleted...]
-        </is>
+          <t>睿创微纳</t>
+        </is>
+      </c>
+      <c r="I3" t="n">
+        <v>123.31</v>
+      </c>
+      <c r="J3" t="n">
+        <v>20</v>
       </c>
       <c r="K3" t="inlineStr">
         <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="L3" t="inlineStr">
+        <is>
+          <t>14.694</t>
+        </is>
+      </c>
+      <c r="M3" t="inlineStr">
+        <is>
+          <t>2.937</t>
+        </is>
+      </c>
+      <c r="N3" t="inlineStr">
+        <is>
+          <t>2028-12-30</t>
+        </is>
+      </c>
+      <c r="O3" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="P3" t="inlineStr">
+        <is>
+          <t>50.869</t>
+        </is>
+      </c>
+      <c r="Q3" t="inlineStr">
+        <is>
           <t>!</t>
         </is>
       </c>
-      <c r="L3" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R3" t="n">
-        <v>95.84</v>
+        <v>36.8954</v>
       </c>
       <c r="S3" t="n">
-        <v>74.56</v>
+        <v>2.8895</v>
       </c>
       <c r="T3" t="n">
-        <v>73.01000000000001</v>
+        <v>1.8035</v>
       </c>
       <c r="U3" t="n">
-        <v>96.63</v>
+        <v>5.69</v>
       </c>
       <c r="V3" t="n">
-        <v>76.05</v>
+        <v>4.96</v>
       </c>
       <c r="W3" t="n">
-        <v>66.58</v>
+        <v>44.96</v>
+      </c>
+      <c r="X3" t="n">
+        <v>43.2</v>
+      </c>
+      <c r="Y3" t="n">
+        <v>35.88</v>
+      </c>
+      <c r="Z3" t="n">
+        <v>64.37</v>
+      </c>
+      <c r="AA3" t="n">
+        <v>49.17</v>
+      </c>
+      <c r="AB3" t="n">
+        <v>47.29</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
-          <t>123185</t>
+          <t>127042</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
-          <t>能辉转债</t>
+          <t>嘉美转债</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t>301046</t>
+          <t>508.000</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
-          <t>能辉科技</t>
-[...10 lines deleted...]
-        </is>
+          <t>9.585</t>
+        </is>
+      </c>
+      <c r="E4" t="n">
+        <v>-0.24</v>
+      </c>
+      <c r="F4" t="n">
+        <v>509.2308</v>
       </c>
       <c r="G4" t="inlineStr">
         <is>
+          <t>002969</t>
+        </is>
+      </c>
+      <c r="H4" t="inlineStr">
+        <is>
+          <t>嘉美包装</t>
+        </is>
+      </c>
+      <c r="I4" t="n">
+        <v>23.17</v>
+      </c>
+      <c r="J4" t="n">
+        <v>8.52</v>
+      </c>
+      <c r="K4" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="L4" t="inlineStr">
+        <is>
+          <t>1.486</t>
+        </is>
+      </c>
+      <c r="M4" t="inlineStr">
+        <is>
           <t>-</t>
         </is>
       </c>
-      <c r="H4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="K4" t="inlineStr">
+      <c r="N4" t="inlineStr">
+        <is>
+          <t>2027-08-09</t>
+        </is>
+      </c>
+      <c r="O4" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="P4" t="inlineStr">
+        <is>
+          <t>5.915</t>
+        </is>
+      </c>
+      <c r="Q4" t="inlineStr">
         <is>
           <t>!</t>
         </is>
       </c>
-      <c r="L4" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R4" t="n">
-        <v>21.8</v>
+        <v>44.2338</v>
       </c>
       <c r="S4" t="n">
-        <v>21.15</v>
+        <v>1.4674</v>
       </c>
       <c r="T4" t="n">
-        <v>21.22</v>
-[...3 lines deleted...]
-      <c r="W4" t="inlineStr"/>
+        <v>1.036</v>
+      </c>
+      <c r="U4" t="n">
+        <v>1.83</v>
+      </c>
+      <c r="V4" t="n">
+        <v>1.54</v>
+      </c>
+      <c r="W4" t="n">
+        <v>165.4</v>
+      </c>
+      <c r="X4" t="n">
+        <v>101</v>
+      </c>
+      <c r="Y4" t="n">
+        <v>52.79</v>
+      </c>
+      <c r="Z4" t="n">
+        <v>93.81</v>
+      </c>
+      <c r="AA4" t="n">
+        <v>71.5</v>
+      </c>
+      <c r="AB4" t="n">
+        <v>49.63</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
-          <t>128116</t>
+          <t>123260</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
-          <t>瑞达转债</t>
+          <t>卓镁转债</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>002961</t>
+          <t>206.900</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
-          <t>瑞达期货</t>
-[...10 lines deleted...]
-        </is>
+          <t>8.609</t>
+        </is>
+      </c>
+      <c r="E5" t="n">
+        <v>62.7</v>
+      </c>
+      <c r="F5" t="n">
+        <v>127.1702</v>
       </c>
       <c r="G5" t="inlineStr">
         <is>
-          <t>0.564</t>
+          <t>301398</t>
         </is>
       </c>
       <c r="H5" t="inlineStr">
         <is>
-          <t>2026-06-29</t>
-[...10 lines deleted...]
-        </is>
+          <t>星源卓镁</t>
+        </is>
+      </c>
+      <c r="I5" t="n">
+        <v>66.51000000000001</v>
+      </c>
+      <c r="J5" t="n">
+        <v>7.22</v>
       </c>
       <c r="K5" t="inlineStr">
         <is>
-          <t>2/15 | 30</t>
-[...14 lines deleted...]
-        <v>2.94</v>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="L5" t="inlineStr">
+        <is>
+          <t>4.500</t>
+        </is>
+      </c>
+      <c r="M5" t="inlineStr">
+        <is>
+          <t>5.789</t>
+        </is>
+      </c>
+      <c r="N5" t="inlineStr">
+        <is>
+          <t>2031-11-06</t>
+        </is>
+      </c>
+      <c r="O5" t="inlineStr">
+        <is>
+          <t>114.00</t>
+        </is>
+      </c>
+      <c r="P5" t="inlineStr">
+        <is>
+          <t>67.990</t>
+        </is>
+      </c>
+      <c r="Q5" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R5" t="n">
-        <v>26.36</v>
+        <v>13.659</v>
       </c>
       <c r="S5" t="n">
-        <v>24.24</v>
+        <v>4.6772</v>
       </c>
       <c r="T5" t="n">
-        <v>14.72</v>
-[...3 lines deleted...]
-      <c r="W5" t="inlineStr"/>
+        <v>4.0174</v>
+      </c>
+      <c r="U5" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="V5" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="W5" t="n">
+        <v>37.47</v>
+      </c>
+      <c r="X5" t="inlineStr"/>
+      <c r="Y5" t="inlineStr"/>
+      <c r="Z5" t="n">
+        <v>50.62</v>
+      </c>
+      <c r="AA5" t="n">
+        <v>52.27</v>
+      </c>
+      <c r="AB5" t="n">
+        <v>60.85</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
-          <t>118030</t>
+          <t>123180</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
-          <t>睿创转债</t>
+          <t>浙矿转债</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>688002</t>
+          <t>177.780</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
-          <t>睿创微纳</t>
-[...10 lines deleted...]
-        </is>
+          <t>8.469</t>
+        </is>
+      </c>
+      <c r="E6" t="n">
+        <v>48.82</v>
+      </c>
+      <c r="F6" t="n">
+        <v>119.4613</v>
       </c>
       <c r="G6" t="inlineStr">
         <is>
-          <t>3.071</t>
+          <t>300837</t>
         </is>
       </c>
       <c r="H6" t="inlineStr">
         <is>
-          <t>2028-12-30</t>
-[...10 lines deleted...]
-        </is>
+          <t>浙矿股份</t>
+        </is>
+      </c>
+      <c r="I6" t="n">
+        <v>57.21</v>
+      </c>
+      <c r="J6" t="n">
+        <v>10.25</v>
       </c>
       <c r="K6" t="inlineStr">
         <is>
-          <t>!</t>
-[...18 lines deleted...]
-        <v>3.13</v>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="L6" t="inlineStr">
+        <is>
+          <t>3.198</t>
+        </is>
+      </c>
+      <c r="M6" t="inlineStr">
+        <is>
+          <t>3.126</t>
+        </is>
+      </c>
+      <c r="N6" t="inlineStr">
+        <is>
+          <t>2029-03-09</t>
+        </is>
+      </c>
+      <c r="O6" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="P6" t="inlineStr">
+        <is>
+          <t>62.257</t>
+        </is>
+      </c>
+      <c r="Q6" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R6" t="n">
-        <v>39.88</v>
+        <v>35.5334</v>
       </c>
       <c r="S6" t="n">
-        <v>40.28</v>
+        <v>3.1301</v>
       </c>
       <c r="T6" t="n">
-        <v>33.05</v>
-[...3 lines deleted...]
-      <c r="W6" t="inlineStr"/>
+        <v>1.9398</v>
+      </c>
+      <c r="U6" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="V6" t="n">
+        <v>1.07</v>
+      </c>
+      <c r="W6" t="n">
+        <v>44.19</v>
+      </c>
+      <c r="X6" t="n">
+        <v>27.3</v>
+      </c>
+      <c r="Y6" t="n">
+        <v>17.09</v>
+      </c>
+      <c r="Z6" t="n">
+        <v>93.13</v>
+      </c>
+      <c r="AA6" t="n">
+        <v>65.3</v>
+      </c>
+      <c r="AB6" t="n">
+        <v>49.01</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
-          <t>113651</t>
+          <t>123158</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
-          <t>松霖转债</t>
+          <t>宙邦转债</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
-          <t>603992</t>
+          <t>191.449</t>
         </is>
       </c>
       <c r="D7" t="inlineStr">
         <is>
-          <t>松霖科技</t>
-[...2 lines deleted...]
-      <c r="E7" t="inlineStr">
+          <t>8.368</t>
+        </is>
+      </c>
+      <c r="E7" t="n">
+        <v>35.03</v>
+      </c>
+      <c r="F7" t="n">
+        <v>141.7783</v>
+      </c>
+      <c r="G7" t="inlineStr">
+        <is>
+          <t>300037</t>
+        </is>
+      </c>
+      <c r="H7" t="inlineStr">
+        <is>
+          <t>新宙邦</t>
+        </is>
+      </c>
+      <c r="I7" t="n">
+        <v>58.2</v>
+      </c>
+      <c r="J7" t="n">
+        <v>3.37</v>
+      </c>
+      <c r="K7" t="inlineStr">
         <is>
           <t>AA</t>
         </is>
       </c>
-      <c r="F7" t="inlineStr">
-[...24 lines deleted...]
-      <c r="K7" t="inlineStr">
+      <c r="L7" t="inlineStr">
+        <is>
+          <t>18.047</t>
+        </is>
+      </c>
+      <c r="M7" t="inlineStr">
+        <is>
+          <t>2.677</t>
+        </is>
+      </c>
+      <c r="N7" t="inlineStr">
+        <is>
+          <t>2028-09-26</t>
+        </is>
+      </c>
+      <c r="O7" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="P7" t="inlineStr">
+        <is>
+          <t>53.365</t>
+        </is>
+      </c>
+      <c r="Q7" t="inlineStr">
         <is>
           <t>!</t>
         </is>
       </c>
-      <c r="L7" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R7" t="n">
-        <v>47.25</v>
+        <v>41.8098</v>
       </c>
       <c r="S7" t="n">
-        <v>56.98</v>
+        <v>1.9178</v>
       </c>
       <c r="T7" t="n">
-        <v>37.34</v>
-[...3 lines deleted...]
-      <c r="W7" t="inlineStr"/>
+        <v>1.7211</v>
+      </c>
+      <c r="U7" t="n">
+        <v>9.42</v>
+      </c>
+      <c r="V7" t="n">
+        <v>10.11</v>
+      </c>
+      <c r="W7" t="n">
+        <v>43.27</v>
+      </c>
+      <c r="X7" t="n">
+        <v>36.76</v>
+      </c>
+      <c r="Y7" t="n">
+        <v>24.35</v>
+      </c>
+      <c r="Z7" t="n">
+        <v>39.02</v>
+      </c>
+      <c r="AA7" t="n">
+        <v>58.97</v>
+      </c>
+      <c r="AB7" t="n">
+        <v>51.41</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
-          <t>127082</t>
+          <t>113661</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
-          <t>亚科转债</t>
+          <t>福22转债</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
-          <t>002540</t>
+          <t>154.534</t>
         </is>
       </c>
       <c r="D8" t="inlineStr">
         <is>
-          <t>亚太科技</t>
-[...2 lines deleted...]
-      <c r="E8" t="inlineStr">
+          <t>8.149</t>
+        </is>
+      </c>
+      <c r="E8" t="n">
+        <v>31.59</v>
+      </c>
+      <c r="F8" t="n">
+        <v>117.4355</v>
+      </c>
+      <c r="G8" t="inlineStr">
+        <is>
+          <t>603806</t>
+        </is>
+      </c>
+      <c r="H8" t="inlineStr">
+        <is>
+          <t>福斯特</t>
+        </is>
+      </c>
+      <c r="I8" t="n">
+        <v>17.31</v>
+      </c>
+      <c r="J8" t="n">
+        <v>9.970000000000001</v>
+      </c>
+      <c r="K8" t="inlineStr">
         <is>
           <t>AA</t>
         </is>
       </c>
-      <c r="F8" t="inlineStr">
-[...45 lines deleted...]
-        <v>6.76</v>
+      <c r="L8" t="inlineStr">
+        <is>
+          <t>30.297</t>
+        </is>
+      </c>
+      <c r="M8" t="inlineStr">
+        <is>
+          <t>2.833</t>
+        </is>
+      </c>
+      <c r="N8" t="inlineStr">
+        <is>
+          <t>2028-11-22</t>
+        </is>
+      </c>
+      <c r="O8" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="P8" t="inlineStr">
+        <is>
+          <t>19.162</t>
+        </is>
+      </c>
+      <c r="Q8" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R8" t="n">
-        <v>15.46</v>
+        <v>19.7415</v>
       </c>
       <c r="S8" t="n">
-        <v>17.59</v>
+        <v>13.1082</v>
       </c>
       <c r="T8" t="n">
-        <v>16.65</v>
-[...3 lines deleted...]
-      <c r="W8" t="inlineStr"/>
+        <v>11.4237</v>
+      </c>
+      <c r="U8" t="n">
+        <v>13.08</v>
+      </c>
+      <c r="V8" t="n">
+        <v>18.5</v>
+      </c>
+      <c r="W8" t="n">
+        <v>24.62</v>
+      </c>
+      <c r="X8" t="n">
+        <v>19.28</v>
+      </c>
+      <c r="Y8" t="n">
+        <v>16.17</v>
+      </c>
+      <c r="Z8" t="n">
+        <v>39.86</v>
+      </c>
+      <c r="AA8" t="n">
+        <v>35.95</v>
+      </c>
+      <c r="AB8" t="n">
+        <v>40.97</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
-          <t>118052</t>
+          <t>118042</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
-          <t>浩瀚转债</t>
+          <t>奥维转债</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
-          <t>688292</t>
+          <t>153.733</t>
         </is>
       </c>
       <c r="D9" t="inlineStr">
         <is>
-          <t>浩瀚深度</t>
-[...10 lines deleted...]
-        </is>
+          <t>7.751</t>
+        </is>
+      </c>
+      <c r="E9" t="n">
+        <v>44.22</v>
+      </c>
+      <c r="F9" t="n">
+        <v>106.5964</v>
       </c>
       <c r="G9" t="inlineStr">
         <is>
-          <t>5.271</t>
+          <t>688516</t>
         </is>
       </c>
       <c r="H9" t="inlineStr">
         <is>
-          <t>2031-03-13</t>
-[...2 lines deleted...]
-      <c r="I9" t="inlineStr">
+          <t>奥特维</t>
+        </is>
+      </c>
+      <c r="I9" t="n">
+        <v>90.01000000000001</v>
+      </c>
+      <c r="J9" t="n">
+        <v>20</v>
+      </c>
+      <c r="K9" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="L9" t="inlineStr">
+        <is>
+          <t>11.399</t>
+        </is>
+      </c>
+      <c r="M9" t="inlineStr">
+        <is>
+          <t>3.548</t>
+        </is>
+      </c>
+      <c r="N9" t="inlineStr">
+        <is>
+          <t>2029-08-10</t>
+        </is>
+      </c>
+      <c r="O9" t="inlineStr">
         <is>
           <t>115.00</t>
         </is>
       </c>
-      <c r="J9" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K9" t="inlineStr">
+      <c r="P9" t="inlineStr">
+        <is>
+          <t>109.772</t>
+        </is>
+      </c>
+      <c r="Q9" t="inlineStr">
         <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L9" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R9" t="n">
-        <v>18.64</v>
+        <v>72.7818</v>
       </c>
       <c r="S9" t="n">
-        <v>21.67</v>
-[...4 lines deleted...]
-      <c r="W9" t="inlineStr"/>
+        <v>1.3904</v>
+      </c>
+      <c r="T9" t="n">
+        <v>0.8080000000000001</v>
+      </c>
+      <c r="U9" t="n">
+        <v>12.73</v>
+      </c>
+      <c r="V9" t="n">
+        <v>12.56</v>
+      </c>
+      <c r="W9" t="n">
+        <v>27.62</v>
+      </c>
+      <c r="X9" t="n">
+        <v>19.68</v>
+      </c>
+      <c r="Y9" t="n">
+        <v>15.43</v>
+      </c>
+      <c r="Z9" t="n">
+        <v>98.94</v>
+      </c>
+      <c r="AA9" t="n">
+        <v>71.51000000000001</v>
+      </c>
+      <c r="AB9" t="n">
+        <v>61.46</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
-          <t>113687</t>
+          <t>123121</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
-          <t>振华转债</t>
+          <t>帝尔转债</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
-          <t>603067</t>
+          <t>161.384</t>
         </is>
       </c>
       <c r="D10" t="inlineStr">
         <is>
-          <t>振华股份</t>
-[...10 lines deleted...]
-        </is>
+          <t>7.716</t>
+        </is>
+      </c>
+      <c r="E10" t="n">
+        <v>28.79</v>
+      </c>
+      <c r="F10" t="n">
+        <v>125.3127</v>
       </c>
       <c r="G10" t="inlineStr">
         <is>
-          <t>4.603</t>
+          <t>300776</t>
         </is>
       </c>
       <c r="H10" t="inlineStr">
         <is>
-          <t>2030-07-12</t>
-[...10 lines deleted...]
-        </is>
+          <t>帝尔激光</t>
+        </is>
+      </c>
+      <c r="I10" t="n">
+        <v>92.18000000000001</v>
+      </c>
+      <c r="J10" t="n">
+        <v>12.46</v>
       </c>
       <c r="K10" t="inlineStr">
         <is>
-          <t>!</t>
-[...18 lines deleted...]
-        <v>4.17</v>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="L10" t="inlineStr">
+        <is>
+          <t>8.295</t>
+        </is>
+      </c>
+      <c r="M10" t="inlineStr">
+        <is>
+          <t>1.532</t>
+        </is>
+      </c>
+      <c r="N10" t="inlineStr">
+        <is>
+          <t>2027-08-05</t>
+        </is>
+      </c>
+      <c r="O10" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="P10" t="inlineStr">
+        <is>
+          <t>95.628</t>
+        </is>
+      </c>
+      <c r="Q10" t="inlineStr">
+        <is>
+          <t>0/15 | 30 2023-01-02 重新计</t>
+        </is>
       </c>
       <c r="R10" t="n">
-        <v>83.95999999999999</v>
+        <v>41.5724</v>
       </c>
       <c r="S10" t="n">
-        <v>69.38</v>
-[...1 lines deleted...]
-      <c r="T10" t="inlineStr"/>
+        <v>3.1724</v>
+      </c>
+      <c r="T10" t="n">
+        <v>2.3213</v>
+      </c>
       <c r="U10" t="n">
-        <v>84.22</v>
+        <v>5.28</v>
       </c>
       <c r="V10" t="n">
-        <v>62.83</v>
+        <v>4.61</v>
       </c>
       <c r="W10" t="n">
-        <v>50.47</v>
+        <v>26.59</v>
+      </c>
+      <c r="X10" t="n">
+        <v>19.83</v>
+      </c>
+      <c r="Y10" t="n">
+        <v>17.78</v>
+      </c>
+      <c r="Z10" t="n">
+        <v>48.75</v>
+      </c>
+      <c r="AA10" t="n">
+        <v>42.63</v>
+      </c>
+      <c r="AB10" t="n">
+        <v>49.94</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
-          <t>118045</t>
+          <t>127070</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
-          <t>盟升转债</t>
+          <t>大中转债</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
-          <t>688311</t>
+          <t>391.127</t>
         </is>
       </c>
       <c r="D11" t="inlineStr">
         <is>
-          <t>盟升电子</t>
-[...10 lines deleted...]
-        </is>
+          <t>7.217</t>
+        </is>
+      </c>
+      <c r="E11" t="n">
+        <v>26.95</v>
+      </c>
+      <c r="F11" t="n">
+        <v>308.0855</v>
       </c>
       <c r="G11" t="inlineStr">
         <is>
-          <t>3.773</t>
+          <t>001203</t>
         </is>
       </c>
       <c r="H11" t="inlineStr">
         <is>
-          <t>2029-09-12</t>
-[...2 lines deleted...]
-      <c r="I11" t="inlineStr">
+          <t>大中矿业</t>
+        </is>
+      </c>
+      <c r="I11" t="n">
+        <v>33.15</v>
+      </c>
+      <c r="J11" t="n">
+        <v>9.99</v>
+      </c>
+      <c r="K11" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="L11" t="inlineStr">
+        <is>
+          <t>9.344</t>
+        </is>
+      </c>
+      <c r="M11" t="inlineStr">
+        <is>
+          <t>2.567</t>
+        </is>
+      </c>
+      <c r="N11" t="inlineStr">
+        <is>
+          <t>2028-08-17</t>
+        </is>
+      </c>
+      <c r="O11" t="inlineStr">
         <is>
           <t>112.00</t>
         </is>
       </c>
-      <c r="J11" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K11" t="inlineStr">
+      <c r="P11" t="inlineStr">
+        <is>
+          <t>13.988</t>
+        </is>
+      </c>
+      <c r="Q11" t="inlineStr">
         <is>
           <t>!</t>
         </is>
       </c>
-      <c r="L11" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R11" t="n">
-        <v>37.74</v>
+        <v>61.0632</v>
       </c>
       <c r="S11" t="n">
-        <v>38.69</v>
+        <v>0.4445</v>
       </c>
       <c r="T11" t="n">
-        <v>50.73</v>
-[...3 lines deleted...]
-      <c r="W11" t="inlineStr"/>
+        <v>0.3233</v>
+      </c>
+      <c r="U11" t="n">
+        <v>7.51</v>
+      </c>
+      <c r="V11" t="n">
+        <v>11.41</v>
+      </c>
+      <c r="W11" t="n">
+        <v>72.38</v>
+      </c>
+      <c r="X11" t="n">
+        <v>81.87</v>
+      </c>
+      <c r="Y11" t="n">
+        <v>45.7</v>
+      </c>
+      <c r="Z11" t="n">
+        <v>75.76000000000001</v>
+      </c>
+      <c r="AA11" t="n">
+        <v>79.13</v>
+      </c>
+      <c r="AB11" t="n">
+        <v>51.66</v>
+      </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
-          <t>113667</t>
+          <t>113695</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
-          <t>春23转债</t>
+          <t>华辰转债</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
-          <t>603890</t>
+          <t>202.073</t>
         </is>
       </c>
       <c r="D12" t="inlineStr">
         <is>
-          <t>春秋电子</t>
-[...10 lines deleted...]
-        </is>
+          <t>6.238</t>
+        </is>
+      </c>
+      <c r="E12" t="n">
+        <v>35.08</v>
+      </c>
+      <c r="F12" t="n">
+        <v>149.5963</v>
       </c>
       <c r="G12" t="inlineStr">
         <is>
-          <t>3.282</t>
+          <t>603097</t>
         </is>
       </c>
       <c r="H12" t="inlineStr">
         <is>
-          <t>2029-03-17</t>
-[...10 lines deleted...]
-        </is>
+          <t>江苏华辰</t>
+        </is>
+      </c>
+      <c r="I12" t="n">
+        <v>35.2</v>
+      </c>
+      <c r="J12" t="n">
+        <v>-1.95</v>
       </c>
       <c r="K12" t="inlineStr">
         <is>
-          <t>!</t>
-[...18 lines deleted...]
-        <v>1.57</v>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="L12" t="inlineStr">
+        <is>
+          <t>4.598</t>
+        </is>
+      </c>
+      <c r="M12" t="inlineStr">
+        <is>
+          <t>5.408</t>
+        </is>
+      </c>
+      <c r="N12" t="inlineStr">
+        <is>
+          <t>2031-06-20</t>
+        </is>
+      </c>
+      <c r="O12" t="inlineStr">
+        <is>
+          <t>114.00</t>
+        </is>
+      </c>
+      <c r="P12" t="inlineStr">
+        <is>
+          <t>30.589</t>
+        </is>
+      </c>
+      <c r="Q12" t="inlineStr">
+        <is>
+          <t>7/15 | 30</t>
+        </is>
       </c>
       <c r="R12" t="n">
-        <v>39.83</v>
+        <v>63.0661</v>
       </c>
       <c r="S12" t="n">
-        <v>33.94</v>
+        <v>1.5221</v>
       </c>
       <c r="T12" t="n">
-        <v>28.65</v>
-[...3 lines deleted...]
-      <c r="W12" t="inlineStr"/>
+        <v>1.0888</v>
+      </c>
+      <c r="U12" t="n">
+        <v>0.92</v>
+      </c>
+      <c r="V12" t="n">
+        <v>1.21</v>
+      </c>
+      <c r="W12" t="n">
+        <v>45.49</v>
+      </c>
+      <c r="X12" t="n">
+        <v>45.79</v>
+      </c>
+      <c r="Y12" t="inlineStr"/>
+      <c r="Z12" t="n">
+        <v>49.45</v>
+      </c>
+      <c r="AA12" t="n">
+        <v>48.68</v>
+      </c>
+      <c r="AB12" t="n">
+        <v>41.37</v>
+      </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
-          <t>113697</t>
+          <t>123259</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
-          <t>应流转债</t>
+          <t>锦浪转02</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
-          <t>603308</t>
+          <t>174.570</t>
         </is>
       </c>
       <c r="D13" t="inlineStr">
         <is>
-          <t>应流股份</t>
-[...10 lines deleted...]
-        </is>
+          <t>6.058</t>
+        </is>
+      </c>
+      <c r="E13" t="n">
+        <v>49.53</v>
+      </c>
+      <c r="F13" t="n">
+        <v>116.7471</v>
       </c>
       <c r="G13" t="inlineStr">
         <is>
-          <t>5.789</t>
+          <t>300763</t>
         </is>
       </c>
       <c r="H13" t="inlineStr">
         <is>
-          <t>2031-09-18</t>
-[...10 lines deleted...]
-        </is>
+          <t>锦浪科技</t>
+        </is>
+      </c>
+      <c r="I13" t="n">
+        <v>84.7</v>
+      </c>
+      <c r="J13" t="n">
+        <v>5.39</v>
       </c>
       <c r="K13" t="inlineStr">
         <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="L13" t="inlineStr">
+        <is>
+          <t>16.766</t>
+        </is>
+      </c>
+      <c r="M13" t="inlineStr">
+        <is>
+          <t>5.732</t>
+        </is>
+      </c>
+      <c r="N13" t="inlineStr">
+        <is>
+          <t>2031-10-16</t>
+        </is>
+      </c>
+      <c r="O13" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="P13" t="inlineStr">
+        <is>
+          <t>94.315</t>
+        </is>
+      </c>
+      <c r="Q13" t="inlineStr">
+        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L13" t="n">
-[...19 lines deleted...]
-      <c r="T13" t="inlineStr"/>
+      <c r="R13" t="n">
+        <v>54.4774</v>
+      </c>
+      <c r="S13" t="n">
+        <v>1.1937</v>
+      </c>
+      <c r="T13" t="n">
+        <v>0.7426</v>
+      </c>
       <c r="U13" t="n">
-        <v>63.38</v>
+        <v>6.91</v>
       </c>
       <c r="V13" t="n">
-        <v>54.55</v>
+        <v>7.79</v>
       </c>
       <c r="W13" t="n">
-        <v>52.05</v>
+        <v>28.14</v>
+      </c>
+      <c r="X13" t="inlineStr"/>
+      <c r="Y13" t="inlineStr"/>
+      <c r="Z13" t="n">
+        <v>33.8</v>
+      </c>
+      <c r="AA13" t="n">
+        <v>48.29</v>
+      </c>
+      <c r="AB13" t="n">
+        <v>57.08</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
-          <t>118050</t>
+          <t>127109</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
-          <t>航宇转债</t>
+          <t>电化转债</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
-          <t>688239</t>
+          <t>189.001</t>
         </is>
       </c>
       <c r="D14" t="inlineStr">
         <is>
-          <t>航宇科技</t>
-[...10 lines deleted...]
-        </is>
+          <t>5.888</t>
+        </is>
+      </c>
+      <c r="E14" t="n">
+        <v>24.52</v>
+      </c>
+      <c r="F14" t="n">
+        <v>151.7822</v>
       </c>
       <c r="G14" t="inlineStr">
         <is>
-          <t>4.712</t>
+          <t>002125</t>
         </is>
       </c>
       <c r="H14" t="inlineStr">
         <is>
-          <t>2030-08-21</t>
-[...10 lines deleted...]
-        </is>
+          <t>湘潭电化</t>
+        </is>
+      </c>
+      <c r="I14" t="n">
+        <v>15.33</v>
+      </c>
+      <c r="J14" t="n">
+        <v>8.34</v>
       </c>
       <c r="K14" t="inlineStr">
         <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="L14" t="inlineStr">
+        <is>
+          <t>4.867</t>
+        </is>
+      </c>
+      <c r="M14" t="inlineStr">
+        <is>
+          <t>5.397</t>
+        </is>
+      </c>
+      <c r="N14" t="inlineStr">
+        <is>
+          <t>2031-06-16</t>
+        </is>
+      </c>
+      <c r="O14" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="P14" t="inlineStr">
+        <is>
+          <t>13.130</t>
+        </is>
+      </c>
+      <c r="Q14" t="inlineStr">
+        <is>
           <t>!</t>
         </is>
       </c>
-      <c r="L14" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R14" t="n">
-        <v>65.09</v>
+        <v>39.9351</v>
       </c>
       <c r="S14" t="n">
-        <v>47.87</v>
-[...4 lines deleted...]
-      <c r="W14" t="inlineStr"/>
+        <v>1.8687</v>
+      </c>
+      <c r="T14" t="n">
+        <v>1.4291</v>
+      </c>
+      <c r="U14" t="n">
+        <v>3.15</v>
+      </c>
+      <c r="V14" t="n">
+        <v>3.52</v>
+      </c>
+      <c r="W14" t="n">
+        <v>45.16</v>
+      </c>
+      <c r="X14" t="n">
+        <v>40.23</v>
+      </c>
+      <c r="Y14" t="inlineStr"/>
+      <c r="Z14" t="n">
+        <v>39.88</v>
+      </c>
+      <c r="AA14" t="n">
+        <v>47.7</v>
+      </c>
+      <c r="AB14" t="n">
+        <v>45.02</v>
+      </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
-          <t>113695</t>
+          <t>128128</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
-          <t>华辰转债</t>
+          <t>齐翔转2</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
-          <t>603097</t>
+          <t>139.000</t>
         </is>
       </c>
       <c r="D15" t="inlineStr">
         <is>
-          <t>江苏华辰</t>
-[...10 lines deleted...]
-        </is>
+          <t>5.865</t>
+        </is>
+      </c>
+      <c r="E15" t="n">
+        <v>22.57</v>
+      </c>
+      <c r="F15" t="n">
+        <v>113.4078</v>
       </c>
       <c r="G15" t="inlineStr">
         <is>
-          <t>5.540</t>
+          <t>002408</t>
         </is>
       </c>
       <c r="H15" t="inlineStr">
         <is>
-          <t>2031-06-19</t>
-[...10 lines deleted...]
-        </is>
+          <t>齐翔腾达</t>
+        </is>
+      </c>
+      <c r="I15" t="n">
+        <v>6.09</v>
+      </c>
+      <c r="J15" t="n">
+        <v>7.03</v>
       </c>
       <c r="K15" t="inlineStr">
         <is>
-          <t>0/15 | 30</t>
-[...18 lines deleted...]
-        <v>0.91</v>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="L15" t="inlineStr">
+        <is>
+          <t>6.793</t>
+        </is>
+      </c>
+      <c r="M15" t="inlineStr">
+        <is>
+          <t>0.573</t>
+        </is>
+      </c>
+      <c r="N15" t="inlineStr">
+        <is>
+          <t>2026-08-20</t>
+        </is>
+      </c>
+      <c r="O15" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="P15" t="inlineStr">
+        <is>
+          <t>6.981</t>
+        </is>
+      </c>
+      <c r="Q15" t="inlineStr">
+        <is>
+          <t>0/15 | 30 2023-02-13 重新计</t>
+        </is>
       </c>
       <c r="R15" t="n">
-        <v>20.38</v>
-[...2 lines deleted...]
-      <c r="T15" t="inlineStr"/>
+        <v>52.855</v>
+      </c>
+      <c r="S15" t="n">
+        <v>0.7046</v>
+      </c>
+      <c r="T15" t="n">
+        <v>0.5477</v>
+      </c>
       <c r="U15" t="n">
-        <v>44.57</v>
+        <v>0.32</v>
       </c>
       <c r="V15" t="n">
-        <v>31.56</v>
+        <v>-3.84</v>
       </c>
       <c r="W15" t="n">
-        <v>41.49</v>
+        <v>23.38</v>
+      </c>
+      <c r="X15" t="n">
+        <v>17.15</v>
+      </c>
+      <c r="Y15" t="n">
+        <v>16.9</v>
+      </c>
+      <c r="Z15" t="n">
+        <v>33.64</v>
+      </c>
+      <c r="AA15" t="n">
+        <v>26.3</v>
+      </c>
+      <c r="AB15" t="n">
+        <v>29.73</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
-          <t>110082</t>
+          <t>113698</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
-          <t>宏发转债</t>
+          <t>凯众转债</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
-          <t>600885</t>
+          <t>208.831</t>
         </is>
       </c>
       <c r="D16" t="inlineStr">
         <is>
-          <t>宏发股份</t>
-[...10 lines deleted...]
-        </is>
+          <t>5.842</t>
+        </is>
+      </c>
+      <c r="E16" t="n">
+        <v>33.23</v>
+      </c>
+      <c r="F16" t="n">
+        <v>156.7504</v>
       </c>
       <c r="G16" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>603037</t>
         </is>
       </c>
       <c r="H16" t="inlineStr">
         <is>
-          <t>2027-10-28</t>
-[...10 lines deleted...]
-        </is>
+          <t>凯众股份</t>
+        </is>
+      </c>
+      <c r="I16" t="n">
+        <v>19.97</v>
+      </c>
+      <c r="J16" t="n">
+        <v>6.28</v>
       </c>
       <c r="K16" t="inlineStr">
         <is>
-          <t>!</t>
-[...18 lines deleted...]
-        <v>12.5</v>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="L16" t="inlineStr">
+        <is>
+          <t>3.080</t>
+        </is>
+      </c>
+      <c r="M16" t="inlineStr">
+        <is>
+          <t>5.559</t>
+        </is>
+      </c>
+      <c r="N16" t="inlineStr">
+        <is>
+          <t>2031-08-14</t>
+        </is>
+      </c>
+      <c r="O16" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="P16" t="inlineStr">
+        <is>
+          <t>16.562</t>
+        </is>
+      </c>
+      <c r="Q16" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R16" t="n">
-        <v>27.37</v>
+        <v>40.3564</v>
       </c>
       <c r="S16" t="n">
-        <v>20.65</v>
+        <v>2.9903</v>
       </c>
       <c r="T16" t="n">
-        <v>15.06</v>
-[...3 lines deleted...]
-      <c r="W16" t="inlineStr"/>
+        <v>2.7571</v>
+      </c>
+      <c r="U16" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="V16" t="n">
+        <v>0.92</v>
+      </c>
+      <c r="W16" t="n">
+        <v>40.21</v>
+      </c>
+      <c r="X16" t="inlineStr"/>
+      <c r="Y16" t="inlineStr"/>
+      <c r="Z16" t="n">
+        <v>61.79</v>
+      </c>
+      <c r="AA16" t="n">
+        <v>48.91</v>
+      </c>
+      <c r="AB16" t="n">
+        <v>46.98</v>
+      </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
-          <t>113069</t>
+          <t>118018</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
-          <t>博23转债</t>
+          <t>瑞科转债</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
-          <t>601137</t>
+          <t>138.318</t>
         </is>
       </c>
       <c r="D17" t="inlineStr">
         <is>
-          <t>博威合金</t>
-[...10 lines deleted...]
-        </is>
+          <t>5.799</t>
+        </is>
+      </c>
+      <c r="E17" t="n">
+        <v>65.01000000000001</v>
+      </c>
+      <c r="F17" t="n">
+        <v>83.824</v>
       </c>
       <c r="G17" t="inlineStr">
         <is>
-          <t>3.049</t>
+          <t>688323</t>
         </is>
       </c>
       <c r="H17" t="inlineStr">
         <is>
-          <t>2028-12-22</t>
-[...10 lines deleted...]
-        </is>
+          <t>瑞华泰</t>
+        </is>
+      </c>
+      <c r="I17" t="n">
+        <v>25.91</v>
+      </c>
+      <c r="J17" t="n">
+        <v>20.01</v>
       </c>
       <c r="K17" t="inlineStr">
         <is>
-          <t>5/15 | 30 2025-11-30 重新计</t>
-[...18 lines deleted...]
-        <v>5.37</v>
+          <t>A</t>
+        </is>
+      </c>
+      <c r="L17" t="inlineStr">
+        <is>
+          <t>4.300</t>
+        </is>
+      </c>
+      <c r="M17" t="inlineStr">
+        <is>
+          <t>2.570</t>
+        </is>
+      </c>
+      <c r="N17" t="inlineStr">
+        <is>
+          <t>2028-08-18</t>
+        </is>
+      </c>
+      <c r="O17" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="P17" t="inlineStr">
+        <is>
+          <t>40.183</t>
+        </is>
+      </c>
+      <c r="Q17" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R17" t="n">
-        <v>42.06</v>
+        <v>65.42400000000001</v>
       </c>
       <c r="S17" t="n">
-        <v>44.66</v>
+        <v>0.6039</v>
       </c>
       <c r="T17" t="n">
-        <v>32.27</v>
-[...3 lines deleted...]
-      <c r="W17" t="inlineStr"/>
+        <v>0.4616</v>
+      </c>
+      <c r="U17" t="n">
+        <v>-0.57</v>
+      </c>
+      <c r="V17" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="W17" t="n">
+        <v>28.71</v>
+      </c>
+      <c r="X17" t="n">
+        <v>17.93</v>
+      </c>
+      <c r="Y17" t="n">
+        <v>18.4</v>
+      </c>
+      <c r="Z17" t="n">
+        <v>123.81</v>
+      </c>
+      <c r="AA17" t="n">
+        <v>80.01000000000001</v>
+      </c>
+      <c r="AB17" t="n">
+        <v>64.04000000000001</v>
+      </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
-          <t>127037</t>
+          <t>127088</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
-          <t>银轮转债</t>
+          <t>赫达转债</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
-          <t>002126</t>
+          <t>150.890</t>
         </is>
       </c>
       <c r="D18" t="inlineStr">
         <is>
-          <t>银轮股份</t>
-[...10 lines deleted...]
-        </is>
+          <t>5.628</t>
+        </is>
+      </c>
+      <c r="E18" t="n">
+        <v>36.04</v>
+      </c>
+      <c r="F18" t="n">
+        <v>110.9189</v>
       </c>
       <c r="G18" t="inlineStr">
         <is>
-          <t>1.504</t>
+          <t>002810</t>
         </is>
       </c>
       <c r="H18" t="inlineStr">
         <is>
-          <t>2027-06-07</t>
-[...10 lines deleted...]
-        </is>
+          <t>山东赫达</t>
+        </is>
+      </c>
+      <c r="I18" t="n">
+        <v>18.59</v>
+      </c>
+      <c r="J18" t="n">
+        <v>10</v>
       </c>
       <c r="K18" t="inlineStr">
         <is>
-          <t>!</t>
-[...18 lines deleted...]
-        <v>3.83</v>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="L18" t="inlineStr">
+        <is>
+          <t>5.998</t>
+        </is>
+      </c>
+      <c r="M18" t="inlineStr">
+        <is>
+          <t>3.444</t>
+        </is>
+      </c>
+      <c r="N18" t="inlineStr">
+        <is>
+          <t>2029-07-03</t>
+        </is>
+      </c>
+      <c r="O18" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="P18" t="inlineStr">
+        <is>
+          <t>21.788</t>
+        </is>
+      </c>
+      <c r="Q18" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R18" t="n">
-        <v>53.18</v>
+        <v>42.9988</v>
       </c>
       <c r="S18" t="n">
-        <v>54.48</v>
+        <v>1.7766</v>
       </c>
       <c r="T18" t="n">
-        <v>49.14</v>
-[...3 lines deleted...]
-      <c r="W18" t="inlineStr"/>
+        <v>1.282</v>
+      </c>
+      <c r="U18" t="n">
+        <v>2.22</v>
+      </c>
+      <c r="V18" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="W18" t="n">
+        <v>24.7</v>
+      </c>
+      <c r="X18" t="n">
+        <v>16.76</v>
+      </c>
+      <c r="Y18" t="n">
+        <v>15.2</v>
+      </c>
+      <c r="Z18" t="n">
+        <v>61.78</v>
+      </c>
+      <c r="AA18" t="n">
+        <v>42.5</v>
+      </c>
+      <c r="AB18" t="n">
+        <v>39.32</v>
+      </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
-          <t>110074</t>
+          <t>113691</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
-          <t>精达转债</t>
+          <t>和邦转债</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
-          <t>600577</t>
+          <t>163.822</t>
         </is>
       </c>
       <c r="D19" t="inlineStr">
         <is>
-          <t>精达股份</t>
-[...2 lines deleted...]
-      <c r="E19" t="inlineStr">
+          <t>4.954</t>
+        </is>
+      </c>
+      <c r="E19" t="n">
+        <v>21.8</v>
+      </c>
+      <c r="F19" t="n">
+        <v>134.5</v>
+      </c>
+      <c r="G19" t="inlineStr">
+        <is>
+          <t>603077</t>
+        </is>
+      </c>
+      <c r="H19" t="inlineStr">
+        <is>
+          <t>和邦生物</t>
+        </is>
+      </c>
+      <c r="I19" t="n">
+        <v>2.69</v>
+      </c>
+      <c r="J19" t="n">
+        <v>3.46</v>
+      </c>
+      <c r="K19" t="inlineStr">
         <is>
           <t>AA</t>
         </is>
       </c>
-      <c r="F19" t="inlineStr">
-[...45 lines deleted...]
-        <v>3.81</v>
+      <c r="L19" t="inlineStr">
+        <is>
+          <t>45.994</t>
+        </is>
+      </c>
+      <c r="M19" t="inlineStr">
+        <is>
+          <t>4.764</t>
+        </is>
+      </c>
+      <c r="N19" t="inlineStr">
+        <is>
+          <t>2030-10-28</t>
+        </is>
+      </c>
+      <c r="O19" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="P19" t="inlineStr">
+        <is>
+          <t>2.600</t>
+        </is>
+      </c>
+      <c r="Q19" t="inlineStr">
+        <is>
+          <t>2/15 | 30</t>
+        </is>
       </c>
       <c r="R19" t="n">
-        <v>83.8</v>
+        <v>35.9407</v>
       </c>
       <c r="S19" t="n">
-        <v>62.37</v>
+        <v>3.0658</v>
       </c>
       <c r="T19" t="n">
-        <v>54.88</v>
-[...3 lines deleted...]
-      <c r="W19" t="inlineStr"/>
+        <v>2.1138</v>
+      </c>
+      <c r="U19" t="n">
+        <v>0.31</v>
+      </c>
+      <c r="V19" t="n">
+        <v>12.83</v>
+      </c>
+      <c r="W19" t="n">
+        <v>26.54</v>
+      </c>
+      <c r="X19" t="n">
+        <v>23.69</v>
+      </c>
+      <c r="Y19" t="inlineStr"/>
+      <c r="Z19" t="n">
+        <v>39.93</v>
+      </c>
+      <c r="AA19" t="n">
+        <v>44.26</v>
+      </c>
+      <c r="AB19" t="n">
+        <v>34.17</v>
+      </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
-          <t>118055</t>
+          <t>123263</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
-          <t>伟测转债</t>
+          <t>鼎捷转债</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
-          <t>688372</t>
+          <t>241.568</t>
         </is>
       </c>
       <c r="D20" t="inlineStr">
         <is>
-          <t>伟测科技</t>
-[...2 lines deleted...]
-      <c r="E20" t="inlineStr">
+          <t>4.629</t>
+        </is>
+      </c>
+      <c r="E20" t="n">
+        <v>76.73999999999999</v>
+      </c>
+      <c r="F20" t="n">
+        <v>136.6789</v>
+      </c>
+      <c r="G20" t="inlineStr">
+        <is>
+          <t>300378</t>
+        </is>
+      </c>
+      <c r="H20" t="inlineStr">
+        <is>
+          <t>鼎捷数智</t>
+        </is>
+      </c>
+      <c r="I20" t="n">
+        <v>59.51</v>
+      </c>
+      <c r="J20" t="n">
+        <v>3.88</v>
+      </c>
+      <c r="K20" t="inlineStr">
         <is>
           <t>AA</t>
         </is>
       </c>
-      <c r="F20" t="inlineStr">
-[...14 lines deleted...]
-      <c r="I20" t="inlineStr">
+      <c r="L20" t="inlineStr">
+        <is>
+          <t>8.277</t>
+        </is>
+      </c>
+      <c r="M20" t="inlineStr">
+        <is>
+          <t>5.896</t>
+        </is>
+      </c>
+      <c r="N20" t="inlineStr">
+        <is>
+          <t>2031-12-15</t>
+        </is>
+      </c>
+      <c r="O20" t="inlineStr">
         <is>
           <t>110.00</t>
         </is>
       </c>
-      <c r="J20" t="inlineStr">
-[...25 lines deleted...]
-        <v>2.44</v>
+      <c r="P20" t="inlineStr">
+        <is>
+          <t>56.602</t>
+        </is>
+      </c>
+      <c r="Q20" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R20" t="n">
-        <v>38.04</v>
+        <v>31.9865</v>
       </c>
       <c r="S20" t="n">
-        <v>38.5</v>
-[...3 lines deleted...]
-      <c r="V20" t="inlineStr"/>
+        <v>1.6788</v>
+      </c>
+      <c r="T20" t="n">
+        <v>1.5735</v>
+      </c>
+      <c r="U20" t="n">
+        <v>1.56</v>
+      </c>
+      <c r="V20" t="n">
+        <v>1.5</v>
+      </c>
       <c r="W20" t="inlineStr"/>
+      <c r="X20" t="inlineStr"/>
+      <c r="Y20" t="inlineStr"/>
+      <c r="Z20" t="n">
+        <v>64.05</v>
+      </c>
+      <c r="AA20" t="n">
+        <v>62.01</v>
+      </c>
+      <c r="AB20" t="n">
+        <v>73.78</v>
+      </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
-          <t>110096</t>
+          <t>113671</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
-          <t>豫光转债</t>
+          <t>武进转债</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
-          <t>600531</t>
+          <t>151.630</t>
         </is>
       </c>
       <c r="D21" t="inlineStr">
         <is>
-          <t>豫光金铅</t>
-[...2 lines deleted...]
-      <c r="E21" t="inlineStr">
+          <t>4.621</t>
+        </is>
+      </c>
+      <c r="E21" t="n">
+        <v>33.9</v>
+      </c>
+      <c r="F21" t="n">
+        <v>113.2409</v>
+      </c>
+      <c r="G21" t="inlineStr">
+        <is>
+          <t>603878</t>
+        </is>
+      </c>
+      <c r="H21" t="inlineStr">
+        <is>
+          <t>武进不锈</t>
+        </is>
+      </c>
+      <c r="I21" t="n">
+        <v>8.98</v>
+      </c>
+      <c r="J21" t="n">
+        <v>10.05</v>
+      </c>
+      <c r="K21" t="inlineStr">
         <is>
           <t>AA</t>
         </is>
       </c>
-      <c r="F21" t="inlineStr">
-[...45 lines deleted...]
-        <v>4.25</v>
+      <c r="L21" t="inlineStr">
+        <is>
+          <t>3.094</t>
+        </is>
+      </c>
+      <c r="M21" t="inlineStr">
+        <is>
+          <t>3.463</t>
+        </is>
+      </c>
+      <c r="N21" t="inlineStr">
+        <is>
+          <t>2029-07-10</t>
+        </is>
+      </c>
+      <c r="O21" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="P21" t="inlineStr">
+        <is>
+          <t>10.309</t>
+        </is>
+      </c>
+      <c r="Q21" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R21" t="n">
-        <v>65.97</v>
+        <v>37.0597</v>
       </c>
       <c r="S21" t="n">
-        <v>50.02</v>
-[...4 lines deleted...]
-      <c r="W21" t="inlineStr"/>
+        <v>2.3065</v>
+      </c>
+      <c r="T21" t="n">
+        <v>1.4684</v>
+      </c>
+      <c r="U21" t="n">
+        <v>1.26</v>
+      </c>
+      <c r="V21" t="n">
+        <v>3.52</v>
+      </c>
+      <c r="W21" t="n">
+        <v>28.99</v>
+      </c>
+      <c r="X21" t="n">
+        <v>34.48</v>
+      </c>
+      <c r="Y21" t="n">
+        <v>22.84</v>
+      </c>
+      <c r="Z21" t="n">
+        <v>71.34999999999999</v>
+      </c>
+      <c r="AA21" t="n">
+        <v>68.23999999999999</v>
+      </c>
+      <c r="AB21" t="n">
+        <v>46.11</v>
+      </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
-          <t>113593</t>
+          <t>127080</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
-          <t>沪工转债</t>
+          <t>声迅转债</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
-          <t>603131</t>
+          <t>192.900</t>
         </is>
       </c>
       <c r="D22" t="inlineStr">
         <is>
-          <t>上海沪工</t>
-[...2 lines deleted...]
-      <c r="E22" t="inlineStr">
+          <t>4.562</t>
+        </is>
+      </c>
+      <c r="E22" t="n">
+        <v>88.15000000000001</v>
+      </c>
+      <c r="F22" t="n">
+        <v>102.5225</v>
+      </c>
+      <c r="G22" t="inlineStr">
+        <is>
+          <t>003004</t>
+        </is>
+      </c>
+      <c r="H22" t="inlineStr">
+        <is>
+          <t>*ST声迅</t>
+        </is>
+      </c>
+      <c r="I22" t="n">
+        <v>29.67</v>
+      </c>
+      <c r="J22" t="n">
+        <v>4.99</v>
+      </c>
+      <c r="K22" t="inlineStr">
         <is>
           <t>A</t>
         </is>
       </c>
-      <c r="F22" t="inlineStr">
-[...14 lines deleted...]
-      <c r="I22" t="inlineStr">
+      <c r="L22" t="inlineStr">
+        <is>
+          <t>2.793</t>
+        </is>
+      </c>
+      <c r="M22" t="inlineStr">
+        <is>
+          <t>2.937</t>
+        </is>
+      </c>
+      <c r="N22" t="inlineStr">
+        <is>
+          <t>2028-12-30</t>
+        </is>
+      </c>
+      <c r="O22" t="inlineStr">
         <is>
           <t>115.00</t>
         </is>
       </c>
-      <c r="J22" t="inlineStr">
-[...25 lines deleted...]
-        <v>-1.27</v>
+      <c r="P22" t="inlineStr">
+        <is>
+          <t>37.622</t>
+        </is>
+      </c>
+      <c r="Q22" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R22" t="n">
-        <v>24.51</v>
+        <v>45.8071</v>
       </c>
       <c r="S22" t="n">
-        <v>21.75</v>
+        <v>2.1632</v>
       </c>
       <c r="T22" t="n">
-        <v>17.97</v>
-[...3 lines deleted...]
-      <c r="W22" t="inlineStr"/>
+        <v>1.8134</v>
+      </c>
+      <c r="U22" t="n">
+        <v>-0.51</v>
+      </c>
+      <c r="V22" t="n">
+        <v>0.25</v>
+      </c>
+      <c r="W22" t="n">
+        <v>66.90000000000001</v>
+      </c>
+      <c r="X22" t="n">
+        <v>39.96</v>
+      </c>
+      <c r="Y22" t="n">
+        <v>29.55</v>
+      </c>
+      <c r="Z22" t="n">
+        <v>47.32</v>
+      </c>
+      <c r="AA22" t="n">
+        <v>36.86</v>
+      </c>
+      <c r="AB22" t="n">
+        <v>42.58</v>
+      </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
-          <t>123212</t>
+          <t>123261</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
-          <t>立中转债</t>
+          <t>普联转债</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
-          <t>300428</t>
+          <t>182.719</t>
         </is>
       </c>
       <c r="D23" t="inlineStr">
         <is>
-          <t>立中集团</t>
-[...10 lines deleted...]
-        </is>
+          <t>4.483</t>
+        </is>
+      </c>
+      <c r="E23" t="n">
+        <v>81.72</v>
+      </c>
+      <c r="F23" t="n">
+        <v>100.5476</v>
       </c>
       <c r="G23" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>300996</t>
         </is>
       </c>
       <c r="H23" t="inlineStr">
         <is>
-          <t>2029-07-27</t>
-[...10 lines deleted...]
-        </is>
+          <t>普联软件</t>
+        </is>
+      </c>
+      <c r="I23" t="n">
+        <v>18.36</v>
+      </c>
+      <c r="J23" t="n">
+        <v>1.77</v>
       </c>
       <c r="K23" t="inlineStr">
         <is>
-          <t>!</t>
-[...18 lines deleted...]
-        <v>4.92</v>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="L23" t="inlineStr">
+        <is>
+          <t>2.429</t>
+        </is>
+      </c>
+      <c r="M23" t="inlineStr">
+        <is>
+          <t>5.869</t>
+        </is>
+      </c>
+      <c r="N23" t="inlineStr">
+        <is>
+          <t>2031-12-05</t>
+        </is>
+      </c>
+      <c r="O23" t="inlineStr">
+        <is>
+          <t>114.00</t>
+        </is>
+      </c>
+      <c r="P23" t="inlineStr">
+        <is>
+          <t>23.738</t>
+        </is>
+      </c>
+      <c r="Q23" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R23" t="n">
-        <v>24.28</v>
+        <v>11.5708</v>
       </c>
       <c r="S23" t="n">
-        <v>20.52</v>
+        <v>7.427</v>
       </c>
       <c r="T23" t="n">
-        <v>22.37</v>
-[...2 lines deleted...]
-      <c r="V23" t="inlineStr"/>
+        <v>5.733</v>
+      </c>
+      <c r="U23" t="n">
+        <v>1.21</v>
+      </c>
+      <c r="V23" t="n">
+        <v>0.62</v>
+      </c>
       <c r="W23" t="inlineStr"/>
+      <c r="X23" t="inlineStr"/>
+      <c r="Y23" t="inlineStr"/>
+      <c r="Z23" t="n">
+        <v>43.99</v>
+      </c>
+      <c r="AA23" t="n">
+        <v>40.22</v>
+      </c>
+      <c r="AB23" t="n">
+        <v>62.81</v>
+      </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
-          <t>118009</t>
+          <t>127082</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
-          <t>华锐转债</t>
+          <t>亚科转债</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
-          <t>688059</t>
+          <t>192.300</t>
         </is>
       </c>
       <c r="D24" t="inlineStr">
         <is>
-          <t>华锐精密</t>
-[...10 lines deleted...]
-        </is>
+          <t>4.341</t>
+        </is>
+      </c>
+      <c r="E24" t="n">
+        <v>28.61</v>
+      </c>
+      <c r="F24" t="n">
+        <v>149.5274</v>
       </c>
       <c r="G24" t="inlineStr">
         <is>
-          <t>2.553</t>
+          <t>002540</t>
         </is>
       </c>
       <c r="H24" t="inlineStr">
         <is>
-          <t>2028-06-24</t>
-[...10 lines deleted...]
-        </is>
+          <t>亚太科技</t>
+        </is>
+      </c>
+      <c r="I24" t="n">
+        <v>7.91</v>
+      </c>
+      <c r="J24" t="n">
+        <v>3.53</v>
       </c>
       <c r="K24" t="inlineStr">
         <is>
-          <t>8/15 | 30</t>
-[...18 lines deleted...]
-        <v>1.66</v>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="L24" t="inlineStr">
+        <is>
+          <t>11.585</t>
+        </is>
+      </c>
+      <c r="M24" t="inlineStr">
+        <is>
+          <t>3.126</t>
+        </is>
+      </c>
+      <c r="N24" t="inlineStr">
+        <is>
+          <t>2029-03-09</t>
+        </is>
+      </c>
+      <c r="O24" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="P24" t="inlineStr">
+        <is>
+          <t>6.877</t>
+        </is>
+      </c>
+      <c r="Q24" t="inlineStr">
+        <is>
+          <t>!</t>
+        </is>
       </c>
       <c r="R24" t="n">
-        <v>30.06</v>
+        <v>32.3785</v>
       </c>
       <c r="S24" t="n">
-        <v>26.12</v>
+        <v>3.8123</v>
       </c>
       <c r="T24" t="n">
-        <v>20.87</v>
-[...3 lines deleted...]
-      <c r="W24" t="inlineStr"/>
+        <v>3.1789</v>
+      </c>
+      <c r="U24" t="n">
+        <v>4.63</v>
+      </c>
+      <c r="V24" t="n">
+        <v>5.65</v>
+      </c>
+      <c r="W24" t="n">
+        <v>28.09</v>
+      </c>
+      <c r="X24" t="n">
+        <v>25.44</v>
+      </c>
+      <c r="Y24" t="n">
+        <v>18.86</v>
+      </c>
+      <c r="Z24" t="n">
+        <v>29.03</v>
+      </c>
+      <c r="AA24" t="n">
+        <v>36.31</v>
+      </c>
+      <c r="AB24" t="n">
+        <v>32.19</v>
+      </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
-          <t>123203</t>
+          <t>118031</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
-          <t>明电转02</t>
+          <t>天23转债</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
-          <t>300739</t>
+          <t>138.601</t>
         </is>
       </c>
       <c r="D25" t="inlineStr">
         <is>
-          <t>明阳电路</t>
-[...10 lines deleted...]
-        </is>
+          <t>4.225</t>
+        </is>
+      </c>
+      <c r="E25" t="n">
+        <v>6.16</v>
+      </c>
+      <c r="F25" t="n">
+        <v>130.5625</v>
       </c>
       <c r="G25" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>688599</t>
         </is>
       </c>
       <c r="H25" t="inlineStr">
         <is>
-          <t>2029-07-03</t>
-[...10 lines deleted...]
-        </is>
+          <t>天合光能</t>
+        </is>
+      </c>
+      <c r="I25" t="n">
+        <v>20.89</v>
+      </c>
+      <c r="J25" t="n">
+        <v>16.77</v>
       </c>
       <c r="K25" t="inlineStr">
         <is>
-          <t>!</t>
-[...18 lines deleted...]
-        <v>1.82</v>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="L25" t="inlineStr">
+        <is>
+          <t>58.512</t>
+        </is>
+      </c>
+      <c r="M25" t="inlineStr">
+        <is>
+          <t>3.060</t>
+        </is>
+      </c>
+      <c r="N25" t="inlineStr">
+        <is>
+          <t>2029-02-13</t>
+        </is>
+      </c>
+      <c r="O25" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="P25" t="inlineStr">
+        <is>
+          <t>20.800</t>
+        </is>
+      </c>
+      <c r="Q25" t="inlineStr">
+        <is>
+          <t>1/15 | 30</t>
+        </is>
       </c>
       <c r="R25" t="n">
-        <v>22.87</v>
+        <v>77.9914</v>
       </c>
       <c r="S25" t="n">
-        <v>32.54</v>
+        <v>1.2385</v>
       </c>
       <c r="T25" t="n">
-        <v>31.24</v>
-[...3 lines deleted...]
-      <c r="W25" t="inlineStr"/>
+        <v>0.802</v>
+      </c>
+      <c r="U25" t="n">
+        <v>-34.43</v>
+      </c>
+      <c r="V25" t="n">
+        <v>55.27</v>
+      </c>
+      <c r="W25" t="n">
+        <v>21.24</v>
+      </c>
+      <c r="X25" t="n">
+        <v>21.35</v>
+      </c>
+      <c r="Y25" t="n">
+        <v>21.65</v>
+      </c>
+      <c r="Z25" t="n">
+        <v>67.25</v>
+      </c>
+      <c r="AA25" t="n">
+        <v>59.11</v>
+      </c>
+      <c r="AB25" t="n">
+        <v>54.39</v>
+      </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
-          <t>123211</t>
+          <t>118055</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
-          <t>阳谷转债</t>
+          <t>伟测转债</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
-          <t>300121</t>
+          <t>291.301</t>
         </is>
       </c>
       <c r="D26" t="inlineStr">
         <is>
-          <t>阳谷华泰</t>
-[...10 lines deleted...]
-        </is>
+          <t>4.117</t>
+        </is>
+      </c>
+      <c r="E26" t="n">
+        <v>29.07</v>
+      </c>
+      <c r="F26" t="n">
+        <v>225.6983</v>
       </c>
       <c r="G26" t="inlineStr">
         <is>
-          <t>3.644</t>
+          <t>688372</t>
         </is>
       </c>
       <c r="H26" t="inlineStr">
         <is>
-          <t>2029-07-27</t>
-[...10 lines deleted...]
-        </is>
+          <t>伟测科技</t>
+        </is>
+      </c>
+      <c r="I26" t="n">
+        <v>141.4</v>
+      </c>
+      <c r="J26" t="n">
+        <v>2.06</v>
       </c>
       <c r="K26" t="inlineStr">
         <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="L26" t="inlineStr">
+        <is>
+          <t>11.749</t>
+        </is>
+      </c>
+      <c r="M26" t="inlineStr">
+        <is>
+          <t>5.211</t>
+        </is>
+      </c>
+      <c r="N26" t="inlineStr">
+        <is>
+          <t>2031-04-09</t>
+        </is>
+      </c>
+      <c r="O26" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="P26" t="inlineStr">
+        <is>
+          <t>81.445</t>
+        </is>
+      </c>
+      <c r="Q26" t="inlineStr">
+        <is>
           <t>!</t>
         </is>
       </c>
-      <c r="L26" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R26" t="n">
-        <v>47.89</v>
+        <v>58.7016</v>
       </c>
       <c r="S26" t="n">
-        <v>44.58</v>
+        <v>1.2781</v>
       </c>
       <c r="T26" t="n">
-        <v>45.17</v>
-[...3 lines deleted...]
-      <c r="W26" t="inlineStr"/>
+        <v>1.2682</v>
+      </c>
+      <c r="U26" t="n">
+        <v>1.28</v>
+      </c>
+      <c r="V26" t="n">
+        <v>1.18</v>
+      </c>
+      <c r="W26" t="n">
+        <v>44.42</v>
+      </c>
+      <c r="X26" t="n">
+        <v>41.24</v>
+      </c>
+      <c r="Y26" t="inlineStr"/>
+      <c r="Z26" t="n">
+        <v>62.76</v>
+      </c>
+      <c r="AA26" t="n">
+        <v>59.25</v>
+      </c>
+      <c r="AB26" t="n">
+        <v>59.42</v>
+      </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
-          <t>118021</t>
+          <t>127108</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
-          <t>新致转债</t>
+          <t>太能转债</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
-          <t>688590</t>
+          <t>136.010</t>
         </is>
       </c>
       <c r="D27" t="inlineStr">
         <is>
-          <t>新致软件</t>
-[...10 lines deleted...]
-        </is>
+          <t>4.030</t>
+        </is>
+      </c>
+      <c r="E27" t="n">
+        <v>32.66</v>
+      </c>
+      <c r="F27" t="n">
+        <v>102.5225</v>
       </c>
       <c r="G27" t="inlineStr">
         <is>
-          <t>2.814</t>
+          <t>000591</t>
         </is>
       </c>
       <c r="H27" t="inlineStr">
         <is>
-          <t>2028-09-27</t>
-[...2 lines deleted...]
-      <c r="I27" t="inlineStr">
+          <t>太阳能</t>
+        </is>
+      </c>
+      <c r="I27" t="n">
+        <v>5.69</v>
+      </c>
+      <c r="J27" t="n">
+        <v>10.06</v>
+      </c>
+      <c r="K27" t="inlineStr">
+        <is>
+          <t>AA+</t>
+        </is>
+      </c>
+      <c r="L27" t="inlineStr">
+        <is>
+          <t>29.499</t>
+        </is>
+      </c>
+      <c r="M27" t="inlineStr">
+        <is>
+          <t>5.178</t>
+        </is>
+      </c>
+      <c r="N27" t="inlineStr">
+        <is>
+          <t>2031-03-28</t>
+        </is>
+      </c>
+      <c r="O27" t="inlineStr">
         <is>
           <t>112.00</t>
         </is>
       </c>
-      <c r="J27" t="inlineStr">
-[...25 lines deleted...]
-        <v>-0.52</v>
+      <c r="P27" t="inlineStr">
+        <is>
+          <t>7.215</t>
+        </is>
+      </c>
+      <c r="Q27" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R27" t="n">
-        <v>43.06</v>
+        <v>53.763</v>
       </c>
       <c r="S27" t="n">
-        <v>45.62</v>
+        <v>2.2421</v>
       </c>
       <c r="T27" t="n">
-        <v>52.71</v>
-[...3 lines deleted...]
-      <c r="W27" t="inlineStr"/>
+        <v>2.2198</v>
+      </c>
+      <c r="U27" t="n">
+        <v>12.25</v>
+      </c>
+      <c r="V27" t="n">
+        <v>15.79</v>
+      </c>
+      <c r="W27" t="n">
+        <v>16.08</v>
+      </c>
+      <c r="X27" t="n">
+        <v>13</v>
+      </c>
+      <c r="Y27" t="inlineStr"/>
+      <c r="Z27" t="n">
+        <v>39.64</v>
+      </c>
+      <c r="AA27" t="n">
+        <v>28.45</v>
+      </c>
+      <c r="AB27" t="n">
+        <v>26.36</v>
+      </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
-          <t>113654</t>
+          <t>123182</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
-          <t>永02转债</t>
+          <t>广联转债</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
-          <t>603901</t>
+          <t>162.500</t>
         </is>
       </c>
       <c r="D28" t="inlineStr">
         <is>
-          <t>永创智能</t>
-[...10 lines deleted...]
-        </is>
+          <t>3.900</t>
+        </is>
+      </c>
+      <c r="E28" t="n">
+        <v>0.07000000000000001</v>
+      </c>
+      <c r="F28" t="n">
+        <v>162.3905</v>
       </c>
       <c r="G28" t="inlineStr">
         <is>
-          <t>2.666</t>
+          <t>300900</t>
         </is>
       </c>
       <c r="H28" t="inlineStr">
         <is>
-          <t>2028-08-04</t>
-[...10 lines deleted...]
-        </is>
+          <t>广联航空</t>
+        </is>
+      </c>
+      <c r="I28" t="n">
+        <v>37.09</v>
+      </c>
+      <c r="J28" t="n">
+        <v>6.28</v>
       </c>
       <c r="K28" t="inlineStr">
         <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="L28" t="inlineStr">
+        <is>
+          <t>6.950</t>
+        </is>
+      </c>
+      <c r="M28" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="N28" t="inlineStr">
+        <is>
+          <t>2029-03-22</t>
+        </is>
+      </c>
+      <c r="O28" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="P28" t="inlineStr">
+        <is>
+          <t>29.692</t>
+        </is>
+      </c>
+      <c r="Q28" t="inlineStr">
+        <is>
           <t>!</t>
         </is>
       </c>
-      <c r="L28" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R28" t="n">
-        <v>32.16</v>
+        <v>68.1233</v>
       </c>
       <c r="S28" t="n">
-        <v>24.82</v>
+        <v>1.3777</v>
       </c>
       <c r="T28" t="n">
-        <v>26.17</v>
-[...3 lines deleted...]
-      <c r="W28" t="inlineStr"/>
+        <v>0.8181</v>
+      </c>
+      <c r="U28" t="n">
+        <v>-0.49</v>
+      </c>
+      <c r="V28" t="n">
+        <v>1.05</v>
+      </c>
+      <c r="W28" t="n">
+        <v>79.70999999999999</v>
+      </c>
+      <c r="X28" t="n">
+        <v>46.71</v>
+      </c>
+      <c r="Y28" t="n">
+        <v>31</v>
+      </c>
+      <c r="Z28" t="n">
+        <v>115.52</v>
+      </c>
+      <c r="AA28" t="n">
+        <v>73.02</v>
+      </c>
+      <c r="AB28" t="n">
+        <v>63.91</v>
+      </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
-          <t>127026</t>
+          <t>118040</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
-          <t>超声转债</t>
+          <t>宏微转债</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
-          <t>000823</t>
+          <t>158.206</t>
         </is>
       </c>
       <c r="D29" t="inlineStr">
         <is>
-          <t>超声电子</t>
-[...10 lines deleted...]
-        </is>
+          <t>3.876</t>
+        </is>
+      </c>
+      <c r="E29" t="n">
+        <v>29.02</v>
+      </c>
+      <c r="F29" t="n">
+        <v>122.6236</v>
       </c>
       <c r="G29" t="inlineStr">
         <is>
-          <t>1.008</t>
+          <t>688711</t>
         </is>
       </c>
       <c r="H29" t="inlineStr">
         <is>
-          <t>2026-12-08</t>
-[...10 lines deleted...]
-        </is>
+          <t>宏微科技</t>
+        </is>
+      </c>
+      <c r="I29" t="n">
+        <v>34.96</v>
+      </c>
+      <c r="J29" t="n">
+        <v>6.26</v>
       </c>
       <c r="K29" t="inlineStr">
         <is>
+          <t>A</t>
+        </is>
+      </c>
+      <c r="L29" t="inlineStr">
+        <is>
+          <t>4.297</t>
+        </is>
+      </c>
+      <c r="M29" t="inlineStr">
+        <is>
+          <t>3.504</t>
+        </is>
+      </c>
+      <c r="N29" t="inlineStr">
+        <is>
+          <t>2029-07-25</t>
+        </is>
+      </c>
+      <c r="O29" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="P29" t="inlineStr">
+        <is>
+          <t>37.063</t>
+        </is>
+      </c>
+      <c r="Q29" t="inlineStr">
+        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L29" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R29" t="n">
-        <v>19.68</v>
+        <v>57.722</v>
       </c>
       <c r="S29" t="n">
-        <v>22.97</v>
+        <v>1.3871</v>
       </c>
       <c r="T29" t="n">
-        <v>17.62</v>
-[...3 lines deleted...]
-      <c r="W29" t="inlineStr"/>
+        <v>0.9105</v>
+      </c>
+      <c r="U29" t="n">
+        <v>-0.14</v>
+      </c>
+      <c r="V29" t="n">
+        <v>1.16</v>
+      </c>
+      <c r="W29" t="n">
+        <v>40.03</v>
+      </c>
+      <c r="X29" t="n">
+        <v>27.32</v>
+      </c>
+      <c r="Y29" t="n">
+        <v>23.39</v>
+      </c>
+      <c r="Z29" t="n">
+        <v>73.54000000000001</v>
+      </c>
+      <c r="AA29" t="n">
+        <v>67.25</v>
+      </c>
+      <c r="AB29" t="n">
+        <v>63.67</v>
+      </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
-          <t>127071</t>
+          <t>113605</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
-          <t>天箭转债</t>
+          <t>大参转债</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
-          <t>003009</t>
+          <t>138.859</t>
         </is>
       </c>
       <c r="D30" t="inlineStr">
         <is>
-          <t>中天火箭</t>
-[...2 lines deleted...]
-      <c r="E30" t="inlineStr">
+          <t>3.870</t>
+        </is>
+      </c>
+      <c r="E30" t="n">
+        <v>13.27</v>
+      </c>
+      <c r="F30" t="n">
+        <v>122.5937</v>
+      </c>
+      <c r="G30" t="inlineStr">
+        <is>
+          <t>603233</t>
+        </is>
+      </c>
+      <c r="H30" t="inlineStr">
+        <is>
+          <t>大参林</t>
+        </is>
+      </c>
+      <c r="I30" t="n">
+        <v>21.27</v>
+      </c>
+      <c r="J30" t="n">
+        <v>6.88</v>
+      </c>
+      <c r="K30" t="inlineStr">
         <is>
           <t>AA</t>
         </is>
       </c>
-      <c r="F30" t="inlineStr">
-[...24 lines deleted...]
-      <c r="K30" t="inlineStr">
+      <c r="L30" t="inlineStr">
+        <is>
+          <t>14.046</t>
+        </is>
+      </c>
+      <c r="M30" t="inlineStr">
+        <is>
+          <t>0.745</t>
+        </is>
+      </c>
+      <c r="N30" t="inlineStr">
+        <is>
+          <t>2026-10-22</t>
+        </is>
+      </c>
+      <c r="O30" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="P30" t="inlineStr">
+        <is>
+          <t>22.555</t>
+        </is>
+      </c>
+      <c r="Q30" t="inlineStr">
         <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L30" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R30" t="n">
-        <v>18.83</v>
+        <v>67.4466</v>
       </c>
       <c r="S30" t="n">
-        <v>20.83</v>
+        <v>0.9634</v>
       </c>
       <c r="T30" t="n">
-        <v>16.07</v>
-[...3 lines deleted...]
-      <c r="W30" t="inlineStr"/>
+        <v>0.6584</v>
+      </c>
+      <c r="U30" t="n">
+        <v>9.15</v>
+      </c>
+      <c r="V30" t="n">
+        <v>11.66</v>
+      </c>
+      <c r="W30" t="n">
+        <v>15.03</v>
+      </c>
+      <c r="X30" t="n">
+        <v>12.73</v>
+      </c>
+      <c r="Y30" t="n">
+        <v>12.33</v>
+      </c>
+      <c r="Z30" t="n">
+        <v>29.08</v>
+      </c>
+      <c r="AA30" t="n">
+        <v>27.26</v>
+      </c>
+      <c r="AB30" t="n">
+        <v>36.5</v>
+      </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
-          <t>118013</t>
+          <t>123222</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
-          <t>道通转债</t>
+          <t>博俊转债</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
-          <t>688208</t>
+          <t>250.300</t>
         </is>
       </c>
       <c r="D31" t="inlineStr">
         <is>
-          <t>道通科技</t>
-[...10 lines deleted...]
-        </is>
+          <t>3.700</t>
+        </is>
+      </c>
+      <c r="E31" t="n">
+        <v>27.95</v>
+      </c>
+      <c r="F31" t="n">
+        <v>195.6235</v>
       </c>
       <c r="G31" t="inlineStr">
         <is>
-          <t>2.592</t>
+          <t>300926</t>
         </is>
       </c>
       <c r="H31" t="inlineStr">
         <is>
-          <t>2028-07-08</t>
-[...2 lines deleted...]
-      <c r="I31" t="inlineStr">
+          <t>博俊科技</t>
+        </is>
+      </c>
+      <c r="I31" t="n">
+        <v>32.63</v>
+      </c>
+      <c r="J31" t="n">
+        <v>1.87</v>
+      </c>
+      <c r="K31" t="inlineStr">
+        <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="L31" t="inlineStr">
+        <is>
+          <t>2.439</t>
+        </is>
+      </c>
+      <c r="M31" t="inlineStr">
+        <is>
+          <t>3.627</t>
+        </is>
+      </c>
+      <c r="N31" t="inlineStr">
+        <is>
+          <t>2029-09-08</t>
+        </is>
+      </c>
+      <c r="O31" t="inlineStr">
         <is>
           <t>115.00</t>
         </is>
       </c>
-      <c r="J31" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K31" t="inlineStr">
+      <c r="P31" t="inlineStr">
+        <is>
+          <t>21.684</t>
+        </is>
+      </c>
+      <c r="Q31" t="inlineStr">
         <is>
           <t>!</t>
         </is>
       </c>
-      <c r="L31" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R31" t="n">
-        <v>44.79</v>
+        <v>59.6608</v>
       </c>
       <c r="S31" t="n">
-        <v>41.63</v>
+        <v>1.0401</v>
       </c>
       <c r="T31" t="n">
-        <v>30.75</v>
-[...3 lines deleted...]
-      <c r="W31" t="inlineStr"/>
+        <v>0.6523</v>
+      </c>
+      <c r="U31" t="n">
+        <v>6.13</v>
+      </c>
+      <c r="V31" t="n">
+        <v>3.09</v>
+      </c>
+      <c r="W31" t="n">
+        <v>29.54</v>
+      </c>
+      <c r="X31" t="n">
+        <v>40.92</v>
+      </c>
+      <c r="Y31" t="n">
+        <v>41.24</v>
+      </c>
+      <c r="Z31" t="n">
+        <v>20.4</v>
+      </c>
+      <c r="AA31" t="n">
+        <v>33.47</v>
+      </c>
+      <c r="AB31" t="n">
+        <v>45.37</v>
+      </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
-          <t>113615</t>
+          <t>113699</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
-          <t>金诚转债</t>
+          <t>金25转债</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
+          <t>208.965</t>
+        </is>
+      </c>
+      <c r="D32" t="inlineStr">
+        <is>
+          <t>3.691</t>
+        </is>
+      </c>
+      <c r="E32" t="n">
+        <v>68.56</v>
+      </c>
+      <c r="F32" t="n">
+        <v>123.9679</v>
+      </c>
+      <c r="G32" t="inlineStr">
+        <is>
           <t>603979</t>
         </is>
       </c>
-      <c r="D32" t="inlineStr">
+      <c r="H32" t="inlineStr">
         <is>
           <t>金诚信</t>
         </is>
       </c>
-      <c r="E32" t="inlineStr">
+      <c r="I32" t="n">
+        <v>78.67</v>
+      </c>
+      <c r="J32" t="n">
+        <v>0.51</v>
+      </c>
+      <c r="K32" t="inlineStr">
         <is>
           <t>AA</t>
         </is>
       </c>
-      <c r="F32" t="inlineStr">
-[...14 lines deleted...]
-      <c r="I32" t="inlineStr">
+      <c r="L32" t="inlineStr">
+        <is>
+          <t>20.000</t>
+        </is>
+      </c>
+      <c r="M32" t="inlineStr">
+        <is>
+          <t>5.674</t>
+        </is>
+      </c>
+      <c r="N32" t="inlineStr">
+        <is>
+          <t>2031-09-25</t>
+        </is>
+      </c>
+      <c r="O32" t="inlineStr">
         <is>
           <t>112.00</t>
         </is>
       </c>
-      <c r="J32" t="inlineStr">
-[...9 lines deleted...]
-      <c r="L32" t="n">
+      <c r="P32" t="inlineStr">
+        <is>
+          <t>82.498</t>
+        </is>
+      </c>
+      <c r="Q32" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
+      </c>
+      <c r="R32" t="n">
         <v>45.8924</v>
       </c>
-      <c r="M32" t="n">
+      <c r="S32" t="n">
         <v>1.7385</v>
       </c>
-      <c r="N32" t="n">
+      <c r="T32" t="n">
         <v>1.4688</v>
       </c>
-      <c r="O32" t="n">
+      <c r="U32" t="n">
         <v>15.84</v>
       </c>
-      <c r="P32" t="n">
+      <c r="V32" t="n">
         <v>10.31</v>
       </c>
-      <c r="Q32" t="n">
-[...13 lines deleted...]
-      <c r="W32" t="inlineStr"/>
+      <c r="W32" t="n">
+        <v>28.99</v>
+      </c>
+      <c r="X32" t="inlineStr"/>
+      <c r="Y32" t="inlineStr"/>
+      <c r="Z32" t="n">
+        <v>42.18</v>
+      </c>
+      <c r="AA32" t="n">
+        <v>48.6</v>
+      </c>
+      <c r="AB32" t="n">
+        <v>45.28</v>
+      </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
-          <t>110094</t>
+          <t>123224</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
-          <t>众和转债</t>
+          <t>宇邦转债</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
-          <t>600888</t>
+          <t>154.472</t>
         </is>
       </c>
       <c r="D33" t="inlineStr">
         <is>
-          <t>新疆众和</t>
-[...10 lines deleted...]
-        </is>
+          <t>3.662</t>
+        </is>
+      </c>
+      <c r="E33" t="n">
+        <v>27.87</v>
+      </c>
+      <c r="F33" t="n">
+        <v>120.8039</v>
       </c>
       <c r="G33" t="inlineStr">
         <is>
-          <t>3.619</t>
+          <t>301266</t>
         </is>
       </c>
       <c r="H33" t="inlineStr">
         <is>
-          <t>2029-07-18</t>
-[...10 lines deleted...]
-        </is>
+          <t>宇邦新材</t>
+        </is>
+      </c>
+      <c r="I33" t="n">
+        <v>44.48</v>
+      </c>
+      <c r="J33" t="n">
+        <v>5.4</v>
       </c>
       <c r="K33" t="inlineStr">
         <is>
-          <t>5/15 | 30</t>
-[...18 lines deleted...]
-        <v>15.48</v>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="L33" t="inlineStr">
+        <is>
+          <t>2.848</t>
+        </is>
+      </c>
+      <c r="M33" t="inlineStr">
+        <is>
+          <t>3.658</t>
+        </is>
+      </c>
+      <c r="N33" t="inlineStr">
+        <is>
+          <t>2029-09-19</t>
+        </is>
+      </c>
+      <c r="O33" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="P33" t="inlineStr">
+        <is>
+          <t>47.866</t>
+        </is>
+      </c>
+      <c r="Q33" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R33" t="n">
-        <v>22.59</v>
+        <v>44.6857</v>
       </c>
       <c r="S33" t="n">
-        <v>21.1</v>
+        <v>2.3193</v>
       </c>
       <c r="T33" t="n">
-        <v>18.21</v>
-[...3 lines deleted...]
-      <c r="W33" t="inlineStr"/>
+        <v>2.0994</v>
+      </c>
+      <c r="U33" t="n">
+        <v>0.39</v>
+      </c>
+      <c r="V33" t="n">
+        <v>1.51</v>
+      </c>
+      <c r="W33" t="n">
+        <v>17.31</v>
+      </c>
+      <c r="X33" t="n">
+        <v>16.08</v>
+      </c>
+      <c r="Y33" t="n">
+        <v>24.87</v>
+      </c>
+      <c r="Z33" t="n">
+        <v>58.62</v>
+      </c>
+      <c r="AA33" t="n">
+        <v>45.44</v>
+      </c>
+      <c r="AB33" t="n">
+        <v>55.19</v>
+      </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
-          <t>123182</t>
+          <t>123187</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
-          <t>广联转债</t>
+          <t>超达转债</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
-          <t>300900</t>
+          <t>202.220</t>
         </is>
       </c>
       <c r="D34" t="inlineStr">
         <is>
-          <t>广联航空</t>
-[...10 lines deleted...]
-        </is>
+          <t>3.596</t>
+        </is>
+      </c>
+      <c r="E34" t="n">
+        <v>15.82</v>
+      </c>
+      <c r="F34" t="n">
+        <v>174.5965</v>
       </c>
       <c r="G34" t="inlineStr">
         <is>
-          <t>3.296</t>
+          <t>301186</t>
         </is>
       </c>
       <c r="H34" t="inlineStr">
         <is>
-          <t>2029-03-22</t>
-[...2 lines deleted...]
-      <c r="I34" t="inlineStr">
+          <t>超达装备</t>
+        </is>
+      </c>
+      <c r="I34" t="n">
+        <v>54.09</v>
+      </c>
+      <c r="J34" t="n">
+        <v>0.82</v>
+      </c>
+      <c r="K34" t="inlineStr">
+        <is>
+          <t>A</t>
+        </is>
+      </c>
+      <c r="L34" t="inlineStr">
+        <is>
+          <t>2.679</t>
+        </is>
+      </c>
+      <c r="M34" t="inlineStr">
+        <is>
+          <t>3.197</t>
+        </is>
+      </c>
+      <c r="N34" t="inlineStr">
+        <is>
+          <t>2029-04-04</t>
+        </is>
+      </c>
+      <c r="O34" t="inlineStr">
         <is>
           <t>115.00</t>
         </is>
       </c>
-      <c r="J34" t="inlineStr">
-[...25 lines deleted...]
-        <v>1.5</v>
+      <c r="P34" t="inlineStr">
+        <is>
+          <t>40.274</t>
+        </is>
+      </c>
+      <c r="Q34" t="inlineStr">
+        <is>
+          <t>!</t>
+        </is>
       </c>
       <c r="R34" t="n">
-        <v>8.77</v>
+        <v>29.9069</v>
       </c>
       <c r="S34" t="n">
-        <v>14.41</v>
+        <v>4.6304</v>
       </c>
       <c r="T34" t="n">
-        <v>22.55</v>
-[...3 lines deleted...]
-      <c r="W34" t="inlineStr"/>
+        <v>3.7154</v>
+      </c>
+      <c r="U34" t="n">
+        <v>0.97</v>
+      </c>
+      <c r="V34" t="n">
+        <v>0.95</v>
+      </c>
+      <c r="W34" t="n">
+        <v>45.58</v>
+      </c>
+      <c r="X34" t="n">
+        <v>32.35</v>
+      </c>
+      <c r="Y34" t="n">
+        <v>29.05</v>
+      </c>
+      <c r="Z34" t="n">
+        <v>20.37</v>
+      </c>
+      <c r="AA34" t="n">
+        <v>27.46</v>
+      </c>
+      <c r="AB34" t="n">
+        <v>44.65</v>
+      </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
-          <t>111012</t>
+          <t>118004</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
-          <t>福新转债</t>
+          <t>博瑞转债</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
-          <t>605488</t>
+          <t>199.741</t>
         </is>
       </c>
       <c r="D35" t="inlineStr">
         <is>
-          <t>福莱新材</t>
-[...10 lines deleted...]
-        </is>
+          <t>3.591</t>
+        </is>
+      </c>
+      <c r="E35" t="n">
+        <v>36.57</v>
+      </c>
+      <c r="F35" t="n">
+        <v>146.2579</v>
       </c>
       <c r="G35" t="inlineStr">
         <is>
-          <t>3.085</t>
+          <t>688166</t>
         </is>
       </c>
       <c r="H35" t="inlineStr">
         <is>
-          <t>2029-01-04</t>
-[...2 lines deleted...]
-      <c r="I35" t="inlineStr">
+          <t>博瑞医药</t>
+        </is>
+      </c>
+      <c r="I35" t="n">
+        <v>50.81</v>
+      </c>
+      <c r="J35" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="K35" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="L35" t="inlineStr">
+        <is>
+          <t>4.428</t>
+        </is>
+      </c>
+      <c r="M35" t="inlineStr">
+        <is>
+          <t>1.948</t>
+        </is>
+      </c>
+      <c r="N35" t="inlineStr">
+        <is>
+          <t>2028-01-04</t>
+        </is>
+      </c>
+      <c r="O35" t="inlineStr">
         <is>
           <t>115.00</t>
         </is>
       </c>
-      <c r="J35" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K35" t="inlineStr">
+      <c r="P35" t="inlineStr">
+        <is>
+          <t>45.162</t>
+        </is>
+      </c>
+      <c r="Q35" t="inlineStr">
         <is>
           <t>!</t>
         </is>
       </c>
-      <c r="L35" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R35" t="n">
-        <v>50.37</v>
+        <v>52.7671</v>
       </c>
       <c r="S35" t="n">
-        <v>50.28</v>
+        <v>1.2567</v>
       </c>
       <c r="T35" t="n">
-        <v>55.51</v>
-[...3 lines deleted...]
-      <c r="W35" t="inlineStr"/>
+        <v>0.9402</v>
+      </c>
+      <c r="U35" t="n">
+        <v>1.89</v>
+      </c>
+      <c r="V35" t="n">
+        <v>2.02</v>
+      </c>
+      <c r="W35" t="n">
+        <v>68.43000000000001</v>
+      </c>
+      <c r="X35" t="n">
+        <v>63.13</v>
+      </c>
+      <c r="Y35" t="n">
+        <v>46.79</v>
+      </c>
+      <c r="Z35" t="n">
+        <v>38.83</v>
+      </c>
+      <c r="AA35" t="n">
+        <v>53.5</v>
+      </c>
+      <c r="AB35" t="n">
+        <v>60.72</v>
+      </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
-          <t>123236</t>
+          <t>113601</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
-          <t>家联转债</t>
+          <t>塞力转债</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
-          <t>301193</t>
+          <t>258.234</t>
         </is>
       </c>
       <c r="D36" t="inlineStr">
         <is>
-          <t>家联科技</t>
-[...10 lines deleted...]
-        </is>
+          <t>3.545</t>
+        </is>
+      </c>
+      <c r="E36" t="n">
+        <v>22.63</v>
+      </c>
+      <c r="F36" t="n">
+        <v>210.5833</v>
       </c>
       <c r="G36" t="inlineStr">
         <is>
-          <t>4.049</t>
+          <t>603716</t>
         </is>
       </c>
       <c r="H36" t="inlineStr">
         <is>
-          <t>2029-12-22</t>
-[...2 lines deleted...]
-      <c r="I36" t="inlineStr">
+          <t>塞力医疗</t>
+        </is>
+      </c>
+      <c r="I36" t="n">
+        <v>25.27</v>
+      </c>
+      <c r="J36" t="n">
+        <v>3.06</v>
+      </c>
+      <c r="K36" t="inlineStr">
+        <is>
+          <t>BB+</t>
+        </is>
+      </c>
+      <c r="L36" t="inlineStr">
+        <is>
+          <t>1.875</t>
+        </is>
+      </c>
+      <c r="M36" t="inlineStr">
+        <is>
+          <t>0.575</t>
+        </is>
+      </c>
+      <c r="N36" t="inlineStr">
+        <is>
+          <t>2026-08-21</t>
+        </is>
+      </c>
+      <c r="O36" t="inlineStr">
         <is>
           <t>115.00</t>
         </is>
       </c>
-      <c r="J36" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K36" t="inlineStr">
+      <c r="P36" t="inlineStr">
+        <is>
+          <t>15.600</t>
+        </is>
+      </c>
+      <c r="Q36" t="inlineStr">
         <is>
           <t>!</t>
         </is>
       </c>
-      <c r="L36" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R36" t="n">
-        <v>22.73</v>
+        <v>49.6112</v>
       </c>
       <c r="S36" t="n">
-        <v>43.48</v>
+        <v>1.3748</v>
       </c>
       <c r="T36" t="n">
-        <v>27.77</v>
-[...3 lines deleted...]
-      <c r="W36" t="inlineStr"/>
+        <v>1.1587</v>
+      </c>
+      <c r="U36" t="n">
+        <v>-2.09</v>
+      </c>
+      <c r="V36" t="n">
+        <v>-1.59</v>
+      </c>
+      <c r="W36" t="n">
+        <v>102.61</v>
+      </c>
+      <c r="X36" t="n">
+        <v>67.11</v>
+      </c>
+      <c r="Y36" t="n">
+        <v>58.94</v>
+      </c>
+      <c r="Z36" t="n">
+        <v>68.65000000000001</v>
+      </c>
+      <c r="AA36" t="n">
+        <v>56.63</v>
+      </c>
+      <c r="AB36" t="n">
+        <v>75.25</v>
+      </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
-          <t>110067</t>
+          <t>118013</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
-          <t>华安转债</t>
+          <t>道通转债</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
-          <t>600909</t>
+          <t>242.872</t>
         </is>
       </c>
       <c r="D37" t="inlineStr">
         <is>
-          <t>华安证券</t>
-[...10 lines deleted...]
-        </is>
+          <t>3.534</t>
+        </is>
+      </c>
+      <c r="E37" t="n">
+        <v>41.04</v>
+      </c>
+      <c r="F37" t="n">
+        <v>172.202</v>
       </c>
       <c r="G37" t="inlineStr">
         <is>
-          <t>0.266</t>
+          <t>688208</t>
         </is>
       </c>
       <c r="H37" t="inlineStr">
         <is>
-          <t>2026-03-12</t>
-[...10 lines deleted...]
-        </is>
+          <t>道通科技</t>
+        </is>
+      </c>
+      <c r="I37" t="n">
+        <v>37.85</v>
+      </c>
+      <c r="J37" t="n">
+        <v>1.75</v>
       </c>
       <c r="K37" t="inlineStr">
         <is>
-          <t>0/15 | 30</t>
-[...14 lines deleted...]
-        <v>11.82</v>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="L37" t="inlineStr">
+        <is>
+          <t>12.797</t>
+        </is>
+      </c>
+      <c r="M37" t="inlineStr">
+        <is>
+          <t>2.458</t>
+        </is>
+      </c>
+      <c r="N37" t="inlineStr">
+        <is>
+          <t>2028-07-08</t>
+        </is>
+      </c>
+      <c r="O37" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="P37" t="inlineStr">
+        <is>
+          <t>28.574</t>
+        </is>
+      </c>
+      <c r="Q37" t="inlineStr">
+        <is>
+          <t>已满足强赎条件 !</t>
+        </is>
       </c>
       <c r="R37" t="n">
-        <v>18.05</v>
+        <v>50.2343</v>
       </c>
       <c r="S37" t="n">
-        <v>20.37</v>
+        <v>2.8703</v>
       </c>
       <c r="T37" t="n">
-        <v>17.72</v>
-[...3 lines deleted...]
-      <c r="W37" t="inlineStr"/>
+        <v>1.7461</v>
+      </c>
+      <c r="U37" t="n">
+        <v>6.41</v>
+      </c>
+      <c r="V37" t="n">
+        <v>1.79</v>
+      </c>
+      <c r="W37" t="n">
+        <v>43.94</v>
+      </c>
+      <c r="X37" t="n">
+        <v>42.14</v>
+      </c>
+      <c r="Y37" t="n">
+        <v>33.46</v>
+      </c>
+      <c r="Z37" t="inlineStr"/>
+      <c r="AA37" t="inlineStr"/>
+      <c r="AB37" t="inlineStr"/>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
-          <t>113588</t>
+          <t>127071</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
-          <t>润达转债</t>
+          <t>天箭转债</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
-          <t>603108</t>
+          <t>146.621</t>
         </is>
       </c>
       <c r="D38" t="inlineStr">
         <is>
-          <t>润达医疗</t>
-[...2 lines deleted...]
-      <c r="E38" t="inlineStr">
+          <t>3.439</t>
+        </is>
+      </c>
+      <c r="E38" t="n">
+        <v>1.11</v>
+      </c>
+      <c r="F38" t="n">
+        <v>145.0076</v>
+      </c>
+      <c r="G38" t="inlineStr">
+        <is>
+          <t>003009</t>
+        </is>
+      </c>
+      <c r="H38" t="inlineStr">
+        <is>
+          <t>中天火箭</t>
+        </is>
+      </c>
+      <c r="I38" t="n">
+        <v>76.68000000000001</v>
+      </c>
+      <c r="J38" t="n">
+        <v>6</v>
+      </c>
+      <c r="K38" t="inlineStr">
         <is>
           <t>AA</t>
         </is>
       </c>
-      <c r="F38" t="inlineStr">
-[...24 lines deleted...]
-      <c r="K38" t="inlineStr">
+      <c r="L38" t="inlineStr">
+        <is>
+          <t>4.928</t>
+        </is>
+      </c>
+      <c r="M38" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="N38" t="inlineStr">
+        <is>
+          <t>2028-08-22</t>
+        </is>
+      </c>
+      <c r="O38" t="inlineStr">
+        <is>
+          <t>108.00</t>
+        </is>
+      </c>
+      <c r="P38" t="inlineStr">
+        <is>
+          <t>68.744</t>
+        </is>
+      </c>
+      <c r="Q38" t="inlineStr">
         <is>
           <t>!</t>
         </is>
       </c>
-      <c r="L38" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R38" t="n">
-        <v>24.33</v>
+        <v>46.5149</v>
       </c>
       <c r="S38" t="n">
-        <v>34.09</v>
+        <v>2.2392</v>
       </c>
       <c r="T38" t="n">
-        <v>43.07</v>
-[...3 lines deleted...]
-      <c r="W38" t="inlineStr"/>
+        <v>1.6359</v>
+      </c>
+      <c r="U38" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="V38" t="n">
+        <v>0.96</v>
+      </c>
+      <c r="W38" t="n">
+        <v>100.18</v>
+      </c>
+      <c r="X38" t="n">
+        <v>59.29</v>
+      </c>
+      <c r="Y38" t="n">
+        <v>32.85</v>
+      </c>
+      <c r="Z38" t="inlineStr"/>
+      <c r="AA38" t="inlineStr"/>
+      <c r="AB38" t="inlineStr"/>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
-          <t>123149</t>
+          <t>123159</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
-          <t>通裕转债</t>
+          <t>崧盛转债</t>
         </is>
       </c>
       <c r="C39" t="inlineStr">
         <is>
-          <t>300185</t>
+          <t>177.816</t>
         </is>
       </c>
       <c r="D39" t="inlineStr">
         <is>
-          <t>通裕重工</t>
-[...10 lines deleted...]
-        </is>
+          <t>3.381</t>
+        </is>
+      </c>
+      <c r="E39" t="n">
+        <v>-0.21</v>
+      </c>
+      <c r="F39" t="n">
+        <v>178.193</v>
       </c>
       <c r="G39" t="inlineStr">
         <is>
-          <t>2.543</t>
+          <t>301002</t>
         </is>
       </c>
       <c r="H39" t="inlineStr">
         <is>
-          <t>2028-06-20</t>
-[...10 lines deleted...]
-        </is>
+          <t>崧盛股份</t>
+        </is>
+      </c>
+      <c r="I39" t="n">
+        <v>43.39</v>
+      </c>
+      <c r="J39" t="n">
+        <v>3.06</v>
       </c>
       <c r="K39" t="inlineStr">
         <is>
-          <t>0/15 | 30</t>
-[...18 lines deleted...]
-        <v>2.46</v>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="L39" t="inlineStr">
+        <is>
+          <t>1.117</t>
+        </is>
+      </c>
+      <c r="M39" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="N39" t="inlineStr">
+        <is>
+          <t>2028-09-27</t>
+        </is>
+      </c>
+      <c r="O39" t="inlineStr">
+        <is>
+          <t>114.00</t>
+        </is>
+      </c>
+      <c r="P39" t="inlineStr">
+        <is>
+          <t>31.655</t>
+        </is>
+      </c>
+      <c r="Q39" t="inlineStr">
+        <is>
+          <t>!</t>
+        </is>
       </c>
       <c r="R39" t="n">
-        <v>17.78</v>
+        <v>45.0694</v>
       </c>
       <c r="S39" t="n">
-        <v>19.17</v>
+        <v>2.203</v>
       </c>
       <c r="T39" t="n">
-        <v>20.19</v>
-[...3 lines deleted...]
-      <c r="W39" t="inlineStr"/>
+        <v>1.8612</v>
+      </c>
+      <c r="U39" t="n">
+        <v>-0.14</v>
+      </c>
+      <c r="V39" t="n">
+        <v>0.24</v>
+      </c>
+      <c r="W39" t="n">
+        <v>77.59999999999999</v>
+      </c>
+      <c r="X39" t="n">
+        <v>57.51</v>
+      </c>
+      <c r="Y39" t="n">
+        <v>33.24</v>
+      </c>
+      <c r="Z39" t="inlineStr"/>
+      <c r="AA39" t="inlineStr"/>
+      <c r="AB39" t="inlineStr"/>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
-          <t>113677</t>
+          <t>123165</t>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
-          <t>华懋转债</t>
+          <t>回天转债</t>
         </is>
       </c>
       <c r="C40" t="inlineStr">
         <is>
-          <t>603306</t>
+          <t>136.000</t>
         </is>
       </c>
       <c r="D40" t="inlineStr">
         <is>
-          <t>华懋科技</t>
-[...2 lines deleted...]
-      <c r="E40" t="inlineStr">
+          <t>3.251</t>
+        </is>
+      </c>
+      <c r="E40" t="n">
+        <v>55.78</v>
+      </c>
+      <c r="F40" t="n">
+        <v>87.3026</v>
+      </c>
+      <c r="G40" t="inlineStr">
+        <is>
+          <t>300041</t>
+        </is>
+      </c>
+      <c r="H40" t="inlineStr">
+        <is>
+          <t>回天新材</t>
+        </is>
+      </c>
+      <c r="I40" t="n">
+        <v>13.27</v>
+      </c>
+      <c r="J40" t="n">
+        <v>6.67</v>
+      </c>
+      <c r="K40" t="inlineStr">
         <is>
           <t>AA-</t>
         </is>
       </c>
-      <c r="F40" t="inlineStr">
-[...45 lines deleted...]
-        <v>1.98</v>
+      <c r="L40" t="inlineStr">
+        <is>
+          <t>8.497</t>
+        </is>
+      </c>
+      <c r="M40" t="inlineStr">
+        <is>
+          <t>2.762</t>
+        </is>
+      </c>
+      <c r="N40" t="inlineStr">
+        <is>
+          <t>2028-10-27</t>
+        </is>
+      </c>
+      <c r="O40" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="P40" t="inlineStr">
+        <is>
+          <t>19.760</t>
+        </is>
+      </c>
+      <c r="Q40" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R40" t="n">
-        <v>51.52</v>
+        <v>53.7085</v>
       </c>
       <c r="S40" t="n">
-        <v>52.52</v>
+        <v>1.6997</v>
       </c>
       <c r="T40" t="n">
-        <v>33.39</v>
-[...3 lines deleted...]
-      <c r="W40" t="inlineStr"/>
+        <v>1.5186</v>
+      </c>
+      <c r="U40" t="n">
+        <v>1.02</v>
+      </c>
+      <c r="V40" t="n">
+        <v>2.99</v>
+      </c>
+      <c r="W40" t="n">
+        <v>12.34</v>
+      </c>
+      <c r="X40" t="n">
+        <v>12.38</v>
+      </c>
+      <c r="Y40" t="n">
+        <v>14.22</v>
+      </c>
+      <c r="Z40" t="inlineStr"/>
+      <c r="AA40" t="inlineStr"/>
+      <c r="AB40" t="inlineStr"/>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
-          <t>118039</t>
+          <t>113053</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
-          <t>煜邦转债</t>
+          <t>隆22转债</t>
         </is>
       </c>
       <c r="C41" t="inlineStr">
         <is>
-          <t>688597</t>
+          <t>138.065</t>
         </is>
       </c>
       <c r="D41" t="inlineStr">
         <is>
-          <t>煜邦电力</t>
-[...10 lines deleted...]
-        </is>
+          <t>3.219</t>
+        </is>
+      </c>
+      <c r="E41" t="n">
+        <v>24.86</v>
+      </c>
+      <c r="F41" t="n">
+        <v>110.5714</v>
       </c>
       <c r="G41" t="inlineStr">
         <is>
-          <t>3.625</t>
+          <t>601012</t>
         </is>
       </c>
       <c r="H41" t="inlineStr">
         <is>
-          <t>2029-07-20</t>
-[...10 lines deleted...]
-        </is>
+          <t>隆基绿能</t>
+        </is>
+      </c>
+      <c r="I41" t="n">
+        <v>19.35</v>
+      </c>
+      <c r="J41" t="n">
+        <v>10.01</v>
       </c>
       <c r="K41" t="inlineStr">
         <is>
-          <t>5/15 | 30</t>
-[...18 lines deleted...]
-        <v>0.79</v>
+          <t>AAA</t>
+        </is>
+      </c>
+      <c r="L41" t="inlineStr">
+        <is>
+          <t>69.951</t>
+        </is>
+      </c>
+      <c r="M41" t="inlineStr">
+        <is>
+          <t>1.951</t>
+        </is>
+      </c>
+      <c r="N41" t="inlineStr">
+        <is>
+          <t>2028-01-05</t>
+        </is>
+      </c>
+      <c r="O41" t="inlineStr">
+        <is>
+          <t>107.00</t>
+        </is>
+      </c>
+      <c r="P41" t="inlineStr">
+        <is>
+          <t>22.750</t>
+        </is>
+      </c>
+      <c r="Q41" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R41" t="n">
-        <v>21.09</v>
+        <v>62.431</v>
       </c>
       <c r="S41" t="n">
-        <v>17.84</v>
+        <v>1.4329</v>
       </c>
       <c r="T41" t="n">
-        <v>22.13</v>
-[...3 lines deleted...]
-      <c r="W41" t="inlineStr"/>
+        <v>1.1996</v>
+      </c>
+      <c r="U41" t="n">
+        <v>-86.18000000000001</v>
+      </c>
+      <c r="V41" t="n">
+        <v>107.51</v>
+      </c>
+      <c r="W41" t="n">
+        <v>17.36</v>
+      </c>
+      <c r="X41" t="n">
+        <v>16.96</v>
+      </c>
+      <c r="Y41" t="n">
+        <v>14.66</v>
+      </c>
+      <c r="Z41" t="inlineStr"/>
+      <c r="AA41" t="inlineStr"/>
+      <c r="AB41" t="inlineStr"/>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
-          <t>127042</t>
+          <t>123245</t>
         </is>
       </c>
       <c r="B42" t="inlineStr">
         <is>
-          <t>嘉美转债</t>
+          <t>集智转债</t>
         </is>
       </c>
       <c r="C42" t="inlineStr">
         <is>
-          <t>002969</t>
+          <t>324.700</t>
         </is>
       </c>
       <c r="D42" t="inlineStr">
         <is>
-          <t>嘉美包装</t>
-[...10 lines deleted...]
-        </is>
+          <t>3.210</t>
+        </is>
+      </c>
+      <c r="E42" t="n">
+        <v>22.99</v>
+      </c>
+      <c r="F42" t="n">
+        <v>263.9978</v>
       </c>
       <c r="G42" t="inlineStr">
         <is>
-          <t>1.677</t>
+          <t>300553</t>
         </is>
       </c>
       <c r="H42" t="inlineStr">
         <is>
-          <t>2027-08-09</t>
-[...10 lines deleted...]
-        </is>
+          <t>集智股份</t>
+        </is>
+      </c>
+      <c r="I42" t="n">
+        <v>47.81</v>
+      </c>
+      <c r="J42" t="n">
+        <v>3.19</v>
       </c>
       <c r="K42" t="inlineStr">
         <is>
-          <t>0/15 | 30</t>
-[...18 lines deleted...]
-        <v>0.17</v>
+          <t>A</t>
+        </is>
+      </c>
+      <c r="L42" t="inlineStr">
+        <is>
+          <t>1.538</t>
+        </is>
+      </c>
+      <c r="M42" t="inlineStr">
+        <is>
+          <t>4.559</t>
+        </is>
+      </c>
+      <c r="N42" t="inlineStr">
+        <is>
+          <t>2030-08-14</t>
+        </is>
+      </c>
+      <c r="O42" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="P42" t="inlineStr">
+        <is>
+          <t>23.543</t>
+        </is>
+      </c>
+      <c r="Q42" t="inlineStr">
+        <is>
+          <t>!</t>
+        </is>
       </c>
       <c r="R42" t="n">
-        <v>6.57</v>
+        <v>38.3078</v>
       </c>
       <c r="S42" t="n">
-        <v>11.47</v>
+        <v>2.5889</v>
       </c>
       <c r="T42" t="n">
-        <v>13.25</v>
-[...3 lines deleted...]
-      <c r="W42" t="inlineStr"/>
+        <v>2.0031</v>
+      </c>
+      <c r="U42" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="V42" t="n">
+        <v>0.33</v>
+      </c>
+      <c r="W42" t="n">
+        <v>50.04</v>
+      </c>
+      <c r="X42" t="n">
+        <v>47.69</v>
+      </c>
+      <c r="Y42" t="inlineStr"/>
+      <c r="Z42" t="inlineStr"/>
+      <c r="AA42" t="inlineStr"/>
+      <c r="AB42" t="inlineStr"/>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
-          <t>123160</t>
+          <t>113697</t>
         </is>
       </c>
       <c r="B43" t="inlineStr">
         <is>
-          <t>泰福转债</t>
+          <t>应流转债</t>
         </is>
       </c>
       <c r="C43" t="inlineStr">
         <is>
-          <t>300992</t>
+          <t>261.299</t>
         </is>
       </c>
       <c r="D43" t="inlineStr">
         <is>
-          <t>泰福泵业</t>
-[...10 lines deleted...]
-        </is>
+          <t>3.156</t>
+        </is>
+      </c>
+      <c r="E43" t="n">
+        <v>52.61</v>
+      </c>
+      <c r="F43" t="n">
+        <v>171.2176</v>
       </c>
       <c r="G43" t="inlineStr">
         <is>
-          <t>2.816</t>
+          <t>603308</t>
         </is>
       </c>
       <c r="H43" t="inlineStr">
         <is>
-          <t>2028-09-28</t>
-[...10 lines deleted...]
-        </is>
+          <t>应流股份</t>
+        </is>
+      </c>
+      <c r="I43" t="n">
+        <v>52.17</v>
+      </c>
+      <c r="J43" t="n">
+        <v>1.09</v>
       </c>
       <c r="K43" t="inlineStr">
         <is>
-          <t>1/15 | 30 2025-10-29 重新计</t>
-[...18 lines deleted...]
-        <v>0.61</v>
+          <t>AA+</t>
+        </is>
+      </c>
+      <c r="L43" t="inlineStr">
+        <is>
+          <t>15.000</t>
+        </is>
+      </c>
+      <c r="M43" t="inlineStr">
+        <is>
+          <t>5.655</t>
+        </is>
+      </c>
+      <c r="N43" t="inlineStr">
+        <is>
+          <t>2031-09-18</t>
+        </is>
+      </c>
+      <c r="O43" t="inlineStr">
+        <is>
+          <t>109.00</t>
+        </is>
+      </c>
+      <c r="P43" t="inlineStr">
+        <is>
+          <t>39.611</t>
+        </is>
+      </c>
+      <c r="Q43" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R43" t="n">
-        <v>17.02</v>
+        <v>62.5008</v>
       </c>
       <c r="S43" t="n">
-        <v>32.83</v>
+        <v>1.6554</v>
       </c>
       <c r="T43" t="n">
-        <v>30.07</v>
-[...3 lines deleted...]
-      <c r="W43" t="inlineStr"/>
+        <v>1.0221</v>
+      </c>
+      <c r="U43" t="n">
+        <v>2.86</v>
+      </c>
+      <c r="V43" t="n">
+        <v>3.03</v>
+      </c>
+      <c r="W43" t="n">
+        <v>42.6</v>
+      </c>
+      <c r="X43" t="inlineStr"/>
+      <c r="Y43" t="inlineStr"/>
+      <c r="Z43" t="inlineStr"/>
+      <c r="AA43" t="inlineStr"/>
+      <c r="AB43" t="inlineStr"/>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
-          <t>118043</t>
+          <t>118048</t>
         </is>
       </c>
       <c r="B44" t="inlineStr">
         <is>
-          <t>福立转债</t>
+          <t>利扬转债</t>
         </is>
       </c>
       <c r="C44" t="inlineStr">
         <is>
-          <t>688678</t>
+          <t>295.818</t>
         </is>
       </c>
       <c r="D44" t="inlineStr">
         <is>
-          <t>福立旺</t>
-[...10 lines deleted...]
-        </is>
+          <t>3.127</t>
+        </is>
+      </c>
+      <c r="E44" t="n">
+        <v>28.53</v>
+      </c>
+      <c r="F44" t="n">
+        <v>230.1489</v>
       </c>
       <c r="G44" t="inlineStr">
         <is>
-          <t>3.693</t>
+          <t>688135</t>
         </is>
       </c>
       <c r="H44" t="inlineStr">
         <is>
-          <t>2029-08-14</t>
-[...2 lines deleted...]
-      <c r="I44" t="inlineStr">
+          <t>利扬芯片</t>
+        </is>
+      </c>
+      <c r="I44" t="n">
+        <v>37.1</v>
+      </c>
+      <c r="J44" t="n">
+        <v>0.38</v>
+      </c>
+      <c r="K44" t="inlineStr">
+        <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="L44" t="inlineStr">
+        <is>
+          <t>4.809</t>
+        </is>
+      </c>
+      <c r="M44" t="inlineStr">
+        <is>
+          <t>4.441</t>
+        </is>
+      </c>
+      <c r="N44" t="inlineStr">
+        <is>
+          <t>2030-07-02</t>
+        </is>
+      </c>
+      <c r="O44" t="inlineStr">
         <is>
           <t>115.00</t>
         </is>
       </c>
-      <c r="J44" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K44" t="inlineStr">
+      <c r="P44" t="inlineStr">
+        <is>
+          <t>20.956</t>
+        </is>
+      </c>
+      <c r="Q44" t="inlineStr">
         <is>
           <t>!</t>
         </is>
       </c>
-      <c r="L44" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R44" t="n">
-        <v>52.86</v>
+        <v>55.2464</v>
       </c>
       <c r="S44" t="n">
-        <v>50.38</v>
+        <v>1.2423</v>
       </c>
       <c r="T44" t="n">
-        <v>44.72</v>
-[...3 lines deleted...]
-      <c r="W44" t="inlineStr"/>
+        <v>1.2088</v>
+      </c>
+      <c r="U44" t="n">
+        <v>-0.62</v>
+      </c>
+      <c r="V44" t="n">
+        <v>0.22</v>
+      </c>
+      <c r="W44" t="n">
+        <v>39.52</v>
+      </c>
+      <c r="X44" t="n">
+        <v>54.18</v>
+      </c>
+      <c r="Y44" t="n">
+        <v>44.58</v>
+      </c>
+      <c r="Z44" t="inlineStr"/>
+      <c r="AA44" t="inlineStr"/>
+      <c r="AB44" t="inlineStr"/>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
-          <t>127064</t>
+          <t>113682</t>
         </is>
       </c>
       <c r="B45" t="inlineStr">
         <is>
-          <t>杭氧转债</t>
+          <t>益丰转债</t>
         </is>
       </c>
       <c r="C45" t="inlineStr">
         <is>
-          <t>002430</t>
+          <t>133.618</t>
         </is>
       </c>
       <c r="D45" t="inlineStr">
         <is>
-          <t>杭氧股份</t>
-[...10 lines deleted...]
-        </is>
+          <t>3.024</t>
+        </is>
+      </c>
+      <c r="E45" t="n">
+        <v>71.48</v>
+      </c>
+      <c r="F45" t="n">
+        <v>77.9209</v>
       </c>
       <c r="G45" t="inlineStr">
         <is>
-          <t>2.455</t>
+          <t>603939</t>
         </is>
       </c>
       <c r="H45" t="inlineStr">
         <is>
-          <t>2028-05-19</t>
-[...10 lines deleted...]
-        </is>
+          <t>益丰药房</t>
+        </is>
+      </c>
+      <c r="I45" t="n">
+        <v>24.81</v>
+      </c>
+      <c r="J45" t="n">
+        <v>10.02</v>
       </c>
       <c r="K45" t="inlineStr">
         <is>
-          <t>0/15 | 30 2023-07-31 重新计</t>
-[...18 lines deleted...]
-        <v>12.1</v>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="L45" t="inlineStr">
+        <is>
+          <t>17.968</t>
+        </is>
+      </c>
+      <c r="M45" t="inlineStr">
+        <is>
+          <t>4.112</t>
+        </is>
+      </c>
+      <c r="N45" t="inlineStr">
+        <is>
+          <t>2030-03-04</t>
+        </is>
+      </c>
+      <c r="O45" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="P45" t="inlineStr">
+        <is>
+          <t>41.392</t>
+        </is>
+      </c>
+      <c r="Q45" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R45" t="n">
-        <v>34.91</v>
+        <v>54.4234</v>
       </c>
       <c r="S45" t="n">
-        <v>23.47</v>
+        <v>1.4218</v>
       </c>
       <c r="T45" t="n">
-        <v>19.23</v>
-[...3 lines deleted...]
-      <c r="W45" t="inlineStr"/>
+        <v>1.0087</v>
+      </c>
+      <c r="U45" t="n">
+        <v>15.29</v>
+      </c>
+      <c r="V45" t="n">
+        <v>14.12</v>
+      </c>
+      <c r="W45" t="n">
+        <v>11.08</v>
+      </c>
+      <c r="X45" t="n">
+        <v>9.9</v>
+      </c>
+      <c r="Y45" t="n">
+        <v>14.37</v>
+      </c>
+      <c r="Z45" t="inlineStr"/>
+      <c r="AA45" t="inlineStr"/>
+      <c r="AB45" t="inlineStr"/>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
-          <t>118031</t>
+          <t>118034</t>
         </is>
       </c>
       <c r="B46" t="inlineStr">
         <is>
-          <t>天23转债</t>
+          <t>晶能转债</t>
         </is>
       </c>
       <c r="C46" t="inlineStr">
         <is>
-          <t>688599</t>
+          <t>129.697</t>
         </is>
       </c>
       <c r="D46" t="inlineStr">
         <is>
-          <t>天合光能</t>
-[...10 lines deleted...]
-        </is>
+          <t>2.969</t>
+        </is>
+      </c>
+      <c r="E46" t="n">
+        <v>19.36</v>
+      </c>
+      <c r="F46" t="n">
+        <v>108.6614</v>
       </c>
       <c r="G46" t="inlineStr">
         <is>
-          <t>3.195</t>
+          <t>688223</t>
         </is>
       </c>
       <c r="H46" t="inlineStr">
         <is>
-          <t>2029-02-13</t>
-[...10 lines deleted...]
-        </is>
+          <t>晶科能源</t>
+        </is>
+      </c>
+      <c r="I46" t="n">
+        <v>6.9</v>
+      </c>
+      <c r="J46" t="n">
+        <v>20</v>
       </c>
       <c r="K46" t="inlineStr">
         <is>
-          <t>9/15 | 30</t>
-[...18 lines deleted...]
-        <v>36.81</v>
+          <t>AA+</t>
+        </is>
+      </c>
+      <c r="L46" t="inlineStr">
+        <is>
+          <t>99.999</t>
+        </is>
+      </c>
+      <c r="M46" t="inlineStr">
+        <is>
+          <t>3.241</t>
+        </is>
+      </c>
+      <c r="N46" t="inlineStr">
+        <is>
+          <t>2029-04-20</t>
+        </is>
+      </c>
+      <c r="O46" t="inlineStr">
+        <is>
+          <t>108.00</t>
+        </is>
+      </c>
+      <c r="P46" t="inlineStr">
+        <is>
+          <t>7.620120%</t>
+        </is>
+      </c>
+      <c r="Q46" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R46" t="n">
-        <v>26.93</v>
+        <v>74.4834</v>
       </c>
       <c r="S46" t="n">
-        <v>23.01</v>
+        <v>1.3356</v>
       </c>
       <c r="T46" t="n">
-        <v>23.01</v>
-[...3 lines deleted...]
-      <c r="W46" t="inlineStr"/>
+        <v>1.0438</v>
+      </c>
+      <c r="U46" t="n">
+        <v>0.99</v>
+      </c>
+      <c r="V46" t="n">
+        <v>74.40000000000001</v>
+      </c>
+      <c r="W46" t="n">
+        <v>15.43</v>
+      </c>
+      <c r="X46" t="n">
+        <v>12.16</v>
+      </c>
+      <c r="Y46" t="n">
+        <v>16.75</v>
+      </c>
+      <c r="Z46" t="inlineStr"/>
+      <c r="AA46" t="inlineStr"/>
+      <c r="AB46" t="inlineStr"/>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
-          <t>123225</t>
+          <t>118008</t>
         </is>
       </c>
       <c r="B47" t="inlineStr">
         <is>
-          <t>翔丰转债</t>
+          <t>海优转债</t>
         </is>
       </c>
       <c r="C47" t="inlineStr">
         <is>
-          <t>300890</t>
+          <t>150.548</t>
         </is>
       </c>
       <c r="D47" t="inlineStr">
         <is>
-          <t>翔丰华</t>
-[...10 lines deleted...]
-        </is>
+          <t>2.880</t>
+        </is>
+      </c>
+      <c r="E47" t="n">
+        <v>6.32</v>
+      </c>
+      <c r="F47" t="n">
+        <v>141.6026</v>
       </c>
       <c r="G47" t="inlineStr">
         <is>
-          <t>3.849</t>
+          <t>688680</t>
         </is>
       </c>
       <c r="H47" t="inlineStr">
         <is>
-          <t>2029-10-10</t>
-[...10 lines deleted...]
-        </is>
+          <t>海优新材</t>
+        </is>
+      </c>
+      <c r="I47" t="n">
+        <v>66.27</v>
+      </c>
+      <c r="J47" t="n">
+        <v>8.18</v>
       </c>
       <c r="K47" t="inlineStr">
         <is>
-          <t>12/15 | 30</t>
-[...18 lines deleted...]
-        <v>1.61</v>
+          <t>A</t>
+        </is>
+      </c>
+      <c r="L47" t="inlineStr">
+        <is>
+          <t>6.938</t>
+        </is>
+      </c>
+      <c r="M47" t="inlineStr">
+        <is>
+          <t>2.416</t>
+        </is>
+      </c>
+      <c r="N47" t="inlineStr">
+        <is>
+          <t>2028-06-23</t>
+        </is>
+      </c>
+      <c r="O47" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="P47" t="inlineStr">
+        <is>
+          <t>60.840</t>
+        </is>
+      </c>
+      <c r="Q47" t="inlineStr">
+        <is>
+          <t>2/15 | 30</t>
+        </is>
       </c>
       <c r="R47" t="n">
-        <v>23.13</v>
+        <v>51.1065</v>
       </c>
       <c r="S47" t="n">
-        <v>20.87</v>
+        <v>2.4967</v>
       </c>
       <c r="T47" t="n">
-        <v>26.86</v>
-[...3 lines deleted...]
-      <c r="W47" t="inlineStr"/>
+        <v>2.3252</v>
+      </c>
+      <c r="U47" t="n">
+        <v>-5.58</v>
+      </c>
+      <c r="V47" t="n">
+        <v>-2.29</v>
+      </c>
+      <c r="W47" t="n">
+        <v>17.19</v>
+      </c>
+      <c r="X47" t="n">
+        <v>16.87</v>
+      </c>
+      <c r="Y47" t="n">
+        <v>22.6</v>
+      </c>
+      <c r="Z47" t="inlineStr"/>
+      <c r="AA47" t="inlineStr"/>
+      <c r="AB47" t="inlineStr"/>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
-          <t>123237</t>
+          <t>118012</t>
         </is>
       </c>
       <c r="B48" t="inlineStr">
         <is>
-          <t>佳禾转债</t>
+          <t>微芯转债</t>
         </is>
       </c>
       <c r="C48" t="inlineStr">
         <is>
-          <t>300793</t>
+          <t>184.207</t>
         </is>
       </c>
       <c r="D48" t="inlineStr">
         <is>
-          <t>佳禾智能</t>
-[...2 lines deleted...]
-      <c r="E48" t="inlineStr">
+          <t>2.858</t>
+        </is>
+      </c>
+      <c r="E48" t="n">
+        <v>33.75</v>
+      </c>
+      <c r="F48" t="n">
+        <v>137.7276</v>
+      </c>
+      <c r="G48" t="inlineStr">
+        <is>
+          <t>688321</t>
+        </is>
+      </c>
+      <c r="H48" t="inlineStr">
+        <is>
+          <t>微芯生物</t>
+        </is>
+      </c>
+      <c r="I48" t="n">
+        <v>34.79</v>
+      </c>
+      <c r="J48" t="n">
+        <v>1.73</v>
+      </c>
+      <c r="K48" t="inlineStr">
         <is>
           <t>A+</t>
         </is>
       </c>
-      <c r="F48" t="inlineStr">
-[...45 lines deleted...]
-        <v>1.74</v>
+      <c r="L48" t="inlineStr">
+        <is>
+          <t>4.996</t>
+        </is>
+      </c>
+      <c r="M48" t="inlineStr">
+        <is>
+          <t>2.449</t>
+        </is>
+      </c>
+      <c r="N48" t="inlineStr">
+        <is>
+          <t>2028-07-05</t>
+        </is>
+      </c>
+      <c r="O48" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="P48" t="inlineStr">
+        <is>
+          <t>32.838</t>
+        </is>
+      </c>
+      <c r="Q48" t="inlineStr">
+        <is>
+          <t>11/15 | 30 2025-11-03 重新计</t>
+        </is>
       </c>
       <c r="R48" t="n">
-        <v>21.51</v>
+        <v>54.4235</v>
       </c>
       <c r="S48" t="n">
-        <v>30.5</v>
+        <v>1.8693</v>
       </c>
       <c r="T48" t="n">
-        <v>36.14</v>
-[...3 lines deleted...]
-      <c r="W48" t="inlineStr"/>
+        <v>1.7944</v>
+      </c>
+      <c r="U48" t="n">
+        <v>-1.15</v>
+      </c>
+      <c r="V48" t="n">
+        <v>0.89</v>
+      </c>
+      <c r="W48" t="n">
+        <v>49.71</v>
+      </c>
+      <c r="X48" t="n">
+        <v>39.67</v>
+      </c>
+      <c r="Y48" t="n">
+        <v>34.12</v>
+      </c>
+      <c r="Z48" t="inlineStr"/>
+      <c r="AA48" t="inlineStr"/>
+      <c r="AB48" t="inlineStr"/>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
-          <t>127095</t>
+          <t>128137</t>
         </is>
       </c>
       <c r="B49" t="inlineStr">
         <is>
-          <t>广泰转债</t>
+          <t>洁美转债</t>
         </is>
       </c>
       <c r="C49" t="inlineStr">
         <is>
-          <t>002111</t>
+          <t>158.001</t>
         </is>
       </c>
       <c r="D49" t="inlineStr">
         <is>
-          <t>威海广泰</t>
-[...2 lines deleted...]
-      <c r="E49" t="inlineStr">
+          <t>2.853</t>
+        </is>
+      </c>
+      <c r="E49" t="n">
+        <v>8.76</v>
+      </c>
+      <c r="F49" t="n">
+        <v>145.2759</v>
+      </c>
+      <c r="G49" t="inlineStr">
+        <is>
+          <t>002859</t>
+        </is>
+      </c>
+      <c r="H49" t="inlineStr">
+        <is>
+          <t>洁美科技</t>
+        </is>
+      </c>
+      <c r="I49" t="n">
+        <v>38.44</v>
+      </c>
+      <c r="J49" t="n">
+        <v>6.78</v>
+      </c>
+      <c r="K49" t="inlineStr">
         <is>
           <t>AA-</t>
         </is>
       </c>
-      <c r="F49" t="inlineStr">
-[...45 lines deleted...]
-        <v>2.4</v>
+      <c r="L49" t="inlineStr">
+        <is>
+          <t>5.986</t>
+        </is>
+      </c>
+      <c r="M49" t="inlineStr">
+        <is>
+          <t>0.781</t>
+        </is>
+      </c>
+      <c r="N49" t="inlineStr">
+        <is>
+          <t>2026-11-04</t>
+        </is>
+      </c>
+      <c r="O49" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="P49" t="inlineStr">
+        <is>
+          <t>34.398</t>
+        </is>
+      </c>
+      <c r="Q49" t="inlineStr">
+        <is>
+          <t>4/15 | 30 2022-06-28 重新计</t>
+        </is>
       </c>
       <c r="R49" t="n">
-        <v>11.76</v>
+        <v>56.5949</v>
       </c>
       <c r="S49" t="n">
-        <v>13.39</v>
+        <v>1.3545</v>
       </c>
       <c r="T49" t="n">
-        <v>22.78</v>
-[...3 lines deleted...]
-      <c r="W49" t="inlineStr"/>
+        <v>0.9713000000000001</v>
+      </c>
+      <c r="U49" t="n">
+        <v>2.02</v>
+      </c>
+      <c r="V49" t="n">
+        <v>2.56</v>
+      </c>
+      <c r="W49" t="n">
+        <v>26.47</v>
+      </c>
+      <c r="X49" t="n">
+        <v>21.58</v>
+      </c>
+      <c r="Y49" t="n">
+        <v>16.41</v>
+      </c>
+      <c r="Z49" t="inlineStr"/>
+      <c r="AA49" t="inlineStr"/>
+      <c r="AB49" t="inlineStr"/>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
-          <t>128101</t>
+          <t>123088</t>
         </is>
       </c>
       <c r="B50" t="inlineStr">
         <is>
-          <t>联创转债</t>
+          <t>威唐转债</t>
         </is>
       </c>
       <c r="C50" t="inlineStr">
         <is>
-          <t>002036</t>
+          <t>156.180</t>
         </is>
       </c>
       <c r="D50" t="inlineStr">
         <is>
-          <t>联创电子</t>
-[...10 lines deleted...]
-        </is>
+          <t>2.851</t>
+        </is>
+      </c>
+      <c r="E50" t="n">
+        <v>1.85</v>
+      </c>
+      <c r="F50" t="n">
+        <v>153.3422</v>
       </c>
       <c r="G50" t="inlineStr">
         <is>
-          <t>0.277</t>
+          <t>300707</t>
         </is>
       </c>
       <c r="H50" t="inlineStr">
         <is>
-          <t>2026-03-16</t>
-[...10 lines deleted...]
-        </is>
+          <t>威唐工业</t>
+        </is>
+      </c>
+      <c r="I50" t="n">
+        <v>22.94</v>
+      </c>
+      <c r="J50" t="n">
+        <v>14.81</v>
       </c>
       <c r="K50" t="inlineStr">
         <is>
-          <t>0/15 | 30 2022-07-25 重新计</t>
-[...18 lines deleted...]
-        <v>0.9399999999999999</v>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="L50" t="inlineStr">
+        <is>
+          <t>3.004</t>
+        </is>
+      </c>
+      <c r="M50" t="inlineStr">
+        <is>
+          <t>0.893</t>
+        </is>
+      </c>
+      <c r="N50" t="inlineStr">
+        <is>
+          <t>2026-12-15</t>
+        </is>
+      </c>
+      <c r="O50" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="P50" t="inlineStr">
+        <is>
+          <t>19.448</t>
+        </is>
+      </c>
+      <c r="Q50" t="inlineStr">
+        <is>
+          <t>3/15 | 30</t>
+        </is>
       </c>
       <c r="R50" t="n">
-        <v>11.4</v>
+        <v>38.3278</v>
       </c>
       <c r="S50" t="n">
-        <v>15.79</v>
+        <v>3.2175</v>
       </c>
       <c r="T50" t="n">
-        <v>30.46</v>
-[...3 lines deleted...]
-      <c r="W50" t="inlineStr"/>
+        <v>2.4015</v>
+      </c>
+      <c r="U50" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="V50" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="W50" t="n">
+        <v>31.45</v>
+      </c>
+      <c r="X50" t="n">
+        <v>20.99</v>
+      </c>
+      <c r="Y50" t="n">
+        <v>20.16</v>
+      </c>
+      <c r="Z50" t="inlineStr"/>
+      <c r="AA50" t="inlineStr"/>
+      <c r="AB50" t="inlineStr"/>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
-          <t>113657</t>
+          <t>123253</t>
         </is>
       </c>
       <c r="B51" t="inlineStr">
         <is>
-          <t>再22转债</t>
+          <t>永贵转债</t>
         </is>
       </c>
       <c r="C51" t="inlineStr">
         <is>
-          <t>603601</t>
+          <t>151.260</t>
         </is>
       </c>
       <c r="D51" t="inlineStr">
         <is>
-          <t>再升科技</t>
-[...2 lines deleted...]
-      <c r="E51" t="inlineStr">
+          <t>2.783</t>
+        </is>
+      </c>
+      <c r="E51" t="n">
+        <v>42.65</v>
+      </c>
+      <c r="F51" t="n">
+        <v>106.034</v>
+      </c>
+      <c r="G51" t="inlineStr">
+        <is>
+          <t>300351</t>
+        </is>
+      </c>
+      <c r="H51" t="inlineStr">
+        <is>
+          <t>永贵电器</t>
+        </is>
+      </c>
+      <c r="I51" t="n">
+        <v>19.33</v>
+      </c>
+      <c r="J51" t="n">
+        <v>3.09</v>
+      </c>
+      <c r="K51" t="inlineStr">
         <is>
           <t>AA-</t>
         </is>
       </c>
-      <c r="F51" t="inlineStr">
-[...24 lines deleted...]
-      <c r="K51" t="inlineStr">
+      <c r="L51" t="inlineStr">
+        <is>
+          <t>9.799</t>
+        </is>
+      </c>
+      <c r="M51" t="inlineStr">
+        <is>
+          <t>5.137</t>
+        </is>
+      </c>
+      <c r="N51" t="inlineStr">
+        <is>
+          <t>2031-03-13</t>
+        </is>
+      </c>
+      <c r="O51" t="inlineStr">
+        <is>
+          <t>113.00</t>
+        </is>
+      </c>
+      <c r="P51" t="inlineStr">
+        <is>
+          <t>23.699</t>
+        </is>
+      </c>
+      <c r="Q51" t="inlineStr">
         <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L51" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R51" t="n">
-        <v>14.34</v>
+        <v>46.1212</v>
       </c>
       <c r="S51" t="n">
-        <v>27.08</v>
+        <v>2.969</v>
       </c>
       <c r="T51" t="n">
-        <v>17.41</v>
-[...3 lines deleted...]
-      <c r="W51" t="inlineStr"/>
+        <v>2.417</v>
+      </c>
+      <c r="U51" t="n">
+        <v>1.26</v>
+      </c>
+      <c r="V51" t="n">
+        <v>1.01</v>
+      </c>
+      <c r="W51" t="n">
+        <v>21.09</v>
+      </c>
+      <c r="X51" t="n">
+        <v>20.88</v>
+      </c>
+      <c r="Y51" t="inlineStr"/>
+      <c r="Z51" t="inlineStr"/>
+      <c r="AA51" t="inlineStr"/>
+      <c r="AB51" t="inlineStr"/>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
-          <t>123247</t>
+          <t>113618</t>
         </is>
       </c>
       <c r="B52" t="inlineStr">
         <is>
-          <t>万凯转债</t>
+          <t>美诺转债</t>
         </is>
       </c>
       <c r="C52" t="inlineStr">
         <is>
-          <t>301216</t>
+          <t>140.835</t>
         </is>
       </c>
       <c r="D52" t="inlineStr">
         <is>
-          <t>万凯新材</t>
-[...10 lines deleted...]
-        </is>
+          <t>2.761</t>
+        </is>
+      </c>
+      <c r="E52" t="n">
+        <v>62.91</v>
+      </c>
+      <c r="F52" t="n">
+        <v>86.4486</v>
       </c>
       <c r="G52" t="inlineStr">
         <is>
-          <t>4.699</t>
+          <t>603538</t>
         </is>
       </c>
       <c r="H52" t="inlineStr">
         <is>
-          <t>2030-08-16</t>
-[...2 lines deleted...]
-      <c r="I52" t="inlineStr">
+          <t>美诺华</t>
+        </is>
+      </c>
+      <c r="I52" t="n">
+        <v>22.2</v>
+      </c>
+      <c r="J52" t="n">
+        <v>6.83</v>
+      </c>
+      <c r="K52" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="L52" t="inlineStr">
+        <is>
+          <t>4.764</t>
+        </is>
+      </c>
+      <c r="M52" t="inlineStr">
+        <is>
+          <t>0.975</t>
+        </is>
+      </c>
+      <c r="N52" t="inlineStr">
+        <is>
+          <t>2027-01-14</t>
+        </is>
+      </c>
+      <c r="O52" t="inlineStr">
         <is>
           <t>110.00</t>
         </is>
       </c>
-      <c r="J52" t="inlineStr">
-[...25 lines deleted...]
-        <v>9.550000000000001</v>
+      <c r="P52" t="inlineStr">
+        <is>
+          <t>33.384</t>
+        </is>
+      </c>
+      <c r="Q52" t="inlineStr">
+        <is>
+          <t>0/15 | 30 2022-05-02 重新计</t>
+        </is>
       </c>
       <c r="R52" t="n">
-        <v>48.59</v>
+        <v>49.0513</v>
       </c>
       <c r="S52" t="n">
-        <v>41.95</v>
-[...4 lines deleted...]
-      <c r="W52" t="inlineStr"/>
+        <v>1.2827</v>
+      </c>
+      <c r="T52" t="n">
+        <v>0.7165</v>
+      </c>
+      <c r="U52" t="n">
+        <v>0.67</v>
+      </c>
+      <c r="V52" t="n">
+        <v>0.12</v>
+      </c>
+      <c r="W52" t="n">
+        <v>12.91</v>
+      </c>
+      <c r="X52" t="n">
+        <v>14.22</v>
+      </c>
+      <c r="Y52" t="n">
+        <v>16.28</v>
+      </c>
+      <c r="Z52" t="inlineStr"/>
+      <c r="AA52" t="inlineStr"/>
+      <c r="AB52" t="inlineStr"/>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
-          <t>123172</t>
+          <t>123256</t>
         </is>
       </c>
       <c r="B53" t="inlineStr">
         <is>
-          <t>漱玉转债</t>
+          <t>恒帅转债</t>
         </is>
       </c>
       <c r="C53" t="inlineStr">
         <is>
-          <t>301017</t>
+          <t>289.000</t>
         </is>
       </c>
       <c r="D53" t="inlineStr">
         <is>
-          <t>漱玉平民</t>
-[...10 lines deleted...]
-        </is>
+          <t>2.733</t>
+        </is>
+      </c>
+      <c r="E53" t="n">
+        <v>24.5</v>
+      </c>
+      <c r="F53" t="n">
+        <v>232.1343</v>
       </c>
       <c r="G53" t="inlineStr">
         <is>
-          <t>3.030</t>
+          <t>300969</t>
         </is>
       </c>
       <c r="H53" t="inlineStr">
         <is>
-          <t>2028-12-15</t>
-[...10 lines deleted...]
-        </is>
+          <t>恒帅股份</t>
+        </is>
+      </c>
+      <c r="I53" t="n">
+        <v>145.2</v>
+      </c>
+      <c r="J53" t="n">
+        <v>-3.2</v>
       </c>
       <c r="K53" t="inlineStr">
         <is>
-          <t>0/15 | 30</t>
-[...18 lines deleted...]
-        <v>2.29</v>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="L53" t="inlineStr">
+        <is>
+          <t>3.274</t>
+        </is>
+      </c>
+      <c r="M53" t="inlineStr">
+        <is>
+          <t>5.348</t>
+        </is>
+      </c>
+      <c r="N53" t="inlineStr">
+        <is>
+          <t>2031-05-29</t>
+        </is>
+      </c>
+      <c r="O53" t="inlineStr">
+        <is>
+          <t>114.00</t>
+        </is>
+      </c>
+      <c r="P53" t="inlineStr">
+        <is>
+          <t>81.315</t>
+        </is>
+      </c>
+      <c r="Q53" t="inlineStr">
+        <is>
+          <t>!</t>
+        </is>
       </c>
       <c r="R53" t="n">
-        <v>12.58</v>
+        <v>30.1246</v>
       </c>
       <c r="S53" t="n">
-        <v>13.92</v>
+        <v>6.0557</v>
       </c>
       <c r="T53" t="n">
-        <v>27.87</v>
+        <v>5.5851</v>
       </c>
       <c r="U53" t="n">
-        <v>56.78</v>
+        <v>2.14</v>
       </c>
       <c r="V53" t="n">
-        <v>40.33</v>
+        <v>2.02</v>
       </c>
       <c r="W53" t="n">
-        <v>60.57</v>
-      </c>
+        <v>56.5</v>
+      </c>
+      <c r="X53" t="n">
+        <v>68.40000000000001</v>
+      </c>
+      <c r="Y53" t="inlineStr"/>
+      <c r="Z53" t="inlineStr"/>
+      <c r="AA53" t="inlineStr"/>
+      <c r="AB53" t="inlineStr"/>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
-          <t>110099</t>
+          <t>123247</t>
         </is>
       </c>
       <c r="B54" t="inlineStr">
         <is>
-          <t>福能转债</t>
+          <t>万凯转债</t>
         </is>
       </c>
       <c r="C54" t="inlineStr">
         <is>
-          <t>600483</t>
+          <t>252.631</t>
         </is>
       </c>
       <c r="D54" t="inlineStr">
         <is>
-          <t>福能股份</t>
-[...10 lines deleted...]
-        </is>
+          <t>2.696</t>
+        </is>
+      </c>
+      <c r="E54" t="n">
+        <v>19.3</v>
+      </c>
+      <c r="F54" t="n">
+        <v>211.7699</v>
       </c>
       <c r="G54" t="inlineStr">
         <is>
-          <t>5.858</t>
+          <t>301216</t>
         </is>
       </c>
       <c r="H54" t="inlineStr">
         <is>
-          <t>2031-10-13</t>
-[...10 lines deleted...]
-        </is>
+          <t>万凯新材</t>
+        </is>
+      </c>
+      <c r="I54" t="n">
+        <v>23.93</v>
+      </c>
+      <c r="J54" t="n">
+        <v>0.59</v>
       </c>
       <c r="K54" t="inlineStr">
         <is>
-          <t>0/15 | 30</t>
-[...22 lines deleted...]
-      <c r="T54" t="inlineStr"/>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="L54" t="inlineStr">
+        <is>
+          <t>19.643</t>
+        </is>
+      </c>
+      <c r="M54" t="inlineStr">
+        <is>
+          <t>4.564</t>
+        </is>
+      </c>
+      <c r="N54" t="inlineStr">
+        <is>
+          <t>2030-08-16</t>
+        </is>
+      </c>
+      <c r="O54" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="P54" t="inlineStr">
+        <is>
+          <t>14.690</t>
+        </is>
+      </c>
+      <c r="Q54" t="inlineStr">
+        <is>
+          <t>!</t>
+        </is>
+      </c>
+      <c r="R54" t="n">
+        <v>65.6219</v>
+      </c>
+      <c r="S54" t="n">
+        <v>1.2308</v>
+      </c>
+      <c r="T54" t="n">
+        <v>0.7597</v>
+      </c>
       <c r="U54" t="n">
-        <v>25.31</v>
+        <v>-3</v>
       </c>
       <c r="V54" t="n">
-        <v>18.13</v>
+        <v>4.37</v>
       </c>
       <c r="W54" t="n">
-        <v>26.54</v>
-      </c>
+        <v>38.4</v>
+      </c>
+      <c r="X54" t="n">
+        <v>43.72</v>
+      </c>
+      <c r="Y54" t="inlineStr"/>
+      <c r="Z54" t="inlineStr"/>
+      <c r="AA54" t="inlineStr"/>
+      <c r="AB54" t="inlineStr"/>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
-          <t>113610</t>
+          <t>113692</t>
         </is>
       </c>
       <c r="B55" t="inlineStr">
         <is>
-          <t>灵康转债</t>
+          <t>保隆转债</t>
         </is>
       </c>
       <c r="C55" t="inlineStr">
         <is>
-          <t>603669</t>
+          <t>143.382</t>
         </is>
       </c>
       <c r="D55" t="inlineStr">
         <is>
-          <t>灵康药业</t>
-[...10 lines deleted...]
-        </is>
+          <t>2.647</t>
+        </is>
+      </c>
+      <c r="E55" t="n">
+        <v>43.97</v>
+      </c>
+      <c r="F55" t="n">
+        <v>99.5937</v>
       </c>
       <c r="G55" t="inlineStr">
         <is>
-          <t>0.989</t>
+          <t>603197</t>
         </is>
       </c>
       <c r="H55" t="inlineStr">
         <is>
-          <t>2026-12-01</t>
-[...10 lines deleted...]
-        </is>
+          <t>保隆科技</t>
+        </is>
+      </c>
+      <c r="I55" t="n">
+        <v>39.22</v>
+      </c>
+      <c r="J55" t="n">
+        <v>2.11</v>
       </c>
       <c r="K55" t="inlineStr">
         <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="L55" t="inlineStr">
+        <is>
+          <t>13.897</t>
+        </is>
+      </c>
+      <c r="M55" t="inlineStr">
+        <is>
+          <t>4.773</t>
+        </is>
+      </c>
+      <c r="N55" t="inlineStr">
+        <is>
+          <t>2030-10-31</t>
+        </is>
+      </c>
+      <c r="O55" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="P55" t="inlineStr">
+        <is>
+          <t>51.194</t>
+        </is>
+      </c>
+      <c r="Q55" t="inlineStr">
+        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L55" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R55" t="n">
-        <v>9.85</v>
+        <v>69.9044</v>
       </c>
       <c r="S55" t="n">
-        <v>15.21</v>
+        <v>1.2049</v>
       </c>
       <c r="T55" t="n">
-        <v>18.01</v>
-[...3 lines deleted...]
-      <c r="W55" t="inlineStr"/>
+        <v>0.7663</v>
+      </c>
+      <c r="U55" t="n">
+        <v>3.03</v>
+      </c>
+      <c r="V55" t="n">
+        <v>3.79</v>
+      </c>
+      <c r="W55" t="n">
+        <v>15.82</v>
+      </c>
+      <c r="X55" t="n">
+        <v>16.81</v>
+      </c>
+      <c r="Y55" t="inlineStr"/>
+      <c r="Z55" t="inlineStr"/>
+      <c r="AA55" t="inlineStr"/>
+      <c r="AB55" t="inlineStr"/>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
-          <t>111022</t>
+          <t>123225</t>
         </is>
       </c>
       <c r="B56" t="inlineStr">
         <is>
-          <t>锡振转债</t>
+          <t>翔丰转债</t>
         </is>
       </c>
       <c r="C56" t="inlineStr">
         <is>
-          <t>605319</t>
+          <t>146.955</t>
         </is>
       </c>
       <c r="D56" t="inlineStr">
         <is>
-          <t>无锡振华</t>
-[...2 lines deleted...]
-      <c r="E56" t="inlineStr">
+          <t>2.647</t>
+        </is>
+      </c>
+      <c r="E56" t="n">
+        <v>24</v>
+      </c>
+      <c r="F56" t="n">
+        <v>118.5131</v>
+      </c>
+      <c r="G56" t="inlineStr">
+        <is>
+          <t>300890</t>
+        </is>
+      </c>
+      <c r="H56" t="inlineStr">
+        <is>
+          <t>翔丰华</t>
+        </is>
+      </c>
+      <c r="I56" t="n">
+        <v>32.52</v>
+      </c>
+      <c r="J56" t="n">
+        <v>3.14</v>
+      </c>
+      <c r="K56" t="inlineStr">
         <is>
           <t>AA-</t>
         </is>
       </c>
-      <c r="F56" t="inlineStr">
-[...24 lines deleted...]
-      <c r="K56" t="inlineStr">
+      <c r="L56" t="inlineStr">
+        <is>
+          <t>5.704</t>
+        </is>
+      </c>
+      <c r="M56" t="inlineStr">
+        <is>
+          <t>3.715</t>
+        </is>
+      </c>
+      <c r="N56" t="inlineStr">
+        <is>
+          <t>2029-10-10</t>
+        </is>
+      </c>
+      <c r="O56" t="inlineStr">
+        <is>
+          <t>118.00</t>
+        </is>
+      </c>
+      <c r="P56" t="inlineStr">
+        <is>
+          <t>35.672</t>
+        </is>
+      </c>
+      <c r="Q56" t="inlineStr">
         <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L56" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R56" t="n">
-        <v>22.38</v>
-[...5 lines deleted...]
-      <c r="W56" t="inlineStr"/>
+        <v>53.7176</v>
+      </c>
+      <c r="S56" t="n">
+        <v>1.7417</v>
+      </c>
+      <c r="T56" t="n">
+        <v>1.1747</v>
+      </c>
+      <c r="U56" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="V56" t="n">
+        <v>0.83</v>
+      </c>
+      <c r="W56" t="n">
+        <v>12.51</v>
+      </c>
+      <c r="X56" t="n">
+        <v>20.06</v>
+      </c>
+      <c r="Y56" t="n">
+        <v>25.94</v>
+      </c>
+      <c r="Z56" t="inlineStr"/>
+      <c r="AA56" t="inlineStr"/>
+      <c r="AB56" t="inlineStr"/>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
-          <t>110089</t>
+          <t>113588</t>
         </is>
       </c>
       <c r="B57" t="inlineStr">
         <is>
-          <t>兴发转债</t>
+          <t>润达转债</t>
         </is>
       </c>
       <c r="C57" t="inlineStr">
         <is>
-          <t>600141</t>
+          <t>182.343</t>
         </is>
       </c>
       <c r="D57" t="inlineStr">
         <is>
-          <t>兴发集团</t>
-[...10 lines deleted...]
-        </is>
+          <t>2.635</t>
+        </is>
+      </c>
+      <c r="E57" t="n">
+        <v>33.46</v>
+      </c>
+      <c r="F57" t="n">
+        <v>136.623</v>
       </c>
       <c r="G57" t="inlineStr">
         <is>
-          <t>2.800</t>
+          <t>603108</t>
         </is>
       </c>
       <c r="H57" t="inlineStr">
         <is>
-          <t>2028-09-22</t>
-[...10 lines deleted...]
-        </is>
+          <t>润达医疗</t>
+        </is>
+      </c>
+      <c r="I57" t="n">
+        <v>17.72</v>
+      </c>
+      <c r="J57" t="n">
+        <v>5.48</v>
       </c>
       <c r="K57" t="inlineStr">
         <is>
-          <t>0/15 | 30</t>
-[...18 lines deleted...]
-        <v>58.52</v>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="L57" t="inlineStr">
+        <is>
+          <t>2.341</t>
+        </is>
+      </c>
+      <c r="M57" t="inlineStr">
+        <is>
+          <t>0.397</t>
+        </is>
+      </c>
+      <c r="N57" t="inlineStr">
+        <is>
+          <t>2026-06-17</t>
+        </is>
+      </c>
+      <c r="O57" t="inlineStr">
+        <is>
+          <t>109.00</t>
+        </is>
+      </c>
+      <c r="P57" t="inlineStr">
+        <is>
+          <t>16.861</t>
+        </is>
+      </c>
+      <c r="Q57" t="inlineStr">
+        <is>
+          <t>9/15 | 30 2025-12-18 重新计</t>
+        </is>
       </c>
       <c r="R57" t="n">
-        <v>23.4</v>
+        <v>61.6005</v>
       </c>
       <c r="S57" t="n">
-        <v>18.88</v>
+        <v>1.2005</v>
       </c>
       <c r="T57" t="n">
-        <v>13.29</v>
-[...3 lines deleted...]
-      <c r="W57" t="inlineStr"/>
+        <v>0.9723000000000001</v>
+      </c>
+      <c r="U57" t="n">
+        <v>0.55</v>
+      </c>
+      <c r="V57" t="n">
+        <v>2.73</v>
+      </c>
+      <c r="W57" t="n">
+        <v>53.25</v>
+      </c>
+      <c r="X57" t="n">
+        <v>40.65</v>
+      </c>
+      <c r="Y57" t="n">
+        <v>44.79</v>
+      </c>
+      <c r="Z57" t="inlineStr"/>
+      <c r="AA57" t="inlineStr"/>
+      <c r="AB57" t="inlineStr"/>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
-          <t>123091</t>
+          <t>118037</t>
         </is>
       </c>
       <c r="B58" t="inlineStr">
         <is>
-          <t>长海转债</t>
+          <t>上声转债</t>
         </is>
       </c>
       <c r="C58" t="inlineStr">
         <is>
-          <t>300196</t>
+          <t>145.961</t>
         </is>
       </c>
       <c r="D58" t="inlineStr">
         <is>
-          <t>长海股份</t>
-[...10 lines deleted...]
-        </is>
+          <t>2.598</t>
+        </is>
+      </c>
+      <c r="E58" t="n">
+        <v>25.75</v>
+      </c>
+      <c r="F58" t="n">
+        <v>116.0769</v>
       </c>
       <c r="G58" t="inlineStr">
         <is>
-          <t>1.049</t>
+          <t>688533</t>
         </is>
       </c>
       <c r="H58" t="inlineStr">
         <is>
-          <t>2026-12-23</t>
-[...2 lines deleted...]
-      <c r="I58" t="inlineStr">
+          <t>上声电子</t>
+        </is>
+      </c>
+      <c r="I58" t="n">
+        <v>33.79</v>
+      </c>
+      <c r="J58" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="K58" t="inlineStr">
+        <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="L58" t="inlineStr">
+        <is>
+          <t>4.679</t>
+        </is>
+      </c>
+      <c r="M58" t="inlineStr">
+        <is>
+          <t>3.452</t>
+        </is>
+      </c>
+      <c r="N58" t="inlineStr">
+        <is>
+          <t>2029-07-06</t>
+        </is>
+      </c>
+      <c r="O58" t="inlineStr">
         <is>
           <t>111.00</t>
         </is>
       </c>
-      <c r="J58" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K58" t="inlineStr">
+      <c r="P58" t="inlineStr">
+        <is>
+          <t>37.843</t>
+        </is>
+      </c>
+      <c r="Q58" t="inlineStr">
         <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L58" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R58" t="n">
-        <v>15.62</v>
+        <v>50.1305</v>
       </c>
       <c r="S58" t="n">
-        <v>19.09</v>
+        <v>1.7721</v>
       </c>
       <c r="T58" t="n">
-        <v>15.07</v>
-[...3 lines deleted...]
-      <c r="W58" t="inlineStr"/>
+        <v>1.3587</v>
+      </c>
+      <c r="U58" t="n">
+        <v>2.35</v>
+      </c>
+      <c r="V58" t="n">
+        <v>1.59</v>
+      </c>
+      <c r="W58" t="n">
+        <v>12.11</v>
+      </c>
+      <c r="X58" t="n">
+        <v>11.93</v>
+      </c>
+      <c r="Y58" t="n">
+        <v>22.67</v>
+      </c>
+      <c r="Z58" t="inlineStr"/>
+      <c r="AA58" t="inlineStr"/>
+      <c r="AB58" t="inlineStr"/>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr">
         <is>
-          <t>113045</t>
+          <t>127037</t>
         </is>
       </c>
       <c r="B59" t="inlineStr">
         <is>
-          <t>环旭转债</t>
+          <t>银轮转债</t>
         </is>
       </c>
       <c r="C59" t="inlineStr">
         <is>
-          <t>601231</t>
+          <t>548.457</t>
         </is>
       </c>
       <c r="D59" t="inlineStr">
         <is>
-          <t>环旭电子</t>
-[...10 lines deleted...]
-        </is>
+          <t>2.602</t>
+        </is>
+      </c>
+      <c r="E59" t="n">
+        <v>42.28</v>
+      </c>
+      <c r="F59" t="n">
+        <v>385.4668</v>
       </c>
       <c r="G59" t="inlineStr">
         <is>
-          <t>1.244</t>
+          <t>002126</t>
         </is>
       </c>
       <c r="H59" t="inlineStr">
         <is>
-          <t>2027-03-04</t>
-[...10 lines deleted...]
-        </is>
+          <t>银轮股份</t>
+        </is>
+      </c>
+      <c r="I59" t="n">
+        <v>40.05</v>
+      </c>
+      <c r="J59" t="n">
+        <v>-0.5</v>
       </c>
       <c r="K59" t="inlineStr">
         <is>
-          <t>4/20 | 30</t>
-[...18 lines deleted...]
-        <v>30.6</v>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="L59" t="inlineStr">
+        <is>
+          <t>5.055</t>
+        </is>
+      </c>
+      <c r="M59" t="inlineStr">
+        <is>
+          <t>1.370</t>
+        </is>
+      </c>
+      <c r="N59" t="inlineStr">
+        <is>
+          <t>2027-06-07</t>
+        </is>
+      </c>
+      <c r="O59" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="P59" t="inlineStr">
+        <is>
+          <t>13.507</t>
+        </is>
+      </c>
+      <c r="Q59" t="inlineStr">
+        <is>
+          <t>!</t>
+        </is>
       </c>
       <c r="R59" t="n">
-        <v>31.13</v>
+        <v>62.5687</v>
       </c>
       <c r="S59" t="n">
-        <v>25.79</v>
+        <v>1.1694</v>
       </c>
       <c r="T59" t="n">
-        <v>19.76</v>
-[...3 lines deleted...]
-      <c r="W59" t="inlineStr"/>
+        <v>0.9424</v>
+      </c>
+      <c r="U59" t="n">
+        <v>7.84</v>
+      </c>
+      <c r="V59" t="n">
+        <v>6.12</v>
+      </c>
+      <c r="W59" t="n">
+        <v>34.74</v>
+      </c>
+      <c r="X59" t="n">
+        <v>46.54</v>
+      </c>
+      <c r="Y59" t="n">
+        <v>49.12</v>
+      </c>
+      <c r="Z59" t="inlineStr"/>
+      <c r="AA59" t="inlineStr"/>
+      <c r="AB59" t="inlineStr"/>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr">
         <is>
-          <t>127099</t>
+          <t>118006</t>
         </is>
       </c>
       <c r="B60" t="inlineStr">
         <is>
-          <t>盛航转债</t>
+          <t>阿拉转债</t>
         </is>
       </c>
       <c r="C60" t="inlineStr">
         <is>
-          <t>001205</t>
+          <t>159.302</t>
         </is>
       </c>
       <c r="D60" t="inlineStr">
         <is>
-          <t>盛航股份</t>
-[...10 lines deleted...]
-        </is>
+          <t>2.460</t>
+        </is>
+      </c>
+      <c r="E60" t="n">
+        <v>26.3</v>
+      </c>
+      <c r="F60" t="n">
+        <v>126.1261</v>
       </c>
       <c r="G60" t="inlineStr">
         <is>
-          <t>4.006</t>
+          <t>688179</t>
         </is>
       </c>
       <c r="H60" t="inlineStr">
         <is>
-          <t>2029-12-06</t>
-[...2 lines deleted...]
-      <c r="I60" t="inlineStr">
+          <t>阿拉丁</t>
+        </is>
+      </c>
+      <c r="I60" t="n">
+        <v>16.8</v>
+      </c>
+      <c r="J60" t="n">
+        <v>1.82</v>
+      </c>
+      <c r="K60" t="inlineStr">
+        <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="L60" t="inlineStr">
+        <is>
+          <t>3.869</t>
+        </is>
+      </c>
+      <c r="M60" t="inlineStr">
+        <is>
+          <t>2.143</t>
+        </is>
+      </c>
+      <c r="N60" t="inlineStr">
+        <is>
+          <t>2028-03-15</t>
+        </is>
+      </c>
+      <c r="O60" t="inlineStr">
         <is>
           <t>115.00</t>
         </is>
       </c>
-      <c r="J60" t="inlineStr">
-[...25 lines deleted...]
-        <v>1.69</v>
+      <c r="P60" t="inlineStr">
+        <is>
+          <t>17.316</t>
+        </is>
+      </c>
+      <c r="Q60" t="inlineStr">
+        <is>
+          <t>1/15 | 30</t>
+        </is>
       </c>
       <c r="R60" t="n">
-        <v>10.16</v>
+        <v>51.0591</v>
       </c>
       <c r="S60" t="n">
-        <v>12.73</v>
+        <v>2.3212</v>
       </c>
       <c r="T60" t="n">
-        <v>24.78</v>
-[...3 lines deleted...]
-      <c r="W60" t="inlineStr"/>
+        <v>1.531</v>
+      </c>
+      <c r="U60" t="n">
+        <v>0.99</v>
+      </c>
+      <c r="V60" t="n">
+        <v>0.86</v>
+      </c>
+      <c r="W60" t="n">
+        <v>23.69</v>
+      </c>
+      <c r="X60" t="n">
+        <v>16.86</v>
+      </c>
+      <c r="Y60" t="n">
+        <v>16.04</v>
+      </c>
+      <c r="Z60" t="inlineStr"/>
+      <c r="AA60" t="inlineStr"/>
+      <c r="AB60" t="inlineStr"/>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
-          <t>118041</t>
+          <t>123188</t>
         </is>
       </c>
       <c r="B61" t="inlineStr">
         <is>
-          <t>星球转债</t>
+          <t>水羊转债</t>
         </is>
       </c>
       <c r="C61" t="inlineStr">
         <is>
-          <t>688633</t>
+          <t>211.047</t>
         </is>
       </c>
       <c r="D61" t="inlineStr">
         <is>
-          <t>星球石墨</t>
-[...2 lines deleted...]
-      <c r="E61" t="inlineStr">
+          <t>2.450</t>
+        </is>
+      </c>
+      <c r="E61" t="n">
+        <v>16.16</v>
+      </c>
+      <c r="F61" t="n">
+        <v>181.6839</v>
+      </c>
+      <c r="G61" t="inlineStr">
+        <is>
+          <t>300740</t>
+        </is>
+      </c>
+      <c r="H61" t="inlineStr">
+        <is>
+          <t>水羊股份</t>
+        </is>
+      </c>
+      <c r="I61" t="n">
+        <v>24.6</v>
+      </c>
+      <c r="J61" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="K61" t="inlineStr">
         <is>
           <t>A+</t>
         </is>
       </c>
-      <c r="F61" t="inlineStr">
-[...45 lines deleted...]
-        <v>1.42</v>
+      <c r="L61" t="inlineStr">
+        <is>
+          <t>6.723</t>
+        </is>
+      </c>
+      <c r="M61" t="inlineStr">
+        <is>
+          <t>3.197</t>
+        </is>
+      </c>
+      <c r="N61" t="inlineStr">
+        <is>
+          <t>2029-04-04</t>
+        </is>
+      </c>
+      <c r="O61" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="P61" t="inlineStr">
+        <is>
+          <t>17.602</t>
+        </is>
+      </c>
+      <c r="Q61" t="inlineStr">
+        <is>
+          <t>!</t>
+        </is>
       </c>
       <c r="R61" t="n">
-        <v>15.66</v>
+        <v>50.6177</v>
       </c>
       <c r="S61" t="n">
-        <v>16.75</v>
+        <v>1.96</v>
       </c>
       <c r="T61" t="n">
-        <v>20.37</v>
-[...3 lines deleted...]
-      <c r="W61" t="inlineStr"/>
+        <v>1.189</v>
+      </c>
+      <c r="U61" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="V61" t="n">
+        <v>2.94</v>
+      </c>
+      <c r="W61" t="n">
+        <v>34.58</v>
+      </c>
+      <c r="X61" t="n">
+        <v>38.95</v>
+      </c>
+      <c r="Y61" t="n">
+        <v>31.2</v>
+      </c>
+      <c r="Z61" t="inlineStr"/>
+      <c r="AA61" t="inlineStr"/>
+      <c r="AB61" t="inlineStr"/>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
-          <t>113046</t>
+          <t>111010</t>
         </is>
       </c>
       <c r="B62" t="inlineStr">
         <is>
-          <t>金田转债</t>
+          <t>立昂转债</t>
         </is>
       </c>
       <c r="C62" t="inlineStr">
         <is>
-          <t>601609</t>
+          <t>151.818</t>
         </is>
       </c>
       <c r="D62" t="inlineStr">
         <is>
-          <t>金田股份</t>
-[...10 lines deleted...]
-        </is>
+          <t>2.415</t>
+        </is>
+      </c>
+      <c r="E62" t="n">
+        <v>15.37</v>
+      </c>
+      <c r="F62" t="n">
+        <v>131.5868</v>
       </c>
       <c r="G62" t="inlineStr">
         <is>
-          <t>1.293</t>
+          <t>605358</t>
         </is>
       </c>
       <c r="H62" t="inlineStr">
         <is>
-          <t>2027-03-22</t>
-[...10 lines deleted...]
-        </is>
+          <t>立昂微</t>
+        </is>
+      </c>
+      <c r="I62" t="n">
+        <v>44.2</v>
+      </c>
+      <c r="J62" t="n">
+        <v>5.64</v>
       </c>
       <c r="K62" t="inlineStr">
         <is>
-          <t>0/15 | 30</t>
-[...18 lines deleted...]
-        <v>4.2</v>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="L62" t="inlineStr">
+        <is>
+          <t>33.892</t>
+        </is>
+      </c>
+      <c r="M62" t="inlineStr">
+        <is>
+          <t>2.811</t>
+        </is>
+      </c>
+      <c r="N62" t="inlineStr">
+        <is>
+          <t>2028-11-14</t>
+        </is>
+      </c>
+      <c r="O62" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="P62" t="inlineStr">
+        <is>
+          <t>43.667</t>
+        </is>
+      </c>
+      <c r="Q62" t="inlineStr">
+        <is>
+          <t>1/15 | 30</t>
+        </is>
       </c>
       <c r="R62" t="n">
-        <v>23.74</v>
+        <v>57.6818</v>
       </c>
       <c r="S62" t="n">
-        <v>25.76</v>
+        <v>1.4863</v>
       </c>
       <c r="T62" t="n">
-        <v>17.01</v>
-[...3 lines deleted...]
-      <c r="W62" t="inlineStr"/>
+        <v>1.1179</v>
+      </c>
+      <c r="U62" t="n">
+        <v>-2.66</v>
+      </c>
+      <c r="V62" t="n">
+        <v>0.66</v>
+      </c>
+      <c r="W62" t="n">
+        <v>24.63</v>
+      </c>
+      <c r="X62" t="n">
+        <v>24.19</v>
+      </c>
+      <c r="Y62" t="n">
+        <v>24.15</v>
+      </c>
+      <c r="Z62" t="inlineStr"/>
+      <c r="AA62" t="inlineStr"/>
+      <c r="AB62" t="inlineStr"/>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
-          <t>118049</t>
+          <t>118059</t>
         </is>
       </c>
       <c r="B63" t="inlineStr">
         <is>
-          <t>汇成转债</t>
+          <t>颀中转债</t>
         </is>
       </c>
       <c r="C63" t="inlineStr">
         <is>
-          <t>688403</t>
+          <t>186.851</t>
         </is>
       </c>
       <c r="D63" t="inlineStr">
         <is>
-          <t>汇成股份</t>
-[...10 lines deleted...]
-        </is>
+          <t>2.385</t>
+        </is>
+      </c>
+      <c r="E63" t="n">
+        <v>67.05</v>
+      </c>
+      <c r="F63" t="n">
+        <v>111.8545</v>
       </c>
       <c r="G63" t="inlineStr">
         <is>
-          <t>4.674</t>
+          <t>688352</t>
         </is>
       </c>
       <c r="H63" t="inlineStr">
         <is>
-          <t>2030-08-07</t>
-[...10 lines deleted...]
-        </is>
+          <t>颀中科技</t>
+        </is>
+      </c>
+      <c r="I63" t="n">
+        <v>15.38</v>
+      </c>
+      <c r="J63" t="n">
+        <v>-0.52</v>
       </c>
       <c r="K63" t="inlineStr">
         <is>
-          <t>!</t>
-[...18 lines deleted...]
-        <v>1.77</v>
+          <t>AA+</t>
+        </is>
+      </c>
+      <c r="L63" t="inlineStr">
+        <is>
+          <t>8.500</t>
+        </is>
+      </c>
+      <c r="M63" t="inlineStr">
+        <is>
+          <t>5.781</t>
+        </is>
+      </c>
+      <c r="N63" t="inlineStr">
+        <is>
+          <t>2031-11-03</t>
+        </is>
+      </c>
+      <c r="O63" t="inlineStr">
+        <is>
+          <t>108.00</t>
+        </is>
+      </c>
+      <c r="P63" t="inlineStr">
+        <is>
+          <t>17.875</t>
+        </is>
+      </c>
+      <c r="Q63" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R63" t="n">
-        <v>54.04</v>
+        <v>17.5059</v>
       </c>
       <c r="S63" t="n">
-        <v>50.73</v>
-[...4 lines deleted...]
-      <c r="W63" t="inlineStr"/>
+        <v>3.1945</v>
+      </c>
+      <c r="T63" t="n">
+        <v>2.4968</v>
+      </c>
+      <c r="U63" t="n">
+        <v>3.13</v>
+      </c>
+      <c r="V63" t="n">
+        <v>3.72</v>
+      </c>
+      <c r="W63" t="n">
+        <v>28.66</v>
+      </c>
+      <c r="X63" t="inlineStr"/>
+      <c r="Y63" t="inlineStr"/>
+      <c r="Z63" t="inlineStr"/>
+      <c r="AA63" t="inlineStr"/>
+      <c r="AB63" t="inlineStr"/>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
-          <t>113661</t>
+          <t>127084</t>
         </is>
       </c>
       <c r="B64" t="inlineStr">
         <is>
-          <t>福22转债</t>
+          <t>柳工转2</t>
         </is>
       </c>
       <c r="C64" t="inlineStr">
         <is>
-          <t>603806</t>
+          <t>216.000</t>
         </is>
       </c>
       <c r="D64" t="inlineStr">
         <is>
-          <t>福斯特</t>
-[...10 lines deleted...]
-        </is>
+          <t>2.394</t>
+        </is>
+      </c>
+      <c r="E64" t="n">
+        <v>32.5</v>
+      </c>
+      <c r="F64" t="n">
+        <v>163.0137</v>
       </c>
       <c r="G64" t="inlineStr">
         <is>
-          <t>2.967</t>
+          <t>000528</t>
         </is>
       </c>
       <c r="H64" t="inlineStr">
         <is>
-          <t>2028-11-22</t>
-[...10 lines deleted...]
-        </is>
+          <t>柳    工</t>
+        </is>
+      </c>
+      <c r="I64" t="n">
+        <v>11.9</v>
+      </c>
+      <c r="J64" t="n">
+        <v>1.1</v>
       </c>
       <c r="K64" t="inlineStr">
         <is>
-          <t>0/15 | 30</t>
-[...18 lines deleted...]
-        <v>15.79</v>
+          <t>AAA</t>
+        </is>
+      </c>
+      <c r="L64" t="inlineStr">
+        <is>
+          <t>24.810</t>
+        </is>
+      </c>
+      <c r="M64" t="inlineStr">
+        <is>
+          <t>3.175</t>
+        </is>
+      </c>
+      <c r="N64" t="inlineStr">
+        <is>
+          <t>2029-03-27</t>
+        </is>
+      </c>
+      <c r="O64" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="P64" t="inlineStr">
+        <is>
+          <t>9.490</t>
+        </is>
+      </c>
+      <c r="Q64" t="inlineStr">
+        <is>
+          <t>!</t>
+        </is>
       </c>
       <c r="R64" t="n">
-        <v>14.08</v>
+        <v>61.0733</v>
       </c>
       <c r="S64" t="n">
-        <v>16.76</v>
+        <v>1.3889</v>
       </c>
       <c r="T64" t="n">
-        <v>14.71</v>
-[...3 lines deleted...]
-      <c r="W64" t="inlineStr"/>
+        <v>1.0508</v>
+      </c>
+      <c r="U64" t="n">
+        <v>13.27</v>
+      </c>
+      <c r="V64" t="n">
+        <v>8.68</v>
+      </c>
+      <c r="W64" t="n">
+        <v>29.07</v>
+      </c>
+      <c r="X64" t="n">
+        <v>30.41</v>
+      </c>
+      <c r="Y64" t="n">
+        <v>31.84</v>
+      </c>
+      <c r="Z64" t="inlineStr"/>
+      <c r="AA64" t="inlineStr"/>
+      <c r="AB64" t="inlineStr"/>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
-          <t>123085</t>
+          <t>127066</t>
         </is>
       </c>
       <c r="B65" t="inlineStr">
         <is>
-          <t>万顺转2</t>
+          <t>科利转债</t>
         </is>
       </c>
       <c r="C65" t="inlineStr">
         <is>
-          <t>300057</t>
+          <t>161.379</t>
         </is>
       </c>
       <c r="D65" t="inlineStr">
         <is>
-          <t>万顺新材</t>
-[...10 lines deleted...]
-        </is>
+          <t>2.385</t>
+        </is>
+      </c>
+      <c r="E65" t="n">
+        <v>40.85</v>
+      </c>
+      <c r="F65" t="n">
+        <v>114.573</v>
       </c>
       <c r="G65" t="inlineStr">
         <is>
-          <t>1.016</t>
+          <t>002850</t>
         </is>
       </c>
       <c r="H65" t="inlineStr">
         <is>
-          <t>2026-12-11</t>
-[...10 lines deleted...]
-        </is>
+          <t>科达利</t>
+        </is>
+      </c>
+      <c r="I65" t="n">
+        <v>170.37</v>
+      </c>
+      <c r="J65" t="n">
+        <v>2.59</v>
       </c>
       <c r="K65" t="inlineStr">
         <is>
-          <t>3/15 | 30 2024-01-02 重新计</t>
-[...18 lines deleted...]
-        <v>2.05</v>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="L65" t="inlineStr">
+        <is>
+          <t>15.342</t>
+        </is>
+      </c>
+      <c r="M65" t="inlineStr">
+        <is>
+          <t>2.458</t>
+        </is>
+      </c>
+      <c r="N65" t="inlineStr">
+        <is>
+          <t>2028-07-08</t>
+        </is>
+      </c>
+      <c r="O65" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="P65" t="inlineStr">
+        <is>
+          <t>193.310</t>
+        </is>
+      </c>
+      <c r="Q65" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R65" t="n">
-        <v>20.74</v>
+        <v>40.7256</v>
       </c>
       <c r="S65" t="n">
-        <v>22.34</v>
+        <v>1.945</v>
       </c>
       <c r="T65" t="n">
-        <v>23.78</v>
-[...3 lines deleted...]
-      <c r="W65" t="inlineStr"/>
+        <v>1.8279</v>
+      </c>
+      <c r="U65" t="n">
+        <v>14.72</v>
+      </c>
+      <c r="V65" t="n">
+        <v>12.01</v>
+      </c>
+      <c r="W65" t="n">
+        <v>22.88</v>
+      </c>
+      <c r="X65" t="n">
+        <v>28.4</v>
+      </c>
+      <c r="Y65" t="n">
+        <v>20.71</v>
+      </c>
+      <c r="Z65" t="inlineStr"/>
+      <c r="AA65" t="inlineStr"/>
+      <c r="AB65" t="inlineStr"/>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
-          <t>123049</t>
+          <t>118058</t>
         </is>
       </c>
       <c r="B66" t="inlineStr">
         <is>
-          <t>维尔转债</t>
+          <t>微导转债</t>
         </is>
       </c>
       <c r="C66" t="inlineStr">
         <is>
-          <t>300190</t>
+          <t>378.373</t>
         </is>
       </c>
       <c r="D66" t="inlineStr">
         <is>
-          <t>维尔利</t>
-[...10 lines deleted...]
-        </is>
+          <t>2.356</t>
+        </is>
+      </c>
+      <c r="E66" t="n">
+        <v>63.73</v>
+      </c>
+      <c r="F66" t="n">
+        <v>231.0992</v>
       </c>
       <c r="G66" t="inlineStr">
         <is>
-          <t>0.353</t>
+          <t>688147</t>
         </is>
       </c>
       <c r="H66" t="inlineStr">
         <is>
-          <t>2026-04-13</t>
-[...10 lines deleted...]
-        </is>
+          <t>微导纳米</t>
+        </is>
+      </c>
+      <c r="I66" t="n">
+        <v>77.58</v>
+      </c>
+      <c r="J66" t="n">
+        <v>3.94</v>
       </c>
       <c r="K66" t="inlineStr">
         <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="L66" t="inlineStr">
+        <is>
+          <t>11.700</t>
+        </is>
+      </c>
+      <c r="M66" t="inlineStr">
+        <is>
+          <t>5.534</t>
+        </is>
+      </c>
+      <c r="N66" t="inlineStr">
+        <is>
+          <t>2031-08-05</t>
+        </is>
+      </c>
+      <c r="O66" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="P66" t="inlineStr">
+        <is>
+          <t>43.641</t>
+        </is>
+      </c>
+      <c r="Q66" t="inlineStr">
+        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L66" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R66" t="n">
-        <v>15.24</v>
+        <v>69.9969</v>
       </c>
       <c r="S66" t="n">
-        <v>15.7</v>
+        <v>1.8781</v>
       </c>
       <c r="T66" t="n">
-        <v>21.31</v>
-[...3 lines deleted...]
-      <c r="W66" t="inlineStr"/>
+        <v>1.0885</v>
+      </c>
+      <c r="U66" t="n">
+        <v>2.27</v>
+      </c>
+      <c r="V66" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="W66" t="n">
+        <v>45.96</v>
+      </c>
+      <c r="X66" t="n">
+        <v>49.94</v>
+      </c>
+      <c r="Y66" t="inlineStr"/>
+      <c r="Z66" t="inlineStr"/>
+      <c r="AA66" t="inlineStr"/>
+      <c r="AB66" t="inlineStr"/>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
-          <t>123187</t>
+          <t>118062</t>
         </is>
       </c>
       <c r="B67" t="inlineStr">
         <is>
-          <t>超达转债</t>
+          <t>天准转债</t>
         </is>
       </c>
       <c r="C67" t="inlineStr">
         <is>
-          <t>301186</t>
+          <t>229.563</t>
         </is>
       </c>
       <c r="D67" t="inlineStr">
         <is>
-          <t>超达装备</t>
-[...10 lines deleted...]
-        </is>
+          <t>2.307</t>
+        </is>
+      </c>
+      <c r="E67" t="n">
+        <v>72.7</v>
+      </c>
+      <c r="F67" t="n">
+        <v>132.9266</v>
       </c>
       <c r="G67" t="inlineStr">
         <is>
-          <t>3.332</t>
+          <t>688003</t>
         </is>
       </c>
       <c r="H67" t="inlineStr">
         <is>
-          <t>2029-04-04</t>
-[...10 lines deleted...]
-        </is>
+          <t>天准科技</t>
+        </is>
+      </c>
+      <c r="I67" t="n">
+        <v>74.08</v>
+      </c>
+      <c r="J67" t="n">
+        <v>4.51</v>
       </c>
       <c r="K67" t="inlineStr">
         <is>
-          <t>!</t>
-[...18 lines deleted...]
-        <v>0.6899999999999999</v>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="L67" t="inlineStr">
+        <is>
+          <t>8.720</t>
+        </is>
+      </c>
+      <c r="M67" t="inlineStr">
+        <is>
+          <t>5.885</t>
+        </is>
+      </c>
+      <c r="N67" t="inlineStr">
+        <is>
+          <t>2031-12-11</t>
+        </is>
+      </c>
+      <c r="O67" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="P67" t="inlineStr">
+        <is>
+          <t>66.876120%</t>
+        </is>
+      </c>
+      <c r="Q67" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R67" t="n">
-        <v>19.47</v>
+        <v>51.3821</v>
       </c>
       <c r="S67" t="n">
-        <v>20.05</v>
+        <v>1.4766</v>
       </c>
       <c r="T67" t="n">
-        <v>26.41</v>
-[...2 lines deleted...]
-      <c r="V67" t="inlineStr"/>
+        <v>0.671</v>
+      </c>
+      <c r="U67" t="n">
+        <v>1.25</v>
+      </c>
+      <c r="V67" t="n">
+        <v>2.15</v>
+      </c>
       <c r="W67" t="inlineStr"/>
+      <c r="X67" t="inlineStr"/>
+      <c r="Y67" t="inlineStr"/>
+      <c r="Z67" t="inlineStr"/>
+      <c r="AA67" t="inlineStr"/>
+      <c r="AB67" t="inlineStr"/>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
-          <t>123251</t>
+          <t>127089</t>
         </is>
       </c>
       <c r="B68" t="inlineStr">
         <is>
-          <t>华医转债</t>
+          <t>晶澳转债</t>
         </is>
       </c>
       <c r="C68" t="inlineStr">
         <is>
-          <t>301235</t>
+          <t>130.001</t>
         </is>
       </c>
       <c r="D68" t="inlineStr">
         <is>
-          <t>华康洁净</t>
-[...10 lines deleted...]
-        </is>
+          <t>2.248</t>
+        </is>
+      </c>
+      <c r="E68" t="n">
+        <v>22.14</v>
+      </c>
+      <c r="F68" t="n">
+        <v>106.4322</v>
       </c>
       <c r="G68" t="inlineStr">
         <is>
-          <t>5.052</t>
+          <t>002459</t>
         </is>
       </c>
       <c r="H68" t="inlineStr">
         <is>
-          <t>2030-12-23</t>
-[...10 lines deleted...]
-        </is>
+          <t>晶澳科技</t>
+        </is>
+      </c>
+      <c r="I68" t="n">
+        <v>12.41</v>
+      </c>
+      <c r="J68" t="n">
+        <v>8.859999999999999</v>
       </c>
       <c r="K68" t="inlineStr">
         <is>
-          <t>9/15 | 30 2025-11-20 重新计</t>
-[...18 lines deleted...]
-        <v>1.02</v>
+          <t>AA+</t>
+        </is>
+      </c>
+      <c r="L68" t="inlineStr">
+        <is>
+          <t>89.589</t>
+        </is>
+      </c>
+      <c r="M68" t="inlineStr">
+        <is>
+          <t>3.485</t>
+        </is>
+      </c>
+      <c r="N68" t="inlineStr">
+        <is>
+          <t>2029-07-18</t>
+        </is>
+      </c>
+      <c r="O68" t="inlineStr">
+        <is>
+          <t>108.00</t>
+        </is>
+      </c>
+      <c r="P68" t="inlineStr">
+        <is>
+          <t>15.158</t>
+        </is>
+      </c>
+      <c r="Q68" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R68" t="n">
-        <v>34.02</v>
+        <v>77.90309999999999</v>
       </c>
       <c r="S68" t="n">
-        <v>42.04</v>
-[...4 lines deleted...]
-      <c r="W68" t="inlineStr"/>
+        <v>1.2279</v>
+      </c>
+      <c r="T68" t="n">
+        <v>0.9799</v>
+      </c>
+      <c r="U68" t="n">
+        <v>-46.56</v>
+      </c>
+      <c r="V68" t="n">
+        <v>70.39</v>
+      </c>
+      <c r="W68" t="n">
+        <v>14.22</v>
+      </c>
+      <c r="X68" t="n">
+        <v>15.92</v>
+      </c>
+      <c r="Y68" t="n">
+        <v>20.73</v>
+      </c>
+      <c r="Z68" t="inlineStr"/>
+      <c r="AA68" t="inlineStr"/>
+      <c r="AB68" t="inlineStr"/>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
-          <t>127084</t>
+          <t>113652</t>
         </is>
       </c>
       <c r="B69" t="inlineStr">
         <is>
-          <t>柳工转2</t>
+          <t>伟22转债</t>
         </is>
       </c>
       <c r="C69" t="inlineStr">
         <is>
-          <t>000528</t>
+          <t>145.204</t>
         </is>
       </c>
       <c r="D69" t="inlineStr">
         <is>
-          <t>柳    工</t>
-[...10 lines deleted...]
-        </is>
+          <t>2.253</t>
+        </is>
+      </c>
+      <c r="E69" t="n">
+        <v>41.47</v>
+      </c>
+      <c r="F69" t="n">
+        <v>102.6403</v>
       </c>
       <c r="G69" t="inlineStr">
         <is>
-          <t>3.310</t>
+          <t>603568</t>
         </is>
       </c>
       <c r="H69" t="inlineStr">
         <is>
-          <t>2029-03-27</t>
-[...10 lines deleted...]
-        </is>
+          <t>伟明环保</t>
+        </is>
+      </c>
+      <c r="I69" t="n">
+        <v>27.99</v>
+      </c>
+      <c r="J69" t="n">
+        <v>2.83</v>
       </c>
       <c r="K69" t="inlineStr">
         <is>
-          <t>!</t>
-[...18 lines deleted...]
-        <v>5.99</v>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="L69" t="inlineStr">
+        <is>
+          <t>14.767</t>
+        </is>
+      </c>
+      <c r="M69" t="inlineStr">
+        <is>
+          <t>2.496</t>
+        </is>
+      </c>
+      <c r="N69" t="inlineStr">
+        <is>
+          <t>2028-07-22</t>
+        </is>
+      </c>
+      <c r="O69" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="P69" t="inlineStr">
+        <is>
+          <t>35.451</t>
+        </is>
+      </c>
+      <c r="Q69" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R69" t="n">
-        <v>32.13</v>
+        <v>44.8693</v>
       </c>
       <c r="S69" t="n">
-        <v>34.76</v>
+        <v>2.0216</v>
       </c>
       <c r="T69" t="n">
-        <v>33.2</v>
-[...3 lines deleted...]
-      <c r="W69" t="inlineStr"/>
+        <v>1.9638</v>
+      </c>
+      <c r="U69" t="n">
+        <v>27.04</v>
+      </c>
+      <c r="V69" t="n">
+        <v>20.48</v>
+      </c>
+      <c r="W69" t="n">
+        <v>16.63</v>
+      </c>
+      <c r="X69" t="n">
+        <v>12.57</v>
+      </c>
+      <c r="Y69" t="n">
+        <v>13.44</v>
+      </c>
+      <c r="Z69" t="inlineStr"/>
+      <c r="AA69" t="inlineStr"/>
+      <c r="AB69" t="inlineStr"/>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr">
         <is>
-          <t>123240</t>
+          <t>123207</t>
         </is>
       </c>
       <c r="B70" t="inlineStr">
         <is>
-          <t>楚天转债</t>
+          <t>冠中转债</t>
         </is>
       </c>
       <c r="C70" t="inlineStr">
         <is>
-          <t>300358</t>
+          <t>254.500</t>
         </is>
       </c>
       <c r="D70" t="inlineStr">
         <is>
-          <t>楚天科技</t>
-[...10 lines deleted...]
-        </is>
+          <t>2.086</t>
+        </is>
+      </c>
+      <c r="E70" t="n">
+        <v>1.14</v>
+      </c>
+      <c r="F70" t="n">
+        <v>251.6284</v>
       </c>
       <c r="G70" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>300948</t>
         </is>
       </c>
       <c r="H70" t="inlineStr">
         <is>
-          <t>2030-01-30</t>
-[...10 lines deleted...]
-        </is>
+          <t>冠中生态</t>
+        </is>
+      </c>
+      <c r="I70" t="n">
+        <v>26.27</v>
+      </c>
+      <c r="J70" t="n">
+        <v>2.34</v>
       </c>
       <c r="K70" t="inlineStr">
         <is>
+          <t>A-</t>
+        </is>
+      </c>
+      <c r="L70" t="inlineStr">
+        <is>
+          <t>1.969</t>
+        </is>
+      </c>
+      <c r="M70" t="inlineStr">
+        <is>
+          <t>3.493</t>
+        </is>
+      </c>
+      <c r="N70" t="inlineStr">
+        <is>
+          <t>2029-07-21</t>
+        </is>
+      </c>
+      <c r="O70" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="P70" t="inlineStr">
+        <is>
+          <t>13.572</t>
+        </is>
+      </c>
+      <c r="Q70" t="inlineStr">
+        <is>
           <t>!</t>
         </is>
       </c>
-      <c r="L70" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R70" t="n">
-        <v>37.12</v>
+        <v>49.5841</v>
       </c>
       <c r="S70" t="n">
-        <v>25.04</v>
+        <v>3.2561</v>
       </c>
       <c r="T70" t="n">
-        <v>24.56</v>
-[...3 lines deleted...]
-      <c r="W70" t="inlineStr"/>
+        <v>3.235</v>
+      </c>
+      <c r="U70" t="n">
+        <v>-0.71</v>
+      </c>
+      <c r="V70" t="n">
+        <v>0.34</v>
+      </c>
+      <c r="W70" t="n">
+        <v>64.63</v>
+      </c>
+      <c r="X70" t="n">
+        <v>75.06999999999999</v>
+      </c>
+      <c r="Y70" t="n">
+        <v>41.93</v>
+      </c>
+      <c r="Z70" t="inlineStr"/>
+      <c r="AA70" t="inlineStr"/>
+      <c r="AB70" t="inlineStr"/>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr">
         <is>
-          <t>123175</t>
+          <t>118021</t>
         </is>
       </c>
       <c r="B71" t="inlineStr">
         <is>
-          <t>百畅转债</t>
+          <t>新致转债</t>
         </is>
       </c>
       <c r="C71" t="inlineStr">
         <is>
-          <t>300614</t>
+          <t>266.260</t>
         </is>
       </c>
       <c r="D71" t="inlineStr">
         <is>
-          <t>百川畅银</t>
-[...2 lines deleted...]
-      <c r="E71" t="inlineStr">
+          <t>2.025</t>
+        </is>
+      </c>
+      <c r="E71" t="n">
+        <v>26.01</v>
+      </c>
+      <c r="F71" t="n">
+        <v>211.301</v>
+      </c>
+      <c r="G71" t="inlineStr">
+        <is>
+          <t>688590</t>
+        </is>
+      </c>
+      <c r="H71" t="inlineStr">
+        <is>
+          <t>新致软件</t>
+        </is>
+      </c>
+      <c r="I71" t="n">
+        <v>22.25</v>
+      </c>
+      <c r="J71" t="n">
+        <v>2.11</v>
+      </c>
+      <c r="K71" t="inlineStr">
         <is>
           <t>A</t>
         </is>
       </c>
-      <c r="F71" t="inlineStr">
-[...14 lines deleted...]
-      <c r="I71" t="inlineStr">
+      <c r="L71" t="inlineStr">
+        <is>
+          <t>1.991</t>
+        </is>
+      </c>
+      <c r="M71" t="inlineStr">
+        <is>
+          <t>2.680</t>
+        </is>
+      </c>
+      <c r="N71" t="inlineStr">
+        <is>
+          <t>2028-09-27</t>
+        </is>
+      </c>
+      <c r="O71" t="inlineStr">
         <is>
           <t>112.00</t>
         </is>
       </c>
-      <c r="J71" t="inlineStr">
-[...25 lines deleted...]
-        <v>0.38</v>
+      <c r="P71" t="inlineStr">
+        <is>
+          <t>13.689</t>
+        </is>
+      </c>
+      <c r="Q71" t="inlineStr">
+        <is>
+          <t>6/15 | 30 2026-01-16 重新计</t>
+        </is>
       </c>
       <c r="R71" t="n">
-        <v>7.83</v>
+        <v>53.132</v>
       </c>
       <c r="S71" t="n">
-        <v>14.45</v>
+        <v>1.8275</v>
       </c>
       <c r="T71" t="n">
-        <v>20.99</v>
+        <v>1.2949</v>
       </c>
       <c r="U71" t="n">
-        <v>25.93</v>
+        <v>0.08</v>
       </c>
       <c r="V71" t="n">
-        <v>30.5</v>
+        <v>0.6899999999999999</v>
       </c>
       <c r="W71" t="n">
-        <v>45.6</v>
-      </c>
+        <v>74.47</v>
+      </c>
+      <c r="X71" t="n">
+        <v>53.12</v>
+      </c>
+      <c r="Y71" t="n">
+        <v>55.51</v>
+      </c>
+      <c r="Z71" t="inlineStr"/>
+      <c r="AA71" t="inlineStr"/>
+      <c r="AB71" t="inlineStr"/>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr">
         <is>
-          <t>113673</t>
+          <t>127030</t>
         </is>
       </c>
       <c r="B72" t="inlineStr">
         <is>
-          <t>岱美转债</t>
+          <t>盛虹转债</t>
         </is>
       </c>
       <c r="C72" t="inlineStr">
         <is>
-          <t>603730</t>
+          <t>133.110</t>
         </is>
       </c>
       <c r="D72" t="inlineStr">
         <is>
-          <t>岱美股份</t>
-[...10 lines deleted...]
-        </is>
+          <t>2.000</t>
+        </is>
+      </c>
+      <c r="E72" t="n">
+        <v>45.56</v>
+      </c>
+      <c r="F72" t="n">
+        <v>91.44589999999999</v>
       </c>
       <c r="G72" t="inlineStr">
         <is>
-          <t>3.619</t>
+          <t>000301</t>
         </is>
       </c>
       <c r="H72" t="inlineStr">
         <is>
-          <t>2029-07-18</t>
-[...10 lines deleted...]
-        </is>
+          <t>东方盛虹</t>
+        </is>
+      </c>
+      <c r="I72" t="n">
+        <v>12.08</v>
+      </c>
+      <c r="J72" t="n">
+        <v>6.43</v>
       </c>
       <c r="K72" t="inlineStr">
         <is>
-          <t>0/15 | 30</t>
-[...18 lines deleted...]
-        <v>5.7</v>
+          <t>AA+</t>
+        </is>
+      </c>
+      <c r="L72" t="inlineStr">
+        <is>
+          <t>49.975</t>
+        </is>
+      </c>
+      <c r="M72" t="inlineStr">
+        <is>
+          <t>1.159</t>
+        </is>
+      </c>
+      <c r="N72" t="inlineStr">
+        <is>
+          <t>2027-03-22</t>
+        </is>
+      </c>
+      <c r="O72" t="inlineStr">
+        <is>
+          <t>108.00</t>
+        </is>
+      </c>
+      <c r="P72" t="inlineStr">
+        <is>
+          <t>17.173</t>
+        </is>
+      </c>
+      <c r="Q72" t="inlineStr">
+        <is>
+          <t>0/15 | 30 2023-01-12 重新计</t>
+        </is>
       </c>
       <c r="R72" t="n">
-        <v>19.44</v>
+        <v>82.26349999999999</v>
       </c>
       <c r="S72" t="n">
-        <v>16.05</v>
+        <v>0.4453</v>
       </c>
       <c r="T72" t="n">
-        <v>16.5</v>
-[...3 lines deleted...]
-      <c r="W72" t="inlineStr"/>
+        <v>0.2503</v>
+      </c>
+      <c r="U72" t="n">
+        <v>-22.97</v>
+      </c>
+      <c r="V72" t="n">
+        <v>7.17</v>
+      </c>
+      <c r="W72" t="n">
+        <v>10.38</v>
+      </c>
+      <c r="X72" t="n">
+        <v>10.95</v>
+      </c>
+      <c r="Y72" t="n">
+        <v>11.68</v>
+      </c>
+      <c r="Z72" t="inlineStr"/>
+      <c r="AA72" t="inlineStr"/>
+      <c r="AB72" t="inlineStr"/>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr">
         <is>
-          <t>113644</t>
+          <t>127104</t>
         </is>
       </c>
       <c r="B73" t="inlineStr">
         <is>
-          <t>艾迪转债</t>
+          <t>姚记转债</t>
         </is>
       </c>
       <c r="C73" t="inlineStr">
         <is>
-          <t>603638</t>
+          <t>181.562</t>
         </is>
       </c>
       <c r="D73" t="inlineStr">
         <is>
-          <t>艾迪精密</t>
-[...10 lines deleted...]
-        </is>
+          <t>1.995</t>
+        </is>
+      </c>
+      <c r="E73" t="n">
+        <v>35.19</v>
+      </c>
+      <c r="F73" t="n">
+        <v>134.2971</v>
       </c>
       <c r="G73" t="inlineStr">
         <is>
-          <t>2.362</t>
+          <t>002605</t>
         </is>
       </c>
       <c r="H73" t="inlineStr">
         <is>
-          <t>2028-04-15</t>
-[...2 lines deleted...]
-      <c r="I73" t="inlineStr">
+          <t>姚记科技</t>
+        </is>
+      </c>
+      <c r="I73" t="n">
+        <v>26.94</v>
+      </c>
+      <c r="J73" t="n">
+        <v>1.55</v>
+      </c>
+      <c r="K73" t="inlineStr">
+        <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="L73" t="inlineStr">
+        <is>
+          <t>5.826</t>
+        </is>
+      </c>
+      <c r="M73" t="inlineStr">
+        <is>
+          <t>4.006</t>
+        </is>
+      </c>
+      <c r="N73" t="inlineStr">
+        <is>
+          <t>2030-01-24</t>
+        </is>
+      </c>
+      <c r="O73" t="inlineStr">
         <is>
           <t>115.00</t>
         </is>
       </c>
-      <c r="J73" t="inlineStr">
-[...25 lines deleted...]
-        <v>2.49</v>
+      <c r="P73" t="inlineStr">
+        <is>
+          <t>26.078</t>
+        </is>
+      </c>
+      <c r="Q73" t="inlineStr">
+        <is>
+          <t>10/15 | 30 2025-11-21 重新计</t>
+        </is>
       </c>
       <c r="R73" t="n">
-        <v>10.06</v>
+        <v>28.096</v>
       </c>
       <c r="S73" t="n">
-        <v>11.24</v>
+        <v>2.9289</v>
       </c>
       <c r="T73" t="n">
-        <v>14.41</v>
-[...3 lines deleted...]
-      <c r="W73" t="inlineStr"/>
+        <v>2.2897</v>
+      </c>
+      <c r="U73" t="n">
+        <v>5.39</v>
+      </c>
+      <c r="V73" t="n">
+        <v>5.62</v>
+      </c>
+      <c r="W73" t="n">
+        <v>43.58</v>
+      </c>
+      <c r="X73" t="n">
+        <v>30.45</v>
+      </c>
+      <c r="Y73" t="n">
+        <v>37.9</v>
+      </c>
+      <c r="Z73" t="inlineStr"/>
+      <c r="AA73" t="inlineStr"/>
+      <c r="AB73" t="inlineStr"/>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr">
         <is>
-          <t>123198</t>
+          <t>113058</t>
         </is>
       </c>
       <c r="B74" t="inlineStr">
         <is>
-          <t>金埔转债</t>
+          <t>友发转债</t>
         </is>
       </c>
       <c r="C74" t="inlineStr">
         <is>
-          <t>301098</t>
+          <t>163.462</t>
         </is>
       </c>
       <c r="D74" t="inlineStr">
         <is>
-          <t>金埔园林</t>
-[...10 lines deleted...]
-        </is>
+          <t>1.962</t>
+        </is>
+      </c>
+      <c r="E74" t="n">
+        <v>14.24</v>
+      </c>
+      <c r="F74" t="n">
+        <v>143.0804</v>
       </c>
       <c r="G74" t="inlineStr">
         <is>
-          <t>3.510</t>
+          <t>601686</t>
         </is>
       </c>
       <c r="H74" t="inlineStr">
         <is>
-          <t>2029-06-08</t>
-[...10 lines deleted...]
-        </is>
+          <t>友发集团</t>
+        </is>
+      </c>
+      <c r="I74" t="n">
+        <v>6.41</v>
+      </c>
+      <c r="J74" t="n">
+        <v>0</v>
       </c>
       <c r="K74" t="inlineStr">
         <is>
-          <t>0/15 | 30</t>
-[...18 lines deleted...]
-        <v>0.75</v>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="L74" t="inlineStr">
+        <is>
+          <t>18.638</t>
+        </is>
+      </c>
+      <c r="M74" t="inlineStr">
+        <is>
+          <t>2.184</t>
+        </is>
+      </c>
+      <c r="N74" t="inlineStr">
+        <is>
+          <t>2028-03-30</t>
+        </is>
+      </c>
+      <c r="O74" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="P74" t="inlineStr">
+        <is>
+          <t>5.824</t>
+        </is>
+      </c>
+      <c r="Q74" t="inlineStr">
+        <is>
+          <t>!</t>
+        </is>
       </c>
       <c r="R74" t="n">
-        <v>9.83</v>
+        <v>71.4436</v>
       </c>
       <c r="S74" t="n">
-        <v>13.6</v>
+        <v>1.194</v>
       </c>
       <c r="T74" t="n">
-        <v>28.26</v>
-[...3 lines deleted...]
-      <c r="W74" t="inlineStr"/>
+        <v>0.9729</v>
+      </c>
+      <c r="U74" t="n">
+        <v>4.25</v>
+      </c>
+      <c r="V74" t="n">
+        <v>5.7</v>
+      </c>
+      <c r="W74" t="n">
+        <v>12.4</v>
+      </c>
+      <c r="X74" t="n">
+        <v>20.57</v>
+      </c>
+      <c r="Y74" t="n">
+        <v>17.75</v>
+      </c>
+      <c r="Z74" t="inlineStr"/>
+      <c r="AA74" t="inlineStr"/>
+      <c r="AB74" t="inlineStr"/>
     </row>
     <row r="75">
       <c r="A75" t="inlineStr">
         <is>
-          <t>127081</t>
+          <t>128101</t>
         </is>
       </c>
       <c r="B75" t="inlineStr">
         <is>
-          <t>中旗转债</t>
+          <t>联创转债</t>
         </is>
       </c>
       <c r="C75" t="inlineStr">
         <is>
-          <t>001212</t>
+          <t>129.559</t>
         </is>
       </c>
       <c r="D75" t="inlineStr">
         <is>
-          <t>中旗新材</t>
-[...10 lines deleted...]
-        </is>
+          <t>1.919</t>
+        </is>
+      </c>
+      <c r="E75" t="n">
+        <v>17.57</v>
+      </c>
+      <c r="F75" t="n">
+        <v>110.1968</v>
       </c>
       <c r="G75" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>002036</t>
         </is>
       </c>
       <c r="H75" t="inlineStr">
         <is>
-          <t>2029-03-03</t>
-[...10 lines deleted...]
-        </is>
+          <t>联创电子</t>
+        </is>
+      </c>
+      <c r="I75" t="n">
+        <v>12.32</v>
+      </c>
+      <c r="J75" t="n">
+        <v>7.98</v>
       </c>
       <c r="K75" t="inlineStr">
         <is>
-          <t>!</t>
-[...18 lines deleted...]
-        <v>0.86</v>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="L75" t="inlineStr">
+        <is>
+          <t>2.978</t>
+        </is>
+      </c>
+      <c r="M75" t="inlineStr">
+        <is>
+          <t>0.143</t>
+        </is>
+      </c>
+      <c r="N75" t="inlineStr">
+        <is>
+          <t>2026-03-16</t>
+        </is>
+      </c>
+      <c r="O75" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="P75" t="inlineStr">
+        <is>
+          <t>14.534</t>
+        </is>
+      </c>
+      <c r="Q75" t="inlineStr">
+        <is>
+          <t>0/15 | 30 2022-07-25 重新计</t>
+        </is>
       </c>
       <c r="R75" t="n">
-        <v>41.75</v>
+        <v>84.43770000000001</v>
       </c>
       <c r="S75" t="n">
-        <v>57.93</v>
+        <v>0.6645</v>
       </c>
       <c r="T75" t="n">
-        <v>60.19</v>
-[...3 lines deleted...]
-      <c r="W75" t="inlineStr"/>
+        <v>0.4219</v>
+      </c>
+      <c r="U75" t="n">
+        <v>-5.53</v>
+      </c>
+      <c r="V75" t="n">
+        <v>-9.92</v>
+      </c>
+      <c r="W75" t="n">
+        <v>57.72</v>
+      </c>
+      <c r="X75" t="n">
+        <v>34.91</v>
+      </c>
+      <c r="Y75" t="n">
+        <v>33.48</v>
+      </c>
+      <c r="Z75" t="inlineStr"/>
+      <c r="AA75" t="inlineStr"/>
+      <c r="AB75" t="inlineStr"/>
     </row>
     <row r="76">
       <c r="A76" t="inlineStr">
         <is>
-          <t>113043</t>
+          <t>123104</t>
         </is>
       </c>
       <c r="B76" t="inlineStr">
         <is>
-          <t>财通转债</t>
+          <t>卫宁转债</t>
         </is>
       </c>
       <c r="C76" t="inlineStr">
         <is>
-          <t>601108</t>
+          <t>133.854</t>
         </is>
       </c>
       <c r="D76" t="inlineStr">
         <is>
-          <t>财通证券</t>
-[...10 lines deleted...]
-        </is>
+          <t>1.895</t>
+        </is>
+      </c>
+      <c r="E76" t="n">
+        <v>91.81</v>
+      </c>
+      <c r="F76" t="n">
+        <v>69.7863</v>
       </c>
       <c r="G76" t="inlineStr">
         <is>
-          <t>1.014</t>
+          <t>300253</t>
         </is>
       </c>
       <c r="H76" t="inlineStr">
         <is>
-          <t>2026-12-10</t>
-[...10 lines deleted...]
-        </is>
+          <t>卫宁健康</t>
+        </is>
+      </c>
+      <c r="I76" t="n">
+        <v>12.08</v>
+      </c>
+      <c r="J76" t="n">
+        <v>4.95</v>
       </c>
       <c r="K76" t="inlineStr">
         <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="L76" t="inlineStr">
+        <is>
+          <t>9.699</t>
+        </is>
+      </c>
+      <c r="M76" t="inlineStr">
+        <is>
+          <t>1.143</t>
+        </is>
+      </c>
+      <c r="N76" t="inlineStr">
+        <is>
+          <t>2027-03-16</t>
+        </is>
+      </c>
+      <c r="O76" t="inlineStr">
+        <is>
+          <t>120.00</t>
+        </is>
+      </c>
+      <c r="P76" t="inlineStr">
+        <is>
+          <t>22.503</t>
+        </is>
+      </c>
+      <c r="Q76" t="inlineStr">
+        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L76" t="n">
-[...12 lines deleted...]
-      </c>
       <c r="R76" t="n">
-        <v>14.12</v>
+        <v>31.3132</v>
       </c>
       <c r="S76" t="n">
-        <v>16.52</v>
+        <v>3.2807</v>
       </c>
       <c r="T76" t="n">
-        <v>15.49</v>
-[...3 lines deleted...]
-      <c r="W76" t="inlineStr"/>
+        <v>3.1824</v>
+      </c>
+      <c r="U76" t="n">
+        <v>0.88</v>
+      </c>
+      <c r="V76" t="n">
+        <v>3.58</v>
+      </c>
+      <c r="W76" t="n">
+        <v>15.89</v>
+      </c>
+      <c r="X76" t="n">
+        <v>10.92</v>
+      </c>
+      <c r="Y76" t="n">
+        <v>10.28</v>
+      </c>
+      <c r="Z76" t="inlineStr"/>
+      <c r="AA76" t="inlineStr"/>
+      <c r="AB76" t="inlineStr"/>
     </row>
     <row r="77">
       <c r="A77" t="inlineStr">
         <is>
-          <t>127059</t>
+          <t>118038</t>
         </is>
       </c>
       <c r="B77" t="inlineStr">
         <is>
-          <t>永东转2</t>
+          <t>金宏转债</t>
         </is>
       </c>
       <c r="C77" t="inlineStr">
         <is>
-          <t>002753</t>
+          <t>156.793</t>
         </is>
       </c>
       <c r="D77" t="inlineStr">
         <is>
-          <t>永东股份</t>
-[...2 lines deleted...]
-      <c r="E77" t="inlineStr">
+          <t>1.869</t>
+        </is>
+      </c>
+      <c r="E77" t="n">
+        <v>23.01</v>
+      </c>
+      <c r="F77" t="n">
+        <v>127.4644</v>
+      </c>
+      <c r="G77" t="inlineStr">
+        <is>
+          <t>688106</t>
+        </is>
+      </c>
+      <c r="H77" t="inlineStr">
+        <is>
+          <t>金宏气体</t>
+        </is>
+      </c>
+      <c r="I77" t="n">
+        <v>24.18</v>
+      </c>
+      <c r="J77" t="n">
+        <v>2.59</v>
+      </c>
+      <c r="K77" t="inlineStr">
         <is>
           <t>AA-</t>
         </is>
       </c>
-      <c r="F77" t="inlineStr">
-[...14 lines deleted...]
-      <c r="I77" t="inlineStr">
+      <c r="L77" t="inlineStr">
+        <is>
+          <t>10.159</t>
+        </is>
+      </c>
+      <c r="M77" t="inlineStr">
+        <is>
+          <t>3.482</t>
+        </is>
+      </c>
+      <c r="N77" t="inlineStr">
+        <is>
+          <t>2029-07-17</t>
+        </is>
+      </c>
+      <c r="O77" t="inlineStr">
         <is>
           <t>115.00</t>
         </is>
       </c>
-      <c r="J77" t="inlineStr">
-[...25 lines deleted...]
-        <v>0.39</v>
+      <c r="P77" t="inlineStr">
+        <is>
+          <t>24.661</t>
+        </is>
+      </c>
+      <c r="Q77" t="inlineStr">
+        <is>
+          <t>1/15 | 30</t>
+        </is>
       </c>
       <c r="R77" t="n">
-        <v>7.55</v>
+        <v>57.0663</v>
       </c>
       <c r="S77" t="n">
-        <v>12.85</v>
+        <v>1.116</v>
       </c>
       <c r="T77" t="n">
-        <v>15.08</v>
-[...3 lines deleted...]
-      <c r="W77" t="inlineStr"/>
+        <v>1.0459</v>
+      </c>
+      <c r="U77" t="n">
+        <v>2.01</v>
+      </c>
+      <c r="V77" t="n">
+        <v>3.15</v>
+      </c>
+      <c r="W77" t="n">
+        <v>25.05</v>
+      </c>
+      <c r="X77" t="n">
+        <v>19.77</v>
+      </c>
+      <c r="Y77" t="n">
+        <v>18.66</v>
+      </c>
+      <c r="Z77" t="inlineStr"/>
+      <c r="AA77" t="inlineStr"/>
+      <c r="AB77" t="inlineStr"/>
     </row>
     <row r="78">
       <c r="A78" t="inlineStr">
         <is>
-          <t>118040</t>
+          <t>123155</t>
         </is>
       </c>
       <c r="B78" t="inlineStr">
         <is>
-          <t>宏微转债</t>
+          <t>中陆转债</t>
         </is>
       </c>
       <c r="C78" t="inlineStr">
         <is>
-          <t>688711</t>
+          <t>140.920</t>
         </is>
       </c>
       <c r="D78" t="inlineStr">
         <is>
-          <t>宏微科技</t>
-[...10 lines deleted...]
-        </is>
+          <t>1.858</t>
+        </is>
+      </c>
+      <c r="E78" t="n">
+        <v>39.99</v>
+      </c>
+      <c r="F78" t="n">
+        <v>100.6612</v>
       </c>
       <c r="G78" t="inlineStr">
         <is>
-          <t>3.638</t>
+          <t>301040</t>
         </is>
       </c>
       <c r="H78" t="inlineStr">
         <is>
-          <t>2029-07-25</t>
-[...2 lines deleted...]
-      <c r="I78" t="inlineStr">
+          <t>中环海陆</t>
+        </is>
+      </c>
+      <c r="I78" t="n">
+        <v>31.97</v>
+      </c>
+      <c r="J78" t="n">
+        <v>5.51</v>
+      </c>
+      <c r="K78" t="inlineStr">
+        <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="L78" t="inlineStr">
+        <is>
+          <t>3.600</t>
+        </is>
+      </c>
+      <c r="M78" t="inlineStr">
+        <is>
+          <t>2.553</t>
+        </is>
+      </c>
+      <c r="N78" t="inlineStr">
+        <is>
+          <t>2028-08-12</t>
+        </is>
+      </c>
+      <c r="O78" t="inlineStr">
         <is>
           <t>115.00</t>
         </is>
       </c>
-      <c r="J78" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K78" t="inlineStr">
+      <c r="P78" t="inlineStr">
+        <is>
+          <t>41.288</t>
+        </is>
+      </c>
+      <c r="Q78" t="inlineStr">
         <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L78" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R78" t="n">
-        <v>18.38</v>
+        <v>47.1796</v>
       </c>
       <c r="S78" t="n">
-        <v>23.66</v>
+        <v>2.4741</v>
       </c>
       <c r="T78" t="n">
-        <v>22.38</v>
-[...3 lines deleted...]
-      <c r="W78" t="inlineStr"/>
+        <v>2.0077</v>
+      </c>
+      <c r="U78" t="n">
+        <v>-1.54</v>
+      </c>
+      <c r="V78" t="n">
+        <v>-0.32</v>
+      </c>
+      <c r="W78" t="n">
+        <v>21.68</v>
+      </c>
+      <c r="X78" t="n">
+        <v>15.53</v>
+      </c>
+      <c r="Y78" t="n">
+        <v>17.67</v>
+      </c>
+      <c r="Z78" t="inlineStr"/>
+      <c r="AA78" t="inlineStr"/>
+      <c r="AB78" t="inlineStr"/>
     </row>
     <row r="79">
       <c r="A79" t="inlineStr">
         <is>
-          <t>123194</t>
+          <t>127062</t>
         </is>
       </c>
       <c r="B79" t="inlineStr">
         <is>
-          <t>百洋转债</t>
+          <t>垒知转债</t>
         </is>
       </c>
       <c r="C79" t="inlineStr">
         <is>
-          <t>301015</t>
+          <t>138.400</t>
         </is>
       </c>
       <c r="D79" t="inlineStr">
         <is>
-          <t>百洋医药</t>
-[...2 lines deleted...]
-      <c r="E79" t="inlineStr">
+          <t>1.840</t>
+        </is>
+      </c>
+      <c r="E79" t="n">
+        <v>63.88</v>
+      </c>
+      <c r="F79" t="n">
+        <v>84.4532</v>
+      </c>
+      <c r="G79" t="inlineStr">
+        <is>
+          <t>002398</t>
+        </is>
+      </c>
+      <c r="H79" t="inlineStr">
+        <is>
+          <t>垒知集团</t>
+        </is>
+      </c>
+      <c r="I79" t="n">
+        <v>6.41</v>
+      </c>
+      <c r="J79" t="n">
+        <v>5.08</v>
+      </c>
+      <c r="K79" t="inlineStr">
         <is>
           <t>AA-</t>
         </is>
       </c>
-      <c r="F79" t="inlineStr">
-[...45 lines deleted...]
-        <v>5.07</v>
+      <c r="L79" t="inlineStr">
+        <is>
+          <t>3.958</t>
+        </is>
+      </c>
+      <c r="M79" t="inlineStr">
+        <is>
+          <t>2.244</t>
+        </is>
+      </c>
+      <c r="N79" t="inlineStr">
+        <is>
+          <t>2028-04-21</t>
+        </is>
+      </c>
+      <c r="O79" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="P79" t="inlineStr">
+        <is>
+          <t>9.867</t>
+        </is>
+      </c>
+      <c r="Q79" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R79" t="n">
-        <v>16.07</v>
+        <v>36.3708</v>
       </c>
       <c r="S79" t="n">
-        <v>17.51</v>
+        <v>2.676</v>
       </c>
       <c r="T79" t="n">
-        <v>20.53</v>
-[...3 lines deleted...]
-      <c r="W79" t="inlineStr"/>
+        <v>2.5818</v>
+      </c>
+      <c r="U79" t="n">
+        <v>0.49</v>
+      </c>
+      <c r="V79" t="n">
+        <v>1.59</v>
+      </c>
+      <c r="W79" t="n">
+        <v>11.54</v>
+      </c>
+      <c r="X79" t="n">
+        <v>14.41</v>
+      </c>
+      <c r="Y79" t="n">
+        <v>27.8</v>
+      </c>
+      <c r="Z79" t="inlineStr"/>
+      <c r="AA79" t="inlineStr"/>
+      <c r="AB79" t="inlineStr"/>
     </row>
     <row r="80">
       <c r="A80" t="inlineStr">
         <is>
-          <t>123259</t>
+          <t>123235</t>
         </is>
       </c>
       <c r="B80" t="inlineStr">
         <is>
-          <t>锦浪转02</t>
+          <t>亿田转债</t>
         </is>
       </c>
       <c r="C80" t="inlineStr">
         <is>
-          <t>300763</t>
+          <t>206.500</t>
         </is>
       </c>
       <c r="D80" t="inlineStr">
         <is>
-          <t>锦浪科技</t>
-[...10 lines deleted...]
-        </is>
+          <t>1.824</t>
+        </is>
+      </c>
+      <c r="E80" t="n">
+        <v>18.74</v>
+      </c>
+      <c r="F80" t="n">
+        <v>173.909</v>
       </c>
       <c r="G80" t="inlineStr">
         <is>
-          <t>5.866</t>
+          <t>300911</t>
         </is>
       </c>
       <c r="H80" t="inlineStr">
         <is>
-          <t>2031-10-16</t>
-[...10 lines deleted...]
-        </is>
+          <t>亿田智能</t>
+        </is>
+      </c>
+      <c r="I80" t="n">
+        <v>37.06</v>
+      </c>
+      <c r="J80" t="n">
+        <v>3.12</v>
       </c>
       <c r="K80" t="inlineStr">
         <is>
-          <t>0/15 | 30</t>
-[...25 lines deleted...]
-      <c r="W80" t="inlineStr"/>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="L80" t="inlineStr">
+        <is>
+          <t>4.354</t>
+        </is>
+      </c>
+      <c r="M80" t="inlineStr">
+        <is>
+          <t>3.912</t>
+        </is>
+      </c>
+      <c r="N80" t="inlineStr">
+        <is>
+          <t>2029-12-21</t>
+        </is>
+      </c>
+      <c r="O80" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="P80" t="inlineStr">
+        <is>
+          <t>27.703</t>
+        </is>
+      </c>
+      <c r="Q80" t="inlineStr">
+        <is>
+          <t>!</t>
+        </is>
+      </c>
+      <c r="R80" t="n">
+        <v>42.4164</v>
+      </c>
+      <c r="S80" t="n">
+        <v>3.9046</v>
+      </c>
+      <c r="T80" t="n">
+        <v>3.7045</v>
+      </c>
+      <c r="U80" t="n">
+        <v>0.27</v>
+      </c>
+      <c r="V80" t="n">
+        <v>1.79</v>
+      </c>
+      <c r="W80" t="n">
+        <v>33.18</v>
+      </c>
+      <c r="X80" t="n">
+        <v>46.68</v>
+      </c>
+      <c r="Y80" t="n">
+        <v>49.96</v>
+      </c>
+      <c r="Z80" t="inlineStr"/>
+      <c r="AA80" t="inlineStr"/>
+      <c r="AB80" t="inlineStr"/>
     </row>
     <row r="81">
       <c r="A81" t="inlineStr">
         <is>
-          <t>118059</t>
+          <t>123080</t>
         </is>
       </c>
       <c r="B81" t="inlineStr">
         <is>
-          <t>颀中转债</t>
+          <t>海波转债</t>
         </is>
       </c>
       <c r="C81" t="inlineStr">
         <is>
-          <t>688352</t>
+          <t>146.000</t>
         </is>
       </c>
       <c r="D81" t="inlineStr">
         <is>
-          <t>颀中科技</t>
-[...10 lines deleted...]
-        </is>
+          <t>1.771</t>
+        </is>
+      </c>
+      <c r="E81" t="n">
+        <v>29.4</v>
+      </c>
+      <c r="F81" t="n">
+        <v>112.8295</v>
       </c>
       <c r="G81" t="inlineStr">
         <is>
-          <t>5.915</t>
+          <t>300517</t>
         </is>
       </c>
       <c r="H81" t="inlineStr">
         <is>
-          <t>2031-11-03</t>
-[...10 lines deleted...]
-        </is>
+          <t>海波重科</t>
+        </is>
+      </c>
+      <c r="I81" t="n">
+        <v>12.84</v>
+      </c>
+      <c r="J81" t="n">
+        <v>4.39</v>
       </c>
       <c r="K81" t="inlineStr">
         <is>
-          <t>0/15 | 30</t>
-[...25 lines deleted...]
-      <c r="W81" t="inlineStr"/>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="L81" t="inlineStr">
+        <is>
+          <t>1.486</t>
+        </is>
+      </c>
+      <c r="M81" t="inlineStr">
+        <is>
+          <t>0.858</t>
+        </is>
+      </c>
+      <c r="N81" t="inlineStr">
+        <is>
+          <t>2026-12-02</t>
+        </is>
+      </c>
+      <c r="O81" t="inlineStr">
+        <is>
+          <t>120.00</t>
+        </is>
+      </c>
+      <c r="P81" t="inlineStr">
+        <is>
+          <t>14.794</t>
+        </is>
+      </c>
+      <c r="Q81" t="inlineStr">
+        <is>
+          <t>0/15 | 30 2023-04-06 重新计</t>
+        </is>
+      </c>
+      <c r="R81" t="n">
+        <v>26.2658</v>
+      </c>
+      <c r="S81" t="n">
+        <v>5.2231</v>
+      </c>
+      <c r="T81" t="n">
+        <v>4.954</v>
+      </c>
+      <c r="U81" t="n">
+        <v>0.23</v>
+      </c>
+      <c r="V81" t="n">
+        <v>0.06</v>
+      </c>
+      <c r="W81" t="n">
+        <v>12.06</v>
+      </c>
+      <c r="X81" t="n">
+        <v>14.61</v>
+      </c>
+      <c r="Y81" t="n">
+        <v>35.16</v>
+      </c>
+      <c r="Z81" t="inlineStr"/>
+      <c r="AA81" t="inlineStr"/>
+      <c r="AB81" t="inlineStr"/>
     </row>
     <row r="82">
       <c r="A82" t="inlineStr">
         <is>
-          <t>123112</t>
+          <t>127098</t>
         </is>
       </c>
       <c r="B82" t="inlineStr">
         <is>
-          <t>万讯转债</t>
+          <t>欧晶转债</t>
         </is>
       </c>
       <c r="C82" t="inlineStr">
         <is>
-          <t>300112</t>
+          <t>128.900</t>
         </is>
       </c>
       <c r="D82" t="inlineStr">
         <is>
-          <t>万讯自控</t>
-[...2 lines deleted...]
-      <c r="E82" t="inlineStr">
+          <t>1.753</t>
+        </is>
+      </c>
+      <c r="E82" t="n">
+        <v>111.89</v>
+      </c>
+      <c r="F82" t="n">
+        <v>60.8333</v>
+      </c>
+      <c r="G82" t="inlineStr">
+        <is>
+          <t>001269</t>
+        </is>
+      </c>
+      <c r="H82" t="inlineStr">
+        <is>
+          <t>欧晶科技</t>
+        </is>
+      </c>
+      <c r="I82" t="n">
+        <v>25.55</v>
+      </c>
+      <c r="J82" t="n">
+        <v>5.45</v>
+      </c>
+      <c r="K82" t="inlineStr">
         <is>
           <t>AA-</t>
         </is>
       </c>
-      <c r="F82" t="inlineStr">
-[...45 lines deleted...]
-        <v>0.95</v>
+      <c r="L82" t="inlineStr">
+        <is>
+          <t>4.693</t>
+        </is>
+      </c>
+      <c r="M82" t="inlineStr">
+        <is>
+          <t>3.838</t>
+        </is>
+      </c>
+      <c r="N82" t="inlineStr">
+        <is>
+          <t>2029-11-24</t>
+        </is>
+      </c>
+      <c r="O82" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="P82" t="inlineStr">
+        <is>
+          <t>54.600</t>
+        </is>
+      </c>
+      <c r="Q82" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R82" t="n">
-        <v>11.22</v>
+        <v>53.0491</v>
       </c>
       <c r="S82" t="n">
-        <v>14.57</v>
+        <v>2.318</v>
       </c>
       <c r="T82" t="n">
-        <v>18.53</v>
-[...3 lines deleted...]
-      <c r="W82" t="inlineStr"/>
+        <v>2.077</v>
+      </c>
+      <c r="U82" t="n">
+        <v>-5.36</v>
+      </c>
+      <c r="V82" t="n">
+        <v>6.54</v>
+      </c>
+      <c r="W82" t="n">
+        <v>9.93</v>
+      </c>
+      <c r="X82" t="n">
+        <v>9.41</v>
+      </c>
+      <c r="Y82" t="n">
+        <v>18.5</v>
+      </c>
+      <c r="Z82" t="inlineStr"/>
+      <c r="AA82" t="inlineStr"/>
+      <c r="AB82" t="inlineStr"/>
     </row>
     <row r="83">
       <c r="A83" t="inlineStr">
         <is>
-          <t>123165</t>
+          <t>123085</t>
         </is>
       </c>
       <c r="B83" t="inlineStr">
         <is>
-          <t>回天转债</t>
+          <t>万顺转2</t>
         </is>
       </c>
       <c r="C83" t="inlineStr">
         <is>
-          <t>300041</t>
+          <t>142.501</t>
         </is>
       </c>
       <c r="D83" t="inlineStr">
         <is>
-          <t>回天新材</t>
-[...2 lines deleted...]
-      <c r="E83" t="inlineStr">
+          <t>1.715</t>
+        </is>
+      </c>
+      <c r="E83" t="n">
+        <v>13.23</v>
+      </c>
+      <c r="F83" t="n">
+        <v>125.8517</v>
+      </c>
+      <c r="G83" t="inlineStr">
+        <is>
+          <t>300057</t>
+        </is>
+      </c>
+      <c r="H83" t="inlineStr">
+        <is>
+          <t>万顺新材</t>
+        </is>
+      </c>
+      <c r="I83" t="n">
+        <v>6.28</v>
+      </c>
+      <c r="J83" t="n">
+        <v>2.95</v>
+      </c>
+      <c r="K83" t="inlineStr">
         <is>
           <t>AA-</t>
         </is>
       </c>
-      <c r="F83" t="inlineStr">
-[...45 lines deleted...]
-        <v>2.92</v>
+      <c r="L83" t="inlineStr">
+        <is>
+          <t>5.287</t>
+        </is>
+      </c>
+      <c r="M83" t="inlineStr">
+        <is>
+          <t>0.882</t>
+        </is>
+      </c>
+      <c r="N83" t="inlineStr">
+        <is>
+          <t>2026-12-11</t>
+        </is>
+      </c>
+      <c r="O83" t="inlineStr">
+        <is>
+          <t>108.00</t>
+        </is>
+      </c>
+      <c r="P83" t="inlineStr">
+        <is>
+          <t>6.487</t>
+        </is>
+      </c>
+      <c r="Q83" t="inlineStr">
+        <is>
+          <t>0/15 | 30 2024-01-02 重新计</t>
+        </is>
       </c>
       <c r="R83" t="n">
-        <v>12.44</v>
+        <v>50.9525</v>
       </c>
       <c r="S83" t="n">
-        <v>12.96</v>
+        <v>1.2841</v>
       </c>
       <c r="T83" t="n">
-        <v>14.97</v>
-[...3 lines deleted...]
-      <c r="W83" t="inlineStr"/>
+        <v>1.0417</v>
+      </c>
+      <c r="U83" t="n">
+        <v>-1.92</v>
+      </c>
+      <c r="V83" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="W83" t="n">
+        <v>15.87</v>
+      </c>
+      <c r="X83" t="n">
+        <v>20.21</v>
+      </c>
+      <c r="Y83" t="n">
+        <v>21.78</v>
+      </c>
+      <c r="Z83" t="inlineStr"/>
+      <c r="AA83" t="inlineStr"/>
+      <c r="AB83" t="inlineStr"/>
     </row>
     <row r="84">
       <c r="A84" t="inlineStr">
         <is>
-          <t>113676</t>
+          <t>118043</t>
         </is>
       </c>
       <c r="B84" t="inlineStr">
         <is>
-          <t>荣23转债</t>
+          <t>福立转债</t>
         </is>
       </c>
       <c r="C84" t="inlineStr">
         <is>
-          <t>603165</t>
+          <t>164.694</t>
         </is>
       </c>
       <c r="D84" t="inlineStr">
         <is>
-          <t>荣晟环保</t>
-[...2 lines deleted...]
-      <c r="E84" t="inlineStr">
+          <t>1.701</t>
+        </is>
+      </c>
+      <c r="E84" t="n">
+        <v>-0.33</v>
+      </c>
+      <c r="F84" t="n">
+        <v>165.2349</v>
+      </c>
+      <c r="G84" t="inlineStr">
+        <is>
+          <t>688678</t>
+        </is>
+      </c>
+      <c r="H84" t="inlineStr">
+        <is>
+          <t>福立旺</t>
+        </is>
+      </c>
+      <c r="I84" t="n">
+        <v>24.62</v>
+      </c>
+      <c r="J84" t="n">
+        <v>2.07</v>
+      </c>
+      <c r="K84" t="inlineStr">
         <is>
           <t>AA-</t>
         </is>
       </c>
-      <c r="F84" t="inlineStr">
-[...14 lines deleted...]
-      <c r="I84" t="inlineStr">
+      <c r="L84" t="inlineStr">
+        <is>
+          <t>3.283</t>
+        </is>
+      </c>
+      <c r="M84" t="inlineStr">
+        <is>
+          <t>3.559</t>
+        </is>
+      </c>
+      <c r="N84" t="inlineStr">
+        <is>
+          <t>2029-08-14</t>
+        </is>
+      </c>
+      <c r="O84" t="inlineStr">
         <is>
           <t>115.00</t>
         </is>
       </c>
-      <c r="J84" t="inlineStr">
-[...25 lines deleted...]
-        <v>1.68</v>
+      <c r="P84" t="inlineStr">
+        <is>
+          <t>19.370</t>
+        </is>
+      </c>
+      <c r="Q84" t="inlineStr">
+        <is>
+          <t>!</t>
+        </is>
       </c>
       <c r="R84" t="n">
-        <v>13.65</v>
+        <v>53.5242</v>
       </c>
       <c r="S84" t="n">
-        <v>17.98</v>
+        <v>1.2155</v>
       </c>
       <c r="T84" t="n">
-        <v>18.78</v>
-[...3 lines deleted...]
-      <c r="W84" t="inlineStr"/>
+        <v>0.9246</v>
+      </c>
+      <c r="U84" t="n">
+        <v>0.55</v>
+      </c>
+      <c r="V84" t="n">
+        <v>0.88</v>
+      </c>
+      <c r="W84" t="n">
+        <v>51.28</v>
+      </c>
+      <c r="X84" t="n">
+        <v>51.45</v>
+      </c>
+      <c r="Y84" t="n">
+        <v>47.17</v>
+      </c>
+      <c r="Z84" t="inlineStr"/>
+      <c r="AA84" t="inlineStr"/>
+      <c r="AB84" t="inlineStr"/>
     </row>
     <row r="85">
       <c r="A85" t="inlineStr">
         <is>
-          <t>111019</t>
+          <t>118003</t>
         </is>
       </c>
       <c r="B85" t="inlineStr">
         <is>
-          <t>宏柏转债</t>
+          <t>华兴转债</t>
         </is>
       </c>
       <c r="C85" t="inlineStr">
         <is>
-          <t>605366</t>
+          <t>161.984</t>
         </is>
       </c>
       <c r="D85" t="inlineStr">
         <is>
-          <t>宏柏新材</t>
-[...10 lines deleted...]
-        </is>
+          <t>1.690</t>
+        </is>
+      </c>
+      <c r="E85" t="n">
+        <v>25.77</v>
+      </c>
+      <c r="F85" t="n">
+        <v>128.7896</v>
       </c>
       <c r="G85" t="inlineStr">
         <is>
-          <t>4.367</t>
+          <t>688001</t>
         </is>
       </c>
       <c r="H85" t="inlineStr">
         <is>
-          <t>2030-04-17</t>
-[...10 lines deleted...]
-        </is>
+          <t>华兴源创</t>
+        </is>
+      </c>
+      <c r="I85" t="n">
+        <v>33.73</v>
+      </c>
+      <c r="J85" t="n">
+        <v>1.93</v>
       </c>
       <c r="K85" t="inlineStr">
         <is>
-          <t>2/15 | 30</t>
-[...18 lines deleted...]
-        <v>3.52</v>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="L85" t="inlineStr">
+        <is>
+          <t>7.109</t>
+        </is>
+      </c>
+      <c r="M85" t="inlineStr">
+        <is>
+          <t>1.849</t>
+        </is>
+      </c>
+      <c r="N85" t="inlineStr">
+        <is>
+          <t>2027-11-29</t>
+        </is>
+      </c>
+      <c r="O85" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="P85" t="inlineStr">
+        <is>
+          <t>34.047</t>
+        </is>
+      </c>
+      <c r="Q85" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R85" t="n">
-        <v>12.48</v>
+        <v>38.5931</v>
       </c>
       <c r="S85" t="n">
-        <v>25.21</v>
+        <v>2.6205</v>
       </c>
       <c r="T85" t="n">
-        <v>23.46</v>
-[...3 lines deleted...]
-      <c r="W85" t="inlineStr"/>
+        <v>1.9295</v>
+      </c>
+      <c r="U85" t="n">
+        <v>-4.97</v>
+      </c>
+      <c r="V85" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="W85" t="n">
+        <v>25.19</v>
+      </c>
+      <c r="X85" t="n">
+        <v>19.92</v>
+      </c>
+      <c r="Y85" t="n">
+        <v>27.53</v>
+      </c>
+      <c r="Z85" t="inlineStr"/>
+      <c r="AA85" t="inlineStr"/>
+      <c r="AB85" t="inlineStr"/>
     </row>
     <row r="86">
       <c r="A86" t="inlineStr">
         <is>
-          <t>118051</t>
+          <t>123215</t>
         </is>
       </c>
       <c r="B86" t="inlineStr">
         <is>
-          <t>皓元转债</t>
+          <t>铭利转债</t>
         </is>
       </c>
       <c r="C86" t="inlineStr">
         <is>
-          <t>688131</t>
+          <t>141.998</t>
         </is>
       </c>
       <c r="D86" t="inlineStr">
         <is>
-          <t>皓元医药</t>
-[...2 lines deleted...]
-      <c r="E86" t="inlineStr">
+          <t>1.686</t>
+        </is>
+      </c>
+      <c r="E86" t="n">
+        <v>33.65</v>
+      </c>
+      <c r="F86" t="n">
+        <v>106.25</v>
+      </c>
+      <c r="G86" t="inlineStr">
+        <is>
+          <t>301268</t>
+        </is>
+      </c>
+      <c r="H86" t="inlineStr">
+        <is>
+          <t>铭利达</t>
+        </is>
+      </c>
+      <c r="I86" t="n">
+        <v>20.4</v>
+      </c>
+      <c r="J86" t="n">
+        <v>1.29</v>
+      </c>
+      <c r="K86" t="inlineStr">
         <is>
           <t>AA-</t>
         </is>
       </c>
-      <c r="F86" t="inlineStr">
-[...45 lines deleted...]
-        <v>1.94</v>
+      <c r="L86" t="inlineStr">
+        <is>
+          <t>8.555</t>
+        </is>
+      </c>
+      <c r="M86" t="inlineStr">
+        <is>
+          <t>3.529</t>
+        </is>
+      </c>
+      <c r="N86" t="inlineStr">
+        <is>
+          <t>2029-08-03</t>
+        </is>
+      </c>
+      <c r="O86" t="inlineStr">
+        <is>
+          <t>118.00</t>
+        </is>
+      </c>
+      <c r="P86" t="inlineStr">
+        <is>
+          <t>24.960</t>
+        </is>
+      </c>
+      <c r="Q86" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R86" t="n">
-        <v>57.74</v>
+        <v>71.4624</v>
       </c>
       <c r="S86" t="n">
-        <v>51.14</v>
-[...4 lines deleted...]
-      <c r="W86" t="inlineStr"/>
+        <v>0.9916</v>
+      </c>
+      <c r="T86" t="n">
+        <v>0.6451</v>
+      </c>
+      <c r="U86" t="n">
+        <v>-4.69</v>
+      </c>
+      <c r="V86" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="W86" t="n">
+        <v>17.4</v>
+      </c>
+      <c r="X86" t="n">
+        <v>18.85</v>
+      </c>
+      <c r="Y86" t="n">
+        <v>23.03</v>
+      </c>
+      <c r="Z86" t="inlineStr"/>
+      <c r="AA86" t="inlineStr"/>
+      <c r="AB86" t="inlineStr"/>
     </row>
     <row r="87">
       <c r="A87" t="inlineStr">
         <is>
-          <t>110090</t>
+          <t>111022</t>
         </is>
       </c>
       <c r="B87" t="inlineStr">
         <is>
-          <t>爱迪转债</t>
+          <t>锡振转债</t>
         </is>
       </c>
       <c r="C87" t="inlineStr">
         <is>
-          <t>600933</t>
+          <t>160.415</t>
         </is>
       </c>
       <c r="D87" t="inlineStr">
         <is>
-          <t>爱柯迪</t>
-[...10 lines deleted...]
-        </is>
+          <t>1.667</t>
+        </is>
+      </c>
+      <c r="E87" t="n">
+        <v>44.75</v>
+      </c>
+      <c r="F87" t="n">
+        <v>110.8216</v>
       </c>
       <c r="G87" t="inlineStr">
         <is>
-          <t>2.803</t>
+          <t>605319</t>
         </is>
       </c>
       <c r="H87" t="inlineStr">
         <is>
-          <t>2028-09-23</t>
-[...10 lines deleted...]
-        </is>
+          <t>无锡振华</t>
+        </is>
+      </c>
+      <c r="I87" t="n">
+        <v>25.09</v>
+      </c>
+      <c r="J87" t="n">
+        <v>2.32</v>
       </c>
       <c r="K87" t="inlineStr">
         <is>
-          <t>0/15 | 30 2024-04-11 重新计</t>
-[...18 lines deleted...]
-        <v>6.49</v>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="L87" t="inlineStr">
+        <is>
+          <t>5.197</t>
+        </is>
+      </c>
+      <c r="M87" t="inlineStr">
+        <is>
+          <t>5.403</t>
+        </is>
+      </c>
+      <c r="N87" t="inlineStr">
+        <is>
+          <t>2031-06-18</t>
+        </is>
+      </c>
+      <c r="O87" t="inlineStr">
+        <is>
+          <t>113.00</t>
+        </is>
+      </c>
+      <c r="P87" t="inlineStr">
+        <is>
+          <t>29.432</t>
+        </is>
+      </c>
+      <c r="Q87" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R87" t="n">
-        <v>23.42</v>
+        <v>52.5754</v>
       </c>
       <c r="S87" t="n">
-        <v>23.9</v>
+        <v>1.1422</v>
       </c>
       <c r="T87" t="n">
-        <v>24.94</v>
-[...3 lines deleted...]
-      <c r="W87" t="inlineStr"/>
+        <v>1.0042</v>
+      </c>
+      <c r="U87" t="n">
+        <v>3.78</v>
+      </c>
+      <c r="V87" t="n">
+        <v>2.77</v>
+      </c>
+      <c r="W87" t="n">
+        <v>16.37</v>
+      </c>
+      <c r="X87" t="n">
+        <v>22.38</v>
+      </c>
+      <c r="Y87" t="inlineStr"/>
+      <c r="Z87" t="inlineStr"/>
+      <c r="AA87" t="inlineStr"/>
+      <c r="AB87" t="inlineStr"/>
     </row>
     <row r="88">
       <c r="A88" t="inlineStr">
         <is>
-          <t>127093</t>
+          <t>113059</t>
         </is>
       </c>
       <c r="B88" t="inlineStr">
         <is>
-          <t>章鼓转债</t>
+          <t>福莱转债</t>
         </is>
       </c>
       <c r="C88" t="inlineStr">
         <is>
-          <t>002598</t>
+          <t>126.917</t>
         </is>
       </c>
       <c r="D88" t="inlineStr">
         <is>
-          <t>山东章鼓</t>
-[...10 lines deleted...]
-        </is>
+          <t>1.656</t>
+        </is>
+      </c>
+      <c r="E88" t="n">
+        <v>195.9</v>
+      </c>
+      <c r="F88" t="n">
+        <v>42.8914</v>
       </c>
       <c r="G88" t="inlineStr">
         <is>
-          <t>3.869</t>
+          <t>601865</t>
         </is>
       </c>
       <c r="H88" t="inlineStr">
         <is>
-          <t>2029-10-17</t>
-[...10 lines deleted...]
-        </is>
+          <t>福莱特</t>
+        </is>
+      </c>
+      <c r="I88" t="n">
+        <v>17.89</v>
+      </c>
+      <c r="J88" t="n">
+        <v>7.9</v>
       </c>
       <c r="K88" t="inlineStr">
         <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="L88" t="inlineStr">
+        <is>
+          <t>39.999</t>
+        </is>
+      </c>
+      <c r="M88" t="inlineStr">
+        <is>
+          <t>2.323</t>
+        </is>
+      </c>
+      <c r="N88" t="inlineStr">
+        <is>
+          <t>2028-05-20</t>
+        </is>
+      </c>
+      <c r="O88" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="P88" t="inlineStr">
+        <is>
+          <t>54.223</t>
+        </is>
+      </c>
+      <c r="Q88" t="inlineStr">
+        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L88" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R88" t="n">
-        <v>15.06</v>
+        <v>46.8093</v>
       </c>
       <c r="S88" t="n">
-        <v>23.41</v>
+        <v>1.8456</v>
       </c>
       <c r="T88" t="n">
-        <v>22.98</v>
-[...3 lines deleted...]
-      <c r="W88" t="inlineStr"/>
+        <v>1.6677</v>
+      </c>
+      <c r="U88" t="n">
+        <v>10.07</v>
+      </c>
+      <c r="V88" t="n">
+        <v>27.6</v>
+      </c>
+      <c r="W88" t="n">
+        <v>9.51</v>
+      </c>
+      <c r="X88" t="n">
+        <v>8.42</v>
+      </c>
+      <c r="Y88" t="n">
+        <v>11.89</v>
+      </c>
+      <c r="Z88" t="inlineStr"/>
+      <c r="AA88" t="inlineStr"/>
+      <c r="AB88" t="inlineStr"/>
     </row>
     <row r="89">
       <c r="A89" t="inlineStr">
         <is>
-          <t>113623</t>
+          <t>127038</t>
         </is>
       </c>
       <c r="B89" t="inlineStr">
         <is>
-          <t>凤21转债</t>
+          <t>国微转债</t>
         </is>
       </c>
       <c r="C89" t="inlineStr">
         <is>
-          <t>603225</t>
+          <t>144.688</t>
         </is>
       </c>
       <c r="D89" t="inlineStr">
         <is>
-          <t>新凤鸣</t>
-[...10 lines deleted...]
-        </is>
+          <t>1.615</t>
+        </is>
+      </c>
+      <c r="E89" t="n">
+        <v>60.12</v>
+      </c>
+      <c r="F89" t="n">
+        <v>90.3597</v>
       </c>
       <c r="G89" t="inlineStr">
         <is>
-          <t>1.340</t>
+          <t>002049</t>
         </is>
       </c>
       <c r="H89" t="inlineStr">
         <is>
-          <t>2027-04-08</t>
-[...10 lines deleted...]
-        </is>
+          <t>紫光国微</t>
+        </is>
+      </c>
+      <c r="I89" t="n">
+        <v>87.92</v>
+      </c>
+      <c r="J89" t="n">
+        <v>3.41</v>
       </c>
       <c r="K89" t="inlineStr">
         <is>
-          <t>0/15 | 30</t>
-[...18 lines deleted...]
-        <v>-2.06</v>
+          <t>AA+</t>
+        </is>
+      </c>
+      <c r="L89" t="inlineStr">
+        <is>
+          <t>14.916</t>
+        </is>
+      </c>
+      <c r="M89" t="inlineStr">
+        <is>
+          <t>1.378</t>
+        </is>
+      </c>
+      <c r="N89" t="inlineStr">
+        <is>
+          <t>2027-06-10</t>
+        </is>
+      </c>
+      <c r="O89" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="P89" t="inlineStr">
+        <is>
+          <t>126.490</t>
+        </is>
+      </c>
+      <c r="Q89" t="inlineStr">
+        <is>
+          <t>0/15 | 30 2023-01-28 重新计</t>
+        </is>
       </c>
       <c r="R89" t="n">
-        <v>20.31</v>
+        <v>27.0229</v>
       </c>
       <c r="S89" t="n">
-        <v>18.36</v>
+        <v>4.7061</v>
       </c>
       <c r="T89" t="n">
-        <v>13.71</v>
-[...3 lines deleted...]
-      <c r="W89" t="inlineStr"/>
+        <v>4.0033</v>
+      </c>
+      <c r="U89" t="n">
+        <v>11.79</v>
+      </c>
+      <c r="V89" t="n">
+        <v>25.32</v>
+      </c>
+      <c r="W89" t="n">
+        <v>47.1</v>
+      </c>
+      <c r="X89" t="n">
+        <v>31.22</v>
+      </c>
+      <c r="Y89" t="n">
+        <v>20.86</v>
+      </c>
+      <c r="Z89" t="inlineStr"/>
+      <c r="AA89" t="inlineStr"/>
+      <c r="AB89" t="inlineStr"/>
     </row>
     <row r="90">
       <c r="A90" t="inlineStr">
         <is>
-          <t>113653</t>
+          <t>110098</t>
         </is>
       </c>
       <c r="B90" t="inlineStr">
         <is>
-          <t>永22转债</t>
+          <t>南药转债</t>
         </is>
       </c>
       <c r="C90" t="inlineStr">
         <is>
-          <t>603681</t>
+          <t>140.189</t>
         </is>
       </c>
       <c r="D90" t="inlineStr">
         <is>
-          <t>永冠新材</t>
-[...10 lines deleted...]
-        </is>
+          <t>1.586</t>
+        </is>
+      </c>
+      <c r="E90" t="n">
+        <v>26.59</v>
+      </c>
+      <c r="F90" t="n">
+        <v>110.7422</v>
       </c>
       <c r="G90" t="inlineStr">
         <is>
-          <t>2.647</t>
+          <t>600713</t>
         </is>
       </c>
       <c r="H90" t="inlineStr">
         <is>
-          <t>2028-07-28</t>
-[...10 lines deleted...]
-        </is>
+          <t>南京医药</t>
+        </is>
+      </c>
+      <c r="I90" t="n">
+        <v>5.67</v>
+      </c>
+      <c r="J90" t="n">
+        <v>2.35</v>
       </c>
       <c r="K90" t="inlineStr">
         <is>
+          <t>AA+</t>
+        </is>
+      </c>
+      <c r="L90" t="inlineStr">
+        <is>
+          <t>10.814</t>
+        </is>
+      </c>
+      <c r="M90" t="inlineStr">
+        <is>
+          <t>4.923</t>
+        </is>
+      </c>
+      <c r="N90" t="inlineStr">
+        <is>
+          <t>2030-12-25</t>
+        </is>
+      </c>
+      <c r="O90" t="inlineStr">
+        <is>
+          <t>108.00</t>
+        </is>
+      </c>
+      <c r="P90" t="inlineStr">
+        <is>
+          <t>6.656</t>
+        </is>
+      </c>
+      <c r="Q90" t="inlineStr">
+        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L90" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R90" t="n">
-        <v>16.07</v>
+        <v>76.62439999999999</v>
       </c>
       <c r="S90" t="n">
-        <v>14.83</v>
+        <v>1.4457</v>
       </c>
       <c r="T90" t="n">
-        <v>15.83</v>
-[...3 lines deleted...]
-      <c r="W90" t="inlineStr"/>
+        <v>1.1375</v>
+      </c>
+      <c r="U90" t="n">
+        <v>5.71</v>
+      </c>
+      <c r="V90" t="n">
+        <v>5.78</v>
+      </c>
+      <c r="W90" t="n">
+        <v>12.2</v>
+      </c>
+      <c r="X90" t="n">
+        <v>10.03</v>
+      </c>
+      <c r="Y90" t="inlineStr"/>
+      <c r="Z90" t="inlineStr"/>
+      <c r="AA90" t="inlineStr"/>
+      <c r="AB90" t="inlineStr"/>
     </row>
     <row r="91">
       <c r="A91" t="inlineStr">
         <is>
-          <t>118057</t>
+          <t>123255</t>
         </is>
       </c>
       <c r="B91" t="inlineStr">
         <is>
-          <t>甬矽转债</t>
+          <t>鼎龙转债</t>
         </is>
       </c>
       <c r="C91" t="inlineStr">
         <is>
-          <t>688362</t>
+          <t>281.001</t>
         </is>
       </c>
       <c r="D91" t="inlineStr">
         <is>
-          <t>甬矽电子</t>
-[...10 lines deleted...]
-        </is>
+          <t>1.587</t>
+        </is>
+      </c>
+      <c r="E91" t="n">
+        <v>69.47</v>
+      </c>
+      <c r="F91" t="n">
+        <v>165.8153</v>
       </c>
       <c r="G91" t="inlineStr">
         <is>
-          <t>5.556</t>
+          <t>300054</t>
         </is>
       </c>
       <c r="H91" t="inlineStr">
         <is>
-          <t>2031-06-25</t>
-[...10 lines deleted...]
-        </is>
+          <t>鼎龙股份</t>
+        </is>
+      </c>
+      <c r="I91" t="n">
+        <v>47.39</v>
+      </c>
+      <c r="J91" t="n">
+        <v>2.33</v>
       </c>
       <c r="K91" t="inlineStr">
         <is>
-          <t>0/15 | 30</t>
-[...18 lines deleted...]
-        <v>1.38</v>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="L91" t="inlineStr">
+        <is>
+          <t>9.098</t>
+        </is>
+      </c>
+      <c r="M91" t="inlineStr">
+        <is>
+          <t>5.192</t>
+        </is>
+      </c>
+      <c r="N91" t="inlineStr">
+        <is>
+          <t>2031-04-02</t>
+        </is>
+      </c>
+      <c r="O91" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="P91" t="inlineStr">
+        <is>
+          <t>37.154</t>
+        </is>
+      </c>
+      <c r="Q91" t="inlineStr">
+        <is>
+          <t>!</t>
+        </is>
       </c>
       <c r="R91" t="n">
-        <v>45.17</v>
-[...5 lines deleted...]
-      <c r="W91" t="inlineStr"/>
+        <v>41.1127</v>
+      </c>
+      <c r="S91" t="n">
+        <v>3.2269</v>
+      </c>
+      <c r="T91" t="n">
+        <v>2.7391</v>
+      </c>
+      <c r="U91" t="n">
+        <v>5.21</v>
+      </c>
+      <c r="V91" t="n">
+        <v>2.22</v>
+      </c>
+      <c r="W91" t="n">
+        <v>47.3</v>
+      </c>
+      <c r="X91" t="n">
+        <v>41.3</v>
+      </c>
+      <c r="Y91" t="inlineStr"/>
+      <c r="Z91" t="inlineStr"/>
+      <c r="AA91" t="inlineStr"/>
+      <c r="AB91" t="inlineStr"/>
     </row>
     <row r="92">
       <c r="A92" t="inlineStr">
         <is>
-          <t>113694</t>
+          <t>118027</t>
         </is>
       </c>
       <c r="B92" t="inlineStr">
         <is>
-          <t>清源转债</t>
+          <t>宏图转债</t>
         </is>
       </c>
       <c r="C92" t="inlineStr">
         <is>
-          <t>603628</t>
+          <t>129.752</t>
         </is>
       </c>
       <c r="D92" t="inlineStr">
         <is>
-          <t>清源股份</t>
-[...10 lines deleted...]
-        </is>
+          <t>1.575</t>
+        </is>
+      </c>
+      <c r="E92" t="n">
+        <v>30.55</v>
+      </c>
+      <c r="F92" t="n">
+        <v>99.38939999999999</v>
       </c>
       <c r="G92" t="inlineStr">
         <is>
-          <t>5.343</t>
+          <t>688066</t>
         </is>
       </c>
       <c r="H92" t="inlineStr">
         <is>
-          <t>2031-04-08</t>
-[...10 lines deleted...]
-        </is>
+          <t>航天宏图</t>
+        </is>
+      </c>
+      <c r="I92" t="n">
+        <v>40.69</v>
+      </c>
+      <c r="J92" t="n">
+        <v>7.65</v>
       </c>
       <c r="K92" t="inlineStr">
         <is>
+          <t>BBB</t>
+        </is>
+      </c>
+      <c r="L92" t="inlineStr">
+        <is>
+          <t>10.087</t>
+        </is>
+      </c>
+      <c r="M92" t="inlineStr">
+        <is>
+          <t>2.849</t>
+        </is>
+      </c>
+      <c r="N92" t="inlineStr">
+        <is>
+          <t>2028-11-28</t>
+        </is>
+      </c>
+      <c r="O92" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="P92" t="inlineStr">
+        <is>
+          <t>53.222</t>
+        </is>
+      </c>
+      <c r="Q92" t="inlineStr">
+        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L92" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R92" t="n">
-        <v>15.83</v>
+        <v>80.04649999999999</v>
       </c>
       <c r="S92" t="n">
-        <v>19.4</v>
-[...1 lines deleted...]
-      <c r="T92" t="inlineStr"/>
+        <v>1.239</v>
+      </c>
+      <c r="T92" t="n">
+        <v>0.7433</v>
+      </c>
       <c r="U92" t="n">
-        <v>39.08</v>
+        <v>-13.93</v>
       </c>
       <c r="V92" t="n">
-        <v>34.01</v>
+        <v>-3.74</v>
       </c>
       <c r="W92" t="n">
-        <v>40.2</v>
-      </c>
+        <v>37.08</v>
+      </c>
+      <c r="X92" t="n">
+        <v>24.52</v>
+      </c>
+      <c r="Y92" t="n">
+        <v>26.86</v>
+      </c>
+      <c r="Z92" t="inlineStr"/>
+      <c r="AA92" t="inlineStr"/>
+      <c r="AB92" t="inlineStr"/>
     </row>
     <row r="93">
       <c r="A93" t="inlineStr">
         <is>
-          <t>123249</t>
+          <t>113627</t>
         </is>
       </c>
       <c r="B93" t="inlineStr">
         <is>
-          <t>英搏转债</t>
+          <t>太平转债</t>
         </is>
       </c>
       <c r="C93" t="inlineStr">
         <is>
-          <t>300681</t>
+          <t>128.093</t>
         </is>
       </c>
       <c r="D93" t="inlineStr">
         <is>
-          <t>英搏尔</t>
-[...2 lines deleted...]
-      <c r="E93" t="inlineStr">
+          <t>1.580</t>
+        </is>
+      </c>
+      <c r="E93" t="n">
+        <v>57.05</v>
+      </c>
+      <c r="F93" t="n">
+        <v>81.5613</v>
+      </c>
+      <c r="G93" t="inlineStr">
+        <is>
+          <t>603877</t>
+        </is>
+      </c>
+      <c r="H93" t="inlineStr">
+        <is>
+          <t>太平鸟</t>
+        </is>
+      </c>
+      <c r="I93" t="n">
+        <v>17.03</v>
+      </c>
+      <c r="J93" t="n">
+        <v>3.71</v>
+      </c>
+      <c r="K93" t="inlineStr">
         <is>
           <t>AA</t>
         </is>
       </c>
-      <c r="F93" t="inlineStr">
-[...14 lines deleted...]
-      <c r="I93" t="inlineStr">
+      <c r="L93" t="inlineStr">
+        <is>
+          <t>7.997</t>
+        </is>
+      </c>
+      <c r="M93" t="inlineStr">
+        <is>
+          <t>1.474</t>
+        </is>
+      </c>
+      <c r="N93" t="inlineStr">
+        <is>
+          <t>2027-07-15</t>
+        </is>
+      </c>
+      <c r="O93" t="inlineStr">
         <is>
           <t>110.00</t>
         </is>
       </c>
-      <c r="J93" t="inlineStr">
-[...25 lines deleted...]
-        <v>0.25</v>
+      <c r="P93" t="inlineStr">
+        <is>
+          <t>27.144</t>
+        </is>
+      </c>
+      <c r="Q93" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R93" t="n">
-        <v>31.19</v>
+        <v>42.6185</v>
       </c>
       <c r="S93" t="n">
-        <v>35.71</v>
-[...4 lines deleted...]
-      <c r="W93" t="inlineStr"/>
+        <v>2.4275</v>
+      </c>
+      <c r="T93" t="n">
+        <v>1.482</v>
+      </c>
+      <c r="U93" t="n">
+        <v>2.58</v>
+      </c>
+      <c r="V93" t="n">
+        <v>4.22</v>
+      </c>
+      <c r="W93" t="n">
+        <v>12.7</v>
+      </c>
+      <c r="X93" t="n">
+        <v>10.02</v>
+      </c>
+      <c r="Y93" t="n">
+        <v>11.11</v>
+      </c>
+      <c r="Z93" t="inlineStr"/>
+      <c r="AA93" t="inlineStr"/>
+      <c r="AB93" t="inlineStr"/>
     </row>
     <row r="94">
       <c r="A94" t="inlineStr">
         <is>
-          <t>123183</t>
+          <t>113644</t>
         </is>
       </c>
       <c r="B94" t="inlineStr">
         <is>
-          <t>海顺转债</t>
+          <t>艾迪转债</t>
         </is>
       </c>
       <c r="C94" t="inlineStr">
         <is>
-          <t>300501</t>
+          <t>154.384</t>
         </is>
       </c>
       <c r="D94" t="inlineStr">
         <is>
-          <t>海顺新材</t>
-[...2 lines deleted...]
-      <c r="E94" t="inlineStr">
+          <t>1.565</t>
+        </is>
+      </c>
+      <c r="E94" t="n">
+        <v>26.01</v>
+      </c>
+      <c r="F94" t="n">
+        <v>122.5201</v>
+      </c>
+      <c r="G94" t="inlineStr">
+        <is>
+          <t>603638</t>
+        </is>
+      </c>
+      <c r="H94" t="inlineStr">
+        <is>
+          <t>艾迪精密</t>
+        </is>
+      </c>
+      <c r="I94" t="n">
+        <v>22.85</v>
+      </c>
+      <c r="J94" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="K94" t="inlineStr">
         <is>
           <t>AA-</t>
         </is>
       </c>
-      <c r="F94" t="inlineStr">
-[...14 lines deleted...]
-      <c r="I94" t="inlineStr">
+      <c r="L94" t="inlineStr">
+        <is>
+          <t>9.999</t>
+        </is>
+      </c>
+      <c r="M94" t="inlineStr">
+        <is>
+          <t>2.227</t>
+        </is>
+      </c>
+      <c r="N94" t="inlineStr">
+        <is>
+          <t>2028-04-15</t>
+        </is>
+      </c>
+      <c r="O94" t="inlineStr">
         <is>
           <t>115.00</t>
         </is>
       </c>
-      <c r="J94" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K94" t="inlineStr">
+      <c r="P94" t="inlineStr">
+        <is>
+          <t>24.245</t>
+        </is>
+      </c>
+      <c r="Q94" t="inlineStr">
         <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L94" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R94" t="n">
-        <v>11.44</v>
+        <v>44.262</v>
       </c>
       <c r="S94" t="n">
-        <v>15.24</v>
+        <v>1.9122</v>
       </c>
       <c r="T94" t="n">
-        <v>15.7</v>
-[...3 lines deleted...]
-      <c r="W94" t="inlineStr"/>
+        <v>1.224</v>
+      </c>
+      <c r="U94" t="n">
+        <v>3.44</v>
+      </c>
+      <c r="V94" t="n">
+        <v>2.79</v>
+      </c>
+      <c r="W94" t="n">
+        <v>27.7</v>
+      </c>
+      <c r="X94" t="n">
+        <v>18.6</v>
+      </c>
+      <c r="Y94" t="n">
+        <v>16.06</v>
+      </c>
+      <c r="Z94" t="inlineStr"/>
+      <c r="AA94" t="inlineStr"/>
+      <c r="AB94" t="inlineStr"/>
     </row>
     <row r="95">
       <c r="A95" t="inlineStr">
         <is>
-          <t>113601</t>
+          <t>123168</t>
         </is>
       </c>
       <c r="B95" t="inlineStr">
         <is>
-          <t>塞力转债</t>
+          <t>惠云转债</t>
         </is>
       </c>
       <c r="C95" t="inlineStr">
         <is>
-          <t>603716</t>
+          <t>136.656</t>
         </is>
       </c>
       <c r="D95" t="inlineStr">
         <is>
-          <t>塞力医疗</t>
-[...10 lines deleted...]
-        </is>
+          <t>1.558</t>
+        </is>
+      </c>
+      <c r="E95" t="n">
+        <v>48.1</v>
+      </c>
+      <c r="F95" t="n">
+        <v>92.2719</v>
       </c>
       <c r="G95" t="inlineStr">
         <is>
-          <t>0.710</t>
+          <t>300891</t>
         </is>
       </c>
       <c r="H95" t="inlineStr">
         <is>
-          <t>2026-08-21</t>
-[...2 lines deleted...]
-      <c r="I95" t="inlineStr">
+          <t>惠云钛业</t>
+        </is>
+      </c>
+      <c r="I95" t="n">
+        <v>9.91</v>
+      </c>
+      <c r="J95" t="n">
+        <v>1.75</v>
+      </c>
+      <c r="K95" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="L95" t="inlineStr">
+        <is>
+          <t>4.899</t>
+        </is>
+      </c>
+      <c r="M95" t="inlineStr">
+        <is>
+          <t>2.836</t>
+        </is>
+      </c>
+      <c r="N95" t="inlineStr">
+        <is>
+          <t>2028-11-23</t>
+        </is>
+      </c>
+      <c r="O95" t="inlineStr">
         <is>
           <t>115.00</t>
         </is>
       </c>
-      <c r="J95" t="inlineStr">
-[...25 lines deleted...]
-        <v>-1.54</v>
+      <c r="P95" t="inlineStr">
+        <is>
+          <t>13.962</t>
+        </is>
+      </c>
+      <c r="Q95" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R95" t="n">
-        <v>37.96</v>
+        <v>56.4457</v>
       </c>
       <c r="S95" t="n">
-        <v>78.31</v>
+        <v>1.2458</v>
       </c>
       <c r="T95" t="n">
-        <v>52.76</v>
-[...3 lines deleted...]
-      <c r="W95" t="inlineStr"/>
+        <v>0.8298</v>
+      </c>
+      <c r="U95" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="V95" t="n">
+        <v>0.41</v>
+      </c>
+      <c r="W95" t="n">
+        <v>11.41</v>
+      </c>
+      <c r="X95" t="n">
+        <v>12.07</v>
+      </c>
+      <c r="Y95" t="n">
+        <v>19.84</v>
+      </c>
+      <c r="Z95" t="inlineStr"/>
+      <c r="AA95" t="inlineStr"/>
+      <c r="AB95" t="inlineStr"/>
     </row>
     <row r="96">
       <c r="A96" t="inlineStr">
         <is>
-          <t>113640</t>
+          <t>118035</t>
         </is>
       </c>
       <c r="B96" t="inlineStr">
         <is>
-          <t>苏利转债</t>
+          <t>国力转债</t>
         </is>
       </c>
       <c r="C96" t="inlineStr">
         <is>
-          <t>603585</t>
+          <t>158.636</t>
         </is>
       </c>
       <c r="D96" t="inlineStr">
         <is>
-          <t>苏利股份</t>
-[...10 lines deleted...]
-        </is>
+          <t>1.549</t>
+        </is>
+      </c>
+      <c r="E96" t="n">
+        <v>44.64</v>
+      </c>
+      <c r="F96" t="n">
+        <v>109.6738</v>
       </c>
       <c r="G96" t="inlineStr">
         <is>
-          <t>2.200</t>
+          <t>688103</t>
         </is>
       </c>
       <c r="H96" t="inlineStr">
         <is>
-          <t>2028-02-16</t>
-[...2 lines deleted...]
-      <c r="I96" t="inlineStr">
+          <t>国力电子</t>
+        </is>
+      </c>
+      <c r="I96" t="n">
+        <v>68.59</v>
+      </c>
+      <c r="J96" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="K96" t="inlineStr">
+        <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="L96" t="inlineStr">
+        <is>
+          <t>4.800</t>
+        </is>
+      </c>
+      <c r="M96" t="inlineStr">
+        <is>
+          <t>3.386</t>
+        </is>
+      </c>
+      <c r="N96" t="inlineStr">
+        <is>
+          <t>2029-06-12</t>
+        </is>
+      </c>
+      <c r="O96" t="inlineStr">
         <is>
           <t>115.00</t>
         </is>
       </c>
-      <c r="J96" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K96" t="inlineStr">
+      <c r="P96" t="inlineStr">
+        <is>
+          <t>81.302</t>
+        </is>
+      </c>
+      <c r="Q96" t="inlineStr">
         <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L96" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R96" t="n">
-        <v>17.02</v>
+        <v>54.9825</v>
       </c>
       <c r="S96" t="n">
-        <v>18.75</v>
+        <v>2.2168</v>
       </c>
       <c r="T96" t="n">
-        <v>23.08</v>
-[...3 lines deleted...]
-      <c r="W96" t="inlineStr"/>
+        <v>1.8282</v>
+      </c>
+      <c r="U96" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="V96" t="n">
+        <v>0.64</v>
+      </c>
+      <c r="W96" t="n">
+        <v>29.76</v>
+      </c>
+      <c r="X96" t="n">
+        <v>24.16</v>
+      </c>
+      <c r="Y96" t="n">
+        <v>20.64</v>
+      </c>
+      <c r="Z96" t="inlineStr"/>
+      <c r="AA96" t="inlineStr"/>
+      <c r="AB96" t="inlineStr"/>
     </row>
     <row r="97">
       <c r="A97" t="inlineStr">
         <is>
-          <t>111020</t>
+          <t>110094</t>
         </is>
       </c>
       <c r="B97" t="inlineStr">
         <is>
-          <t>合顺转债</t>
+          <t>众和转债</t>
         </is>
       </c>
       <c r="C97" t="inlineStr">
         <is>
-          <t>605166</t>
+          <t>140.415</t>
         </is>
       </c>
       <c r="D97" t="inlineStr">
         <is>
-          <t>聚合顺</t>
-[...10 lines deleted...]
-        </is>
+          <t>1.525</t>
+        </is>
+      </c>
+      <c r="E97" t="n">
+        <v>1.94</v>
+      </c>
+      <c r="F97" t="n">
+        <v>137.7444</v>
       </c>
       <c r="G97" t="inlineStr">
         <is>
-          <t>4.630</t>
+          <t>600888</t>
         </is>
       </c>
       <c r="H97" t="inlineStr">
         <is>
-          <t>2030-07-22</t>
-[...10 lines deleted...]
-        </is>
+          <t>新疆众和</t>
+        </is>
+      </c>
+      <c r="I97" t="n">
+        <v>9.16</v>
+      </c>
+      <c r="J97" t="n">
+        <v>2.81</v>
       </c>
       <c r="K97" t="inlineStr">
         <is>
-          <t>0/15 | 30</t>
-[...18 lines deleted...]
-        <v>2.42</v>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="L97" t="inlineStr">
+        <is>
+          <t>9.943</t>
+        </is>
+      </c>
+      <c r="M97" t="inlineStr">
+        <is>
+          <t>3.485</t>
+        </is>
+      </c>
+      <c r="N97" t="inlineStr">
+        <is>
+          <t>2029-07-18</t>
+        </is>
+      </c>
+      <c r="O97" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="P97" t="inlineStr">
+        <is>
+          <t>8.645</t>
+        </is>
+      </c>
+      <c r="Q97" t="inlineStr">
+        <is>
+          <t>7/15 | 30</t>
+        </is>
       </c>
       <c r="R97" t="n">
-        <v>13.87</v>
+        <v>37.8972</v>
       </c>
       <c r="S97" t="n">
-        <v>16.6</v>
-[...4 lines deleted...]
-      <c r="W97" t="inlineStr"/>
+        <v>1.7782</v>
+      </c>
+      <c r="T97" t="n">
+        <v>1.3318</v>
+      </c>
+      <c r="U97" t="n">
+        <v>12.03</v>
+      </c>
+      <c r="V97" t="n">
+        <v>15.61</v>
+      </c>
+      <c r="W97" t="n">
+        <v>30.03</v>
+      </c>
+      <c r="X97" t="n">
+        <v>24.14</v>
+      </c>
+      <c r="Y97" t="n">
+        <v>18.9</v>
+      </c>
+      <c r="Z97" t="inlineStr"/>
+      <c r="AA97" t="inlineStr"/>
+      <c r="AB97" t="inlineStr"/>
     </row>
     <row r="98">
       <c r="A98" t="inlineStr">
         <is>
-          <t>127049</t>
+          <t>113051</t>
         </is>
       </c>
       <c r="B98" t="inlineStr">
         <is>
-          <t>希望转2</t>
+          <t>节能转债</t>
         </is>
       </c>
       <c r="C98" t="inlineStr">
         <is>
-          <t>000876</t>
+          <t>128.639</t>
         </is>
       </c>
       <c r="D98" t="inlineStr">
         <is>
-          <t>新 希 望</t>
-[...10 lines deleted...]
-        </is>
+          <t>1.514</t>
+        </is>
+      </c>
+      <c r="E98" t="n">
+        <v>31.81</v>
+      </c>
+      <c r="F98" t="n">
+        <v>97.5976</v>
       </c>
       <c r="G98" t="inlineStr">
         <is>
-          <t>1.910</t>
+          <t>601016</t>
         </is>
       </c>
       <c r="H98" t="inlineStr">
         <is>
-          <t>2027-11-02</t>
-[...10 lines deleted...]
-        </is>
+          <t>节能风电</t>
+        </is>
+      </c>
+      <c r="I98" t="n">
+        <v>3.25</v>
+      </c>
+      <c r="J98" t="n">
+        <v>3.83</v>
       </c>
       <c r="K98" t="inlineStr">
         <is>
-          <t>0/15 | 30</t>
-[...18 lines deleted...]
-        <v>-14.6</v>
+          <t>AA+</t>
+        </is>
+      </c>
+      <c r="L98" t="inlineStr">
+        <is>
+          <t>29.985</t>
+        </is>
+      </c>
+      <c r="M98" t="inlineStr">
+        <is>
+          <t>1.408</t>
+        </is>
+      </c>
+      <c r="N98" t="inlineStr">
+        <is>
+          <t>2027-06-21</t>
+        </is>
+      </c>
+      <c r="O98" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="P98" t="inlineStr">
+        <is>
+          <t>4.329</t>
+        </is>
+      </c>
+      <c r="Q98" t="inlineStr">
+        <is>
+          <t>0/15 | 30 2023-01-18 重新计</t>
+        </is>
       </c>
       <c r="R98" t="n">
-        <v>9.130000000000001</v>
+        <v>58.6898</v>
       </c>
       <c r="S98" t="n">
-        <v>11.95</v>
+        <v>2.8394</v>
       </c>
       <c r="T98" t="n">
-        <v>16.05</v>
-[...3 lines deleted...]
-      <c r="W98" t="inlineStr"/>
+        <v>2.8089</v>
+      </c>
+      <c r="U98" t="n">
+        <v>13.3</v>
+      </c>
+      <c r="V98" t="n">
+        <v>15.12</v>
+      </c>
+      <c r="W98" t="n">
+        <v>8.24</v>
+      </c>
+      <c r="X98" t="n">
+        <v>9.58</v>
+      </c>
+      <c r="Y98" t="n">
+        <v>11.2</v>
+      </c>
+      <c r="Z98" t="inlineStr"/>
+      <c r="AA98" t="inlineStr"/>
+      <c r="AB98" t="inlineStr"/>
     </row>
     <row r="99">
       <c r="A99" t="inlineStr">
         <is>
-          <t>127022</t>
+          <t>118054</t>
         </is>
       </c>
       <c r="B99" t="inlineStr">
         <is>
-          <t>恒逸转债</t>
+          <t>安集转债</t>
         </is>
       </c>
       <c r="C99" t="inlineStr">
         <is>
-          <t>000703</t>
+          <t>284.142</t>
         </is>
       </c>
       <c r="D99" t="inlineStr">
         <is>
-          <t>恒逸石化</t>
-[...10 lines deleted...]
-        </is>
+          <t>1.514</t>
+        </is>
+      </c>
+      <c r="E99" t="n">
+        <v>24.05</v>
+      </c>
+      <c r="F99" t="n">
+        <v>229.0598</v>
       </c>
       <c r="G99" t="inlineStr">
         <is>
-          <t>0.863</t>
+          <t>688019</t>
         </is>
       </c>
       <c r="H99" t="inlineStr">
         <is>
-          <t>2026-10-16</t>
-[...10 lines deleted...]
-        </is>
+          <t>安集科技</t>
+        </is>
+      </c>
+      <c r="I99" t="n">
+        <v>294.8</v>
+      </c>
+      <c r="J99" t="n">
+        <v>3.49</v>
       </c>
       <c r="K99" t="inlineStr">
         <is>
-          <t>0/15 | 30</t>
-[...18 lines deleted...]
-        <v>-10.8</v>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="L99" t="inlineStr">
+        <is>
+          <t>8.289</t>
+        </is>
+      </c>
+      <c r="M99" t="inlineStr">
+        <is>
+          <t>5.206</t>
+        </is>
+      </c>
+      <c r="N99" t="inlineStr">
+        <is>
+          <t>2031-04-07</t>
+        </is>
+      </c>
+      <c r="O99" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="P99" t="inlineStr">
+        <is>
+          <t>167.310</t>
+        </is>
+      </c>
+      <c r="Q99" t="inlineStr">
+        <is>
+          <t>!</t>
+        </is>
       </c>
       <c r="R99" t="n">
-        <v>19.05</v>
+        <v>30.16</v>
       </c>
       <c r="S99" t="n">
-        <v>16.81</v>
+        <v>7.3139</v>
       </c>
       <c r="T99" t="n">
-        <v>10.74</v>
+        <v>5.2111</v>
       </c>
       <c r="U99" t="n">
-        <v>42.13</v>
+        <v>5.34</v>
       </c>
       <c r="V99" t="n">
-        <v>30.1</v>
+        <v>4.03</v>
       </c>
       <c r="W99" t="n">
-        <v>27.66</v>
-      </c>
+        <v>49.98</v>
+      </c>
+      <c r="X99" t="n">
+        <v>46.11</v>
+      </c>
+      <c r="Y99" t="inlineStr"/>
+      <c r="Z99" t="inlineStr"/>
+      <c r="AA99" t="inlineStr"/>
+      <c r="AB99" t="inlineStr"/>
     </row>
     <row r="100">
       <c r="A100" t="inlineStr">
         <is>
-          <t>123239</t>
+          <t>110090</t>
         </is>
       </c>
       <c r="B100" t="inlineStr">
         <is>
-          <t>锋工转债</t>
+          <t>爱迪转债</t>
         </is>
       </c>
       <c r="C100" t="inlineStr">
         <is>
-          <t>300488</t>
+          <t>149.671</t>
         </is>
       </c>
       <c r="D100" t="inlineStr">
         <is>
-          <t>恒锋工具</t>
-[...10 lines deleted...]
-        </is>
+          <t>1.486</t>
+        </is>
+      </c>
+      <c r="E100" t="n">
+        <v>28.2</v>
+      </c>
+      <c r="F100" t="n">
+        <v>116.7521</v>
       </c>
       <c r="G100" t="inlineStr">
         <is>
-          <t>4.123</t>
+          <t>600933</t>
         </is>
       </c>
       <c r="H100" t="inlineStr">
         <is>
-          <t>2030-01-18</t>
-[...10 lines deleted...]
-        </is>
+          <t>爱柯迪</t>
+        </is>
+      </c>
+      <c r="I100" t="n">
+        <v>20.49</v>
+      </c>
+      <c r="J100" t="n">
+        <v>2.6</v>
       </c>
       <c r="K100" t="inlineStr">
         <is>
-          <t>!</t>
-[...18 lines deleted...]
-        <v>1.12</v>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="L100" t="inlineStr">
+        <is>
+          <t>15.696</t>
+        </is>
+      </c>
+      <c r="M100" t="inlineStr">
+        <is>
+          <t>2.669</t>
+        </is>
+      </c>
+      <c r="N100" t="inlineStr">
+        <is>
+          <t>2028-09-23</t>
+        </is>
+      </c>
+      <c r="O100" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="P100" t="inlineStr">
+        <is>
+          <t>22.815</t>
+        </is>
+      </c>
+      <c r="Q100" t="inlineStr">
+        <is>
+          <t>0/15 | 30 2024-04-11 重新计</t>
+        </is>
       </c>
       <c r="R100" t="n">
-        <v>28.12</v>
+        <v>42.2626</v>
       </c>
       <c r="S100" t="n">
-        <v>31.61</v>
+        <v>1.8215</v>
       </c>
       <c r="T100" t="n">
-        <v>39.78</v>
-[...3 lines deleted...]
-      <c r="W100" t="inlineStr"/>
+        <v>1.5018</v>
+      </c>
+      <c r="U100" t="n">
+        <v>9.4</v>
+      </c>
+      <c r="V100" t="n">
+        <v>9.130000000000001</v>
+      </c>
+      <c r="W100" t="n">
+        <v>15.41</v>
+      </c>
+      <c r="X100" t="n">
+        <v>20.38</v>
+      </c>
+      <c r="Y100" t="n">
+        <v>24.87</v>
+      </c>
+      <c r="Z100" t="inlineStr"/>
+      <c r="AA100" t="inlineStr"/>
+      <c r="AB100" t="inlineStr"/>
     </row>
     <row r="101">
       <c r="A101" t="inlineStr">
         <is>
-          <t>123131</t>
+          <t>127059</t>
         </is>
       </c>
       <c r="B101" t="inlineStr">
         <is>
-          <t>奥飞转债</t>
+          <t>永东转2</t>
         </is>
       </c>
       <c r="C101" t="inlineStr">
         <is>
-          <t>300738</t>
+          <t>135.954</t>
         </is>
       </c>
       <c r="D101" t="inlineStr">
         <is>
-          <t>奥飞数据</t>
-[...10 lines deleted...]
-        </is>
+          <t>1.458</t>
+        </is>
+      </c>
+      <c r="E101" t="n">
+        <v>43.33</v>
+      </c>
+      <c r="F101" t="n">
+        <v>94.85290000000001</v>
       </c>
       <c r="G101" t="inlineStr">
         <is>
-          <t>1.995</t>
+          <t>002753</t>
         </is>
       </c>
       <c r="H101" t="inlineStr">
         <is>
-          <t>2027-12-03</t>
-[...2 lines deleted...]
-      <c r="I101" t="inlineStr">
+          <t>永东股份</t>
+        </is>
+      </c>
+      <c r="I101" t="n">
+        <v>7.74</v>
+      </c>
+      <c r="J101" t="n">
+        <v>1.71</v>
+      </c>
+      <c r="K101" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="L101" t="inlineStr">
+        <is>
+          <t>3.791</t>
+        </is>
+      </c>
+      <c r="M101" t="inlineStr">
+        <is>
+          <t>2.208</t>
+        </is>
+      </c>
+      <c r="N101" t="inlineStr">
+        <is>
+          <t>2028-04-08</t>
+        </is>
+      </c>
+      <c r="O101" t="inlineStr">
         <is>
           <t>115.00</t>
         </is>
       </c>
-      <c r="J101" t="inlineStr">
-[...25 lines deleted...]
-        <v>1.66</v>
+      <c r="P101" t="inlineStr">
+        <is>
+          <t>10.608</t>
+        </is>
+      </c>
+      <c r="Q101" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R101" t="n">
-        <v>37.08</v>
+        <v>30.7389</v>
       </c>
       <c r="S101" t="n">
-        <v>47.13</v>
+        <v>4.725</v>
       </c>
       <c r="T101" t="n">
-        <v>49</v>
-[...3 lines deleted...]
-      <c r="W101" t="inlineStr"/>
+        <v>3.4207</v>
+      </c>
+      <c r="U101" t="n">
+        <v>1.11</v>
+      </c>
+      <c r="V101" t="n">
+        <v>1.01</v>
+      </c>
+      <c r="W101" t="n">
+        <v>9</v>
+      </c>
+      <c r="X101" t="n">
+        <v>11.64</v>
+      </c>
+      <c r="Y101" t="n">
+        <v>14.41</v>
+      </c>
+      <c r="Z101" t="inlineStr"/>
+      <c r="AA101" t="inlineStr"/>
+      <c r="AB101" t="inlineStr"/>
     </row>
     <row r="102">
       <c r="A102" t="inlineStr">
         <is>
-          <t>127053</t>
+          <t>123157</t>
         </is>
       </c>
       <c r="B102" t="inlineStr">
         <is>
-          <t>豪美转债</t>
+          <t>科蓝转债</t>
         </is>
       </c>
       <c r="C102" t="inlineStr">
         <is>
-          <t>002988</t>
+          <t>155.879</t>
         </is>
       </c>
       <c r="D102" t="inlineStr">
         <is>
-          <t>豪美新材</t>
-[...10 lines deleted...]
-        </is>
+          <t>1.460</t>
+        </is>
+      </c>
+      <c r="E102" t="n">
+        <v>33.46</v>
+      </c>
+      <c r="F102" t="n">
+        <v>116.802</v>
       </c>
       <c r="G102" t="inlineStr">
         <is>
-          <t>2.137</t>
+          <t>300663</t>
         </is>
       </c>
       <c r="H102" t="inlineStr">
         <is>
-          <t>2028-01-24</t>
-[...10 lines deleted...]
-        </is>
+          <t>科蓝软件</t>
+        </is>
+      </c>
+      <c r="I102" t="n">
+        <v>18.7</v>
+      </c>
+      <c r="J102" t="n">
+        <v>1.52</v>
       </c>
       <c r="K102" t="inlineStr">
         <is>
-          <t>!</t>
-[...18 lines deleted...]
-        <v>-1.11</v>
+          <t>A</t>
+        </is>
+      </c>
+      <c r="L102" t="inlineStr">
+        <is>
+          <t>2.340</t>
+        </is>
+      </c>
+      <c r="M102" t="inlineStr">
+        <is>
+          <t>2.603</t>
+        </is>
+      </c>
+      <c r="N102" t="inlineStr">
+        <is>
+          <t>2028-08-30</t>
+        </is>
+      </c>
+      <c r="O102" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="P102" t="inlineStr">
+        <is>
+          <t>20.813</t>
+        </is>
+      </c>
+      <c r="Q102" t="inlineStr">
+        <is>
+          <t>0/15 | 30 2025-01-31 重新计</t>
+        </is>
       </c>
       <c r="R102" t="n">
-        <v>60.92</v>
+        <v>64.59780000000001</v>
       </c>
       <c r="S102" t="n">
-        <v>54.5</v>
+        <v>2.0417</v>
       </c>
       <c r="T102" t="n">
-        <v>39.44</v>
-[...3 lines deleted...]
-      <c r="W102" t="inlineStr"/>
+        <v>1.2087</v>
+      </c>
+      <c r="U102" t="n">
+        <v>-5.35</v>
+      </c>
+      <c r="V102" t="n">
+        <v>-1.23</v>
+      </c>
+      <c r="W102" t="n">
+        <v>25.54</v>
+      </c>
+      <c r="X102" t="n">
+        <v>18.23</v>
+      </c>
+      <c r="Y102" t="n">
+        <v>41.54</v>
+      </c>
+      <c r="Z102" t="inlineStr"/>
+      <c r="AA102" t="inlineStr"/>
+      <c r="AB102" t="inlineStr"/>
     </row>
     <row r="103">
       <c r="A103" t="inlineStr">
         <is>
-          <t>123252</t>
+          <t>127075</t>
         </is>
       </c>
       <c r="B103" t="inlineStr">
         <is>
-          <t>银邦转债</t>
+          <t>百川转2</t>
         </is>
       </c>
       <c r="C103" t="inlineStr">
         <is>
-          <t>300337</t>
+          <t>132.149</t>
         </is>
       </c>
       <c r="D103" t="inlineStr">
         <is>
-          <t>银邦股份</t>
-[...10 lines deleted...]
-        </is>
+          <t>1.463</t>
+        </is>
+      </c>
+      <c r="E103" t="n">
+        <v>34.11</v>
+      </c>
+      <c r="F103" t="n">
+        <v>98.53919999999999</v>
       </c>
       <c r="G103" t="inlineStr">
         <is>
-          <t>5.090</t>
+          <t>002455</t>
         </is>
       </c>
       <c r="H103" t="inlineStr">
         <is>
-          <t>2031-01-06</t>
-[...10 lines deleted...]
-        </is>
+          <t>百川股份</t>
+        </is>
+      </c>
+      <c r="I103" t="n">
+        <v>7.42</v>
+      </c>
+      <c r="J103" t="n">
+        <v>2.2</v>
       </c>
       <c r="K103" t="inlineStr">
         <is>
-          <t>0/15 | 30</t>
-[...18 lines deleted...]
-        <v>0.67</v>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="L103" t="inlineStr">
+        <is>
+          <t>9.667</t>
+        </is>
+      </c>
+      <c r="M103" t="inlineStr">
+        <is>
+          <t>2.740</t>
+        </is>
+      </c>
+      <c r="N103" t="inlineStr">
+        <is>
+          <t>2028-10-19</t>
+        </is>
+      </c>
+      <c r="O103" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="P103" t="inlineStr">
+        <is>
+          <t>9.789</t>
+        </is>
+      </c>
+      <c r="Q103" t="inlineStr">
+        <is>
+          <t>0/20 | 30</t>
+        </is>
       </c>
       <c r="R103" t="n">
-        <v>10.59</v>
+        <v>82.5872</v>
       </c>
       <c r="S103" t="n">
-        <v>15.19</v>
-[...4 lines deleted...]
-      <c r="W103" t="inlineStr"/>
+        <v>0.4454</v>
+      </c>
+      <c r="T103" t="n">
+        <v>0.2262</v>
+      </c>
+      <c r="U103" t="n">
+        <v>1.09</v>
+      </c>
+      <c r="V103" t="n">
+        <v>-4.66</v>
+      </c>
+      <c r="W103" t="n">
+        <v>9.99</v>
+      </c>
+      <c r="X103" t="n">
+        <v>14.23</v>
+      </c>
+      <c r="Y103" t="n">
+        <v>20.2</v>
+      </c>
+      <c r="Z103" t="inlineStr"/>
+      <c r="AA103" t="inlineStr"/>
+      <c r="AB103" t="inlineStr"/>
     </row>
     <row r="104">
       <c r="A104" t="inlineStr">
         <is>
-          <t>123246</t>
+          <t>123064</t>
         </is>
       </c>
       <c r="B104" t="inlineStr">
         <is>
-          <t>远信转债</t>
+          <t>万孚转债</t>
         </is>
       </c>
       <c r="C104" t="inlineStr">
         <is>
-          <t>301053</t>
+          <t>132.864</t>
         </is>
       </c>
       <c r="D104" t="inlineStr">
         <is>
-          <t>远信工业</t>
-[...10 lines deleted...]
-        </is>
+          <t>1.445</t>
+        </is>
+      </c>
+      <c r="E104" t="n">
+        <v>27.49</v>
+      </c>
+      <c r="F104" t="n">
+        <v>104.218</v>
       </c>
       <c r="G104" t="inlineStr">
         <is>
-          <t>4.699</t>
+          <t>300482</t>
         </is>
       </c>
       <c r="H104" t="inlineStr">
         <is>
-          <t>2030-08-16</t>
-[...10 lines deleted...]
-        </is>
+          <t>万孚生物</t>
+        </is>
+      </c>
+      <c r="I104" t="n">
+        <v>21.99</v>
+      </c>
+      <c r="J104" t="n">
+        <v>2.61</v>
       </c>
       <c r="K104" t="inlineStr">
         <is>
-          <t>!</t>
-[...18 lines deleted...]
-        <v>0.74</v>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="L104" t="inlineStr">
+        <is>
+          <t>5.977</t>
+        </is>
+      </c>
+      <c r="M104" t="inlineStr">
+        <is>
+          <t>0.606</t>
+        </is>
+      </c>
+      <c r="N104" t="inlineStr">
+        <is>
+          <t>2026-09-01</t>
+        </is>
+      </c>
+      <c r="O104" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="P104" t="inlineStr">
+        <is>
+          <t>27.430</t>
+        </is>
+      </c>
+      <c r="Q104" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R104" t="n">
-        <v>24.37</v>
+        <v>16.4153</v>
       </c>
       <c r="S104" t="n">
-        <v>28.23</v>
-[...4 lines deleted...]
-      <c r="W104" t="inlineStr"/>
+        <v>7.776</v>
+      </c>
+      <c r="T104" t="n">
+        <v>6.9534</v>
+      </c>
+      <c r="U104" t="n">
+        <v>5.62</v>
+      </c>
+      <c r="V104" t="n">
+        <v>4.88</v>
+      </c>
+      <c r="W104" t="n">
+        <v>10.4</v>
+      </c>
+      <c r="X104" t="n">
+        <v>11.39</v>
+      </c>
+      <c r="Y104" t="n">
+        <v>12.18</v>
+      </c>
+      <c r="Z104" t="inlineStr"/>
+      <c r="AA104" t="inlineStr"/>
+      <c r="AB104" t="inlineStr"/>
     </row>
     <row r="105">
       <c r="A105" t="inlineStr">
         <is>
-          <t>127078</t>
+          <t>127105</t>
         </is>
       </c>
       <c r="B105" t="inlineStr">
         <is>
-          <t>优彩转债</t>
+          <t>龙星转债</t>
         </is>
       </c>
       <c r="C105" t="inlineStr">
         <is>
-          <t>002998</t>
+          <t>140.199</t>
         </is>
       </c>
       <c r="D105" t="inlineStr">
         <is>
-          <t>优彩资源</t>
-[...10 lines deleted...]
-        </is>
+          <t>1.446</t>
+        </is>
+      </c>
+      <c r="E105" t="n">
+        <v>25.29</v>
+      </c>
+      <c r="F105" t="n">
+        <v>111.8966</v>
       </c>
       <c r="G105" t="inlineStr">
         <is>
-          <t>3.027</t>
+          <t>002442</t>
         </is>
       </c>
       <c r="H105" t="inlineStr">
         <is>
-          <t>2028-12-14</t>
-[...2 lines deleted...]
-      <c r="I105" t="inlineStr">
+          <t>龙星科技</t>
+        </is>
+      </c>
+      <c r="I105" t="n">
+        <v>6.49</v>
+      </c>
+      <c r="J105" t="n">
+        <v>0.46</v>
+      </c>
+      <c r="K105" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="L105" t="inlineStr">
+        <is>
+          <t>7.540</t>
+        </is>
+      </c>
+      <c r="M105" t="inlineStr">
+        <is>
+          <t>4.025</t>
+        </is>
+      </c>
+      <c r="N105" t="inlineStr">
+        <is>
+          <t>2030-01-31</t>
+        </is>
+      </c>
+      <c r="O105" t="inlineStr">
         <is>
           <t>115.00</t>
         </is>
       </c>
-      <c r="J105" t="inlineStr">
-[...25 lines deleted...]
-        <v>0.78</v>
+      <c r="P105" t="inlineStr">
+        <is>
+          <t>7.540</t>
+        </is>
+      </c>
+      <c r="Q105" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R105" t="n">
-        <v>26.07</v>
+        <v>59.1077</v>
       </c>
       <c r="S105" t="n">
-        <v>23.18</v>
+        <v>1.9138</v>
       </c>
       <c r="T105" t="n">
-        <v>33.09</v>
-[...3 lines deleted...]
-      <c r="W105" t="inlineStr"/>
+        <v>1.4789</v>
+      </c>
+      <c r="U105" t="n">
+        <v>1.42</v>
+      </c>
+      <c r="V105" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="W105" t="n">
+        <v>12.23</v>
+      </c>
+      <c r="X105" t="n">
+        <v>11.66</v>
+      </c>
+      <c r="Y105" t="n">
+        <v>18.41</v>
+      </c>
+      <c r="Z105" t="inlineStr"/>
+      <c r="AA105" t="inlineStr"/>
+      <c r="AB105" t="inlineStr"/>
     </row>
     <row r="106">
       <c r="A106" t="inlineStr">
         <is>
-          <t>111005</t>
+          <t>127067</t>
         </is>
       </c>
       <c r="B106" t="inlineStr">
         <is>
-          <t>富春转债</t>
+          <t>恒逸转2</t>
         </is>
       </c>
       <c r="C106" t="inlineStr">
         <is>
-          <t>605189</t>
+          <t>140.480</t>
         </is>
       </c>
       <c r="D106" t="inlineStr">
         <is>
-          <t>富春染织</t>
-[...10 lines deleted...]
-        </is>
+          <t>1.453</t>
+        </is>
+      </c>
+      <c r="E106" t="n">
+        <v>24.51</v>
+      </c>
+      <c r="F106" t="n">
+        <v>112.8255</v>
       </c>
       <c r="G106" t="inlineStr">
         <is>
-          <t>2.551</t>
+          <t>000703</t>
         </is>
       </c>
       <c r="H106" t="inlineStr">
         <is>
-          <t>2028-06-23</t>
-[...10 lines deleted...]
-        </is>
+          <t>恒逸石化</t>
+        </is>
+      </c>
+      <c r="I106" t="n">
+        <v>11.7</v>
+      </c>
+      <c r="J106" t="n">
+        <v>2.01</v>
       </c>
       <c r="K106" t="inlineStr">
         <is>
-          <t>!</t>
-[...18 lines deleted...]
-        <v>1.63</v>
+          <t>AA+</t>
+        </is>
+      </c>
+      <c r="L106" t="inlineStr">
+        <is>
+          <t>29.996</t>
+        </is>
+      </c>
+      <c r="M106" t="inlineStr">
+        <is>
+          <t>2.493</t>
+        </is>
+      </c>
+      <c r="N106" t="inlineStr">
+        <is>
+          <t>2028-07-21</t>
+        </is>
+      </c>
+      <c r="O106" t="inlineStr">
+        <is>
+          <t>109.00</t>
+        </is>
+      </c>
+      <c r="P106" t="inlineStr">
+        <is>
+          <t>13.481</t>
+        </is>
+      </c>
+      <c r="Q106" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R106" t="n">
-        <v>41.34</v>
+        <v>72.6872</v>
       </c>
       <c r="S106" t="n">
-        <v>37.27</v>
+        <v>0.6179</v>
       </c>
       <c r="T106" t="n">
-        <v>26.45</v>
-[...3 lines deleted...]
-      <c r="W106" t="inlineStr"/>
+        <v>0.3743</v>
+      </c>
+      <c r="U106" t="n">
+        <v>2.34</v>
+      </c>
+      <c r="V106" t="n">
+        <v>4.35</v>
+      </c>
+      <c r="W106" t="n">
+        <v>16.99</v>
+      </c>
+      <c r="X106" t="n">
+        <v>14.83</v>
+      </c>
+      <c r="Y106" t="n">
+        <v>13.99</v>
+      </c>
+      <c r="Z106" t="inlineStr"/>
+      <c r="AA106" t="inlineStr"/>
+      <c r="AB106" t="inlineStr"/>
     </row>
     <row r="107">
       <c r="A107" t="inlineStr">
         <is>
-          <t>123114</t>
+          <t>127061</t>
         </is>
       </c>
       <c r="B107" t="inlineStr">
         <is>
-          <t>三角转债</t>
+          <t>美锦转债</t>
         </is>
       </c>
       <c r="C107" t="inlineStr">
         <is>
-          <t>300775</t>
+          <t>124.899</t>
         </is>
       </c>
       <c r="D107" t="inlineStr">
         <is>
-          <t>三角防务</t>
-[...10 lines deleted...]
-        </is>
+          <t>1.438</t>
+        </is>
+      </c>
+      <c r="E107" t="n">
+        <v>31.92</v>
+      </c>
+      <c r="F107" t="n">
+        <v>94.6768</v>
       </c>
       <c r="G107" t="inlineStr">
         <is>
-          <t>1.469</t>
+          <t>000723</t>
         </is>
       </c>
       <c r="H107" t="inlineStr">
         <is>
-          <t>2027-05-25</t>
-[...10 lines deleted...]
-        </is>
+          <t>美锦能源</t>
+        </is>
+      </c>
+      <c r="I107" t="n">
+        <v>4.98</v>
+      </c>
+      <c r="J107" t="n">
+        <v>2.26</v>
       </c>
       <c r="K107" t="inlineStr">
         <is>
-          <t>0/20 | 30 2023-01-26 重新计</t>
-[...18 lines deleted...]
-        <v>6.25</v>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="L107" t="inlineStr">
+        <is>
+          <t>27.890</t>
+        </is>
+      </c>
+      <c r="M107" t="inlineStr">
+        <is>
+          <t>2.241</t>
+        </is>
+      </c>
+      <c r="N107" t="inlineStr">
+        <is>
+          <t>2028-04-20</t>
+        </is>
+      </c>
+      <c r="O107" t="inlineStr">
+        <is>
+          <t>118.00</t>
+        </is>
+      </c>
+      <c r="P107" t="inlineStr">
+        <is>
+          <t>6.838</t>
+        </is>
+      </c>
+      <c r="Q107" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R107" t="n">
-        <v>31.97</v>
+        <v>65.3219</v>
       </c>
       <c r="S107" t="n">
-        <v>20.69</v>
+        <v>0.4366</v>
       </c>
       <c r="T107" t="n">
-        <v>18.12</v>
-[...3 lines deleted...]
-      <c r="W107" t="inlineStr"/>
+        <v>0.3846</v>
+      </c>
+      <c r="U107" t="n">
+        <v>-11.43</v>
+      </c>
+      <c r="V107" t="n">
+        <v>2.89</v>
+      </c>
+      <c r="W107" t="n">
+        <v>14.77</v>
+      </c>
+      <c r="X107" t="n">
+        <v>15.2</v>
+      </c>
+      <c r="Y107" t="n">
+        <v>20.38</v>
+      </c>
+      <c r="Z107" t="inlineStr"/>
+      <c r="AA107" t="inlineStr"/>
+      <c r="AB107" t="inlineStr"/>
     </row>
     <row r="108">
       <c r="A108" t="inlineStr">
         <is>
-          <t>123107</t>
+          <t>111000</t>
         </is>
       </c>
       <c r="B108" t="inlineStr">
         <is>
-          <t>温氏转债</t>
+          <t>起帆转债</t>
         </is>
       </c>
       <c r="C108" t="inlineStr">
         <is>
-          <t>300498</t>
+          <t>148.314</t>
         </is>
       </c>
       <c r="D108" t="inlineStr">
         <is>
-          <t>温氏股份</t>
-[...10 lines deleted...]
-        </is>
+          <t>1.419</t>
+        </is>
+      </c>
+      <c r="E108" t="n">
+        <v>12.76</v>
+      </c>
+      <c r="F108" t="n">
+        <v>131.5274</v>
       </c>
       <c r="G108" t="inlineStr">
         <is>
-          <t>1.312</t>
+          <t>605222</t>
         </is>
       </c>
       <c r="H108" t="inlineStr">
         <is>
-          <t>2027-03-29</t>
-[...10 lines deleted...]
-        </is>
+          <t>起帆电缆</t>
+        </is>
+      </c>
+      <c r="I108" t="n">
+        <v>22.82</v>
+      </c>
+      <c r="J108" t="n">
+        <v>7.29</v>
       </c>
       <c r="K108" t="inlineStr">
         <is>
-          <t>0/15 | 30 2022-10-21 重新计</t>
-[...18 lines deleted...]
-        <v>52.89</v>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="L108" t="inlineStr">
+        <is>
+          <t>9.992</t>
+        </is>
+      </c>
+      <c r="M108" t="inlineStr">
+        <is>
+          <t>1.332</t>
+        </is>
+      </c>
+      <c r="N108" t="inlineStr">
+        <is>
+          <t>2027-05-24</t>
+        </is>
+      </c>
+      <c r="O108" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="P108" t="inlineStr">
+        <is>
+          <t>22.555</t>
+        </is>
+      </c>
+      <c r="Q108" t="inlineStr">
+        <is>
+          <t>1/15 | 30 2023-05-09 重新计</t>
+        </is>
       </c>
       <c r="R108" t="n">
-        <v>8.380000000000001</v>
+        <v>68.30249999999999</v>
       </c>
       <c r="S108" t="n">
-        <v>12.4</v>
+        <v>1.4602</v>
       </c>
       <c r="T108" t="n">
-        <v>14.55</v>
-[...3 lines deleted...]
-      <c r="W108" t="inlineStr"/>
+        <v>0.896</v>
+      </c>
+      <c r="U108" t="n">
+        <v>1.36</v>
+      </c>
+      <c r="V108" t="n">
+        <v>4.23</v>
+      </c>
+      <c r="W108" t="n">
+        <v>19.47</v>
+      </c>
+      <c r="X108" t="n">
+        <v>16.02</v>
+      </c>
+      <c r="Y108" t="n">
+        <v>14.34</v>
+      </c>
+      <c r="Z108" t="inlineStr"/>
+      <c r="AA108" t="inlineStr"/>
+      <c r="AB108" t="inlineStr"/>
     </row>
     <row r="109">
       <c r="A109" t="inlineStr">
         <is>
-          <t>123230</t>
+          <t>127041</t>
         </is>
       </c>
       <c r="B109" t="inlineStr">
         <is>
-          <t>金钟转债</t>
+          <t>弘亚转债</t>
         </is>
       </c>
       <c r="C109" t="inlineStr">
         <is>
-          <t>301133</t>
+          <t>130.750</t>
         </is>
       </c>
       <c r="D109" t="inlineStr">
         <is>
-          <t>金钟股份</t>
-[...10 lines deleted...]
-        </is>
+          <t>1.405</t>
+        </is>
+      </c>
+      <c r="E109" t="n">
+        <v>19.5</v>
+      </c>
+      <c r="F109" t="n">
+        <v>109.4118</v>
       </c>
       <c r="G109" t="inlineStr">
         <is>
-          <t>3.932</t>
+          <t>002833</t>
         </is>
       </c>
       <c r="H109" t="inlineStr">
         <is>
-          <t>2029-11-09</t>
-[...2 lines deleted...]
-      <c r="I109" t="inlineStr">
+          <t>弘亚数控</t>
+        </is>
+      </c>
+      <c r="I109" t="n">
+        <v>18.6</v>
+      </c>
+      <c r="J109" t="n">
+        <v>1.42</v>
+      </c>
+      <c r="K109" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="L109" t="inlineStr">
+        <is>
+          <t>5.999</t>
+        </is>
+      </c>
+      <c r="M109" t="inlineStr">
+        <is>
+          <t>0.466</t>
+        </is>
+      </c>
+      <c r="N109" t="inlineStr">
+        <is>
+          <t>2026-07-12</t>
+        </is>
+      </c>
+      <c r="O109" t="inlineStr">
         <is>
           <t>115.00</t>
         </is>
       </c>
-      <c r="J109" t="inlineStr">
-[...25 lines deleted...]
-        <v>0.52</v>
+      <c r="P109" t="inlineStr">
+        <is>
+          <t>22.100</t>
+        </is>
+      </c>
+      <c r="Q109" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R109" t="n">
-        <v>18.84</v>
+        <v>27.7268</v>
       </c>
       <c r="S109" t="n">
-        <v>23.04</v>
+        <v>3.7474</v>
       </c>
       <c r="T109" t="n">
-        <v>23.89</v>
-[...3 lines deleted...]
-      <c r="W109" t="inlineStr"/>
+        <v>2.9128</v>
+      </c>
+      <c r="U109" t="n">
+        <v>5.17</v>
+      </c>
+      <c r="V109" t="n">
+        <v>5.9</v>
+      </c>
+      <c r="W109" t="n">
+        <v>11.77</v>
+      </c>
+      <c r="X109" t="n">
+        <v>9.539999999999999</v>
+      </c>
+      <c r="Y109" t="n">
+        <v>13.75</v>
+      </c>
+      <c r="Z109" t="inlineStr"/>
+      <c r="AA109" t="inlineStr"/>
+      <c r="AB109" t="inlineStr"/>
     </row>
     <row r="110">
       <c r="A110" t="inlineStr">
         <is>
-          <t>113574</t>
+          <t>118022</t>
         </is>
       </c>
       <c r="B110" t="inlineStr">
         <is>
-          <t>华体转债</t>
+          <t>锂科转债</t>
         </is>
       </c>
       <c r="C110" t="inlineStr">
         <is>
-          <t>603679</t>
+          <t>127.275</t>
         </is>
       </c>
       <c r="D110" t="inlineStr">
         <is>
-          <t>华体科技</t>
-[...10 lines deleted...]
-        </is>
+          <t>1.413</t>
+        </is>
+      </c>
+      <c r="E110" t="n">
+        <v>99.65000000000001</v>
+      </c>
+      <c r="F110" t="n">
+        <v>63.7476</v>
       </c>
       <c r="G110" t="inlineStr">
         <is>
-          <t>0.318</t>
+          <t>688779</t>
         </is>
       </c>
       <c r="H110" t="inlineStr">
         <is>
-          <t>2026-03-31</t>
-[...2 lines deleted...]
-      <c r="I110" t="inlineStr">
+          <t>五矿新能</t>
+        </is>
+      </c>
+      <c r="I110" t="n">
+        <v>9.9</v>
+      </c>
+      <c r="J110" t="n">
+        <v>3.34</v>
+      </c>
+      <c r="K110" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="L110" t="inlineStr">
+        <is>
+          <t>32.497</t>
+        </is>
+      </c>
+      <c r="M110" t="inlineStr">
+        <is>
+          <t>2.718</t>
+        </is>
+      </c>
+      <c r="N110" t="inlineStr">
+        <is>
+          <t>2028-10-11</t>
+        </is>
+      </c>
+      <c r="O110" t="inlineStr">
         <is>
           <t>110.00</t>
         </is>
       </c>
-      <c r="J110" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K110" t="inlineStr">
+      <c r="P110" t="inlineStr">
+        <is>
+          <t>20.189</t>
+        </is>
+      </c>
+      <c r="Q110" t="inlineStr">
         <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L110" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R110" t="n">
-        <v>16.38</v>
+        <v>50.2686</v>
       </c>
       <c r="S110" t="n">
-        <v>20.2</v>
+        <v>2.4959</v>
       </c>
       <c r="T110" t="n">
-        <v>31.04</v>
-[...3 lines deleted...]
-      <c r="W110" t="inlineStr"/>
+        <v>1.9471</v>
+      </c>
+      <c r="U110" t="n">
+        <v>-5.08</v>
+      </c>
+      <c r="V110" t="n">
+        <v>-1.24</v>
+      </c>
+      <c r="W110" t="n">
+        <v>9.710000000000001</v>
+      </c>
+      <c r="X110" t="n">
+        <v>9.85</v>
+      </c>
+      <c r="Y110" t="n">
+        <v>7.7</v>
+      </c>
+      <c r="Z110" t="inlineStr"/>
+      <c r="AA110" t="inlineStr"/>
+      <c r="AB110" t="inlineStr"/>
     </row>
     <row r="111">
       <c r="A111" t="inlineStr">
         <is>
-          <t>113699</t>
+          <t>123172</t>
         </is>
       </c>
       <c r="B111" t="inlineStr">
         <is>
-          <t>金25转债</t>
+          <t>漱玉转债</t>
         </is>
       </c>
       <c r="C111" t="inlineStr">
         <is>
-          <t>603979</t>
+          <t>145.270</t>
         </is>
       </c>
       <c r="D111" t="inlineStr">
         <is>
-          <t>金诚信</t>
-[...10 lines deleted...]
-        </is>
+          <t>1.375</t>
+        </is>
+      </c>
+      <c r="E111" t="n">
+        <v>16.76</v>
+      </c>
+      <c r="F111" t="n">
+        <v>124.4147</v>
       </c>
       <c r="G111" t="inlineStr">
         <is>
-          <t>5.808</t>
+          <t>301017</t>
         </is>
       </c>
       <c r="H111" t="inlineStr">
         <is>
-          <t>2031-09-25</t>
-[...10 lines deleted...]
-        </is>
+          <t>漱玉平民</t>
+        </is>
+      </c>
+      <c r="I111" t="n">
+        <v>18.6</v>
+      </c>
+      <c r="J111" t="n">
+        <v>5.03</v>
       </c>
       <c r="K111" t="inlineStr">
         <is>
-          <t>0/15 | 30</t>
-[...25 lines deleted...]
-      <c r="W111" t="inlineStr"/>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="L111" t="inlineStr">
+        <is>
+          <t>7.960</t>
+        </is>
+      </c>
+      <c r="M111" t="inlineStr">
+        <is>
+          <t>2.896</t>
+        </is>
+      </c>
+      <c r="N111" t="inlineStr">
+        <is>
+          <t>2028-12-15</t>
+        </is>
+      </c>
+      <c r="O111" t="inlineStr">
+        <is>
+          <t>113.00</t>
+        </is>
+      </c>
+      <c r="P111" t="inlineStr">
+        <is>
+          <t>19.435</t>
+        </is>
+      </c>
+      <c r="Q111" t="inlineStr">
+        <is>
+          <t>1/15 | 30</t>
+        </is>
+      </c>
+      <c r="R111" t="n">
+        <v>77.73860000000001</v>
+      </c>
+      <c r="S111" t="n">
+        <v>0.8774</v>
+      </c>
+      <c r="T111" t="n">
+        <v>0.5383</v>
+      </c>
+      <c r="U111" t="n">
+        <v>-1.89</v>
+      </c>
+      <c r="V111" t="n">
+        <v>1.33</v>
+      </c>
+      <c r="W111" t="n">
+        <v>30.87</v>
+      </c>
+      <c r="X111" t="n">
+        <v>21.55</v>
+      </c>
+      <c r="Y111" t="n">
+        <v>27.77</v>
+      </c>
+      <c r="Z111" t="inlineStr"/>
+      <c r="AA111" t="inlineStr"/>
+      <c r="AB111" t="inlineStr"/>
     </row>
     <row r="112">
       <c r="A112" t="inlineStr">
         <is>
-          <t>127089</t>
+          <t>113679</t>
         </is>
       </c>
       <c r="B112" t="inlineStr">
         <is>
-          <t>晶澳转债</t>
+          <t>芯能转债</t>
         </is>
       </c>
       <c r="C112" t="inlineStr">
         <is>
-          <t>002459</t>
+          <t>131.384</t>
         </is>
       </c>
       <c r="D112" t="inlineStr">
         <is>
-          <t>晶澳科技</t>
-[...10 lines deleted...]
-        </is>
+          <t>1.365</t>
+        </is>
+      </c>
+      <c r="E112" t="n">
+        <v>61.07</v>
+      </c>
+      <c r="F112" t="n">
+        <v>81.5686</v>
       </c>
       <c r="G112" t="inlineStr">
         <is>
-          <t>3.619</t>
+          <t>603105</t>
         </is>
       </c>
       <c r="H112" t="inlineStr">
         <is>
-          <t>2029-07-18</t>
-[...10 lines deleted...]
-        </is>
+          <t>芯能科技</t>
+        </is>
+      </c>
+      <c r="I112" t="n">
+        <v>10.4</v>
+      </c>
+      <c r="J112" t="n">
+        <v>3.59</v>
       </c>
       <c r="K112" t="inlineStr">
         <is>
-          <t>1/15 | 30</t>
-[...18 lines deleted...]
-        <v>55.34</v>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="L112" t="inlineStr">
+        <is>
+          <t>8.799</t>
+        </is>
+      </c>
+      <c r="M112" t="inlineStr">
+        <is>
+          <t>3.759</t>
+        </is>
+      </c>
+      <c r="N112" t="inlineStr">
+        <is>
+          <t>2029-10-26</t>
+        </is>
+      </c>
+      <c r="O112" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="P112" t="inlineStr">
+        <is>
+          <t>16.575</t>
+        </is>
+      </c>
+      <c r="Q112" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R112" t="n">
-        <v>18.92</v>
+        <v>50.9822</v>
       </c>
       <c r="S112" t="n">
-        <v>22.74</v>
+        <v>1.195</v>
       </c>
       <c r="T112" t="n">
-        <v>21.15</v>
-[...3 lines deleted...]
-      <c r="W112" t="inlineStr"/>
+        <v>1.1724</v>
+      </c>
+      <c r="U112" t="n">
+        <v>1.94</v>
+      </c>
+      <c r="V112" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="W112" t="n">
+        <v>7.94</v>
+      </c>
+      <c r="X112" t="n">
+        <v>9.73</v>
+      </c>
+      <c r="Y112" t="n">
+        <v>15.24</v>
+      </c>
+      <c r="Z112" t="inlineStr"/>
+      <c r="AA112" t="inlineStr"/>
+      <c r="AB112" t="inlineStr"/>
     </row>
     <row r="113">
       <c r="A113" t="inlineStr">
         <is>
-          <t>113686</t>
+          <t>123213</t>
         </is>
       </c>
       <c r="B113" t="inlineStr">
         <is>
-          <t>泰瑞转债</t>
+          <t>天源转债</t>
         </is>
       </c>
       <c r="C113" t="inlineStr">
         <is>
-          <t>603289</t>
+          <t>262.550</t>
         </is>
       </c>
       <c r="D113" t="inlineStr">
         <is>
-          <t>泰瑞机器</t>
-[...2 lines deleted...]
-      <c r="E113" t="inlineStr">
+          <t>1.341</t>
+        </is>
+      </c>
+      <c r="E113" t="n">
+        <v>5.08</v>
+      </c>
+      <c r="F113" t="n">
+        <v>249.8599</v>
+      </c>
+      <c r="G113" t="inlineStr">
+        <is>
+          <t>301127</t>
+        </is>
+      </c>
+      <c r="H113" t="inlineStr">
+        <is>
+          <t>武汉天源</t>
+        </is>
+      </c>
+      <c r="I113" t="n">
+        <v>17.84</v>
+      </c>
+      <c r="J113" t="n">
+        <v>1.36</v>
+      </c>
+      <c r="K113" t="inlineStr">
         <is>
           <t>AA-</t>
         </is>
       </c>
-      <c r="F113" t="inlineStr">
-[...24 lines deleted...]
-      <c r="K113" t="inlineStr">
+      <c r="L113" t="inlineStr">
+        <is>
+          <t>3.260</t>
+        </is>
+      </c>
+      <c r="M113" t="inlineStr">
+        <is>
+          <t>3.512</t>
+        </is>
+      </c>
+      <c r="N113" t="inlineStr">
+        <is>
+          <t>2029-07-28</t>
+        </is>
+      </c>
+      <c r="O113" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="P113" t="inlineStr">
+        <is>
+          <t>9.282</t>
+        </is>
+      </c>
+      <c r="Q113" t="inlineStr">
         <is>
           <t>!</t>
         </is>
       </c>
-      <c r="L113" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R113" t="n">
-        <v>24.72</v>
+        <v>61.7873</v>
       </c>
       <c r="S113" t="n">
-        <v>20.42</v>
-[...1 lines deleted...]
-      <c r="T113" t="inlineStr"/>
+        <v>1.9128</v>
+      </c>
+      <c r="T113" t="n">
+        <v>1.8564</v>
+      </c>
       <c r="U113" t="n">
-        <v>37.34</v>
+        <v>3.33</v>
       </c>
       <c r="V113" t="n">
-        <v>35.38</v>
+        <v>2.83</v>
       </c>
       <c r="W113" t="n">
-        <v>41.04</v>
-      </c>
+        <v>49.86</v>
+      </c>
+      <c r="X113" t="n">
+        <v>41.24</v>
+      </c>
+      <c r="Y113" t="n">
+        <v>55.79</v>
+      </c>
+      <c r="Z113" t="inlineStr"/>
+      <c r="AA113" t="inlineStr"/>
+      <c r="AB113" t="inlineStr"/>
     </row>
     <row r="114">
       <c r="A114" t="inlineStr">
         <is>
-          <t>118035</t>
+          <t>123175</t>
         </is>
       </c>
       <c r="B114" t="inlineStr">
         <is>
-          <t>国力转债</t>
+          <t>百畅转债</t>
         </is>
       </c>
       <c r="C114" t="inlineStr">
         <is>
-          <t>688103</t>
+          <t>127.443</t>
         </is>
       </c>
       <c r="D114" t="inlineStr">
         <is>
-          <t>国力电子</t>
-[...10 lines deleted...]
-        </is>
+          <t>1.323</t>
+        </is>
+      </c>
+      <c r="E114" t="n">
+        <v>73.31999999999999</v>
+      </c>
+      <c r="F114" t="n">
+        <v>73.5294</v>
       </c>
       <c r="G114" t="inlineStr">
         <is>
-          <t>3.521</t>
+          <t>300614</t>
         </is>
       </c>
       <c r="H114" t="inlineStr">
         <is>
-          <t>2029-06-12</t>
-[...10 lines deleted...]
-        </is>
+          <t>百川畅银</t>
+        </is>
+      </c>
+      <c r="I114" t="n">
+        <v>15</v>
+      </c>
+      <c r="J114" t="n">
+        <v>1.42</v>
       </c>
       <c r="K114" t="inlineStr">
         <is>
+          <t>A</t>
+        </is>
+      </c>
+      <c r="L114" t="inlineStr">
+        <is>
+          <t>4.199</t>
+        </is>
+      </c>
+      <c r="M114" t="inlineStr">
+        <is>
+          <t>3.085</t>
+        </is>
+      </c>
+      <c r="N114" t="inlineStr">
+        <is>
+          <t>2029-02-22</t>
+        </is>
+      </c>
+      <c r="O114" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="P114" t="inlineStr">
+        <is>
+          <t>26.520</t>
+        </is>
+      </c>
+      <c r="Q114" t="inlineStr">
+        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L114" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R114" t="n">
-        <v>24.52</v>
+        <v>43.0547</v>
       </c>
       <c r="S114" t="n">
-        <v>22.47</v>
+        <v>2.1518</v>
       </c>
       <c r="T114" t="n">
-        <v>19.53</v>
-[...3 lines deleted...]
-      <c r="W114" t="inlineStr"/>
+        <v>2.11</v>
+      </c>
+      <c r="U114" t="n">
+        <v>-2.82</v>
+      </c>
+      <c r="V114" t="n">
+        <v>-0.97</v>
+      </c>
+      <c r="W114" t="n">
+        <v>12.42</v>
+      </c>
+      <c r="X114" t="n">
+        <v>10.68</v>
+      </c>
+      <c r="Y114" t="n">
+        <v>16.86</v>
+      </c>
+      <c r="Z114" t="inlineStr"/>
+      <c r="AA114" t="inlineStr"/>
+      <c r="AB114" t="inlineStr"/>
     </row>
     <row r="115">
       <c r="A115" t="inlineStr">
         <is>
-          <t>123126</t>
+          <t>123209</t>
         </is>
       </c>
       <c r="B115" t="inlineStr">
         <is>
-          <t>瑞丰转债</t>
+          <t>聚隆转债</t>
         </is>
       </c>
       <c r="C115" t="inlineStr">
         <is>
-          <t>300243</t>
+          <t>255.800</t>
         </is>
       </c>
       <c r="D115" t="inlineStr">
         <is>
-          <t>瑞丰高材</t>
-[...10 lines deleted...]
-        </is>
+          <t>1.307</t>
+        </is>
+      </c>
+      <c r="E115" t="n">
+        <v>18.31</v>
+      </c>
+      <c r="F115" t="n">
+        <v>216.2071</v>
       </c>
       <c r="G115" t="inlineStr">
         <is>
-          <t>1.764</t>
+          <t>300644</t>
         </is>
       </c>
       <c r="H115" t="inlineStr">
         <is>
-          <t>2027-09-10</t>
-[...10 lines deleted...]
-        </is>
+          <t>南京聚隆</t>
+        </is>
+      </c>
+      <c r="I115" t="n">
+        <v>38.42</v>
+      </c>
+      <c r="J115" t="n">
+        <v>0.58</v>
       </c>
       <c r="K115" t="inlineStr">
         <is>
-          <t>0/15 | 30</t>
-[...18 lines deleted...]
-        <v>0.61</v>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="L115" t="inlineStr">
+        <is>
+          <t>1.674</t>
+        </is>
+      </c>
+      <c r="M115" t="inlineStr">
+        <is>
+          <t>3.507</t>
+        </is>
+      </c>
+      <c r="N115" t="inlineStr">
+        <is>
+          <t>2029-07-26</t>
+        </is>
+      </c>
+      <c r="O115" t="inlineStr">
+        <is>
+          <t>113.00</t>
+        </is>
+      </c>
+      <c r="P115" t="inlineStr">
+        <is>
+          <t>23.101</t>
+        </is>
+      </c>
+      <c r="Q115" t="inlineStr">
+        <is>
+          <t>!</t>
+        </is>
       </c>
       <c r="R115" t="n">
-        <v>9.859999999999999</v>
+        <v>58.5699</v>
       </c>
       <c r="S115" t="n">
-        <v>13.06</v>
+        <v>1.3712</v>
       </c>
       <c r="T115" t="n">
-        <v>12.76</v>
-[...3 lines deleted...]
-      <c r="W115" t="inlineStr"/>
+        <v>0.955</v>
+      </c>
+      <c r="U115" t="n">
+        <v>0.84</v>
+      </c>
+      <c r="V115" t="n">
+        <v>0.73</v>
+      </c>
+      <c r="W115" t="n">
+        <v>36.9</v>
+      </c>
+      <c r="X115" t="n">
+        <v>35.1</v>
+      </c>
+      <c r="Y115" t="n">
+        <v>38.73</v>
+      </c>
+      <c r="Z115" t="inlineStr"/>
+      <c r="AA115" t="inlineStr"/>
+      <c r="AB115" t="inlineStr"/>
     </row>
     <row r="116">
       <c r="A116" t="inlineStr">
         <is>
-          <t>118037</t>
+          <t>110097</t>
         </is>
       </c>
       <c r="B116" t="inlineStr">
         <is>
-          <t>上声转债</t>
+          <t>天润转债</t>
         </is>
       </c>
       <c r="C116" t="inlineStr">
         <is>
-          <t>688533</t>
+          <t>154.612</t>
         </is>
       </c>
       <c r="D116" t="inlineStr">
         <is>
-          <t>上声电子</t>
-[...10 lines deleted...]
-        </is>
+          <t>1.297</t>
+        </is>
+      </c>
+      <c r="E116" t="n">
+        <v>23.96</v>
+      </c>
+      <c r="F116" t="n">
+        <v>124.7259</v>
       </c>
       <c r="G116" t="inlineStr">
         <is>
-          <t>3.586</t>
+          <t>600419</t>
         </is>
       </c>
       <c r="H116" t="inlineStr">
         <is>
-          <t>2029-07-06</t>
-[...10 lines deleted...]
-        </is>
+          <t>天润乳业</t>
+        </is>
+      </c>
+      <c r="I116" t="n">
+        <v>10.24</v>
+      </c>
+      <c r="J116" t="n">
+        <v>-0.49</v>
       </c>
       <c r="K116" t="inlineStr">
         <is>
-          <t>0/15 | 30</t>
-[...18 lines deleted...]
-        <v>0.87</v>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="L116" t="inlineStr">
+        <is>
+          <t>9.890</t>
+        </is>
+      </c>
+      <c r="M116" t="inlineStr">
+        <is>
+          <t>4.753</t>
+        </is>
+      </c>
+      <c r="N116" t="inlineStr">
+        <is>
+          <t>2030-10-24</t>
+        </is>
+      </c>
+      <c r="O116" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="P116" t="inlineStr">
+        <is>
+          <t>10.673</t>
+        </is>
+      </c>
+      <c r="Q116" t="inlineStr">
+        <is>
+          <t>0/15 | 30 2025-11-17 重新计</t>
+        </is>
       </c>
       <c r="R116" t="n">
-        <v>11.26</v>
+        <v>54.9264</v>
       </c>
       <c r="S116" t="n">
-        <v>14.71</v>
+        <v>1.0654</v>
       </c>
       <c r="T116" t="n">
-        <v>23.49</v>
-[...3 lines deleted...]
-      <c r="W116" t="inlineStr"/>
+        <v>0.7005</v>
+      </c>
+      <c r="U116" t="n">
+        <v>0.44</v>
+      </c>
+      <c r="V116" t="n">
+        <v>1.42</v>
+      </c>
+      <c r="W116" t="n">
+        <v>13.18</v>
+      </c>
+      <c r="X116" t="n">
+        <v>18.15</v>
+      </c>
+      <c r="Y116" t="inlineStr"/>
+      <c r="Z116" t="inlineStr"/>
+      <c r="AA116" t="inlineStr"/>
+      <c r="AB116" t="inlineStr"/>
     </row>
     <row r="117">
       <c r="A117" t="inlineStr">
         <is>
-          <t>113632</t>
+          <t>113636</t>
         </is>
       </c>
       <c r="B117" t="inlineStr">
         <is>
-          <t>鹤21转债</t>
+          <t>甬金转债</t>
         </is>
       </c>
       <c r="C117" t="inlineStr">
         <is>
-          <t>603733</t>
+          <t>130.064</t>
         </is>
       </c>
       <c r="D117" t="inlineStr">
         <is>
-          <t>仙鹤股份</t>
-[...10 lines deleted...]
-        </is>
+          <t>1.296</t>
+        </is>
+      </c>
+      <c r="E117" t="n">
+        <v>76.81</v>
+      </c>
+      <c r="F117" t="n">
+        <v>73.56019999999999</v>
       </c>
       <c r="G117" t="inlineStr">
         <is>
-          <t>1.951</t>
+          <t>603995</t>
         </is>
       </c>
       <c r="H117" t="inlineStr">
         <is>
-          <t>2027-11-17</t>
-[...10 lines deleted...]
-        </is>
+          <t>甬金股份</t>
+        </is>
+      </c>
+      <c r="I117" t="n">
+        <v>19.67</v>
+      </c>
+      <c r="J117" t="n">
+        <v>1.65</v>
       </c>
       <c r="K117" t="inlineStr">
         <is>
-          <t>0/15 | 30 2025-12-03 重新计</t>
-[...18 lines deleted...]
-        <v>7.1</v>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="L117" t="inlineStr">
+        <is>
+          <t>9.995</t>
+        </is>
+      </c>
+      <c r="M117" t="inlineStr">
+        <is>
+          <t>1.888</t>
+        </is>
+      </c>
+      <c r="N117" t="inlineStr">
+        <is>
+          <t>2027-12-13</t>
+        </is>
+      </c>
+      <c r="O117" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="P117" t="inlineStr">
+        <is>
+          <t>34.762</t>
+        </is>
+      </c>
+      <c r="Q117" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R117" t="n">
-        <v>16.49</v>
+        <v>55.6876</v>
       </c>
       <c r="S117" t="n">
-        <v>19.17</v>
+        <v>1.125</v>
       </c>
       <c r="T117" t="n">
-        <v>16.35</v>
-[...3 lines deleted...]
-      <c r="W117" t="inlineStr"/>
+        <v>0.5644</v>
+      </c>
+      <c r="U117" t="n">
+        <v>8.050000000000001</v>
+      </c>
+      <c r="V117" t="n">
+        <v>4.53</v>
+      </c>
+      <c r="W117" t="n">
+        <v>13.57</v>
+      </c>
+      <c r="X117" t="n">
+        <v>11.44</v>
+      </c>
+      <c r="Y117" t="n">
+        <v>12.68</v>
+      </c>
+      <c r="Z117" t="inlineStr"/>
+      <c r="AA117" t="inlineStr"/>
+      <c r="AB117" t="inlineStr"/>
     </row>
     <row r="118">
       <c r="A118" t="inlineStr">
         <is>
-          <t>110095</t>
+          <t>113687</t>
         </is>
       </c>
       <c r="B118" t="inlineStr">
         <is>
-          <t>双良转债</t>
+          <t>振华转债</t>
         </is>
       </c>
       <c r="C118" t="inlineStr">
         <is>
-          <t>600481</t>
+          <t>600.690</t>
         </is>
       </c>
       <c r="D118" t="inlineStr">
         <is>
-          <t>双良节能</t>
-[...10 lines deleted...]
-        </is>
+          <t>1.302</t>
+        </is>
+      </c>
+      <c r="E118" t="n">
+        <v>28.94</v>
+      </c>
+      <c r="F118" t="n">
+        <v>465.8536</v>
       </c>
       <c r="G118" t="inlineStr">
         <is>
-          <t>3.677</t>
+          <t>603067</t>
         </is>
       </c>
       <c r="H118" t="inlineStr">
         <is>
-          <t>2029-08-08</t>
-[...2 lines deleted...]
-      <c r="I118" t="inlineStr">
+          <t>振华股份</t>
+        </is>
+      </c>
+      <c r="I118" t="n">
+        <v>38.2</v>
+      </c>
+      <c r="J118" t="n">
+        <v>2.72</v>
+      </c>
+      <c r="K118" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="L118" t="inlineStr">
+        <is>
+          <t>4.044</t>
+        </is>
+      </c>
+      <c r="M118" t="inlineStr">
+        <is>
+          <t>4.469</t>
+        </is>
+      </c>
+      <c r="N118" t="inlineStr">
+        <is>
+          <t>2030-07-12</t>
+        </is>
+      </c>
+      <c r="O118" t="inlineStr">
         <is>
           <t>110.00</t>
         </is>
       </c>
-      <c r="J118" t="inlineStr">
-[...25 lines deleted...]
-        <v>9.56</v>
+      <c r="P118" t="inlineStr">
+        <is>
+          <t>10.660</t>
+        </is>
+      </c>
+      <c r="Q118" t="inlineStr">
+        <is>
+          <t>!</t>
+        </is>
       </c>
       <c r="R118" t="n">
-        <v>21.56</v>
+        <v>35.7355</v>
       </c>
       <c r="S118" t="n">
-        <v>26.05</v>
+        <v>2.3283</v>
       </c>
       <c r="T118" t="n">
-        <v>35.88</v>
-[...3 lines deleted...]
-      <c r="W118" t="inlineStr"/>
+        <v>1.4444</v>
+      </c>
+      <c r="U118" t="n">
+        <v>4.73</v>
+      </c>
+      <c r="V118" t="n">
+        <v>3.71</v>
+      </c>
+      <c r="W118" t="n">
+        <v>67.34</v>
+      </c>
+      <c r="X118" t="n">
+        <v>72.23999999999999</v>
+      </c>
+      <c r="Y118" t="inlineStr"/>
+      <c r="Z118" t="inlineStr"/>
+      <c r="AA118" t="inlineStr"/>
+      <c r="AB118" t="inlineStr"/>
     </row>
     <row r="119">
       <c r="A119" t="inlineStr">
         <is>
-          <t>113691</t>
+          <t>113054</t>
         </is>
       </c>
       <c r="B119" t="inlineStr">
         <is>
-          <t>和邦转债</t>
+          <t>绿动转债</t>
         </is>
       </c>
       <c r="C119" t="inlineStr">
         <is>
-          <t>603077</t>
+          <t>126.098</t>
         </is>
       </c>
       <c r="D119" t="inlineStr">
         <is>
-          <t>和邦生物</t>
-[...10 lines deleted...]
-        </is>
+          <t>1.270</t>
+        </is>
+      </c>
+      <c r="E119" t="n">
+        <v>55.7</v>
+      </c>
+      <c r="F119" t="n">
+        <v>80.98990000000001</v>
       </c>
       <c r="G119" t="inlineStr">
         <is>
-          <t>4.899</t>
+          <t>601330</t>
         </is>
       </c>
       <c r="H119" t="inlineStr">
         <is>
-          <t>2030-10-28</t>
-[...10 lines deleted...]
-        </is>
+          <t>绿色动力</t>
+        </is>
+      </c>
+      <c r="I119" t="n">
+        <v>7.2</v>
+      </c>
+      <c r="J119" t="n">
+        <v>0.42</v>
       </c>
       <c r="K119" t="inlineStr">
         <is>
+          <t>AA+</t>
+        </is>
+      </c>
+      <c r="L119" t="inlineStr">
+        <is>
+          <t>23.598</t>
+        </is>
+      </c>
+      <c r="M119" t="inlineStr">
+        <is>
+          <t>2.090</t>
+        </is>
+      </c>
+      <c r="N119" t="inlineStr">
+        <is>
+          <t>2028-02-25</t>
+        </is>
+      </c>
+      <c r="O119" t="inlineStr">
+        <is>
+          <t>109.00</t>
+        </is>
+      </c>
+      <c r="P119" t="inlineStr">
+        <is>
+          <t>11.557</t>
+        </is>
+      </c>
+      <c r="Q119" t="inlineStr">
+        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L119" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R119" t="n">
-        <v>22.89</v>
+        <v>59.8271</v>
       </c>
       <c r="S119" t="n">
-        <v>19.1</v>
-[...4 lines deleted...]
-      <c r="W119" t="inlineStr"/>
+        <v>2.2411</v>
+      </c>
+      <c r="T119" t="n">
+        <v>2.2168</v>
+      </c>
+      <c r="U119" t="n">
+        <v>5.85</v>
+      </c>
+      <c r="V119" t="n">
+        <v>6.29</v>
+      </c>
+      <c r="W119" t="n">
+        <v>7.59</v>
+      </c>
+      <c r="X119" t="n">
+        <v>7.27</v>
+      </c>
+      <c r="Y119" t="n">
+        <v>7.92</v>
+      </c>
+      <c r="Z119" t="inlineStr"/>
+      <c r="AA119" t="inlineStr"/>
+      <c r="AB119" t="inlineStr"/>
     </row>
     <row r="120">
       <c r="A120" t="inlineStr">
         <is>
-          <t>123088</t>
+          <t>123254</t>
         </is>
       </c>
       <c r="B120" t="inlineStr">
         <is>
-          <t>威唐转债</t>
+          <t>亿纬转债</t>
         </is>
       </c>
       <c r="C120" t="inlineStr">
         <is>
-          <t>300707</t>
+          <t>171.649</t>
         </is>
       </c>
       <c r="D120" t="inlineStr">
         <is>
-          <t>威唐工业</t>
-[...10 lines deleted...]
-        </is>
+          <t>1.268</t>
+        </is>
+      </c>
+      <c r="E120" t="n">
+        <v>29.3</v>
+      </c>
+      <c r="F120" t="n">
+        <v>132.7566</v>
       </c>
       <c r="G120" t="inlineStr">
         <is>
-          <t>1.027</t>
+          <t>300014</t>
         </is>
       </c>
       <c r="H120" t="inlineStr">
         <is>
-          <t>2026-12-15</t>
-[...10 lines deleted...]
-        </is>
+          <t>亿纬锂能</t>
+        </is>
+      </c>
+      <c r="I120" t="n">
+        <v>66.75</v>
+      </c>
+      <c r="J120" t="n">
+        <v>2.93</v>
       </c>
       <c r="K120" t="inlineStr">
         <is>
-          <t>0/15 | 30</t>
-[...18 lines deleted...]
-        <v>0.58</v>
+          <t>AA+</t>
+        </is>
+      </c>
+      <c r="L120" t="inlineStr">
+        <is>
+          <t>49.983</t>
+        </is>
+      </c>
+      <c r="M120" t="inlineStr">
+        <is>
+          <t>5.167</t>
+        </is>
+      </c>
+      <c r="N120" t="inlineStr">
+        <is>
+          <t>2031-03-24</t>
+        </is>
+      </c>
+      <c r="O120" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="P120" t="inlineStr">
+        <is>
+          <t>65.364</t>
+        </is>
+      </c>
+      <c r="Q120" t="inlineStr">
+        <is>
+          <t>!</t>
+        </is>
       </c>
       <c r="R120" t="n">
-        <v>12.21</v>
+        <v>63.4657</v>
       </c>
       <c r="S120" t="n">
-        <v>14.14</v>
+        <v>1.0514</v>
       </c>
       <c r="T120" t="n">
-        <v>18.44</v>
-[...3 lines deleted...]
-      <c r="W120" t="inlineStr"/>
+        <v>0.9165</v>
+      </c>
+      <c r="U120" t="n">
+        <v>40.76</v>
+      </c>
+      <c r="V120" t="n">
+        <v>40.5</v>
+      </c>
+      <c r="W120" t="n">
+        <v>24.18</v>
+      </c>
+      <c r="X120" t="n">
+        <v>40.65</v>
+      </c>
+      <c r="Y120" t="inlineStr"/>
+      <c r="Z120" t="inlineStr"/>
+      <c r="AA120" t="inlineStr"/>
+      <c r="AB120" t="inlineStr"/>
     </row>
     <row r="121">
       <c r="A121" t="inlineStr">
         <is>
-          <t>123061</t>
+          <t>127072</t>
         </is>
       </c>
       <c r="B121" t="inlineStr">
         <is>
-          <t>航新转债</t>
+          <t>博实转债</t>
         </is>
       </c>
       <c r="C121" t="inlineStr">
         <is>
-          <t>300424</t>
+          <t>158.524</t>
         </is>
       </c>
       <c r="D121" t="inlineStr">
         <is>
-          <t>航新科技</t>
-[...10 lines deleted...]
-        </is>
+          <t>1.264</t>
+        </is>
+      </c>
+      <c r="E121" t="n">
+        <v>35.49</v>
+      </c>
+      <c r="F121" t="n">
+        <v>116.9987</v>
       </c>
       <c r="G121" t="inlineStr">
         <is>
-          <t>0.627</t>
+          <t>002698</t>
         </is>
       </c>
       <c r="H121" t="inlineStr">
         <is>
-          <t>2026-07-22</t>
-[...10 lines deleted...]
-        </is>
+          <t>博实股份</t>
+        </is>
+      </c>
+      <c r="I121" t="n">
+        <v>17.62</v>
+      </c>
+      <c r="J121" t="n">
+        <v>2.03</v>
       </c>
       <c r="K121" t="inlineStr">
         <is>
-          <t>1/15 | 30 2025-05-13 重新计</t>
-[...18 lines deleted...]
-        <v>0.27</v>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="L121" t="inlineStr">
+        <is>
+          <t>4.498</t>
+        </is>
+      </c>
+      <c r="M121" t="inlineStr">
+        <is>
+          <t>2.666</t>
+        </is>
+      </c>
+      <c r="N121" t="inlineStr">
+        <is>
+          <t>2028-09-22</t>
+        </is>
+      </c>
+      <c r="O121" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="P121" t="inlineStr">
+        <is>
+          <t>19.578</t>
+        </is>
+      </c>
+      <c r="Q121" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R121" t="n">
-        <v>25.25</v>
+        <v>38.6326</v>
       </c>
       <c r="S121" t="n">
-        <v>18.82</v>
+        <v>2.8704</v>
       </c>
       <c r="T121" t="n">
-        <v>28.21</v>
-[...3 lines deleted...]
-      <c r="W121" t="inlineStr"/>
+        <v>1.8321</v>
+      </c>
+      <c r="U121" t="n">
+        <v>5.24</v>
+      </c>
+      <c r="V121" t="n">
+        <v>5.34</v>
+      </c>
+      <c r="W121" t="n">
+        <v>23.21</v>
+      </c>
+      <c r="X121" t="n">
+        <v>17.85</v>
+      </c>
+      <c r="Y121" t="n">
+        <v>22.41</v>
+      </c>
+      <c r="Z121" t="inlineStr"/>
+      <c r="AA121" t="inlineStr"/>
+      <c r="AB121" t="inlineStr"/>
     </row>
     <row r="122">
       <c r="A122" t="inlineStr">
         <is>
-          <t>123155</t>
+          <t>127024</t>
         </is>
       </c>
       <c r="B122" t="inlineStr">
         <is>
-          <t>中陆转债</t>
+          <t>盈峰转债</t>
         </is>
       </c>
       <c r="C122" t="inlineStr">
         <is>
-          <t>301040</t>
+          <t>129.057</t>
         </is>
       </c>
       <c r="D122" t="inlineStr">
         <is>
-          <t>中环海陆</t>
-[...10 lines deleted...]
-        </is>
+          <t>1.251</t>
+        </is>
+      </c>
+      <c r="E122" t="n">
+        <v>27.72</v>
+      </c>
+      <c r="F122" t="n">
+        <v>101.043</v>
       </c>
       <c r="G122" t="inlineStr">
         <is>
-          <t>2.688</t>
+          <t>000967</t>
         </is>
       </c>
       <c r="H122" t="inlineStr">
         <is>
-          <t>2028-08-12</t>
-[...10 lines deleted...]
-        </is>
+          <t>盈峰环境</t>
+        </is>
+      </c>
+      <c r="I122" t="n">
+        <v>7.75</v>
+      </c>
+      <c r="J122" t="n">
+        <v>2.65</v>
       </c>
       <c r="K122" t="inlineStr">
         <is>
+          <t>AA+</t>
+        </is>
+      </c>
+      <c r="L122" t="inlineStr">
+        <is>
+          <t>14.760</t>
+        </is>
+      </c>
+      <c r="M122" t="inlineStr">
+        <is>
+          <t>0.781</t>
+        </is>
+      </c>
+      <c r="N122" t="inlineStr">
+        <is>
+          <t>2026-11-04</t>
+        </is>
+      </c>
+      <c r="O122" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="P122" t="inlineStr">
+        <is>
+          <t>9.971</t>
+        </is>
+      </c>
+      <c r="Q122" t="inlineStr">
+        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L122" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R122" t="n">
-        <v>8.66</v>
+        <v>46.7007</v>
       </c>
       <c r="S122" t="n">
-        <v>23.1</v>
+        <v>1.7825</v>
       </c>
       <c r="T122" t="n">
-        <v>19.12</v>
-[...3 lines deleted...]
-      <c r="W122" t="inlineStr"/>
+        <v>1.6442</v>
+      </c>
+      <c r="U122" t="n">
+        <v>5.14</v>
+      </c>
+      <c r="V122" t="n">
+        <v>4.98</v>
+      </c>
+      <c r="W122" t="n">
+        <v>10.82</v>
+      </c>
+      <c r="X122" t="n">
+        <v>12.62</v>
+      </c>
+      <c r="Y122" t="n">
+        <v>14.76</v>
+      </c>
+      <c r="Z122" t="inlineStr"/>
+      <c r="AA122" t="inlineStr"/>
+      <c r="AB122" t="inlineStr"/>
     </row>
     <row r="123">
       <c r="A123" t="inlineStr">
         <is>
-          <t>118044</t>
+          <t>113650</t>
         </is>
       </c>
       <c r="B123" t="inlineStr">
         <is>
-          <t>赛特转债</t>
+          <t>博22转债</t>
         </is>
       </c>
       <c r="C123" t="inlineStr">
         <is>
-          <t>688398</t>
+          <t>129.728</t>
         </is>
       </c>
       <c r="D123" t="inlineStr">
         <is>
-          <t>赛特新材</t>
-[...10 lines deleted...]
-        </is>
+          <t>1.251</t>
+        </is>
+      </c>
+      <c r="E123" t="n">
+        <v>140.64</v>
+      </c>
+      <c r="F123" t="n">
+        <v>53.9093</v>
       </c>
       <c r="G123" t="inlineStr">
         <is>
-          <t>3.770</t>
+          <t>603916</t>
         </is>
       </c>
       <c r="H123" t="inlineStr">
         <is>
-          <t>2029-09-11</t>
-[...10 lines deleted...]
-        </is>
+          <t>苏博特</t>
+        </is>
+      </c>
+      <c r="I123" t="n">
+        <v>12.48</v>
+      </c>
+      <c r="J123" t="n">
+        <v>6.85</v>
       </c>
       <c r="K123" t="inlineStr">
         <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="L123" t="inlineStr">
+        <is>
+          <t>7.996</t>
+        </is>
+      </c>
+      <c r="M123" t="inlineStr">
+        <is>
+          <t>2.438</t>
+        </is>
+      </c>
+      <c r="N123" t="inlineStr">
+        <is>
+          <t>2028-07-01</t>
+        </is>
+      </c>
+      <c r="O123" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="P123" t="inlineStr">
+        <is>
+          <t>30.095</t>
+        </is>
+      </c>
+      <c r="Q123" t="inlineStr">
+        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L123" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R123" t="n">
-        <v>15.9</v>
+        <v>44.2425</v>
       </c>
       <c r="S123" t="n">
-        <v>21.69</v>
+        <v>2.0859</v>
       </c>
       <c r="T123" t="n">
-        <v>20.16</v>
-[...3 lines deleted...]
-      <c r="W123" t="inlineStr"/>
+        <v>1.8897</v>
+      </c>
+      <c r="U123" t="n">
+        <v>0.96</v>
+      </c>
+      <c r="V123" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="W123" t="n">
+        <v>10.4</v>
+      </c>
+      <c r="X123" t="n">
+        <v>7.65</v>
+      </c>
+      <c r="Y123" t="n">
+        <v>10.01</v>
+      </c>
+      <c r="Z123" t="inlineStr"/>
+      <c r="AA123" t="inlineStr"/>
+      <c r="AB123" t="inlineStr"/>
     </row>
     <row r="124">
       <c r="A124" t="inlineStr">
         <is>
-          <t>123189</t>
+          <t>127049</t>
         </is>
       </c>
       <c r="B124" t="inlineStr">
         <is>
-          <t>晓鸣转债</t>
+          <t>希望转2</t>
         </is>
       </c>
       <c r="C124" t="inlineStr">
         <is>
-          <t>300967</t>
+          <t>121.781</t>
         </is>
       </c>
       <c r="D124" t="inlineStr">
         <is>
-          <t>晓鸣股份</t>
-[...10 lines deleted...]
-        </is>
+          <t>1.248</t>
+        </is>
+      </c>
+      <c r="E124" t="n">
+        <v>48.58</v>
+      </c>
+      <c r="F124" t="n">
+        <v>81.9641</v>
       </c>
       <c r="G124" t="inlineStr">
         <is>
-          <t>3.337</t>
+          <t>000876</t>
         </is>
       </c>
       <c r="H124" t="inlineStr">
         <is>
-          <t>2029-04-06</t>
-[...10 lines deleted...]
-        </is>
+          <t>新 希 望</t>
+        </is>
+      </c>
+      <c r="I124" t="n">
+        <v>8.68</v>
+      </c>
+      <c r="J124" t="n">
+        <v>-0.8</v>
       </c>
       <c r="K124" t="inlineStr">
         <is>
+          <t>AAA</t>
+        </is>
+      </c>
+      <c r="L124" t="inlineStr">
+        <is>
+          <t>81.434</t>
+        </is>
+      </c>
+      <c r="M124" t="inlineStr">
+        <is>
+          <t>1.775</t>
+        </is>
+      </c>
+      <c r="N124" t="inlineStr">
+        <is>
+          <t>2027-11-02</t>
+        </is>
+      </c>
+      <c r="O124" t="inlineStr">
+        <is>
+          <t>107.00</t>
+        </is>
+      </c>
+      <c r="P124" t="inlineStr">
+        <is>
+          <t>13.767</t>
+        </is>
+      </c>
+      <c r="Q124" t="inlineStr">
+        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L124" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R124" t="n">
-        <v>15.58</v>
+        <v>69.4922</v>
       </c>
       <c r="S124" t="n">
-        <v>20</v>
+        <v>0.4906</v>
       </c>
       <c r="T124" t="n">
-        <v>24.99</v>
-[...3 lines deleted...]
-      <c r="W124" t="inlineStr"/>
+        <v>0.2592</v>
+      </c>
+      <c r="U124" t="n">
+        <v>4.74</v>
+      </c>
+      <c r="V124" t="n">
+        <v>2.49</v>
+      </c>
+      <c r="W124" t="n">
+        <v>9.1</v>
+      </c>
+      <c r="X124" t="n">
+        <v>9.800000000000001</v>
+      </c>
+      <c r="Y124" t="n">
+        <v>15.37</v>
+      </c>
+      <c r="Z124" t="inlineStr"/>
+      <c r="AA124" t="inlineStr"/>
+      <c r="AB124" t="inlineStr"/>
     </row>
     <row r="125">
       <c r="A125" t="inlineStr">
         <is>
-          <t>110093</t>
+          <t>118025</t>
         </is>
       </c>
       <c r="B125" t="inlineStr">
         <is>
-          <t>神马转债</t>
+          <t>奕瑞转债</t>
         </is>
       </c>
       <c r="C125" t="inlineStr">
         <is>
-          <t>600810</t>
+          <t>147.633</t>
         </is>
       </c>
       <c r="D125" t="inlineStr">
         <is>
-          <t>神马股份</t>
-[...10 lines deleted...]
-        </is>
+          <t>1.236</t>
+        </is>
+      </c>
+      <c r="E125" t="n">
+        <v>41.69</v>
+      </c>
+      <c r="F125" t="n">
+        <v>104.1924</v>
       </c>
       <c r="G125" t="inlineStr">
         <is>
-          <t>3.280</t>
+          <t>688301</t>
         </is>
       </c>
       <c r="H125" t="inlineStr">
         <is>
-          <t>2029-03-16</t>
-[...10 lines deleted...]
-        </is>
+          <t>奕瑞科技</t>
+        </is>
+      </c>
+      <c r="I125" t="n">
+        <v>119.79</v>
+      </c>
+      <c r="J125" t="n">
+        <v>3.71</v>
       </c>
       <c r="K125" t="inlineStr">
         <is>
-          <t>4/15 | 30 2025-09-10 重新计</t>
-[...18 lines deleted...]
-        <v>3.99</v>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="L125" t="inlineStr">
+        <is>
+          <t>14.217</t>
+        </is>
+      </c>
+      <c r="M125" t="inlineStr">
+        <is>
+          <t>2.753</t>
+        </is>
+      </c>
+      <c r="N125" t="inlineStr">
+        <is>
+          <t>2028-10-24</t>
+        </is>
+      </c>
+      <c r="O125" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="P125" t="inlineStr">
+        <is>
+          <t>149.461</t>
+        </is>
+      </c>
+      <c r="Q125" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R125" t="n">
-        <v>31.43</v>
+        <v>46.4102</v>
       </c>
       <c r="S125" t="n">
-        <v>21.39</v>
+        <v>3.8745</v>
       </c>
       <c r="T125" t="n">
-        <v>17.46</v>
-[...3 lines deleted...]
-      <c r="W125" t="inlineStr"/>
+        <v>3.2524</v>
+      </c>
+      <c r="U125" t="n">
+        <v>4.65</v>
+      </c>
+      <c r="V125" t="n">
+        <v>6.07</v>
+      </c>
+      <c r="W125" t="n">
+        <v>21.45</v>
+      </c>
+      <c r="X125" t="n">
+        <v>19.58</v>
+      </c>
+      <c r="Y125" t="n">
+        <v>18.4</v>
+      </c>
+      <c r="Z125" t="inlineStr"/>
+      <c r="AA125" t="inlineStr"/>
+      <c r="AB125" t="inlineStr"/>
     </row>
     <row r="126">
       <c r="A126" t="inlineStr">
         <is>
-          <t>123224</t>
+          <t>123149</t>
         </is>
       </c>
       <c r="B126" t="inlineStr">
         <is>
-          <t>宇邦转债</t>
+          <t>通裕转债</t>
         </is>
       </c>
       <c r="C126" t="inlineStr">
         <is>
-          <t>301266</t>
+          <t>142.899</t>
         </is>
       </c>
       <c r="D126" t="inlineStr">
         <is>
-          <t>宇邦新材</t>
-[...10 lines deleted...]
-        </is>
+          <t>1.239</t>
+        </is>
+      </c>
+      <c r="E126" t="n">
+        <v>25.33</v>
+      </c>
+      <c r="F126" t="n">
+        <v>114.0221</v>
       </c>
       <c r="G126" t="inlineStr">
         <is>
-          <t>3.792</t>
+          <t>300185</t>
         </is>
       </c>
       <c r="H126" t="inlineStr">
         <is>
-          <t>2029-09-19</t>
-[...10 lines deleted...]
-        </is>
+          <t>通裕重工</t>
+        </is>
+      </c>
+      <c r="I126" t="n">
+        <v>3.09</v>
+      </c>
+      <c r="J126" t="n">
+        <v>1.31</v>
       </c>
       <c r="K126" t="inlineStr">
         <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="L126" t="inlineStr">
+        <is>
+          <t>14.837</t>
+        </is>
+      </c>
+      <c r="M126" t="inlineStr">
+        <is>
+          <t>2.408</t>
+        </is>
+      </c>
+      <c r="N126" t="inlineStr">
+        <is>
+          <t>2028-06-20</t>
+        </is>
+      </c>
+      <c r="O126" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="P126" t="inlineStr">
+        <is>
+          <t>3.523</t>
+        </is>
+      </c>
+      <c r="Q126" t="inlineStr">
+        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L126" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R126" t="n">
-        <v>14.76</v>
+        <v>53.3631</v>
       </c>
       <c r="S126" t="n">
-        <v>15.11</v>
+        <v>1.4356</v>
       </c>
       <c r="T126" t="n">
-        <v>25.82</v>
-[...3 lines deleted...]
-      <c r="W126" t="inlineStr"/>
+        <v>0.8235</v>
+      </c>
+      <c r="U126" t="n">
+        <v>0.41</v>
+      </c>
+      <c r="V126" t="n">
+        <v>2.04</v>
+      </c>
+      <c r="W126" t="n">
+        <v>14.47</v>
+      </c>
+      <c r="X126" t="n">
+        <v>17.33</v>
+      </c>
+      <c r="Y126" t="n">
+        <v>19.28</v>
+      </c>
+      <c r="Z126" t="inlineStr"/>
+      <c r="AA126" t="inlineStr"/>
+      <c r="AB126" t="inlineStr"/>
     </row>
     <row r="127">
       <c r="A127" t="inlineStr">
         <is>
-          <t>123209</t>
+          <t>123237</t>
         </is>
       </c>
       <c r="B127" t="inlineStr">
         <is>
-          <t>聚隆转债</t>
+          <t>佳禾转债</t>
         </is>
       </c>
       <c r="C127" t="inlineStr">
         <is>
-          <t>300644</t>
+          <t>171.000</t>
         </is>
       </c>
       <c r="D127" t="inlineStr">
         <is>
-          <t>南京聚隆</t>
-[...2 lines deleted...]
-      <c r="E127" t="inlineStr">
+          <t>1.222</t>
+        </is>
+      </c>
+      <c r="E127" t="n">
+        <v>28.66</v>
+      </c>
+      <c r="F127" t="n">
+        <v>132.9123</v>
+      </c>
+      <c r="G127" t="inlineStr">
+        <is>
+          <t>300793</t>
+        </is>
+      </c>
+      <c r="H127" t="inlineStr">
+        <is>
+          <t>佳禾智能</t>
+        </is>
+      </c>
+      <c r="I127" t="n">
+        <v>17.89</v>
+      </c>
+      <c r="J127" t="n">
+        <v>2.05</v>
+      </c>
+      <c r="K127" t="inlineStr">
         <is>
           <t>A+</t>
         </is>
       </c>
-      <c r="F127" t="inlineStr">
-[...14 lines deleted...]
-      <c r="I127" t="inlineStr">
+      <c r="L127" t="inlineStr">
+        <is>
+          <t>4.315</t>
+        </is>
+      </c>
+      <c r="M127" t="inlineStr">
+        <is>
+          <t>3.951</t>
+        </is>
+      </c>
+      <c r="N127" t="inlineStr">
+        <is>
+          <t>2030-01-04</t>
+        </is>
+      </c>
+      <c r="O127" t="inlineStr">
         <is>
           <t>113.00</t>
         </is>
       </c>
-      <c r="J127" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K127" t="inlineStr">
+      <c r="P127" t="inlineStr">
+        <is>
+          <t>17.498</t>
+        </is>
+      </c>
+      <c r="Q127" t="inlineStr">
         <is>
           <t>!</t>
         </is>
       </c>
-      <c r="L127" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R127" t="n">
-        <v>35.29</v>
+        <v>31.8275</v>
       </c>
       <c r="S127" t="n">
-        <v>59.33</v>
+        <v>3.3595</v>
       </c>
       <c r="T127" t="n">
-        <v>39.55</v>
-[...3 lines deleted...]
-      <c r="W127" t="inlineStr"/>
+        <v>2.8241</v>
+      </c>
+      <c r="U127" t="n">
+        <v>0.41</v>
+      </c>
+      <c r="V127" t="n">
+        <v>1.33</v>
+      </c>
+      <c r="W127" t="n">
+        <v>39.94</v>
+      </c>
+      <c r="X127" t="n">
+        <v>30.03</v>
+      </c>
+      <c r="Y127" t="n">
+        <v>37.38</v>
+      </c>
+      <c r="Z127" t="inlineStr"/>
+      <c r="AA127" t="inlineStr"/>
+      <c r="AB127" t="inlineStr"/>
     </row>
     <row r="128">
       <c r="A128" t="inlineStr">
         <is>
-          <t>118024</t>
+          <t>127078</t>
         </is>
       </c>
       <c r="B128" t="inlineStr">
         <is>
-          <t>冠宇转债</t>
+          <t>优彩转债</t>
         </is>
       </c>
       <c r="C128" t="inlineStr">
         <is>
-          <t>688772</t>
+          <t>151.230</t>
         </is>
       </c>
       <c r="D128" t="inlineStr">
         <is>
-          <t>珠海冠宇</t>
-[...10 lines deleted...]
-        </is>
+          <t>1.215</t>
+        </is>
+      </c>
+      <c r="E128" t="n">
+        <v>10.23</v>
+      </c>
+      <c r="F128" t="n">
+        <v>137.1914</v>
       </c>
       <c r="G128" t="inlineStr">
         <is>
-          <t>2.888</t>
+          <t>002998</t>
         </is>
       </c>
       <c r="H128" t="inlineStr">
         <is>
-          <t>2028-10-24</t>
-[...10 lines deleted...]
-        </is>
+          <t>优彩资源</t>
+        </is>
+      </c>
+      <c r="I128" t="n">
+        <v>8.890000000000001</v>
+      </c>
+      <c r="J128" t="n">
+        <v>-1</v>
       </c>
       <c r="K128" t="inlineStr">
         <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="L128" t="inlineStr">
+        <is>
+          <t>4.335</t>
+        </is>
+      </c>
+      <c r="M128" t="inlineStr">
+        <is>
+          <t>2.893</t>
+        </is>
+      </c>
+      <c r="N128" t="inlineStr">
+        <is>
+          <t>2028-12-14</t>
+        </is>
+      </c>
+      <c r="O128" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="P128" t="inlineStr">
+        <is>
+          <t>8.424</t>
+        </is>
+      </c>
+      <c r="Q128" t="inlineStr">
+        <is>
           <t>3/15 | 30</t>
         </is>
       </c>
-      <c r="L128" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R128" t="n">
-        <v>18.08</v>
+        <v>36.5404</v>
       </c>
       <c r="S128" t="n">
-        <v>18.36</v>
+        <v>3.8531</v>
       </c>
       <c r="T128" t="n">
-        <v>16.58</v>
-[...3 lines deleted...]
-      <c r="W128" t="inlineStr"/>
+        <v>2.3635</v>
+      </c>
+      <c r="U128" t="n">
+        <v>0.84</v>
+      </c>
+      <c r="V128" t="n">
+        <v>1.37</v>
+      </c>
+      <c r="W128" t="n">
+        <v>14.83</v>
+      </c>
+      <c r="X128" t="n">
+        <v>21.54</v>
+      </c>
+      <c r="Y128" t="n">
+        <v>32.28</v>
+      </c>
+      <c r="Z128" t="inlineStr"/>
+      <c r="AA128" t="inlineStr"/>
+      <c r="AB128" t="inlineStr"/>
     </row>
     <row r="129">
       <c r="A129" t="inlineStr">
         <is>
           <t>123054</t>
         </is>
       </c>
       <c r="B129" t="inlineStr">
         <is>
           <t>思特转债</t>
         </is>
       </c>
       <c r="C129" t="inlineStr">
         <is>
+          <t>154.421</t>
+        </is>
+      </c>
+      <c r="D129" t="inlineStr">
+        <is>
+          <t>1.209</t>
+        </is>
+      </c>
+      <c r="E129" t="n">
+        <v>25.47</v>
+      </c>
+      <c r="F129" t="n">
+        <v>123.0769</v>
+      </c>
+      <c r="G129" t="inlineStr">
+        <is>
           <t>300608</t>
         </is>
       </c>
-      <c r="D129" t="inlineStr">
+      <c r="H129" t="inlineStr">
         <is>
           <t>思特奇</t>
         </is>
       </c>
-      <c r="E129" t="inlineStr">
+      <c r="I129" t="n">
+        <v>12.16</v>
+      </c>
+      <c r="J129" t="n">
+        <v>-0.16</v>
+      </c>
+      <c r="K129" t="inlineStr">
         <is>
           <t>AA-</t>
         </is>
       </c>
-      <c r="F129" t="inlineStr">
+      <c r="L129" t="inlineStr">
         <is>
           <t>1.667</t>
         </is>
       </c>
-      <c r="G129" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H129" t="inlineStr">
+      <c r="M129" t="inlineStr">
+        <is>
+          <t>0.378</t>
+        </is>
+      </c>
+      <c r="N129" t="inlineStr">
         <is>
           <t>2026-06-10</t>
         </is>
       </c>
-      <c r="I129" t="inlineStr">
+      <c r="O129" t="inlineStr">
         <is>
           <t>115.00</t>
         </is>
       </c>
-      <c r="J129" t="inlineStr">
+      <c r="P129" t="inlineStr">
         <is>
           <t>12.844</t>
         </is>
       </c>
-      <c r="K129" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L129" t="n">
+      <c r="Q129" t="inlineStr">
+        <is>
+          <t>0/15 | 30 2025-11-25 重新计</t>
+        </is>
+      </c>
+      <c r="R129" t="n">
         <v>40.5549</v>
       </c>
-      <c r="M129" t="n">
+      <c r="S129" t="n">
         <v>1.667</v>
       </c>
-      <c r="N129" t="n">
+      <c r="T129" t="n">
         <v>1.134</v>
       </c>
-      <c r="O129" t="n">
+      <c r="U129" t="n">
         <v>-0.51</v>
       </c>
-      <c r="P129" t="n">
+      <c r="V129" t="n">
         <v>0.22</v>
       </c>
-      <c r="Q129" t="n">
-[...13 lines deleted...]
-      <c r="W129" t="inlineStr"/>
+      <c r="W129" t="n">
+        <v>23.87</v>
+      </c>
+      <c r="X129" t="n">
+        <v>18.67</v>
+      </c>
+      <c r="Y129" t="n">
+        <v>36.19</v>
+      </c>
+      <c r="Z129" t="inlineStr"/>
+      <c r="AA129" t="inlineStr"/>
+      <c r="AB129" t="inlineStr"/>
     </row>
     <row r="130">
       <c r="A130" t="inlineStr">
         <is>
           <t>123192</t>
         </is>
       </c>
       <c r="B130" t="inlineStr">
         <is>
           <t>科思转债</t>
         </is>
       </c>
       <c r="C130" t="inlineStr">
         <is>
+          <t>133.414</t>
+        </is>
+      </c>
+      <c r="D130" t="inlineStr">
+        <is>
+          <t>1.200</t>
+        </is>
+      </c>
+      <c r="E130" t="n">
+        <v>62.24</v>
+      </c>
+      <c r="F130" t="n">
+        <v>82.2312</v>
+      </c>
+      <c r="G130" t="inlineStr">
+        <is>
           <t>300856</t>
         </is>
       </c>
-      <c r="D130" t="inlineStr">
+      <c r="H130" t="inlineStr">
         <is>
           <t>科思股份</t>
         </is>
       </c>
-      <c r="E130" t="inlineStr">
+      <c r="I130" t="n">
+        <v>14.3</v>
+      </c>
+      <c r="J130" t="n">
+        <v>0.99</v>
+      </c>
+      <c r="K130" t="inlineStr">
         <is>
           <t>AA-</t>
         </is>
       </c>
-      <c r="F130" t="inlineStr">
+      <c r="L130" t="inlineStr">
         <is>
           <t>7.187</t>
         </is>
       </c>
-      <c r="G130" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H130" t="inlineStr">
+      <c r="M130" t="inlineStr">
+        <is>
+          <t>3.222</t>
+        </is>
+      </c>
+      <c r="N130" t="inlineStr">
         <is>
           <t>2029-04-13</t>
         </is>
       </c>
-      <c r="I130" t="inlineStr">
+      <c r="O130" t="inlineStr">
         <is>
           <t>115.00</t>
         </is>
       </c>
-      <c r="J130" t="inlineStr">
+      <c r="P130" t="inlineStr">
         <is>
           <t>22.607</t>
         </is>
       </c>
-      <c r="K130" t="inlineStr">
+      <c r="Q130" t="inlineStr">
         <is>
           <t>0/15 | 30 2024-09-23 重新计</t>
         </is>
       </c>
-      <c r="L130" t="n">
+      <c r="R130" t="n">
         <v>28.2327</v>
       </c>
-      <c r="M130" t="n">
+      <c r="S130" t="n">
         <v>4.3531</v>
       </c>
-      <c r="N130" t="n">
+      <c r="T130" t="n">
         <v>3.0451</v>
       </c>
-      <c r="O130" t="n">
+      <c r="U130" t="n">
         <v>5.62</v>
       </c>
-      <c r="P130" t="n">
+      <c r="V130" t="n">
         <v>7.34</v>
       </c>
-      <c r="Q130" t="n">
-[...13 lines deleted...]
-      <c r="W130" t="inlineStr"/>
+      <c r="W130" t="n">
+        <v>9.93</v>
+      </c>
+      <c r="X130" t="n">
+        <v>9.619999999999999</v>
+      </c>
+      <c r="Y130" t="n">
+        <v>20.55</v>
+      </c>
+      <c r="Z130" t="inlineStr"/>
+      <c r="AA130" t="inlineStr"/>
+      <c r="AB130" t="inlineStr"/>
     </row>
     <row r="131">
       <c r="A131" t="inlineStr">
         <is>
-          <t>118018</t>
+          <t>123183</t>
         </is>
       </c>
       <c r="B131" t="inlineStr">
         <is>
-          <t>瑞科转债</t>
+          <t>海顺转债</t>
         </is>
       </c>
       <c r="C131" t="inlineStr">
         <is>
-          <t>688323</t>
+          <t>136.823</t>
         </is>
       </c>
       <c r="D131" t="inlineStr">
         <is>
-          <t>瑞华泰</t>
-[...10 lines deleted...]
-        </is>
+          <t>1.191</t>
+        </is>
+      </c>
+      <c r="E131" t="n">
+        <v>42.77</v>
+      </c>
+      <c r="F131" t="n">
+        <v>95.8357</v>
       </c>
       <c r="G131" t="inlineStr">
         <is>
-          <t>2.704</t>
+          <t>300501</t>
         </is>
       </c>
       <c r="H131" t="inlineStr">
         <is>
-          <t>2028-08-18</t>
-[...10 lines deleted...]
-        </is>
+          <t>海顺新材</t>
+        </is>
+      </c>
+      <c r="I131" t="n">
+        <v>16.57</v>
+      </c>
+      <c r="J131" t="n">
+        <v>1.16</v>
       </c>
       <c r="K131" t="inlineStr">
         <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="L131" t="inlineStr">
+        <is>
+          <t>6.329</t>
+        </is>
+      </c>
+      <c r="M131" t="inlineStr">
+        <is>
+          <t>3.164</t>
+        </is>
+      </c>
+      <c r="N131" t="inlineStr">
+        <is>
+          <t>2029-03-23</t>
+        </is>
+      </c>
+      <c r="O131" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="P131" t="inlineStr">
+        <is>
+          <t>22.477</t>
+        </is>
+      </c>
+      <c r="Q131" t="inlineStr">
+        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L131" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R131" t="n">
-        <v>5.79</v>
+        <v>38.5635</v>
       </c>
       <c r="S131" t="n">
-        <v>12.63</v>
+        <v>2.6191</v>
       </c>
       <c r="T131" t="n">
-        <v>20.38</v>
-[...3 lines deleted...]
-      <c r="W131" t="inlineStr"/>
+        <v>2.1118</v>
+      </c>
+      <c r="U131" t="n">
+        <v>0.75</v>
+      </c>
+      <c r="V131" t="n">
+        <v>0.85</v>
+      </c>
+      <c r="W131" t="n">
+        <v>10.99</v>
+      </c>
+      <c r="X131" t="n">
+        <v>12.87</v>
+      </c>
+      <c r="Y131" t="n">
+        <v>15.49</v>
+      </c>
+      <c r="Z131" t="inlineStr"/>
+      <c r="AA131" t="inlineStr"/>
+      <c r="AB131" t="inlineStr"/>
     </row>
     <row r="132">
       <c r="A132" t="inlineStr">
         <is>
-          <t>110073</t>
+          <t>113048</t>
         </is>
       </c>
       <c r="B132" t="inlineStr">
         <is>
-          <t>国投转债</t>
+          <t>晶科转债</t>
         </is>
       </c>
       <c r="C132" t="inlineStr">
         <is>
-          <t>600061</t>
+          <t>129.914</t>
         </is>
       </c>
       <c r="D132" t="inlineStr">
         <is>
-          <t>国投资本</t>
-[...10 lines deleted...]
-        </is>
+          <t>1.163</t>
+        </is>
+      </c>
+      <c r="E132" t="n">
+        <v>31.67</v>
+      </c>
+      <c r="F132" t="n">
+        <v>98.66670000000001</v>
       </c>
       <c r="G132" t="inlineStr">
         <is>
-          <t>0.633</t>
+          <t>601778</t>
         </is>
       </c>
       <c r="H132" t="inlineStr">
         <is>
-          <t>2026-07-24</t>
-[...10 lines deleted...]
-        </is>
+          <t>晶科科技</t>
+        </is>
+      </c>
+      <c r="I132" t="n">
+        <v>4.44</v>
+      </c>
+      <c r="J132" t="n">
+        <v>3.5</v>
       </c>
       <c r="K132" t="inlineStr">
         <is>
-          <t>0/15 | 30</t>
-[...18 lines deleted...]
-        <v>29.42</v>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="L132" t="inlineStr">
+        <is>
+          <t>22.956</t>
+        </is>
+      </c>
+      <c r="M132" t="inlineStr">
+        <is>
+          <t>1.247</t>
+        </is>
+      </c>
+      <c r="N132" t="inlineStr">
+        <is>
+          <t>2027-04-23</t>
+        </is>
+      </c>
+      <c r="O132" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="P132" t="inlineStr">
+        <is>
+          <t>5.850</t>
+        </is>
+      </c>
+      <c r="Q132" t="inlineStr">
+        <is>
+          <t>0/15 | 30 2022-05-19 重新计</t>
+        </is>
       </c>
       <c r="R132" t="n">
-        <v>12.98</v>
+        <v>61.6617</v>
       </c>
       <c r="S132" t="n">
-        <v>14.18</v>
+        <v>1.9156</v>
       </c>
       <c r="T132" t="n">
-        <v>14.25</v>
-[...3 lines deleted...]
-      <c r="W132" t="inlineStr"/>
+        <v>1.5002</v>
+      </c>
+      <c r="U132" t="n">
+        <v>3.24</v>
+      </c>
+      <c r="V132" t="n">
+        <v>3.83</v>
+      </c>
+      <c r="W132" t="n">
+        <v>18.43</v>
+      </c>
+      <c r="X132" t="n">
+        <v>15.34</v>
+      </c>
+      <c r="Y132" t="n">
+        <v>14.53</v>
+      </c>
+      <c r="Z132" t="inlineStr"/>
+      <c r="AA132" t="inlineStr"/>
+      <c r="AB132" t="inlineStr"/>
     </row>
     <row r="133">
       <c r="A133" t="inlineStr">
         <is>
-          <t>127024</t>
+          <t>110093</t>
         </is>
       </c>
       <c r="B133" t="inlineStr">
         <is>
-          <t>盈峰转债</t>
+          <t>神马转债</t>
         </is>
       </c>
       <c r="C133" t="inlineStr">
         <is>
-          <t>000967</t>
+          <t>140.482</t>
         </is>
       </c>
       <c r="D133" t="inlineStr">
         <is>
-          <t>盈峰环境</t>
-[...2 lines deleted...]
-      <c r="E133" t="inlineStr">
+          <t>1.164</t>
+        </is>
+      </c>
+      <c r="E133" t="n">
+        <v>23.44</v>
+      </c>
+      <c r="F133" t="n">
+        <v>113.8101</v>
+      </c>
+      <c r="G133" t="inlineStr">
+        <is>
+          <t>600810</t>
+        </is>
+      </c>
+      <c r="H133" t="inlineStr">
+        <is>
+          <t>神马股份</t>
+        </is>
+      </c>
+      <c r="I133" t="n">
+        <v>9.23</v>
+      </c>
+      <c r="J133" t="n">
+        <v>1.76</v>
+      </c>
+      <c r="K133" t="inlineStr">
         <is>
           <t>AA+</t>
         </is>
       </c>
-      <c r="F133" t="inlineStr">
-[...45 lines deleted...]
-        <v>4.19</v>
+      <c r="L133" t="inlineStr">
+        <is>
+          <t>22.199</t>
+        </is>
+      </c>
+      <c r="M133" t="inlineStr">
+        <is>
+          <t>3.145</t>
+        </is>
+      </c>
+      <c r="N133" t="inlineStr">
+        <is>
+          <t>2029-03-16</t>
+        </is>
+      </c>
+      <c r="O133" t="inlineStr">
+        <is>
+          <t>107.00</t>
+        </is>
+      </c>
+      <c r="P133" t="inlineStr">
+        <is>
+          <t>10.543</t>
+        </is>
+      </c>
+      <c r="Q133" t="inlineStr">
+        <is>
+          <t>0/15 | 30 2025-09-10 重新计</t>
+        </is>
       </c>
       <c r="R133" t="n">
-        <v>11.68</v>
+        <v>62.4943</v>
       </c>
       <c r="S133" t="n">
-        <v>16.58</v>
+        <v>1.3453</v>
       </c>
       <c r="T133" t="n">
-        <v>14.44</v>
-[...3 lines deleted...]
-      <c r="W133" t="inlineStr"/>
+        <v>1.1623</v>
+      </c>
+      <c r="U133" t="n">
+        <v>0.34</v>
+      </c>
+      <c r="V133" t="n">
+        <v>1.49</v>
+      </c>
+      <c r="W133" t="n">
+        <v>10.71</v>
+      </c>
+      <c r="X133" t="n">
+        <v>20.49</v>
+      </c>
+      <c r="Y133" t="n">
+        <v>16.99</v>
+      </c>
+      <c r="Z133" t="inlineStr"/>
+      <c r="AA133" t="inlineStr"/>
+      <c r="AB133" t="inlineStr"/>
     </row>
     <row r="134">
       <c r="A134" t="inlineStr">
         <is>
-          <t>113624</t>
+          <t>113693</t>
         </is>
       </c>
       <c r="B134" t="inlineStr">
         <is>
-          <t>正川转债</t>
+          <t>志邦转债</t>
         </is>
       </c>
       <c r="C134" t="inlineStr">
         <is>
-          <t>603976</t>
+          <t>131.506</t>
         </is>
       </c>
       <c r="D134" t="inlineStr">
         <is>
-          <t>正川股份</t>
-[...10 lines deleted...]
-        </is>
+          <t>1.143</t>
+        </is>
+      </c>
+      <c r="E134" t="n">
+        <v>55.06</v>
+      </c>
+      <c r="F134" t="n">
+        <v>84.809</v>
       </c>
       <c r="G134" t="inlineStr">
         <is>
-          <t>1.395</t>
+          <t>603801</t>
         </is>
       </c>
       <c r="H134" t="inlineStr">
         <is>
-          <t>2027-04-28</t>
-[...10 lines deleted...]
-        </is>
+          <t>志邦家居</t>
+        </is>
+      </c>
+      <c r="I134" t="n">
+        <v>9.77</v>
+      </c>
+      <c r="J134" t="n">
+        <v>0.62</v>
       </c>
       <c r="K134" t="inlineStr">
         <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="L134" t="inlineStr">
+        <is>
+          <t>6.700</t>
+        </is>
+      </c>
+      <c r="M134" t="inlineStr">
+        <is>
+          <t>5.151</t>
+        </is>
+      </c>
+      <c r="N134" t="inlineStr">
+        <is>
+          <t>2031-03-18</t>
+        </is>
+      </c>
+      <c r="O134" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="P134" t="inlineStr">
+        <is>
+          <t>14.976</t>
+        </is>
+      </c>
+      <c r="Q134" t="inlineStr">
+        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L134" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R134" t="n">
-        <v>8.75</v>
+        <v>46.719</v>
       </c>
       <c r="S134" t="n">
-        <v>9.9</v>
+        <v>1.2598</v>
       </c>
       <c r="T134" t="n">
-        <v>9.24</v>
+        <v>1.1019</v>
       </c>
       <c r="U134" t="n">
-        <v>21.9</v>
+        <v>3.85</v>
       </c>
       <c r="V134" t="n">
-        <v>38.71</v>
+        <v>5.95</v>
       </c>
       <c r="W134" t="n">
-        <v>37.45</v>
-      </c>
+        <v>7.39</v>
+      </c>
+      <c r="X134" t="n">
+        <v>8.289999999999999</v>
+      </c>
+      <c r="Y134" t="inlineStr"/>
+      <c r="Z134" t="inlineStr"/>
+      <c r="AA134" t="inlineStr"/>
+      <c r="AB134" t="inlineStr"/>
     </row>
     <row r="135">
       <c r="A135" t="inlineStr">
         <is>
-          <t>113680</t>
+          <t>123126</t>
         </is>
       </c>
       <c r="B135" t="inlineStr">
         <is>
-          <t>丽岛转债</t>
+          <t>瑞丰转债</t>
         </is>
       </c>
       <c r="C135" t="inlineStr">
         <is>
-          <t>603937</t>
+          <t>139.500</t>
         </is>
       </c>
       <c r="D135" t="inlineStr">
         <is>
-          <t>丽岛新材</t>
-[...10 lines deleted...]
-        </is>
+          <t>1.126</t>
+        </is>
+      </c>
+      <c r="E135" t="n">
+        <v>40.95</v>
+      </c>
+      <c r="F135" t="n">
+        <v>98.9691</v>
       </c>
       <c r="G135" t="inlineStr">
         <is>
-          <t>3.948</t>
+          <t>300243</t>
         </is>
       </c>
       <c r="H135" t="inlineStr">
         <is>
-          <t>2029-11-15</t>
-[...10 lines deleted...]
-        </is>
+          <t>瑞丰高材</t>
+        </is>
+      </c>
+      <c r="I135" t="n">
+        <v>11.52</v>
+      </c>
+      <c r="J135" t="n">
+        <v>1.86</v>
       </c>
       <c r="K135" t="inlineStr">
         <is>
+          <t>A</t>
+        </is>
+      </c>
+      <c r="L135" t="inlineStr">
+        <is>
+          <t>3.399</t>
+        </is>
+      </c>
+      <c r="M135" t="inlineStr">
+        <is>
+          <t>1.630</t>
+        </is>
+      </c>
+      <c r="N135" t="inlineStr">
+        <is>
+          <t>2027-09-10</t>
+        </is>
+      </c>
+      <c r="O135" t="inlineStr">
+        <is>
+          <t>120.00</t>
+        </is>
+      </c>
+      <c r="P135" t="inlineStr">
+        <is>
+          <t>15.132</t>
+        </is>
+      </c>
+      <c r="Q135" t="inlineStr">
+        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L135" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R135" t="n">
-        <v>12.69</v>
+        <v>50.9222</v>
       </c>
       <c r="S135" t="n">
-        <v>32.53</v>
+        <v>1.8001</v>
       </c>
       <c r="T135" t="n">
-        <v>25.45</v>
+        <v>1.3595</v>
       </c>
       <c r="U135" t="n">
-        <v>43.92</v>
+        <v>0.22</v>
       </c>
       <c r="V135" t="n">
-        <v>42.98</v>
+        <v>0.85</v>
       </c>
       <c r="W135" t="n">
-        <v>38.49</v>
-      </c>
+        <v>8.4</v>
+      </c>
+      <c r="X135" t="n">
+        <v>11.87</v>
+      </c>
+      <c r="Y135" t="n">
+        <v>12.23</v>
+      </c>
+      <c r="Z135" t="inlineStr"/>
+      <c r="AA135" t="inlineStr"/>
+      <c r="AB135" t="inlineStr"/>
     </row>
     <row r="136">
       <c r="A136" t="inlineStr">
         <is>
-          <t>127067</t>
+          <t>113046</t>
         </is>
       </c>
       <c r="B136" t="inlineStr">
         <is>
-          <t>恒逸转2</t>
+          <t>金田转债</t>
         </is>
       </c>
       <c r="C136" t="inlineStr">
         <is>
-          <t>000703</t>
+          <t>150.918</t>
         </is>
       </c>
       <c r="D136" t="inlineStr">
         <is>
-          <t>恒逸石化</t>
-[...2 lines deleted...]
-      <c r="E136" t="inlineStr">
+          <t>1.133</t>
+        </is>
+      </c>
+      <c r="E136" t="n">
+        <v>28.72</v>
+      </c>
+      <c r="F136" t="n">
+        <v>117.2481</v>
+      </c>
+      <c r="G136" t="inlineStr">
+        <is>
+          <t>601609</t>
+        </is>
+      </c>
+      <c r="H136" t="inlineStr">
+        <is>
+          <t>金田股份</t>
+        </is>
+      </c>
+      <c r="I136" t="n">
+        <v>12.1</v>
+      </c>
+      <c r="J136" t="n">
+        <v>0.08</v>
+      </c>
+      <c r="K136" t="inlineStr">
         <is>
           <t>AA+</t>
         </is>
       </c>
-      <c r="F136" t="inlineStr">
-[...24 lines deleted...]
-      <c r="K136" t="inlineStr">
+      <c r="L136" t="inlineStr">
+        <is>
+          <t>14.992</t>
+        </is>
+      </c>
+      <c r="M136" t="inlineStr">
+        <is>
+          <t>1.159</t>
+        </is>
+      </c>
+      <c r="N136" t="inlineStr">
+        <is>
+          <t>2027-03-22</t>
+        </is>
+      </c>
+      <c r="O136" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="P136" t="inlineStr">
+        <is>
+          <t>13.416</t>
+        </is>
+      </c>
+      <c r="Q136" t="inlineStr">
         <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L136" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R136" t="n">
-        <v>13.49</v>
+        <v>63.8133</v>
       </c>
       <c r="S136" t="n">
-        <v>14.95</v>
+        <v>1.6252</v>
       </c>
       <c r="T136" t="n">
-        <v>13.64</v>
+        <v>1.1094</v>
       </c>
       <c r="U136" t="n">
-        <v>42.13</v>
+        <v>4.62</v>
       </c>
       <c r="V136" t="n">
-        <v>30.1</v>
+        <v>5.27</v>
       </c>
       <c r="W136" t="n">
-        <v>27.66</v>
-      </c>
+        <v>17.1</v>
+      </c>
+      <c r="X136" t="n">
+        <v>20.12</v>
+      </c>
+      <c r="Y136" t="n">
+        <v>16.25</v>
+      </c>
+      <c r="Z136" t="inlineStr"/>
+      <c r="AA136" t="inlineStr"/>
+      <c r="AB136" t="inlineStr"/>
     </row>
     <row r="137">
       <c r="A137" t="inlineStr">
         <is>
-          <t>127111</t>
+          <t>123197</t>
         </is>
       </c>
       <c r="B137" t="inlineStr">
         <is>
-          <t>金威转债</t>
+          <t>光力转债</t>
         </is>
       </c>
       <c r="C137" t="inlineStr">
         <is>
-          <t>002626</t>
+          <t>152.800</t>
         </is>
       </c>
       <c r="D137" t="inlineStr">
         <is>
-          <t>金达威</t>
-[...10 lines deleted...]
-        </is>
+          <t>1.122</t>
+        </is>
+      </c>
+      <c r="E137" t="n">
+        <v>44.27</v>
+      </c>
+      <c r="F137" t="n">
+        <v>105.9102</v>
       </c>
       <c r="G137" t="inlineStr">
         <is>
-          <t>5.707</t>
+          <t>300480</t>
         </is>
       </c>
       <c r="H137" t="inlineStr">
         <is>
-          <t>2031-08-19</t>
-[...10 lines deleted...]
-        </is>
+          <t>光力科技</t>
+        </is>
+      </c>
+      <c r="I137" t="n">
+        <v>22.4</v>
+      </c>
+      <c r="J137" t="n">
+        <v>0</v>
       </c>
       <c r="K137" t="inlineStr">
         <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="L137" t="inlineStr">
+        <is>
+          <t>3.995</t>
+        </is>
+      </c>
+      <c r="M137" t="inlineStr">
+        <is>
+          <t>3.290</t>
+        </is>
+      </c>
+      <c r="N137" t="inlineStr">
+        <is>
+          <t>2029-05-08</t>
+        </is>
+      </c>
+      <c r="O137" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="P137" t="inlineStr">
+        <is>
+          <t>27.495</t>
+        </is>
+      </c>
+      <c r="Q137" t="inlineStr">
+        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L137" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R137" t="n">
-        <v>30.99</v>
-[...5 lines deleted...]
-      <c r="W137" t="inlineStr"/>
+        <v>32.6747</v>
+      </c>
+      <c r="S137" t="n">
+        <v>6.4551</v>
+      </c>
+      <c r="T137" t="n">
+        <v>4.7121</v>
+      </c>
+      <c r="U137" t="n">
+        <v>-1.13</v>
+      </c>
+      <c r="V137" t="n">
+        <v>0.6899999999999999</v>
+      </c>
+      <c r="W137" t="n">
+        <v>25.82</v>
+      </c>
+      <c r="X137" t="n">
+        <v>18.13</v>
+      </c>
+      <c r="Y137" t="n">
+        <v>17.4</v>
+      </c>
+      <c r="Z137" t="inlineStr"/>
+      <c r="AA137" t="inlineStr"/>
+      <c r="AB137" t="inlineStr"/>
     </row>
     <row r="138">
       <c r="A138" t="inlineStr">
         <is>
-          <t>123146</t>
+          <t>113634</t>
         </is>
       </c>
       <c r="B138" t="inlineStr">
         <is>
-          <t>中环转2</t>
+          <t>珀莱转债</t>
         </is>
       </c>
       <c r="C138" t="inlineStr">
         <is>
-          <t>300692</t>
+          <t>132.499</t>
         </is>
       </c>
       <c r="D138" t="inlineStr">
         <is>
-          <t>中环环保</t>
-[...10 lines deleted...]
-        </is>
+          <t>1.119</t>
+        </is>
+      </c>
+      <c r="E138" t="n">
+        <v>72.84</v>
+      </c>
+      <c r="F138" t="n">
+        <v>76.6604</v>
       </c>
       <c r="G138" t="inlineStr">
         <is>
-          <t>2.419</t>
+          <t>603605</t>
         </is>
       </c>
       <c r="H138" t="inlineStr">
         <is>
-          <t>2028-05-06</t>
-[...2 lines deleted...]
-      <c r="I138" t="inlineStr">
+          <t>珀莱雅</t>
+        </is>
+      </c>
+      <c r="I138" t="n">
+        <v>73.18000000000001</v>
+      </c>
+      <c r="J138" t="n">
+        <v>2.09</v>
+      </c>
+      <c r="K138" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="L138" t="inlineStr">
+        <is>
+          <t>7.507</t>
+        </is>
+      </c>
+      <c r="M138" t="inlineStr">
+        <is>
+          <t>1.874</t>
+        </is>
+      </c>
+      <c r="N138" t="inlineStr">
+        <is>
+          <t>2027-12-08</t>
+        </is>
+      </c>
+      <c r="O138" t="inlineStr">
         <is>
           <t>115.00</t>
         </is>
       </c>
-      <c r="J138" t="inlineStr">
-[...25 lines deleted...]
-        <v>1.71</v>
+      <c r="P138" t="inlineStr">
+        <is>
+          <t>124.098</t>
+        </is>
+      </c>
+      <c r="Q138" t="inlineStr">
+        <is>
+          <t>0/15 | 30 2024-03-09 重新计</t>
+        </is>
       </c>
       <c r="R138" t="n">
-        <v>72.17</v>
+        <v>32.6094</v>
       </c>
       <c r="S138" t="n">
-        <v>43.9</v>
+        <v>3.1926</v>
       </c>
       <c r="T138" t="n">
-        <v>31.65</v>
-[...3 lines deleted...]
-      <c r="W138" t="inlineStr"/>
+        <v>2.6909</v>
+      </c>
+      <c r="U138" t="n">
+        <v>15.52</v>
+      </c>
+      <c r="V138" t="n">
+        <v>11.94</v>
+      </c>
+      <c r="W138" t="n">
+        <v>7.81</v>
+      </c>
+      <c r="X138" t="n">
+        <v>8.52</v>
+      </c>
+      <c r="Y138" t="n">
+        <v>14.38</v>
+      </c>
+      <c r="Z138" t="inlineStr"/>
+      <c r="AA138" t="inlineStr"/>
+      <c r="AB138" t="inlineStr"/>
     </row>
     <row r="139">
       <c r="A139" t="inlineStr">
         <is>
-          <t>111000</t>
+          <t>123144</t>
         </is>
       </c>
       <c r="B139" t="inlineStr">
         <is>
-          <t>起帆转债</t>
+          <t>裕兴转债</t>
         </is>
       </c>
       <c r="C139" t="inlineStr">
         <is>
-          <t>605222</t>
+          <t>128.306</t>
         </is>
       </c>
       <c r="D139" t="inlineStr">
         <is>
-          <t>起帆电缆</t>
-[...10 lines deleted...]
-        </is>
+          <t>1.099</t>
+        </is>
+      </c>
+      <c r="E139" t="n">
+        <v>64.98999999999999</v>
+      </c>
+      <c r="F139" t="n">
+        <v>77.7647</v>
       </c>
       <c r="G139" t="inlineStr">
         <is>
-          <t>1.466</t>
+          <t>300305</t>
         </is>
       </c>
       <c r="H139" t="inlineStr">
         <is>
-          <t>2027-05-24</t>
-[...2 lines deleted...]
-      <c r="I139" t="inlineStr">
+          <t>裕兴股份</t>
+        </is>
+      </c>
+      <c r="I139" t="n">
+        <v>6.61</v>
+      </c>
+      <c r="J139" t="n">
+        <v>2.48</v>
+      </c>
+      <c r="K139" t="inlineStr">
+        <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="L139" t="inlineStr">
+        <is>
+          <t>5.997</t>
+        </is>
+      </c>
+      <c r="M139" t="inlineStr">
+        <is>
+          <t>2.216</t>
+        </is>
+      </c>
+      <c r="N139" t="inlineStr">
+        <is>
+          <t>2028-04-11</t>
+        </is>
+      </c>
+      <c r="O139" t="inlineStr">
         <is>
           <t>115.00</t>
         </is>
       </c>
-      <c r="J139" t="inlineStr">
-[...25 lines deleted...]
-        <v>3.67</v>
+      <c r="P139" t="inlineStr">
+        <is>
+          <t>11.050</t>
+        </is>
+      </c>
+      <c r="Q139" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R139" t="n">
-        <v>12.72</v>
+        <v>38.6134</v>
       </c>
       <c r="S139" t="n">
-        <v>12.56</v>
+        <v>2.6532</v>
       </c>
       <c r="T139" t="n">
-        <v>15.02</v>
-[...3 lines deleted...]
-      <c r="W139" t="inlineStr"/>
+        <v>2.1238</v>
+      </c>
+      <c r="U139" t="n">
+        <v>-3.57</v>
+      </c>
+      <c r="V139" t="n">
+        <v>0.09</v>
+      </c>
+      <c r="W139" t="n">
+        <v>13.32</v>
+      </c>
+      <c r="X139" t="n">
+        <v>9.279999999999999</v>
+      </c>
+      <c r="Y139" t="n">
+        <v>11.6</v>
+      </c>
+      <c r="Z139" t="inlineStr"/>
+      <c r="AA139" t="inlineStr"/>
+      <c r="AB139" t="inlineStr"/>
     </row>
     <row r="140">
       <c r="A140" t="inlineStr">
         <is>
-          <t>113663</t>
+          <t>123119</t>
         </is>
       </c>
       <c r="B140" t="inlineStr">
         <is>
-          <t>新化转债</t>
+          <t>康泰转2</t>
         </is>
       </c>
       <c r="C140" t="inlineStr">
         <is>
-          <t>603867</t>
+          <t>134.963</t>
         </is>
       </c>
       <c r="D140" t="inlineStr">
         <is>
-          <t>新化股份</t>
-[...10 lines deleted...]
-        </is>
+          <t>1.097</t>
+        </is>
+      </c>
+      <c r="E140" t="n">
+        <v>32.93</v>
+      </c>
+      <c r="F140" t="n">
+        <v>101.5257</v>
       </c>
       <c r="G140" t="inlineStr">
         <is>
-          <t>2.984</t>
+          <t>300601</t>
         </is>
       </c>
       <c r="H140" t="inlineStr">
         <is>
-          <t>2028-11-28</t>
-[...10 lines deleted...]
-        </is>
+          <t>康泰生物</t>
+        </is>
+      </c>
+      <c r="I140" t="n">
+        <v>15.97</v>
+      </c>
+      <c r="J140" t="n">
+        <v>3.37</v>
       </c>
       <c r="K140" t="inlineStr">
         <is>
-          <t>!</t>
-[...18 lines deleted...]
-        <v>3.29</v>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="L140" t="inlineStr">
+        <is>
+          <t>19.990</t>
+        </is>
+      </c>
+      <c r="M140" t="inlineStr">
+        <is>
+          <t>1.474</t>
+        </is>
+      </c>
+      <c r="N140" t="inlineStr">
+        <is>
+          <t>2027-07-15</t>
+        </is>
+      </c>
+      <c r="O140" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="P140" t="inlineStr">
+        <is>
+          <t>20.449</t>
+        </is>
+      </c>
+      <c r="Q140" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R140" t="n">
-        <v>41.46</v>
+        <v>32.0058</v>
       </c>
       <c r="S140" t="n">
-        <v>35.93</v>
+        <v>2.7006</v>
       </c>
       <c r="T140" t="n">
-        <v>27.61</v>
-[...3 lines deleted...]
-      <c r="W140" t="inlineStr"/>
+        <v>2.4266</v>
+      </c>
+      <c r="U140" t="n">
+        <v>2.02</v>
+      </c>
+      <c r="V140" t="n">
+        <v>8.609999999999999</v>
+      </c>
+      <c r="W140" t="n">
+        <v>10.72</v>
+      </c>
+      <c r="X140" t="n">
+        <v>11.66</v>
+      </c>
+      <c r="Y140" t="n">
+        <v>15.53</v>
+      </c>
+      <c r="Z140" t="inlineStr"/>
+      <c r="AA140" t="inlineStr"/>
+      <c r="AB140" t="inlineStr"/>
     </row>
     <row r="141">
       <c r="A141" t="inlineStr">
         <is>
-          <t>127066</t>
+          <t>111018</t>
         </is>
       </c>
       <c r="B141" t="inlineStr">
         <is>
-          <t>科利转债</t>
+          <t>华康转债</t>
         </is>
       </c>
       <c r="C141" t="inlineStr">
         <is>
-          <t>002850</t>
+          <t>136.194</t>
         </is>
       </c>
       <c r="D141" t="inlineStr">
         <is>
-          <t>科达利</t>
-[...10 lines deleted...]
-        </is>
+          <t>1.092</t>
+        </is>
+      </c>
+      <c r="E141" t="n">
+        <v>36.78</v>
+      </c>
+      <c r="F141" t="n">
+        <v>99.56950000000001</v>
       </c>
       <c r="G141" t="inlineStr">
         <is>
-          <t>2.592</t>
+          <t>605077</t>
         </is>
       </c>
       <c r="H141" t="inlineStr">
         <is>
-          <t>2028-07-08</t>
-[...10 lines deleted...]
-        </is>
+          <t>华康股份</t>
+        </is>
+      </c>
+      <c r="I141" t="n">
+        <v>16.19</v>
+      </c>
+      <c r="J141" t="n">
+        <v>-0.55</v>
       </c>
       <c r="K141" t="inlineStr">
         <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="L141" t="inlineStr">
+        <is>
+          <t>13.022</t>
+        </is>
+      </c>
+      <c r="M141" t="inlineStr">
+        <is>
+          <t>3.923</t>
+        </is>
+      </c>
+      <c r="N141" t="inlineStr">
+        <is>
+          <t>2029-12-25</t>
+        </is>
+      </c>
+      <c r="O141" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="P141" t="inlineStr">
+        <is>
+          <t>21.138</t>
+        </is>
+      </c>
+      <c r="Q141" t="inlineStr">
+        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L141" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R141" t="n">
-        <v>37.05</v>
+        <v>58.5079</v>
       </c>
       <c r="S141" t="n">
-        <v>26.27</v>
+        <v>1.5387</v>
       </c>
       <c r="T141" t="n">
-        <v>19.73</v>
-[...3 lines deleted...]
-      <c r="W141" t="inlineStr"/>
+        <v>1.2361</v>
+      </c>
+      <c r="U141" t="n">
+        <v>2.68</v>
+      </c>
+      <c r="V141" t="n">
+        <v>3.71</v>
+      </c>
+      <c r="W141" t="n">
+        <v>13.6</v>
+      </c>
+      <c r="X141" t="n">
+        <v>15.91</v>
+      </c>
+      <c r="Y141" t="n">
+        <v>18.66</v>
+      </c>
+      <c r="Z141" t="inlineStr"/>
+      <c r="AA141" t="inlineStr"/>
+      <c r="AB141" t="inlineStr"/>
     </row>
     <row r="142">
       <c r="A142" t="inlineStr">
         <is>
-          <t>118003</t>
+          <t>118045</t>
         </is>
       </c>
       <c r="B142" t="inlineStr">
         <is>
-          <t>华兴转债</t>
+          <t>盟升转债</t>
         </is>
       </c>
       <c r="C142" t="inlineStr">
         <is>
-          <t>688001</t>
+          <t>312.846</t>
         </is>
       </c>
       <c r="D142" t="inlineStr">
         <is>
-          <t>华兴源创</t>
-[...10 lines deleted...]
-        </is>
+          <t>1.087</t>
+        </is>
+      </c>
+      <c r="E142" t="n">
+        <v>33.89</v>
+      </c>
+      <c r="F142" t="n">
+        <v>233.6676</v>
       </c>
       <c r="G142" t="inlineStr">
         <is>
-          <t>1.984</t>
+          <t>688311</t>
         </is>
       </c>
       <c r="H142" t="inlineStr">
         <is>
-          <t>2027-11-29</t>
-[...10 lines deleted...]
-        </is>
+          <t>盟升电子</t>
+        </is>
+      </c>
+      <c r="I142" t="n">
+        <v>48.93</v>
+      </c>
+      <c r="J142" t="n">
+        <v>4.57</v>
       </c>
       <c r="K142" t="inlineStr">
         <is>
-          <t>0/15 | 30</t>
-[...18 lines deleted...]
-        <v>3.31</v>
+          <t>A</t>
+        </is>
+      </c>
+      <c r="L142" t="inlineStr">
+        <is>
+          <t>1.238</t>
+        </is>
+      </c>
+      <c r="M142" t="inlineStr">
+        <is>
+          <t>3.638</t>
+        </is>
+      </c>
+      <c r="N142" t="inlineStr">
+        <is>
+          <t>2029-09-12</t>
+        </is>
+      </c>
+      <c r="O142" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="P142" t="inlineStr">
+        <is>
+          <t>27.222</t>
+        </is>
+      </c>
+      <c r="Q142" t="inlineStr">
+        <is>
+          <t>5/15 | 30 2026-01-19 重新计</t>
+        </is>
       </c>
       <c r="R142" t="n">
-        <v>16.45</v>
+        <v>29.9915</v>
       </c>
       <c r="S142" t="n">
-        <v>20.19</v>
+        <v>2.7384</v>
       </c>
       <c r="T142" t="n">
-        <v>27.66</v>
-[...3 lines deleted...]
-      <c r="W142" t="inlineStr"/>
+        <v>1.9013</v>
+      </c>
+      <c r="U142" t="n">
+        <v>-2.72</v>
+      </c>
+      <c r="V142" t="n">
+        <v>-0.5600000000000001</v>
+      </c>
+      <c r="W142" t="n">
+        <v>81.83</v>
+      </c>
+      <c r="X142" t="n">
+        <v>55.99</v>
+      </c>
+      <c r="Y142" t="n">
+        <v>55.4</v>
+      </c>
+      <c r="Z142" t="inlineStr"/>
+      <c r="AA142" t="inlineStr"/>
+      <c r="AB142" t="inlineStr"/>
     </row>
     <row r="143">
       <c r="A143" t="inlineStr">
         <is>
-          <t>127062</t>
+          <t>127069</t>
         </is>
       </c>
       <c r="B143" t="inlineStr">
         <is>
-          <t>垒知转债</t>
+          <t>小熊转债</t>
         </is>
       </c>
       <c r="C143" t="inlineStr">
         <is>
-          <t>002398</t>
+          <t>133.446</t>
         </is>
       </c>
       <c r="D143" t="inlineStr">
         <is>
-          <t>垒知集团</t>
-[...2 lines deleted...]
-      <c r="E143" t="inlineStr">
+          <t>1.085</t>
+        </is>
+      </c>
+      <c r="E143" t="n">
+        <v>54.97</v>
+      </c>
+      <c r="F143" t="n">
+        <v>86.1084</v>
+      </c>
+      <c r="G143" t="inlineStr">
+        <is>
+          <t>002959</t>
+        </is>
+      </c>
+      <c r="H143" t="inlineStr">
+        <is>
+          <t>小熊电器</t>
+        </is>
+      </c>
+      <c r="I143" t="n">
+        <v>44.94</v>
+      </c>
+      <c r="J143" t="n">
+        <v>0.76</v>
+      </c>
+      <c r="K143" t="inlineStr">
         <is>
           <t>AA-</t>
         </is>
       </c>
-      <c r="F143" t="inlineStr">
-[...14 lines deleted...]
-      <c r="I143" t="inlineStr">
+      <c r="L143" t="inlineStr">
+        <is>
+          <t>5.041</t>
+        </is>
+      </c>
+      <c r="M143" t="inlineStr">
+        <is>
+          <t>2.553</t>
+        </is>
+      </c>
+      <c r="N143" t="inlineStr">
+        <is>
+          <t>2028-08-12</t>
+        </is>
+      </c>
+      <c r="O143" t="inlineStr">
         <is>
           <t>115.00</t>
         </is>
       </c>
-      <c r="J143" t="inlineStr">
-[...25 lines deleted...]
-        <v>2.11</v>
+      <c r="P143" t="inlineStr">
+        <is>
+          <t>67.847</t>
+        </is>
+      </c>
+      <c r="Q143" t="inlineStr">
+        <is>
+          <t>0/15 | 30 2023-11-09 重新计</t>
+        </is>
       </c>
       <c r="R143" t="n">
-        <v>7.18</v>
+        <v>45.4888</v>
       </c>
       <c r="S143" t="n">
-        <v>12.11</v>
+        <v>1.8923</v>
       </c>
       <c r="T143" t="n">
-        <v>27.31</v>
-[...3 lines deleted...]
-      <c r="W143" t="inlineStr"/>
+        <v>1.4906</v>
+      </c>
+      <c r="U143" t="n">
+        <v>2.88</v>
+      </c>
+      <c r="V143" t="n">
+        <v>4.45</v>
+      </c>
+      <c r="W143" t="n">
+        <v>7.36</v>
+      </c>
+      <c r="X143" t="n">
+        <v>9.16</v>
+      </c>
+      <c r="Y143" t="n">
+        <v>12.65</v>
+      </c>
+      <c r="Z143" t="inlineStr"/>
+      <c r="AA143" t="inlineStr"/>
+      <c r="AB143" t="inlineStr"/>
     </row>
     <row r="144">
       <c r="A144" t="inlineStr">
         <is>
-          <t>113030</t>
+          <t>123194</t>
         </is>
       </c>
       <c r="B144" t="inlineStr">
         <is>
-          <t>东风转债</t>
+          <t>百洋转债</t>
         </is>
       </c>
       <c r="C144" t="inlineStr">
         <is>
-          <t>601515</t>
+          <t>137.941</t>
         </is>
       </c>
       <c r="D144" t="inlineStr">
         <is>
-          <t>衢州东峰</t>
-[...10 lines deleted...]
-        </is>
+          <t>1.070</t>
+        </is>
+      </c>
+      <c r="E144" t="n">
+        <v>41.06</v>
+      </c>
+      <c r="F144" t="n">
+        <v>97.79179999999999</v>
       </c>
       <c r="G144" t="inlineStr">
         <is>
-          <t>0.052</t>
+          <t>301015</t>
         </is>
       </c>
       <c r="H144" t="inlineStr">
         <is>
-          <t>2025-12-24</t>
-[...29 lines deleted...]
-        <v>2.89</v>
+          <t>百洋医药</t>
+        </is>
+      </c>
+      <c r="I144" t="n">
+        <v>24.8</v>
+      </c>
+      <c r="J144" t="n">
+        <v>1.68</v>
+      </c>
+      <c r="K144" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="L144" t="inlineStr">
+        <is>
+          <t>8.459</t>
+        </is>
+      </c>
+      <c r="M144" t="inlineStr">
+        <is>
+          <t>3.225</t>
+        </is>
+      </c>
+      <c r="N144" t="inlineStr">
+        <is>
+          <t>2029-04-14</t>
+        </is>
+      </c>
+      <c r="O144" t="inlineStr">
+        <is>
+          <t>113.00</t>
+        </is>
+      </c>
+      <c r="P144" t="inlineStr">
+        <is>
+          <t>32.968</t>
+        </is>
+      </c>
+      <c r="Q144" t="inlineStr">
+        <is>
+          <t>0/15 | 30 2024-05-25 重新计</t>
+        </is>
       </c>
       <c r="R144" t="n">
-        <v>57.48</v>
+        <v>63.5936</v>
       </c>
       <c r="S144" t="n">
-        <v>42.07</v>
+        <v>1.5521</v>
       </c>
       <c r="T144" t="n">
-        <v>28.63</v>
+        <v>1.3164</v>
       </c>
       <c r="U144" t="n">
-        <v>45.61</v>
+        <v>6.92</v>
       </c>
       <c r="V144" t="n">
-        <v>38.57</v>
+        <v>7.12</v>
       </c>
       <c r="W144" t="n">
-        <v>50.04</v>
-      </c>
+        <v>12.47</v>
+      </c>
+      <c r="X144" t="n">
+        <v>14.11</v>
+      </c>
+      <c r="Y144" t="n">
+        <v>19.65</v>
+      </c>
+      <c r="Z144" t="inlineStr"/>
+      <c r="AA144" t="inlineStr"/>
+      <c r="AB144" t="inlineStr"/>
     </row>
     <row r="145">
       <c r="A145" t="inlineStr">
         <is>
-          <t>123178</t>
+          <t>111021</t>
         </is>
       </c>
       <c r="B145" t="inlineStr">
         <is>
-          <t>花园转债</t>
+          <t>奥锐转债</t>
         </is>
       </c>
       <c r="C145" t="inlineStr">
         <is>
-          <t>300401</t>
+          <t>172.543</t>
         </is>
       </c>
       <c r="D145" t="inlineStr">
         <is>
-          <t>花园生物</t>
-[...2 lines deleted...]
-      <c r="E145" t="inlineStr">
+          <t>1.049</t>
+        </is>
+      </c>
+      <c r="E145" t="n">
+        <v>37.53</v>
+      </c>
+      <c r="F145" t="n">
+        <v>125.4611</v>
+      </c>
+      <c r="G145" t="inlineStr">
+        <is>
+          <t>605116</t>
+        </is>
+      </c>
+      <c r="H145" t="inlineStr">
+        <is>
+          <t>奥锐特</t>
+        </is>
+      </c>
+      <c r="I145" t="n">
+        <v>31.29</v>
+      </c>
+      <c r="J145" t="n">
+        <v>0.97</v>
+      </c>
+      <c r="K145" t="inlineStr">
         <is>
           <t>AA-</t>
         </is>
       </c>
-      <c r="F145" t="inlineStr">
-[...14 lines deleted...]
-      <c r="I145" t="inlineStr">
+      <c r="L145" t="inlineStr">
+        <is>
+          <t>8.121</t>
+        </is>
+      </c>
+      <c r="M145" t="inlineStr">
+        <is>
+          <t>4.507</t>
+        </is>
+      </c>
+      <c r="N145" t="inlineStr">
+        <is>
+          <t>2030-07-26</t>
+        </is>
+      </c>
+      <c r="O145" t="inlineStr">
         <is>
           <t>115.00</t>
         </is>
       </c>
-      <c r="J145" t="inlineStr">
-[...25 lines deleted...]
-        <v>3.84</v>
+      <c r="P145" t="inlineStr">
+        <is>
+          <t>32.422</t>
+        </is>
+      </c>
+      <c r="Q145" t="inlineStr">
+        <is>
+          <t>2/15 | 30</t>
+        </is>
       </c>
       <c r="R145" t="n">
-        <v>10.48</v>
+        <v>37.5296</v>
       </c>
       <c r="S145" t="n">
-        <v>14.89</v>
+        <v>4.3007</v>
       </c>
       <c r="T145" t="n">
-        <v>20.5</v>
-[...3 lines deleted...]
-      <c r="W145" t="inlineStr"/>
+        <v>3.0145</v>
+      </c>
+      <c r="U145" t="n">
+        <v>3.55</v>
+      </c>
+      <c r="V145" t="n">
+        <v>2.89</v>
+      </c>
+      <c r="W145" t="n">
+        <v>35.7</v>
+      </c>
+      <c r="X145" t="n">
+        <v>22.92</v>
+      </c>
+      <c r="Y145" t="inlineStr"/>
+      <c r="Z145" t="inlineStr"/>
+      <c r="AA145" t="inlineStr"/>
+      <c r="AB145" t="inlineStr"/>
     </row>
     <row r="146">
       <c r="A146" t="inlineStr">
         <is>
-          <t>127104</t>
+          <t>123090</t>
         </is>
       </c>
       <c r="B146" t="inlineStr">
         <is>
-          <t>姚记转债</t>
+          <t>三诺转债</t>
         </is>
       </c>
       <c r="C146" t="inlineStr">
         <is>
-          <t>002605</t>
+          <t>122.228</t>
         </is>
       </c>
       <c r="D146" t="inlineStr">
         <is>
-          <t>姚记科技</t>
-[...10 lines deleted...]
-        </is>
+          <t>1.032</t>
+        </is>
+      </c>
+      <c r="E146" t="n">
+        <v>124.64</v>
+      </c>
+      <c r="F146" t="n">
+        <v>54.4109</v>
       </c>
       <c r="G146" t="inlineStr">
         <is>
-          <t>4.140</t>
+          <t>300298</t>
         </is>
       </c>
       <c r="H146" t="inlineStr">
         <is>
-          <t>2030-01-24</t>
-[...10 lines deleted...]
-        </is>
+          <t>三诺生物</t>
+        </is>
+      </c>
+      <c r="I146" t="n">
+        <v>18.75</v>
+      </c>
+      <c r="J146" t="n">
+        <v>1.63</v>
       </c>
       <c r="K146" t="inlineStr">
         <is>
-          <t>0/15 | 30 2025-11-21 重新计</t>
-[...18 lines deleted...]
-        <v>3.49</v>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="L146" t="inlineStr">
+        <is>
+          <t>4.984</t>
+        </is>
+      </c>
+      <c r="M146" t="inlineStr">
+        <is>
+          <t>0.910</t>
+        </is>
+      </c>
+      <c r="N146" t="inlineStr">
+        <is>
+          <t>2026-12-21</t>
+        </is>
+      </c>
+      <c r="O146" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="P146" t="inlineStr">
+        <is>
+          <t>44.798</t>
+        </is>
+      </c>
+      <c r="Q146" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R146" t="n">
-        <v>17.16</v>
+        <v>41.1916</v>
       </c>
       <c r="S146" t="n">
-        <v>25.68</v>
+        <v>1.4251</v>
       </c>
       <c r="T146" t="n">
-        <v>36.41</v>
-[...3 lines deleted...]
-      <c r="W146" t="inlineStr"/>
+        <v>1.0145</v>
+      </c>
+      <c r="U146" t="n">
+        <v>3.26</v>
+      </c>
+      <c r="V146" t="n">
+        <v>2.84</v>
+      </c>
+      <c r="W146" t="n">
+        <v>11.89</v>
+      </c>
+      <c r="X146" t="n">
+        <v>9.130000000000001</v>
+      </c>
+      <c r="Y146" t="n">
+        <v>12.96</v>
+      </c>
+      <c r="Z146" t="inlineStr"/>
+      <c r="AA146" t="inlineStr"/>
+      <c r="AB146" t="inlineStr"/>
     </row>
     <row r="147">
       <c r="A147" t="inlineStr">
         <is>
-          <t>110076</t>
+          <t>123113</t>
         </is>
       </c>
       <c r="B147" t="inlineStr">
         <is>
-          <t>华海转债</t>
+          <t>仙乐转债</t>
         </is>
       </c>
       <c r="C147" t="inlineStr">
         <is>
-          <t>600521</t>
+          <t>130.274</t>
         </is>
       </c>
       <c r="D147" t="inlineStr">
         <is>
-          <t>华海药业</t>
-[...10 lines deleted...]
-        </is>
+          <t>1.031</t>
+        </is>
+      </c>
+      <c r="E147" t="n">
+        <v>66.29000000000001</v>
+      </c>
+      <c r="F147" t="n">
+        <v>78.34269999999999</v>
       </c>
       <c r="G147" t="inlineStr">
         <is>
-          <t>0.910</t>
+          <t>300791</t>
         </is>
       </c>
       <c r="H147" t="inlineStr">
         <is>
-          <t>2026-11-02</t>
-[...10 lines deleted...]
-        </is>
+          <t>仙乐健康</t>
+        </is>
+      </c>
+      <c r="I147" t="n">
+        <v>24.96</v>
+      </c>
+      <c r="J147" t="n">
+        <v>0.08</v>
       </c>
       <c r="K147" t="inlineStr">
         <is>
-          <t>0/15 | 30</t>
-[...18 lines deleted...]
-        <v>11.68</v>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="L147" t="inlineStr">
+        <is>
+          <t>10.248</t>
+        </is>
+      </c>
+      <c r="M147" t="inlineStr">
+        <is>
+          <t>1.236</t>
+        </is>
+      </c>
+      <c r="N147" t="inlineStr">
+        <is>
+          <t>2027-04-19</t>
+        </is>
+      </c>
+      <c r="O147" t="inlineStr">
+        <is>
+          <t>113.00</t>
+        </is>
+      </c>
+      <c r="P147" t="inlineStr">
+        <is>
+          <t>41.418</t>
+        </is>
+      </c>
+      <c r="Q147" t="inlineStr">
+        <is>
+          <t>0/20 | 30</t>
+        </is>
       </c>
       <c r="R147" t="n">
-        <v>12.21</v>
+        <v>53.2205</v>
       </c>
       <c r="S147" t="n">
-        <v>15.16</v>
+        <v>1.893</v>
       </c>
       <c r="T147" t="n">
-        <v>11.26</v>
-[...3 lines deleted...]
-      <c r="W147" t="inlineStr"/>
+        <v>1.3893</v>
+      </c>
+      <c r="U147" t="n">
+        <v>3.25</v>
+      </c>
+      <c r="V147" t="n">
+        <v>2.81</v>
+      </c>
+      <c r="W147" t="n">
+        <v>7</v>
+      </c>
+      <c r="X147" t="n">
+        <v>8.99</v>
+      </c>
+      <c r="Y147" t="n">
+        <v>10.41</v>
+      </c>
+      <c r="Z147" t="inlineStr"/>
+      <c r="AA147" t="inlineStr"/>
+      <c r="AB147" t="inlineStr"/>
     </row>
     <row r="148">
       <c r="A148" t="inlineStr">
         <is>
-          <t>127079</t>
+          <t>113688</t>
         </is>
       </c>
       <c r="B148" t="inlineStr">
         <is>
-          <t>华亚转债</t>
+          <t>国检转债</t>
         </is>
       </c>
       <c r="C148" t="inlineStr">
         <is>
-          <t>003043</t>
+          <t>139.760</t>
         </is>
       </c>
       <c r="D148" t="inlineStr">
         <is>
-          <t>华亚智能</t>
-[...10 lines deleted...]
-        </is>
+          <t>1.020</t>
+        </is>
+      </c>
+      <c r="E148" t="n">
+        <v>39.12</v>
+      </c>
+      <c r="F148" t="n">
+        <v>100.4601</v>
       </c>
       <c r="G148" t="inlineStr">
         <is>
-          <t>3.033</t>
+          <t>603060</t>
         </is>
       </c>
       <c r="H148" t="inlineStr">
         <is>
-          <t>2028-12-16</t>
-[...10 lines deleted...]
-        </is>
+          <t>国检集团</t>
+        </is>
+      </c>
+      <c r="I148" t="n">
+        <v>6.55</v>
+      </c>
+      <c r="J148" t="n">
+        <v>0.46</v>
       </c>
       <c r="K148" t="inlineStr">
         <is>
-          <t>!</t>
-[...18 lines deleted...]
-        <v>1.5</v>
+          <t>AA+</t>
+        </is>
+      </c>
+      <c r="L148" t="inlineStr">
+        <is>
+          <t>7.998</t>
+        </is>
+      </c>
+      <c r="M148" t="inlineStr">
+        <is>
+          <t>4.734</t>
+        </is>
+      </c>
+      <c r="N148" t="inlineStr">
+        <is>
+          <t>2030-10-17</t>
+        </is>
+      </c>
+      <c r="O148" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="P148" t="inlineStr">
+        <is>
+          <t>8.476</t>
+        </is>
+      </c>
+      <c r="Q148" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R148" t="n">
-        <v>51.24</v>
+        <v>53.2638</v>
       </c>
       <c r="S148" t="n">
-        <v>38.65</v>
+        <v>1.4864</v>
       </c>
       <c r="T148" t="n">
-        <v>27.25</v>
-[...3 lines deleted...]
-      <c r="W148" t="inlineStr"/>
+        <v>1.3918</v>
+      </c>
+      <c r="U148" t="n">
+        <v>2.04</v>
+      </c>
+      <c r="V148" t="n">
+        <v>2.57</v>
+      </c>
+      <c r="W148" t="n">
+        <v>9.31</v>
+      </c>
+      <c r="X148" t="n">
+        <v>10.13</v>
+      </c>
+      <c r="Y148" t="inlineStr"/>
+      <c r="Z148" t="inlineStr"/>
+      <c r="AA148" t="inlineStr"/>
+      <c r="AB148" t="inlineStr"/>
     </row>
     <row r="149">
       <c r="A149" t="inlineStr">
         <is>
-          <t>113658</t>
+          <t>118033</t>
         </is>
       </c>
       <c r="B149" t="inlineStr">
         <is>
-          <t>密卫转债</t>
+          <t>华特转债</t>
         </is>
       </c>
       <c r="C149" t="inlineStr">
         <is>
-          <t>603713</t>
+          <t>139.652</t>
         </is>
       </c>
       <c r="D149" t="inlineStr">
         <is>
-          <t>密尔克卫</t>
-[...2 lines deleted...]
-      <c r="E149" t="inlineStr">
+          <t>1.018</t>
+        </is>
+      </c>
+      <c r="E149" t="n">
+        <v>69.2</v>
+      </c>
+      <c r="F149" t="n">
+        <v>82.5378</v>
+      </c>
+      <c r="G149" t="inlineStr">
+        <is>
+          <t>688268</t>
+        </is>
+      </c>
+      <c r="H149" t="inlineStr">
+        <is>
+          <t>华特气体</t>
+        </is>
+      </c>
+      <c r="I149" t="n">
+        <v>68.3</v>
+      </c>
+      <c r="J149" t="n">
+        <v>0.62</v>
+      </c>
+      <c r="K149" t="inlineStr">
         <is>
           <t>AA-</t>
         </is>
       </c>
-      <c r="F149" t="inlineStr">
-[...24 lines deleted...]
-      <c r="K149" t="inlineStr">
+      <c r="L149" t="inlineStr">
+        <is>
+          <t>6.459</t>
+        </is>
+      </c>
+      <c r="M149" t="inlineStr">
+        <is>
+          <t>3.159</t>
+        </is>
+      </c>
+      <c r="N149" t="inlineStr">
+        <is>
+          <t>2029-03-21</t>
+        </is>
+      </c>
+      <c r="O149" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="P149" t="inlineStr">
+        <is>
+          <t>107.575</t>
+        </is>
+      </c>
+      <c r="Q149" t="inlineStr">
         <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L149" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R149" t="n">
-        <v>16.56</v>
+        <v>41.8401</v>
       </c>
       <c r="S149" t="n">
-        <v>16.36</v>
+        <v>3.191</v>
       </c>
       <c r="T149" t="n">
-        <v>17.09</v>
-[...3 lines deleted...]
-      <c r="W149" t="inlineStr"/>
+        <v>2.8544</v>
+      </c>
+      <c r="U149" t="n">
+        <v>1.85</v>
+      </c>
+      <c r="V149" t="n">
+        <v>1.71</v>
+      </c>
+      <c r="W149" t="n">
+        <v>14.48</v>
+      </c>
+      <c r="X149" t="n">
+        <v>12.92</v>
+      </c>
+      <c r="Y149" t="n">
+        <v>13.64</v>
+      </c>
+      <c r="Z149" t="inlineStr"/>
+      <c r="AA149" t="inlineStr"/>
+      <c r="AB149" t="inlineStr"/>
     </row>
     <row r="150">
       <c r="A150" t="inlineStr">
         <is>
-          <t>123242</t>
+          <t>123216</t>
         </is>
       </c>
       <c r="B150" t="inlineStr">
         <is>
-          <t>赛龙转债</t>
+          <t>科顺转债</t>
         </is>
       </c>
       <c r="C150" t="inlineStr">
         <is>
-          <t>301131</t>
+          <t>140.000</t>
         </is>
       </c>
       <c r="D150" t="inlineStr">
         <is>
-          <t>聚赛龙</t>
-[...10 lines deleted...]
-        </is>
+          <t>1.011</t>
+        </is>
+      </c>
+      <c r="E150" t="n">
+        <v>37.32</v>
+      </c>
+      <c r="F150" t="n">
+        <v>101.949</v>
       </c>
       <c r="G150" t="inlineStr">
         <is>
-          <t>4.592</t>
+          <t>300737</t>
         </is>
       </c>
       <c r="H150" t="inlineStr">
         <is>
-          <t>2030-07-08</t>
-[...2 lines deleted...]
-      <c r="I150" t="inlineStr">
+          <t>科顺股份</t>
+        </is>
+      </c>
+      <c r="I150" t="n">
+        <v>6.8</v>
+      </c>
+      <c r="J150" t="n">
+        <v>-2.3</v>
+      </c>
+      <c r="K150" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="L150" t="inlineStr">
+        <is>
+          <t>21.978</t>
+        </is>
+      </c>
+      <c r="M150" t="inlineStr">
+        <is>
+          <t>3.532</t>
+        </is>
+      </c>
+      <c r="N150" t="inlineStr">
+        <is>
+          <t>2029-08-04</t>
+        </is>
+      </c>
+      <c r="O150" t="inlineStr">
         <is>
           <t>115.00</t>
         </is>
       </c>
-      <c r="J150" t="inlineStr">
-[...25 lines deleted...]
-        <v>0.34</v>
+      <c r="P150" t="inlineStr">
+        <is>
+          <t>8.671</t>
+        </is>
+      </c>
+      <c r="Q150" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R150" t="n">
-        <v>15.12</v>
+        <v>69.1742</v>
       </c>
       <c r="S150" t="n">
-        <v>28.19</v>
-[...4 lines deleted...]
-      <c r="W150" t="inlineStr"/>
+        <v>1.385</v>
+      </c>
+      <c r="T150" t="n">
+        <v>1.3179</v>
+      </c>
+      <c r="U150" t="n">
+        <v>0.44</v>
+      </c>
+      <c r="V150" t="n">
+        <v>-3.38</v>
+      </c>
+      <c r="W150" t="n">
+        <v>21.99</v>
+      </c>
+      <c r="X150" t="n">
+        <v>14.87</v>
+      </c>
+      <c r="Y150" t="n">
+        <v>21.68</v>
+      </c>
+      <c r="Z150" t="inlineStr"/>
+      <c r="AA150" t="inlineStr"/>
+      <c r="AB150" t="inlineStr"/>
     </row>
     <row r="151">
       <c r="A151" t="inlineStr">
         <is>
-          <t>113049</t>
+          <t>110092</t>
         </is>
       </c>
       <c r="B151" t="inlineStr">
         <is>
-          <t>长汽转债</t>
+          <t>三房转债</t>
         </is>
       </c>
       <c r="C151" t="inlineStr">
         <is>
-          <t>601633</t>
+          <t>114.090</t>
         </is>
       </c>
       <c r="D151" t="inlineStr">
         <is>
-          <t>长城汽车</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.996</t>
+        </is>
+      </c>
+      <c r="E151" t="n">
+        <v>25.75</v>
+      </c>
+      <c r="F151" t="n">
+        <v>90.7285</v>
       </c>
       <c r="G151" t="inlineStr">
         <is>
-          <t>1.512</t>
+          <t>600370</t>
         </is>
       </c>
       <c r="H151" t="inlineStr">
         <is>
-          <t>2027-06-10</t>
-[...10 lines deleted...]
-        </is>
+          <t>三房巷</t>
+        </is>
+      </c>
+      <c r="I151" t="n">
+        <v>2.74</v>
+      </c>
+      <c r="J151" t="n">
+        <v>-0.36</v>
       </c>
       <c r="K151" t="inlineStr">
         <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="L151" t="inlineStr">
+        <is>
+          <t>24.990</t>
+        </is>
+      </c>
+      <c r="M151" t="inlineStr">
+        <is>
+          <t>2.956</t>
+        </is>
+      </c>
+      <c r="N151" t="inlineStr">
+        <is>
+          <t>2029-01-06</t>
+        </is>
+      </c>
+      <c r="O151" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="P151" t="inlineStr">
+        <is>
+          <t>3.926</t>
+        </is>
+      </c>
+      <c r="Q151" t="inlineStr">
+        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L151" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R151" t="n">
-        <v>8.359999999999999</v>
+        <v>73.1404</v>
       </c>
       <c r="S151" t="n">
-        <v>11.57</v>
+        <v>0.9687</v>
       </c>
       <c r="T151" t="n">
-        <v>11.79</v>
-[...3 lines deleted...]
-      <c r="W151" t="inlineStr"/>
+        <v>0.6659</v>
+      </c>
+      <c r="U151" t="n">
+        <v>-4.87</v>
+      </c>
+      <c r="V151" t="n">
+        <v>-2.75</v>
+      </c>
+      <c r="W151" t="n">
+        <v>24.62</v>
+      </c>
+      <c r="X151" t="n">
+        <v>20.14</v>
+      </c>
+      <c r="Y151" t="n">
+        <v>29.8</v>
+      </c>
+      <c r="Z151" t="inlineStr"/>
+      <c r="AA151" t="inlineStr"/>
+      <c r="AB151" t="inlineStr"/>
     </row>
     <row r="152">
       <c r="A152" t="inlineStr">
         <is>
-          <t>118056</t>
+          <t>113649</t>
         </is>
       </c>
       <c r="B152" t="inlineStr">
         <is>
-          <t>路维转债</t>
+          <t>丰山转债</t>
         </is>
       </c>
       <c r="C152" t="inlineStr">
         <is>
-          <t>688401</t>
+          <t>148.331</t>
         </is>
       </c>
       <c r="D152" t="inlineStr">
         <is>
-          <t>路维光电</t>
-[...2 lines deleted...]
-      <c r="E152" t="inlineStr">
+          <t>0.974</t>
+        </is>
+      </c>
+      <c r="E152" t="n">
+        <v>20.15</v>
+      </c>
+      <c r="F152" t="n">
+        <v>123.4523</v>
+      </c>
+      <c r="G152" t="inlineStr">
+        <is>
+          <t>603810</t>
+        </is>
+      </c>
+      <c r="H152" t="inlineStr">
+        <is>
+          <t>丰山集团</t>
+        </is>
+      </c>
+      <c r="I152" t="n">
+        <v>16.95</v>
+      </c>
+      <c r="J152" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="K152" t="inlineStr">
         <is>
           <t>AA-</t>
         </is>
       </c>
-      <c r="F152" t="inlineStr">
-[...45 lines deleted...]
-        <v>1.2</v>
+      <c r="L152" t="inlineStr">
+        <is>
+          <t>4.577</t>
+        </is>
+      </c>
+      <c r="M152" t="inlineStr">
+        <is>
+          <t>2.427</t>
+        </is>
+      </c>
+      <c r="N152" t="inlineStr">
+        <is>
+          <t>2028-06-27</t>
+        </is>
+      </c>
+      <c r="O152" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="P152" t="inlineStr">
+        <is>
+          <t>17.849</t>
+        </is>
+      </c>
+      <c r="Q152" t="inlineStr">
+        <is>
+          <t>0/15 | 30 2023-05-16 重新计</t>
+        </is>
       </c>
       <c r="R152" t="n">
-        <v>57.26</v>
-[...5 lines deleted...]
-      <c r="W152" t="inlineStr"/>
+        <v>41.1626</v>
+      </c>
+      <c r="S152" t="n">
+        <v>2.5667</v>
+      </c>
+      <c r="T152" t="n">
+        <v>2.1619</v>
+      </c>
+      <c r="U152" t="n">
+        <v>-0.39</v>
+      </c>
+      <c r="V152" t="n">
+        <v>-0.39</v>
+      </c>
+      <c r="W152" t="n">
+        <v>11.95</v>
+      </c>
+      <c r="X152" t="n">
+        <v>23.46</v>
+      </c>
+      <c r="Y152" t="n">
+        <v>19.51</v>
+      </c>
+      <c r="Z152" t="inlineStr"/>
+      <c r="AA152" t="inlineStr"/>
+      <c r="AB152" t="inlineStr"/>
     </row>
     <row r="153">
       <c r="A153" t="inlineStr">
         <is>
-          <t>127094</t>
+          <t>123199</t>
         </is>
       </c>
       <c r="B153" t="inlineStr">
         <is>
-          <t>红墙转债</t>
+          <t>山河转债</t>
         </is>
       </c>
       <c r="C153" t="inlineStr">
         <is>
-          <t>002809</t>
+          <t>148.325</t>
         </is>
       </c>
       <c r="D153" t="inlineStr">
         <is>
-          <t>红墙股份</t>
-[...2 lines deleted...]
-      <c r="E153" t="inlineStr">
+          <t>0.966</t>
+        </is>
+      </c>
+      <c r="E153" t="n">
+        <v>25.73</v>
+      </c>
+      <c r="F153" t="n">
+        <v>117.9699</v>
+      </c>
+      <c r="G153" t="inlineStr">
+        <is>
+          <t>300452</t>
+        </is>
+      </c>
+      <c r="H153" t="inlineStr">
+        <is>
+          <t>山河药辅</t>
+        </is>
+      </c>
+      <c r="I153" t="n">
+        <v>15.69</v>
+      </c>
+      <c r="J153" t="n">
+        <v>1.62</v>
+      </c>
+      <c r="K153" t="inlineStr">
         <is>
           <t>A+</t>
         </is>
       </c>
-      <c r="F153" t="inlineStr">
-[...24 lines deleted...]
-      <c r="K153" t="inlineStr">
+      <c r="L153" t="inlineStr">
+        <is>
+          <t>3.198</t>
+        </is>
+      </c>
+      <c r="M153" t="inlineStr">
+        <is>
+          <t>3.386</t>
+        </is>
+      </c>
+      <c r="N153" t="inlineStr">
+        <is>
+          <t>2029-06-12</t>
+        </is>
+      </c>
+      <c r="O153" t="inlineStr">
+        <is>
+          <t>108.00</t>
+        </is>
+      </c>
+      <c r="P153" t="inlineStr">
+        <is>
+          <t>17.290</t>
+        </is>
+      </c>
+      <c r="Q153" t="inlineStr">
         <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L153" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R153" t="n">
-        <v>11.68</v>
+        <v>36.4464</v>
       </c>
       <c r="S153" t="n">
-        <v>28.74</v>
+        <v>4.5814</v>
       </c>
       <c r="T153" t="n">
-        <v>30.18</v>
-[...3 lines deleted...]
-      <c r="W153" t="inlineStr"/>
+        <v>4.2293</v>
+      </c>
+      <c r="U153" t="n">
+        <v>1.19</v>
+      </c>
+      <c r="V153" t="n">
+        <v>1.62</v>
+      </c>
+      <c r="W153" t="n">
+        <v>26.09</v>
+      </c>
+      <c r="X153" t="n">
+        <v>18.01</v>
+      </c>
+      <c r="Y153" t="n">
+        <v>17.79</v>
+      </c>
+      <c r="Z153" t="inlineStr"/>
+      <c r="AA153" t="inlineStr"/>
+      <c r="AB153" t="inlineStr"/>
     </row>
     <row r="154">
       <c r="A154" t="inlineStr">
         <is>
-          <t>123157</t>
+          <t>123131</t>
         </is>
       </c>
       <c r="B154" t="inlineStr">
         <is>
-          <t>科蓝转债</t>
+          <t>奥飞转债</t>
         </is>
       </c>
       <c r="C154" t="inlineStr">
         <is>
-          <t>300663</t>
+          <t>298.999</t>
         </is>
       </c>
       <c r="D154" t="inlineStr">
         <is>
-          <t>科蓝软件</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.957</t>
+        </is>
+      </c>
+      <c r="E154" t="n">
+        <v>39.13</v>
+      </c>
+      <c r="F154" t="n">
+        <v>214.9105</v>
       </c>
       <c r="G154" t="inlineStr">
         <is>
-          <t>2.737</t>
+          <t>300738</t>
         </is>
       </c>
       <c r="H154" t="inlineStr">
         <is>
-          <t>2028-08-30</t>
-[...2 lines deleted...]
-      <c r="I154" t="inlineStr">
+          <t>奥飞数据</t>
+        </is>
+      </c>
+      <c r="I154" t="n">
+        <v>21.62</v>
+      </c>
+      <c r="J154" t="n">
+        <v>0.79</v>
+      </c>
+      <c r="K154" t="inlineStr">
+        <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="L154" t="inlineStr">
+        <is>
+          <t>3.162</t>
+        </is>
+      </c>
+      <c r="M154" t="inlineStr">
+        <is>
+          <t>1.860</t>
+        </is>
+      </c>
+      <c r="N154" t="inlineStr">
+        <is>
+          <t>2027-12-03</t>
+        </is>
+      </c>
+      <c r="O154" t="inlineStr">
         <is>
           <t>115.00</t>
         </is>
       </c>
-      <c r="J154" t="inlineStr">
-[...25 lines deleted...]
-        <v>0.22</v>
+      <c r="P154" t="inlineStr">
+        <is>
+          <t>13.078</t>
+        </is>
+      </c>
+      <c r="Q154" t="inlineStr">
+        <is>
+          <t>!</t>
+        </is>
       </c>
       <c r="R154" t="n">
-        <v>11.08</v>
+        <v>75.831</v>
       </c>
       <c r="S154" t="n">
-        <v>21.21</v>
+        <v>0.4115</v>
       </c>
       <c r="T154" t="n">
+        <v>0.4063</v>
+      </c>
+      <c r="U154" t="n">
+        <v>1.24</v>
+      </c>
+      <c r="V154" t="n">
+        <v>1.41</v>
+      </c>
+      <c r="W154" t="n">
+        <v>47.94</v>
+      </c>
+      <c r="X154" t="n">
         <v>42.49</v>
       </c>
-      <c r="U154" t="inlineStr"/>
-[...1 lines deleted...]
-      <c r="W154" t="inlineStr"/>
+      <c r="Y154" t="n">
+        <v>50.77</v>
+      </c>
+      <c r="Z154" t="inlineStr"/>
+      <c r="AA154" t="inlineStr"/>
+      <c r="AB154" t="inlineStr"/>
     </row>
     <row r="155">
       <c r="A155" t="inlineStr">
         <is>
-          <t>127054</t>
+          <t>123223</t>
         </is>
       </c>
       <c r="B155" t="inlineStr">
         <is>
-          <t>双箭转债</t>
+          <t>九典转02</t>
         </is>
       </c>
       <c r="C155" t="inlineStr">
         <is>
-          <t>002381</t>
+          <t>146.041</t>
         </is>
       </c>
       <c r="D155" t="inlineStr">
         <is>
-          <t>双箭股份</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.954</t>
+        </is>
+      </c>
+      <c r="E155" t="n">
+        <v>36.8</v>
+      </c>
+      <c r="F155" t="n">
+        <v>106.7559</v>
       </c>
       <c r="G155" t="inlineStr">
         <is>
-          <t>2.186</t>
+          <t>300705</t>
         </is>
       </c>
       <c r="H155" t="inlineStr">
         <is>
-          <t>2028-02-11</t>
-[...10 lines deleted...]
-        </is>
+          <t>九典制药</t>
+        </is>
+      </c>
+      <c r="I155" t="n">
+        <v>15.96</v>
+      </c>
+      <c r="J155" t="n">
+        <v>1.85</v>
       </c>
       <c r="K155" t="inlineStr">
         <is>
-          <t>0/15 | 30</t>
-[...18 lines deleted...]
-        <v>1.14</v>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="L155" t="inlineStr">
+        <is>
+          <t>2.053</t>
+        </is>
+      </c>
+      <c r="M155" t="inlineStr">
+        <is>
+          <t>3.647</t>
+        </is>
+      </c>
+      <c r="N155" t="inlineStr">
+        <is>
+          <t>2029-09-15</t>
+        </is>
+      </c>
+      <c r="O155" t="inlineStr">
+        <is>
+          <t>113.00</t>
+        </is>
+      </c>
+      <c r="P155" t="inlineStr">
+        <is>
+          <t>19.435</t>
+        </is>
+      </c>
+      <c r="Q155" t="inlineStr">
+        <is>
+          <t>0/15 | 30 2025-05-02 重新计</t>
+        </is>
       </c>
       <c r="R155" t="n">
-        <v>9.02</v>
+        <v>26.585</v>
       </c>
       <c r="S155" t="n">
-        <v>12.36</v>
+        <v>4.8053</v>
       </c>
       <c r="T155" t="n">
-        <v>16.69</v>
-[...3 lines deleted...]
-      <c r="W155" t="inlineStr"/>
+        <v>3.5997</v>
+      </c>
+      <c r="U155" t="n">
+        <v>5.12</v>
+      </c>
+      <c r="V155" t="n">
+        <v>3.68</v>
+      </c>
+      <c r="W155" t="n">
+        <v>9.82</v>
+      </c>
+      <c r="X155" t="n">
+        <v>10.54</v>
+      </c>
+      <c r="Y155" t="n">
+        <v>26.56</v>
+      </c>
+      <c r="Z155" t="inlineStr"/>
+      <c r="AA155" t="inlineStr"/>
+      <c r="AB155" t="inlineStr"/>
     </row>
     <row r="156">
       <c r="A156" t="inlineStr">
         <is>
-          <t>123129</t>
+          <t>127045</t>
         </is>
       </c>
       <c r="B156" t="inlineStr">
         <is>
-          <t>锦鸡转债</t>
+          <t>牧原转债</t>
         </is>
       </c>
       <c r="C156" t="inlineStr">
         <is>
-          <t>300798</t>
+          <t>137.741</t>
         </is>
       </c>
       <c r="D156" t="inlineStr">
         <is>
-          <t>锦鸡股份</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.951</t>
+        </is>
+      </c>
+      <c r="E156" t="n">
+        <v>32.5</v>
+      </c>
+      <c r="F156" t="n">
+        <v>103.9539</v>
       </c>
       <c r="G156" t="inlineStr">
         <is>
-          <t>1.915</t>
+          <t>002714</t>
         </is>
       </c>
       <c r="H156" t="inlineStr">
         <is>
-          <t>2027-11-04</t>
-[...10 lines deleted...]
-        </is>
+          <t>牧原股份</t>
+        </is>
+      </c>
+      <c r="I156" t="n">
+        <v>46.01</v>
+      </c>
+      <c r="J156" t="n">
+        <v>0.85</v>
       </c>
       <c r="K156" t="inlineStr">
         <is>
-          <t>0/20 | 30 2024-05-17 重新计</t>
-[...18 lines deleted...]
-        <v>0.08</v>
+          <t>AA+</t>
+        </is>
+      </c>
+      <c r="L156" t="inlineStr">
+        <is>
+          <t>95.430</t>
+        </is>
+      </c>
+      <c r="M156" t="inlineStr">
+        <is>
+          <t>1.562</t>
+        </is>
+      </c>
+      <c r="N156" t="inlineStr">
+        <is>
+          <t>2027-08-16</t>
+        </is>
+      </c>
+      <c r="O156" t="inlineStr">
+        <is>
+          <t>107.00</t>
+        </is>
+      </c>
+      <c r="P156" t="inlineStr">
+        <is>
+          <t>57.538</t>
+        </is>
+      </c>
+      <c r="Q156" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R156" t="n">
-        <v>14.14</v>
+        <v>55.4981</v>
       </c>
       <c r="S156" t="n">
-        <v>17.1</v>
+        <v>0.7885</v>
       </c>
       <c r="T156" t="n">
-        <v>23.97</v>
-[...3 lines deleted...]
-      <c r="W156" t="inlineStr"/>
+        <v>0.3129</v>
+      </c>
+      <c r="U156" t="n">
+        <v>178.81</v>
+      </c>
+      <c r="V156" t="n">
+        <v>-42.63</v>
+      </c>
+      <c r="W156" t="n">
+        <v>14.05</v>
+      </c>
+      <c r="X156" t="n">
+        <v>13.85</v>
+      </c>
+      <c r="Y156" t="n">
+        <v>13.49</v>
+      </c>
+      <c r="Z156" t="inlineStr"/>
+      <c r="AA156" t="inlineStr"/>
+      <c r="AB156" t="inlineStr"/>
     </row>
     <row r="157">
       <c r="A157" t="inlineStr">
         <is>
-          <t>113649</t>
+          <t>113574</t>
         </is>
       </c>
       <c r="B157" t="inlineStr">
         <is>
-          <t>丰山转债</t>
+          <t>华体转债</t>
         </is>
       </c>
       <c r="C157" t="inlineStr">
         <is>
-          <t>603810</t>
+          <t>139.500</t>
         </is>
       </c>
       <c r="D157" t="inlineStr">
         <is>
-          <t>丰山集团</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.951</t>
+        </is>
+      </c>
+      <c r="E157" t="n">
+        <v>12.08</v>
+      </c>
+      <c r="F157" t="n">
+        <v>124.4626</v>
       </c>
       <c r="G157" t="inlineStr">
         <is>
-          <t>2.562</t>
+          <t>603679</t>
         </is>
       </c>
       <c r="H157" t="inlineStr">
         <is>
-          <t>2028-06-27</t>
-[...10 lines deleted...]
-        </is>
+          <t>华体科技</t>
+        </is>
+      </c>
+      <c r="I157" t="n">
+        <v>16.79</v>
+      </c>
+      <c r="J157" t="n">
+        <v>2.19</v>
       </c>
       <c r="K157" t="inlineStr">
         <is>
-          <t>7/15 | 30 2023-05-16 重新计</t>
-[...18 lines deleted...]
-        <v>0.99</v>
+          <t>A</t>
+        </is>
+      </c>
+      <c r="L157" t="inlineStr">
+        <is>
+          <t>1.728</t>
+        </is>
+      </c>
+      <c r="M157" t="inlineStr">
+        <is>
+          <t>0.184</t>
+        </is>
+      </c>
+      <c r="N157" t="inlineStr">
+        <is>
+          <t>2026-03-31</t>
+        </is>
+      </c>
+      <c r="O157" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="P157" t="inlineStr">
+        <is>
+          <t>17.537</t>
+        </is>
+      </c>
+      <c r="Q157" t="inlineStr">
+        <is>
+          <t>4/15 | 30</t>
+        </is>
       </c>
       <c r="R157" t="n">
-        <v>31.13</v>
+        <v>47.4178</v>
       </c>
       <c r="S157" t="n">
-        <v>25.56</v>
+        <v>2.0945</v>
       </c>
       <c r="T157" t="n">
-        <v>21.07</v>
-[...3 lines deleted...]
-      <c r="W157" t="inlineStr"/>
+        <v>1.7099</v>
+      </c>
+      <c r="U157" t="n">
+        <v>-0.67</v>
+      </c>
+      <c r="V157" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="W157" t="n">
+        <v>65.7</v>
+      </c>
+      <c r="X157" t="n">
+        <v>39.98</v>
+      </c>
+      <c r="Y157" t="n">
+        <v>26.27</v>
+      </c>
+      <c r="Z157" t="inlineStr"/>
+      <c r="AA157" t="inlineStr"/>
+      <c r="AB157" t="inlineStr"/>
     </row>
     <row r="158">
       <c r="A158" t="inlineStr">
         <is>
-          <t>123193</t>
+          <t>123122</t>
         </is>
       </c>
       <c r="B158" t="inlineStr">
         <is>
-          <t>海能转债</t>
+          <t>富瀚转债</t>
         </is>
       </c>
       <c r="C158" t="inlineStr">
         <is>
-          <t>300787</t>
+          <t>126.852</t>
         </is>
       </c>
       <c r="D158" t="inlineStr">
         <is>
-          <t>海能实业</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.940</t>
+        </is>
+      </c>
+      <c r="E158" t="n">
+        <v>130.27</v>
+      </c>
+      <c r="F158" t="n">
+        <v>55.0878</v>
       </c>
       <c r="G158" t="inlineStr">
         <is>
-          <t>3.356</t>
+          <t>300613</t>
         </is>
       </c>
       <c r="H158" t="inlineStr">
         <is>
-          <t>2029-04-13</t>
-[...2 lines deleted...]
-      <c r="I158" t="inlineStr">
+          <t>富瀚微</t>
+        </is>
+      </c>
+      <c r="I158" t="n">
+        <v>50.51</v>
+      </c>
+      <c r="J158" t="n">
+        <v>-1.29</v>
+      </c>
+      <c r="K158" t="inlineStr">
+        <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="L158" t="inlineStr">
+        <is>
+          <t>5.802</t>
+        </is>
+      </c>
+      <c r="M158" t="inlineStr">
+        <is>
+          <t>1.534</t>
+        </is>
+      </c>
+      <c r="N158" t="inlineStr">
+        <is>
+          <t>2027-08-06</t>
+        </is>
+      </c>
+      <c r="O158" t="inlineStr">
         <is>
           <t>115.00</t>
         </is>
       </c>
-      <c r="J158" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K158" t="inlineStr">
+      <c r="P158" t="inlineStr">
+        <is>
+          <t>119.197</t>
+        </is>
+      </c>
+      <c r="Q158" t="inlineStr">
         <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L158" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R158" t="n">
-        <v>14.2</v>
+        <v>24.7642</v>
       </c>
       <c r="S158" t="n">
-        <v>16.65</v>
+        <v>7.7286</v>
       </c>
       <c r="T158" t="n">
-        <v>19.62</v>
-[...3 lines deleted...]
-      <c r="W158" t="inlineStr"/>
+        <v>6.6514</v>
+      </c>
+      <c r="U158" t="n">
+        <v>2.58</v>
+      </c>
+      <c r="V158" t="n">
+        <v>2.52</v>
+      </c>
+      <c r="W158" t="n">
+        <v>8.52</v>
+      </c>
+      <c r="X158" t="n">
+        <v>7.54</v>
+      </c>
+      <c r="Y158" t="n">
+        <v>12.47</v>
+      </c>
+      <c r="Z158" t="inlineStr"/>
+      <c r="AA158" t="inlineStr"/>
+      <c r="AB158" t="inlineStr"/>
     </row>
     <row r="159">
       <c r="A159" t="inlineStr">
         <is>
-          <t>118038</t>
+          <t>113660</t>
         </is>
       </c>
       <c r="B159" t="inlineStr">
         <is>
-          <t>金宏转债</t>
+          <t>寿22转债</t>
         </is>
       </c>
       <c r="C159" t="inlineStr">
         <is>
-          <t>688106</t>
+          <t>129.937</t>
         </is>
       </c>
       <c r="D159" t="inlineStr">
         <is>
-          <t>金宏气体</t>
-[...2 lines deleted...]
-      <c r="E159" t="inlineStr">
+          <t>0.943</t>
+        </is>
+      </c>
+      <c r="E159" t="n">
+        <v>114.66</v>
+      </c>
+      <c r="F159" t="n">
+        <v>60.532</v>
+      </c>
+      <c r="G159" t="inlineStr">
+        <is>
+          <t>603896</t>
+        </is>
+      </c>
+      <c r="H159" t="inlineStr">
+        <is>
+          <t>寿仙谷</t>
+        </is>
+      </c>
+      <c r="I159" t="n">
+        <v>22.3</v>
+      </c>
+      <c r="J159" t="n">
+        <v>0.09</v>
+      </c>
+      <c r="K159" t="inlineStr">
         <is>
           <t>AA-</t>
         </is>
       </c>
-      <c r="F159" t="inlineStr">
-[...24 lines deleted...]
-      <c r="K159" t="inlineStr">
+      <c r="L159" t="inlineStr">
+        <is>
+          <t>3.977</t>
+        </is>
+      </c>
+      <c r="M159" t="inlineStr">
+        <is>
+          <t>2.819</t>
+        </is>
+      </c>
+      <c r="N159" t="inlineStr">
+        <is>
+          <t>2028-11-17</t>
+        </is>
+      </c>
+      <c r="O159" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="P159" t="inlineStr">
+        <is>
+          <t>47.892</t>
+        </is>
+      </c>
+      <c r="Q159" t="inlineStr">
         <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L159" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R159" t="n">
-        <v>17.75</v>
+        <v>26.6874</v>
       </c>
       <c r="S159" t="n">
-        <v>19.38</v>
+        <v>3.817</v>
       </c>
       <c r="T159" t="n">
-        <v>17.53</v>
-[...3 lines deleted...]
-      <c r="W159" t="inlineStr"/>
+        <v>3.1891</v>
+      </c>
+      <c r="U159" t="n">
+        <v>1.75</v>
+      </c>
+      <c r="V159" t="n">
+        <v>2.54</v>
+      </c>
+      <c r="W159" t="n">
+        <v>7.85</v>
+      </c>
+      <c r="X159" t="n">
+        <v>7.9</v>
+      </c>
+      <c r="Y159" t="n">
+        <v>10.32</v>
+      </c>
+      <c r="Z159" t="inlineStr"/>
+      <c r="AA159" t="inlineStr"/>
+      <c r="AB159" t="inlineStr"/>
     </row>
     <row r="160">
       <c r="A160" t="inlineStr">
         <is>
-          <t>127061</t>
+          <t>113651</t>
         </is>
       </c>
       <c r="B160" t="inlineStr">
         <is>
-          <t>美锦转债</t>
+          <t>松霖转债</t>
         </is>
       </c>
       <c r="C160" t="inlineStr">
         <is>
-          <t>000723</t>
+          <t>316.881</t>
         </is>
       </c>
       <c r="D160" t="inlineStr">
         <is>
-          <t>美锦能源</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.927</t>
+        </is>
+      </c>
+      <c r="E160" t="n">
+        <v>12.96</v>
+      </c>
+      <c r="F160" t="n">
+        <v>280.5229</v>
       </c>
       <c r="G160" t="inlineStr">
         <is>
-          <t>2.375</t>
+          <t>603992</t>
         </is>
       </c>
       <c r="H160" t="inlineStr">
         <is>
-          <t>2028-04-20</t>
-[...10 lines deleted...]
-        </is>
+          <t>松霖科技</t>
+        </is>
+      </c>
+      <c r="I160" t="n">
+        <v>42.92</v>
+      </c>
+      <c r="J160" t="n">
+        <v>-1.04</v>
       </c>
       <c r="K160" t="inlineStr">
         <is>
-          <t>0/15 | 30</t>
-[...18 lines deleted...]
-        <v>22.09</v>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="L160" t="inlineStr">
+        <is>
+          <t>2.342</t>
+        </is>
+      </c>
+      <c r="M160" t="inlineStr">
+        <is>
+          <t>2.490</t>
+        </is>
+      </c>
+      <c r="N160" t="inlineStr">
+        <is>
+          <t>2028-07-20</t>
+        </is>
+      </c>
+      <c r="O160" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="P160" t="inlineStr">
+        <is>
+          <t>19.890</t>
+        </is>
+      </c>
+      <c r="Q160" t="inlineStr">
+        <is>
+          <t>!</t>
+        </is>
       </c>
       <c r="R160" t="n">
-        <v>12.89</v>
+        <v>25.5711</v>
       </c>
       <c r="S160" t="n">
-        <v>16.07</v>
+        <v>3.1821</v>
       </c>
       <c r="T160" t="n">
-        <v>20.98</v>
+        <v>2.682</v>
       </c>
       <c r="U160" t="n">
-        <v>37.44</v>
+        <v>4.46</v>
       </c>
       <c r="V160" t="n">
-        <v>34.48</v>
+        <v>3.52</v>
       </c>
       <c r="W160" t="n">
-        <v>36.97</v>
-      </c>
+        <v>57.17</v>
+      </c>
+      <c r="X160" t="n">
+        <v>53.39</v>
+      </c>
+      <c r="Y160" t="n">
+        <v>40.91</v>
+      </c>
+      <c r="Z160" t="inlineStr"/>
+      <c r="AA160" t="inlineStr"/>
+      <c r="AB160" t="inlineStr"/>
     </row>
     <row r="161">
       <c r="A161" t="inlineStr">
         <is>
-          <t>127031</t>
+          <t>113694</t>
         </is>
       </c>
       <c r="B161" t="inlineStr">
         <is>
-          <t>洋丰转债</t>
+          <t>清源转债</t>
         </is>
       </c>
       <c r="C161" t="inlineStr">
         <is>
-          <t>000902</t>
+          <t>147.742</t>
         </is>
       </c>
       <c r="D161" t="inlineStr">
         <is>
-          <t>新洋丰</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.934</t>
+        </is>
+      </c>
+      <c r="E161" t="n">
+        <v>28.99</v>
+      </c>
+      <c r="F161" t="n">
+        <v>114.5412</v>
       </c>
       <c r="G161" t="inlineStr">
         <is>
-          <t>1.301</t>
+          <t>603628</t>
         </is>
       </c>
       <c r="H161" t="inlineStr">
         <is>
-          <t>2027-03-25</t>
-[...10 lines deleted...]
-        </is>
+          <t>清源股份</t>
+        </is>
+      </c>
+      <c r="I161" t="n">
+        <v>14.73</v>
+      </c>
+      <c r="J161" t="n">
+        <v>5.74</v>
       </c>
       <c r="K161" t="inlineStr">
         <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="L161" t="inlineStr">
+        <is>
+          <t>5.000</t>
+        </is>
+      </c>
+      <c r="M161" t="inlineStr">
+        <is>
+          <t>5.208</t>
+        </is>
+      </c>
+      <c r="N161" t="inlineStr">
+        <is>
+          <t>2031-04-08</t>
+        </is>
+      </c>
+      <c r="O161" t="inlineStr">
+        <is>
+          <t>114.00</t>
+        </is>
+      </c>
+      <c r="P161" t="inlineStr">
+        <is>
+          <t>16.718</t>
+        </is>
+      </c>
+      <c r="Q161" t="inlineStr">
+        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L161" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R161" t="n">
-        <v>15.27</v>
+        <v>61.8907</v>
       </c>
       <c r="S161" t="n">
-        <v>15.46</v>
+        <v>2.0548</v>
       </c>
       <c r="T161" t="n">
-        <v>12.17</v>
-[...3 lines deleted...]
-      <c r="W161" t="inlineStr"/>
+        <v>1.838</v>
+      </c>
+      <c r="U161" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="V161" t="n">
+        <v>1.69</v>
+      </c>
+      <c r="W161" t="n">
+        <v>12.41</v>
+      </c>
+      <c r="X161" t="n">
+        <v>15.33</v>
+      </c>
+      <c r="Y161" t="inlineStr"/>
+      <c r="Z161" t="inlineStr"/>
+      <c r="AA161" t="inlineStr"/>
+      <c r="AB161" t="inlineStr"/>
     </row>
     <row r="162">
       <c r="A162" t="inlineStr">
         <is>
-          <t>113627</t>
+          <t>123196</t>
         </is>
       </c>
       <c r="B162" t="inlineStr">
         <is>
-          <t>太平转债</t>
+          <t>正元转02</t>
         </is>
       </c>
       <c r="C162" t="inlineStr">
         <is>
-          <t>603877</t>
+          <t>140.780</t>
         </is>
       </c>
       <c r="D162" t="inlineStr">
         <is>
-          <t>太平鸟</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.918</t>
+        </is>
+      </c>
+      <c r="E162" t="n">
+        <v>52.01</v>
+      </c>
+      <c r="F162" t="n">
+        <v>92.6129</v>
       </c>
       <c r="G162" t="inlineStr">
         <is>
-          <t>1.608</t>
+          <t>300645</t>
         </is>
       </c>
       <c r="H162" t="inlineStr">
         <is>
-          <t>2027-07-15</t>
-[...10 lines deleted...]
-        </is>
+          <t>正元智慧</t>
+        </is>
+      </c>
+      <c r="I162" t="n">
+        <v>20.31</v>
+      </c>
+      <c r="J162" t="n">
+        <v>1.5</v>
       </c>
       <c r="K162" t="inlineStr">
         <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="L162" t="inlineStr">
+        <is>
+          <t>3.502</t>
+        </is>
+      </c>
+      <c r="M162" t="inlineStr">
+        <is>
+          <t>3.236</t>
+        </is>
+      </c>
+      <c r="N162" t="inlineStr">
+        <is>
+          <t>2029-04-18</t>
+        </is>
+      </c>
+      <c r="O162" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="P162" t="inlineStr">
+        <is>
+          <t>28.509</t>
+        </is>
+      </c>
+      <c r="Q162" t="inlineStr">
+        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L162" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R162" t="n">
-        <v>7.2</v>
+        <v>55.422</v>
       </c>
       <c r="S162" t="n">
-        <v>9.51</v>
+        <v>1.4503</v>
       </c>
       <c r="T162" t="n">
-        <v>11.3</v>
-[...3 lines deleted...]
-      <c r="W162" t="inlineStr"/>
+        <v>1.0052</v>
+      </c>
+      <c r="U162" t="n">
+        <v>0.12</v>
+      </c>
+      <c r="V162" t="n">
+        <v>0.42</v>
+      </c>
+      <c r="W162" t="n">
+        <v>20.24</v>
+      </c>
+      <c r="X162" t="n">
+        <v>14.04</v>
+      </c>
+      <c r="Y162" t="n">
+        <v>22.32</v>
+      </c>
+      <c r="Z162" t="inlineStr"/>
+      <c r="AA162" t="inlineStr"/>
+      <c r="AB162" t="inlineStr"/>
     </row>
     <row r="163">
       <c r="A163" t="inlineStr">
         <is>
-          <t>113679</t>
+          <t>113678</t>
         </is>
       </c>
       <c r="B163" t="inlineStr">
         <is>
-          <t>芯能转债</t>
+          <t>中贝转债</t>
         </is>
       </c>
       <c r="C163" t="inlineStr">
         <is>
-          <t>603105</t>
+          <t>156.312</t>
         </is>
       </c>
       <c r="D163" t="inlineStr">
         <is>
-          <t>芯能科技</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.920</t>
+        </is>
+      </c>
+      <c r="E163" t="n">
+        <v>29.08</v>
+      </c>
+      <c r="F163" t="n">
+        <v>121.0979</v>
       </c>
       <c r="G163" t="inlineStr">
         <is>
-          <t>3.893</t>
+          <t>603220</t>
         </is>
       </c>
       <c r="H163" t="inlineStr">
         <is>
-          <t>2029-10-26</t>
-[...2 lines deleted...]
-      <c r="I163" t="inlineStr">
+          <t>中贝通信</t>
+        </is>
+      </c>
+      <c r="I163" t="n">
+        <v>25.37</v>
+      </c>
+      <c r="J163" t="n">
+        <v>0.28</v>
+      </c>
+      <c r="K163" t="inlineStr">
+        <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="L163" t="inlineStr">
+        <is>
+          <t>5.108</t>
+        </is>
+      </c>
+      <c r="M163" t="inlineStr">
+        <is>
+          <t>3.740</t>
+        </is>
+      </c>
+      <c r="N163" t="inlineStr">
+        <is>
+          <t>2029-10-19</t>
+        </is>
+      </c>
+      <c r="O163" t="inlineStr">
         <is>
           <t>115.00</t>
         </is>
       </c>
-      <c r="J163" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K163" t="inlineStr">
+      <c r="P163" t="inlineStr">
+        <is>
+          <t>27.235</t>
+        </is>
+      </c>
+      <c r="Q163" t="inlineStr">
         <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L163" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R163" t="n">
-        <v>11.45</v>
+        <v>72.675</v>
       </c>
       <c r="S163" t="n">
-        <v>11.57</v>
+        <v>0.8981</v>
       </c>
       <c r="T163" t="n">
-        <v>17.52</v>
-[...3 lines deleted...]
-      <c r="W163" t="inlineStr"/>
+        <v>0.7869</v>
+      </c>
+      <c r="U163" t="n">
+        <v>1.45</v>
+      </c>
+      <c r="V163" t="n">
+        <v>1.44</v>
+      </c>
+      <c r="W163" t="n">
+        <v>26.4</v>
+      </c>
+      <c r="X163" t="n">
+        <v>20.23</v>
+      </c>
+      <c r="Y163" t="n">
+        <v>26.7</v>
+      </c>
+      <c r="Z163" t="inlineStr"/>
+      <c r="AA163" t="inlineStr"/>
+      <c r="AB163" t="inlineStr"/>
     </row>
     <row r="164">
       <c r="A164" t="inlineStr">
         <is>
-          <t>127072</t>
+          <t>123150</t>
         </is>
       </c>
       <c r="B164" t="inlineStr">
         <is>
-          <t>博实转债</t>
+          <t>九强转债</t>
         </is>
       </c>
       <c r="C164" t="inlineStr">
         <is>
-          <t>002698</t>
+          <t>130.600</t>
         </is>
       </c>
       <c r="D164" t="inlineStr">
         <is>
-          <t>博实股份</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.918</t>
+        </is>
+      </c>
+      <c r="E164" t="n">
+        <v>51.04</v>
+      </c>
+      <c r="F164" t="n">
+        <v>86.4684</v>
       </c>
       <c r="G164" t="inlineStr">
         <is>
-          <t>2.800</t>
+          <t>300406</t>
         </is>
       </c>
       <c r="H164" t="inlineStr">
         <is>
-          <t>2028-09-22</t>
-[...10 lines deleted...]
-        </is>
+          <t>九强生物</t>
+        </is>
+      </c>
+      <c r="I164" t="n">
+        <v>14.25</v>
+      </c>
+      <c r="J164" t="n">
+        <v>0.92</v>
       </c>
       <c r="K164" t="inlineStr">
         <is>
-          <t>0/15 | 30</t>
-[...11 lines deleted...]
-      <c r="O164" t="n">
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="L164" t="inlineStr">
+        <is>
+          <t>11.210</t>
+        </is>
+      </c>
+      <c r="M164" t="inlineStr">
+        <is>
+          <t>2.436</t>
+        </is>
+      </c>
+      <c r="N164" t="inlineStr">
+        <is>
+          <t>2028-06-30</t>
+        </is>
+      </c>
+      <c r="O164" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="P164" t="inlineStr">
+        <is>
+          <t>21.424</t>
+        </is>
+      </c>
+      <c r="Q164" t="inlineStr">
+        <is>
+          <t>0/15 | 30 2023-09-09 重新计</t>
+        </is>
+      </c>
+      <c r="R164" t="n">
+        <v>24.5477</v>
+      </c>
+      <c r="S164" t="n">
+        <v>11.6639</v>
+      </c>
+      <c r="T164" t="n">
+        <v>10.6305</v>
+      </c>
+      <c r="U164" t="n">
+        <v>5.33</v>
+      </c>
+      <c r="V164" t="n">
         <v>5.24</v>
       </c>
-      <c r="P164" t="n">
-[...16 lines deleted...]
-      <c r="W164" t="inlineStr"/>
+      <c r="W164" t="n">
+        <v>10.44</v>
+      </c>
+      <c r="X164" t="n">
+        <v>9.220000000000001</v>
+      </c>
+      <c r="Y164" t="n">
+        <v>14.99</v>
+      </c>
+      <c r="Z164" t="inlineStr"/>
+      <c r="AA164" t="inlineStr"/>
+      <c r="AB164" t="inlineStr"/>
     </row>
     <row r="165">
       <c r="A165" t="inlineStr">
         <is>
-          <t>123220</t>
+          <t>113653</t>
         </is>
       </c>
       <c r="B165" t="inlineStr">
         <is>
-          <t>易瑞转债</t>
+          <t>永22转债</t>
         </is>
       </c>
       <c r="C165" t="inlineStr">
         <is>
-          <t>300942</t>
+          <t>154.599</t>
         </is>
       </c>
       <c r="D165" t="inlineStr">
         <is>
-          <t>易瑞生物</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.911</t>
+        </is>
+      </c>
+      <c r="E165" t="n">
+        <v>9.720000000000001</v>
+      </c>
+      <c r="F165" t="n">
+        <v>140.9091</v>
       </c>
       <c r="G165" t="inlineStr">
         <is>
-          <t>3.704</t>
+          <t>603681</t>
         </is>
       </c>
       <c r="H165" t="inlineStr">
         <is>
-          <t>2029-08-18</t>
-[...2 lines deleted...]
-      <c r="I165" t="inlineStr">
+          <t>永冠新材</t>
+        </is>
+      </c>
+      <c r="I165" t="n">
+        <v>23.25</v>
+      </c>
+      <c r="J165" t="n">
+        <v>5.06</v>
+      </c>
+      <c r="K165" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="L165" t="inlineStr">
+        <is>
+          <t>7.700</t>
+        </is>
+      </c>
+      <c r="M165" t="inlineStr">
+        <is>
+          <t>2.512</t>
+        </is>
+      </c>
+      <c r="N165" t="inlineStr">
+        <is>
+          <t>2028-07-28</t>
+        </is>
+      </c>
+      <c r="O165" t="inlineStr">
         <is>
           <t>115.00</t>
         </is>
       </c>
-      <c r="J165" t="inlineStr">
-[...24 lines deleted...]
-      <c r="Q165" t="n">
+      <c r="P165" t="inlineStr">
+        <is>
+          <t>21.450</t>
+        </is>
+      </c>
+      <c r="Q165" t="inlineStr">
+        <is>
+          <t>2/15 | 30</t>
+        </is>
+      </c>
+      <c r="R165" t="n">
+        <v>62.0965</v>
+      </c>
+      <c r="S165" t="n">
+        <v>1.2474</v>
+      </c>
+      <c r="T165" t="n">
+        <v>0.9248</v>
+      </c>
+      <c r="U165" t="n">
+        <v>1.63</v>
+      </c>
+      <c r="V165" t="n">
         <v>0.83</v>
       </c>
-      <c r="R165" t="n">
-[...13 lines deleted...]
-      </c>
       <c r="W165" t="n">
-        <v>61.79</v>
-      </c>
+        <v>17.87</v>
+      </c>
+      <c r="X165" t="n">
+        <v>16.82</v>
+      </c>
+      <c r="Y165" t="n">
+        <v>15.76</v>
+      </c>
+      <c r="Z165" t="inlineStr"/>
+      <c r="AA165" t="inlineStr"/>
+      <c r="AB165" t="inlineStr"/>
     </row>
     <row r="166">
       <c r="A166" t="inlineStr">
         <is>
-          <t>118022</t>
+          <t>110067</t>
         </is>
       </c>
       <c r="B166" t="inlineStr">
         <is>
-          <t>锂科转债</t>
+          <t>华安转债</t>
         </is>
       </c>
       <c r="C166" t="inlineStr">
         <is>
-          <t>688779</t>
+          <t>134.064</t>
         </is>
       </c>
       <c r="D166" t="inlineStr">
         <is>
-          <t>五矿新能</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.915</t>
+        </is>
+      </c>
+      <c r="E166" t="n">
+        <v>5.57</v>
+      </c>
+      <c r="F166" t="n">
+        <v>126.9896</v>
       </c>
       <c r="G166" t="inlineStr">
         <is>
-          <t>2.852</t>
+          <t>600909</t>
         </is>
       </c>
       <c r="H166" t="inlineStr">
         <is>
-          <t>2028-10-11</t>
-[...10 lines deleted...]
-        </is>
+          <t>华安证券</t>
+        </is>
+      </c>
+      <c r="I166" t="n">
+        <v>7.34</v>
+      </c>
+      <c r="J166" t="n">
+        <v>1.1</v>
       </c>
       <c r="K166" t="inlineStr">
         <is>
-          <t>0/15 | 30</t>
-[...18 lines deleted...]
-        <v>14.89</v>
+          <t>AAA</t>
+        </is>
+      </c>
+      <c r="L166" t="inlineStr">
+        <is>
+          <t>27.990</t>
+        </is>
+      </c>
+      <c r="M166" t="inlineStr">
+        <is>
+          <t>0.132</t>
+        </is>
+      </c>
+      <c r="N166" t="inlineStr">
+        <is>
+          <t>2026-03-12</t>
+        </is>
+      </c>
+      <c r="O166" t="inlineStr">
+        <is>
+          <t>107.00</t>
+        </is>
+      </c>
+      <c r="P166" t="inlineStr">
+        <is>
+          <t>7.514</t>
+        </is>
+      </c>
+      <c r="Q166" t="inlineStr">
+        <is>
+          <t>2/15 | 30</t>
+        </is>
       </c>
       <c r="R166" t="n">
-        <v>9.220000000000001</v>
-[...9 lines deleted...]
-      <c r="W166" t="inlineStr"/>
+        <v>77.7286</v>
+      </c>
+      <c r="S166" t="inlineStr"/>
+      <c r="T166" t="inlineStr"/>
+      <c r="U166" t="n">
+        <v>14.86</v>
+      </c>
+      <c r="V166" t="n">
+        <v>12.74</v>
+      </c>
+      <c r="W166" t="n">
+        <v>33.02</v>
+      </c>
+      <c r="X166" t="n">
+        <v>23.69</v>
+      </c>
+      <c r="Y166" t="n">
+        <v>20.12</v>
+      </c>
+      <c r="Z166" t="inlineStr"/>
+      <c r="AA166" t="inlineStr"/>
+      <c r="AB166" t="inlineStr"/>
     </row>
     <row r="167">
       <c r="A167" t="inlineStr">
         <is>
-          <t>118011</t>
+          <t>118050</t>
         </is>
       </c>
       <c r="B167" t="inlineStr">
         <is>
-          <t>银微转债</t>
+          <t>航宇转债</t>
         </is>
       </c>
       <c r="C167" t="inlineStr">
         <is>
-          <t>688689</t>
+          <t>348.793</t>
         </is>
       </c>
       <c r="D167" t="inlineStr">
         <is>
-          <t>银河微电</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.885</t>
+        </is>
+      </c>
+      <c r="E167" t="n">
+        <v>21</v>
+      </c>
+      <c r="F167" t="n">
+        <v>288.2612</v>
       </c>
       <c r="G167" t="inlineStr">
         <is>
-          <t>2.581</t>
+          <t>688239</t>
         </is>
       </c>
       <c r="H167" t="inlineStr">
         <is>
-          <t>2028-07-04</t>
-[...2 lines deleted...]
-      <c r="I167" t="inlineStr">
+          <t>航宇科技</t>
+        </is>
+      </c>
+      <c r="I167" t="n">
+        <v>71.95</v>
+      </c>
+      <c r="J167" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="K167" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="L167" t="inlineStr">
+        <is>
+          <t>6.667</t>
+        </is>
+      </c>
+      <c r="M167" t="inlineStr">
+        <is>
+          <t>4.578</t>
+        </is>
+      </c>
+      <c r="N167" t="inlineStr">
+        <is>
+          <t>2030-08-21</t>
+        </is>
+      </c>
+      <c r="O167" t="inlineStr">
         <is>
           <t>115.00</t>
         </is>
       </c>
-      <c r="J167" t="inlineStr">
-[...25 lines deleted...]
-        <v>0.86</v>
+      <c r="P167" t="inlineStr">
+        <is>
+          <t>32.448</t>
+        </is>
+      </c>
+      <c r="Q167" t="inlineStr">
+        <is>
+          <t>!</t>
+        </is>
       </c>
       <c r="R167" t="n">
-        <v>13.95</v>
+        <v>57.8564</v>
       </c>
       <c r="S167" t="n">
-        <v>13.99</v>
+        <v>2.264</v>
       </c>
       <c r="T167" t="n">
-        <v>15.83</v>
-[...3 lines deleted...]
-      <c r="W167" t="inlineStr"/>
+        <v>1.5274</v>
+      </c>
+      <c r="U167" t="n">
+        <v>1.89</v>
+      </c>
+      <c r="V167" t="n">
+        <v>1.86</v>
+      </c>
+      <c r="W167" t="n">
+        <v>58.6</v>
+      </c>
+      <c r="X167" t="n">
+        <v>53.69</v>
+      </c>
+      <c r="Y167" t="inlineStr"/>
+      <c r="Z167" t="inlineStr"/>
+      <c r="AA167" t="inlineStr"/>
+      <c r="AB167" t="inlineStr"/>
     </row>
     <row r="168">
       <c r="A168" t="inlineStr">
         <is>
-          <t>111015</t>
+          <t>110089</t>
         </is>
       </c>
       <c r="B168" t="inlineStr">
         <is>
-          <t>东亚转债</t>
+          <t>兴发转债</t>
         </is>
       </c>
       <c r="C168" t="inlineStr">
         <is>
-          <t>605177</t>
+          <t>149.284</t>
         </is>
       </c>
       <c r="D168" t="inlineStr">
         <is>
-          <t>东亚药业</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.890</t>
+        </is>
+      </c>
+      <c r="E168" t="n">
+        <v>0.35</v>
+      </c>
+      <c r="F168" t="n">
+        <v>148.7676</v>
       </c>
       <c r="G168" t="inlineStr">
         <is>
-          <t>3.586</t>
+          <t>600141</t>
         </is>
       </c>
       <c r="H168" t="inlineStr">
         <is>
-          <t>2029-07-06</t>
-[...10 lines deleted...]
-        </is>
+          <t>兴发集团</t>
+        </is>
+      </c>
+      <c r="I168" t="n">
+        <v>42.25</v>
+      </c>
+      <c r="J168" t="n">
+        <v>0.28</v>
       </c>
       <c r="K168" t="inlineStr">
         <is>
-          <t>0/15 | 30</t>
-[...18 lines deleted...]
-        <v>1.04</v>
+          <t>AA+</t>
+        </is>
+      </c>
+      <c r="L168" t="inlineStr">
+        <is>
+          <t>27.030</t>
+        </is>
+      </c>
+      <c r="M168" t="inlineStr">
+        <is>
+          <t>2.666</t>
+        </is>
+      </c>
+      <c r="N168" t="inlineStr">
+        <is>
+          <t>2028-09-22</t>
+        </is>
+      </c>
+      <c r="O168" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="P168" t="inlineStr">
+        <is>
+          <t>36.920</t>
+        </is>
+      </c>
+      <c r="Q168" t="inlineStr">
+        <is>
+          <t>13/15 | 30</t>
+        </is>
       </c>
       <c r="R168" t="n">
-        <v>8.279999999999999</v>
+        <v>52.9814</v>
       </c>
       <c r="S168" t="n">
-        <v>13.82</v>
+        <v>0.6571</v>
       </c>
       <c r="T168" t="n">
-        <v>20.1</v>
-[...3 lines deleted...]
-      <c r="W168" t="inlineStr"/>
+        <v>0.3912</v>
+      </c>
+      <c r="U168" t="n">
+        <v>16.01</v>
+      </c>
+      <c r="V168" t="n">
+        <v>14.01</v>
+      </c>
+      <c r="W168" t="n">
+        <v>29.81</v>
+      </c>
+      <c r="X168" t="n">
+        <v>24.69</v>
+      </c>
+      <c r="Y168" t="n">
+        <v>15.8</v>
+      </c>
+      <c r="Z168" t="inlineStr"/>
+      <c r="AA168" t="inlineStr"/>
+      <c r="AB168" t="inlineStr"/>
     </row>
     <row r="169">
       <c r="A169" t="inlineStr">
         <is>
-          <t>111002</t>
+          <t>110081</t>
         </is>
       </c>
       <c r="B169" t="inlineStr">
         <is>
-          <t>特纸转债</t>
+          <t>闻泰转债</t>
         </is>
       </c>
       <c r="C169" t="inlineStr">
         <is>
-          <t>605007</t>
+          <t>118.429</t>
         </is>
       </c>
       <c r="D169" t="inlineStr">
         <is>
-          <t>五洲特纸</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.874</t>
+        </is>
+      </c>
+      <c r="E169" t="n">
+        <v>27.97</v>
+      </c>
+      <c r="F169" t="n">
+        <v>92.5459</v>
       </c>
       <c r="G169" t="inlineStr">
         <is>
-          <t>2.008</t>
+          <t>600745</t>
         </is>
       </c>
       <c r="H169" t="inlineStr">
         <is>
-          <t>2027-12-08</t>
-[...10 lines deleted...]
-        </is>
+          <t>闻泰科技</t>
+        </is>
+      </c>
+      <c r="I169" t="n">
+        <v>40.35</v>
+      </c>
+      <c r="J169" t="n">
+        <v>3.09</v>
       </c>
       <c r="K169" t="inlineStr">
         <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="L169" t="inlineStr">
+        <is>
+          <t>85.966</t>
+        </is>
+      </c>
+      <c r="M169" t="inlineStr">
+        <is>
+          <t>1.510</t>
+        </is>
+      </c>
+      <c r="N169" t="inlineStr">
+        <is>
+          <t>2027-07-28</t>
+        </is>
+      </c>
+      <c r="O169" t="inlineStr">
+        <is>
+          <t>108.00</t>
+        </is>
+      </c>
+      <c r="P169" t="inlineStr">
+        <is>
+          <t>56.680</t>
+        </is>
+      </c>
+      <c r="Q169" t="inlineStr">
+        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L169" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R169" t="n">
-        <v>9.01</v>
+        <v>33.8611</v>
       </c>
       <c r="S169" t="n">
-        <v>12.23</v>
+        <v>2.5225</v>
       </c>
       <c r="T169" t="n">
-        <v>15.25</v>
-[...3 lines deleted...]
-      <c r="W169" t="inlineStr"/>
+        <v>1.8089</v>
+      </c>
+      <c r="U169" t="n">
+        <v>-28.33</v>
+      </c>
+      <c r="V169" t="n">
+        <v>11.81</v>
+      </c>
+      <c r="W169" t="n">
+        <v>11.92</v>
+      </c>
+      <c r="X169" t="n">
+        <v>32.69</v>
+      </c>
+      <c r="Y169" t="n">
+        <v>23.5</v>
+      </c>
+      <c r="Z169" t="inlineStr"/>
+      <c r="AA169" t="inlineStr"/>
+      <c r="AB169" t="inlineStr"/>
     </row>
     <row r="170">
       <c r="A170" t="inlineStr">
         <is>
-          <t>127040</t>
+          <t>118032</t>
         </is>
       </c>
       <c r="B170" t="inlineStr">
         <is>
-          <t>国泰转债</t>
+          <t>建龙转债</t>
         </is>
       </c>
       <c r="C170" t="inlineStr">
         <is>
-          <t>002091</t>
+          <t>129.775</t>
         </is>
       </c>
       <c r="D170" t="inlineStr">
         <is>
-          <t>江苏国泰</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.867</t>
+        </is>
+      </c>
+      <c r="E170" t="n">
+        <v>152.2</v>
+      </c>
+      <c r="F170" t="n">
+        <v>51.4573</v>
       </c>
       <c r="G170" t="inlineStr">
         <is>
-          <t>1.586</t>
+          <t>688357</t>
         </is>
       </c>
       <c r="H170" t="inlineStr">
         <is>
-          <t>2027-07-07</t>
-[...10 lines deleted...]
-        </is>
+          <t>建龙微纳</t>
+        </is>
+      </c>
+      <c r="I170" t="n">
+        <v>36.9</v>
+      </c>
+      <c r="J170" t="n">
+        <v>0.96</v>
       </c>
       <c r="K170" t="inlineStr">
         <is>
-          <t>6/15 | 30</t>
-[...18 lines deleted...]
-        <v>17.24</v>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="L170" t="inlineStr">
+        <is>
+          <t>6.999</t>
+        </is>
+      </c>
+      <c r="M170" t="inlineStr">
+        <is>
+          <t>3.123</t>
+        </is>
+      </c>
+      <c r="N170" t="inlineStr">
+        <is>
+          <t>2029-03-08</t>
+        </is>
+      </c>
+      <c r="O170" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="P170" t="inlineStr">
+        <is>
+          <t>93.223</t>
+        </is>
+      </c>
+      <c r="Q170" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R170" t="n">
-        <v>22.84</v>
+        <v>38.3641</v>
       </c>
       <c r="S170" t="n">
-        <v>19.49</v>
+        <v>3.1882</v>
       </c>
       <c r="T170" t="n">
-        <v>15.05</v>
-[...3 lines deleted...]
-      <c r="W170" t="inlineStr"/>
+        <v>2.501</v>
+      </c>
+      <c r="U170" t="n">
+        <v>0.75</v>
+      </c>
+      <c r="V170" t="n">
+        <v>1.53</v>
+      </c>
+      <c r="W170" t="n">
+        <v>8.27</v>
+      </c>
+      <c r="X170" t="n">
+        <v>8.970000000000001</v>
+      </c>
+      <c r="Y170" t="n">
+        <v>12.25</v>
+      </c>
+      <c r="Z170" t="inlineStr"/>
+      <c r="AA170" t="inlineStr"/>
+      <c r="AB170" t="inlineStr"/>
     </row>
     <row r="171">
       <c r="A171" t="inlineStr">
         <is>
-          <t>127068</t>
+          <t>113043</t>
         </is>
       </c>
       <c r="B171" t="inlineStr">
         <is>
-          <t>顺博转债</t>
+          <t>财通转债</t>
         </is>
       </c>
       <c r="C171" t="inlineStr">
         <is>
-          <t>002996</t>
+          <t>146.056</t>
         </is>
       </c>
       <c r="D171" t="inlineStr">
         <is>
-          <t>顺博合金</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.860</t>
+        </is>
+      </c>
+      <c r="E171" t="n">
+        <v>29.31</v>
+      </c>
+      <c r="F171" t="n">
+        <v>112.9514</v>
       </c>
       <c r="G171" t="inlineStr">
         <is>
-          <t>2.688</t>
+          <t>601108</t>
         </is>
       </c>
       <c r="H171" t="inlineStr">
         <is>
-          <t>2028-08-12</t>
-[...10 lines deleted...]
-        </is>
+          <t>财通证券</t>
+        </is>
+      </c>
+      <c r="I171" t="n">
+        <v>9.07</v>
+      </c>
+      <c r="J171" t="n">
+        <v>1.23</v>
       </c>
       <c r="K171" t="inlineStr">
         <is>
+          <t>AAA</t>
+        </is>
+      </c>
+      <c r="L171" t="inlineStr">
+        <is>
+          <t>37.992</t>
+        </is>
+      </c>
+      <c r="M171" t="inlineStr">
+        <is>
+          <t>0.880</t>
+        </is>
+      </c>
+      <c r="N171" t="inlineStr">
+        <is>
+          <t>2026-12-10</t>
+        </is>
+      </c>
+      <c r="O171" t="inlineStr">
+        <is>
+          <t>106.00</t>
+        </is>
+      </c>
+      <c r="P171" t="inlineStr">
+        <is>
+          <t>10.439</t>
+        </is>
+      </c>
+      <c r="Q171" t="inlineStr">
+        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L171" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R171" t="n">
-        <v>13.37</v>
-[...9 lines deleted...]
-      <c r="W171" t="inlineStr"/>
+        <v>74.7764</v>
+      </c>
+      <c r="S171" t="inlineStr"/>
+      <c r="T171" t="inlineStr"/>
+      <c r="U171" t="n">
+        <v>23.4</v>
+      </c>
+      <c r="V171" t="n">
+        <v>22.52</v>
+      </c>
+      <c r="W171" t="n">
+        <v>15.55</v>
+      </c>
+      <c r="X171" t="n">
+        <v>14.63</v>
+      </c>
+      <c r="Y171" t="n">
+        <v>16.17</v>
+      </c>
+      <c r="Z171" t="inlineStr"/>
+      <c r="AA171" t="inlineStr"/>
+      <c r="AB171" t="inlineStr"/>
     </row>
     <row r="172">
       <c r="A172" t="inlineStr">
         <is>
-          <t>111001</t>
+          <t>111004</t>
         </is>
       </c>
       <c r="B172" t="inlineStr">
         <is>
-          <t>山玻转债</t>
+          <t>明新转债</t>
         </is>
       </c>
       <c r="C172" t="inlineStr">
         <is>
-          <t>605006</t>
+          <t>144.882</t>
         </is>
       </c>
       <c r="D172" t="inlineStr">
         <is>
-          <t>山东玻纤</t>
-[...2 lines deleted...]
-      <c r="E172" t="inlineStr">
+          <t>0.863</t>
+        </is>
+      </c>
+      <c r="E172" t="n">
+        <v>32.46</v>
+      </c>
+      <c r="F172" t="n">
+        <v>109.3814</v>
+      </c>
+      <c r="G172" t="inlineStr">
+        <is>
+          <t>605068</t>
+        </is>
+      </c>
+      <c r="H172" t="inlineStr">
+        <is>
+          <t>明新旭腾</t>
+        </is>
+      </c>
+      <c r="I172" t="n">
+        <v>26.7</v>
+      </c>
+      <c r="J172" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="K172" t="inlineStr">
         <is>
           <t>AA-</t>
         </is>
       </c>
-      <c r="F172" t="inlineStr">
-[...14 lines deleted...]
-      <c r="I172" t="inlineStr">
+      <c r="L172" t="inlineStr">
+        <is>
+          <t>6.715</t>
+        </is>
+      </c>
+      <c r="M172" t="inlineStr">
+        <is>
+          <t>2.184</t>
+        </is>
+      </c>
+      <c r="N172" t="inlineStr">
+        <is>
+          <t>2028-03-30</t>
+        </is>
+      </c>
+      <c r="O172" t="inlineStr">
         <is>
           <t>115.00</t>
         </is>
       </c>
-      <c r="J172" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K172" t="inlineStr">
+      <c r="P172" t="inlineStr">
+        <is>
+          <t>31.733</t>
+        </is>
+      </c>
+      <c r="Q172" t="inlineStr">
         <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L172" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R172" t="n">
-        <v>8.73</v>
+        <v>56.4874</v>
       </c>
       <c r="S172" t="n">
-        <v>18.74</v>
+        <v>1.7119</v>
       </c>
       <c r="T172" t="n">
-        <v>11.79</v>
-[...3 lines deleted...]
-      <c r="W172" t="inlineStr"/>
+        <v>0.9305</v>
+      </c>
+      <c r="U172" t="n">
+        <v>-1.72</v>
+      </c>
+      <c r="V172" t="n">
+        <v>0.55</v>
+      </c>
+      <c r="W172" t="n">
+        <v>18.18</v>
+      </c>
+      <c r="X172" t="n">
+        <v>22.01</v>
+      </c>
+      <c r="Y172" t="n">
+        <v>18.58</v>
+      </c>
+      <c r="Z172" t="inlineStr"/>
+      <c r="AA172" t="inlineStr"/>
+      <c r="AB172" t="inlineStr"/>
     </row>
     <row r="173">
       <c r="A173" t="inlineStr">
         <is>
-          <t>118012</t>
+          <t>118036</t>
         </is>
       </c>
       <c r="B173" t="inlineStr">
         <is>
-          <t>微芯转债</t>
+          <t>力合转债</t>
         </is>
       </c>
       <c r="C173" t="inlineStr">
         <is>
-          <t>688321</t>
+          <t>148.986</t>
         </is>
       </c>
       <c r="D173" t="inlineStr">
         <is>
-          <t>微芯生物</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.852</t>
+        </is>
+      </c>
+      <c r="E173" t="n">
+        <v>37.23</v>
+      </c>
+      <c r="F173" t="n">
+        <v>108.5667</v>
       </c>
       <c r="G173" t="inlineStr">
         <is>
-          <t>2.584</t>
+          <t>688589</t>
         </is>
       </c>
       <c r="H173" t="inlineStr">
         <is>
-          <t>2028-07-05</t>
-[...2 lines deleted...]
-      <c r="I173" t="inlineStr">
+          <t>力合微</t>
+        </is>
+      </c>
+      <c r="I173" t="n">
+        <v>25.98</v>
+      </c>
+      <c r="J173" t="n">
+        <v>-0.19</v>
+      </c>
+      <c r="K173" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="L173" t="inlineStr">
+        <is>
+          <t>3.800</t>
+        </is>
+      </c>
+      <c r="M173" t="inlineStr">
+        <is>
+          <t>3.430</t>
+        </is>
+      </c>
+      <c r="N173" t="inlineStr">
+        <is>
+          <t>2029-06-28</t>
+        </is>
+      </c>
+      <c r="O173" t="inlineStr">
         <is>
           <t>115.00</t>
         </is>
       </c>
-      <c r="J173" t="inlineStr">
-[...25 lines deleted...]
-        <v>0.17</v>
+      <c r="P173" t="inlineStr">
+        <is>
+          <t>31.109</t>
+        </is>
+      </c>
+      <c r="Q173" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R173" t="n">
-        <v>39.85</v>
+        <v>30.0932</v>
       </c>
       <c r="S173" t="n">
-        <v>49.29</v>
+        <v>10.8618</v>
       </c>
       <c r="T173" t="n">
-        <v>31.71</v>
+        <v>10.4028</v>
       </c>
       <c r="U173" t="n">
-        <v>40.32</v>
+        <v>0.84</v>
       </c>
       <c r="V173" t="n">
-        <v>54.17</v>
+        <v>1.07</v>
       </c>
       <c r="W173" t="n">
-        <v>54.74</v>
-      </c>
+        <v>16.48</v>
+      </c>
+      <c r="X173" t="n">
+        <v>16.64</v>
+      </c>
+      <c r="Y173" t="n">
+        <v>18.65</v>
+      </c>
+      <c r="Z173" t="inlineStr"/>
+      <c r="AA173" t="inlineStr"/>
+      <c r="AB173" t="inlineStr"/>
     </row>
     <row r="174">
       <c r="A174" t="inlineStr">
         <is>
-          <t>113670</t>
+          <t>118020</t>
         </is>
       </c>
       <c r="B174" t="inlineStr">
         <is>
-          <t>金23转债</t>
+          <t>芳源转债</t>
         </is>
       </c>
       <c r="C174" t="inlineStr">
         <is>
-          <t>603180</t>
+          <t>127.510</t>
         </is>
       </c>
       <c r="D174" t="inlineStr">
         <is>
-          <t>金牌家居</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.852</t>
+        </is>
+      </c>
+      <c r="E174" t="n">
+        <v>81.05</v>
+      </c>
+      <c r="F174" t="n">
+        <v>70.4286</v>
       </c>
       <c r="G174" t="inlineStr">
         <is>
-          <t>3.367</t>
+          <t>688148</t>
         </is>
       </c>
       <c r="H174" t="inlineStr">
         <is>
-          <t>2029-04-17</t>
-[...10 lines deleted...]
-        </is>
+          <t>芳源股份</t>
+        </is>
+      </c>
+      <c r="I174" t="n">
+        <v>9.859999999999999</v>
+      </c>
+      <c r="J174" t="n">
+        <v>3.35</v>
       </c>
       <c r="K174" t="inlineStr">
         <is>
+          <t>BBB</t>
+        </is>
+      </c>
+      <c r="L174" t="inlineStr">
+        <is>
+          <t>6.417</t>
+        </is>
+      </c>
+      <c r="M174" t="inlineStr">
+        <is>
+          <t>2.669</t>
+        </is>
+      </c>
+      <c r="N174" t="inlineStr">
+        <is>
+          <t>2028-09-23</t>
+        </is>
+      </c>
+      <c r="O174" t="inlineStr">
+        <is>
+          <t>120.00</t>
+        </is>
+      </c>
+      <c r="P174" t="inlineStr">
+        <is>
+          <t>18.200</t>
+        </is>
+      </c>
+      <c r="Q174" t="inlineStr">
+        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L174" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R174" t="n">
-        <v>4.36</v>
+        <v>84.3169</v>
       </c>
       <c r="S174" t="n">
-        <v>6.45</v>
+        <v>0.9513</v>
       </c>
       <c r="T174" t="n">
-        <v>12.2</v>
+        <v>0.6176</v>
       </c>
       <c r="U174" t="n">
-        <v>34.46</v>
+        <v>-4.27</v>
       </c>
       <c r="V174" t="n">
-        <v>23.24</v>
+        <v>-4.55</v>
       </c>
       <c r="W174" t="n">
-        <v>32.97</v>
-      </c>
+        <v>13.96</v>
+      </c>
+      <c r="X174" t="n">
+        <v>14.07</v>
+      </c>
+      <c r="Y174" t="n">
+        <v>22.45</v>
+      </c>
+      <c r="Z174" t="inlineStr"/>
+      <c r="AA174" t="inlineStr"/>
+      <c r="AB174" t="inlineStr"/>
     </row>
     <row r="175">
       <c r="A175" t="inlineStr">
         <is>
-          <t>111023</t>
+          <t>127054</t>
         </is>
       </c>
       <c r="B175" t="inlineStr">
         <is>
-          <t>利柏转债</t>
+          <t>双箭转债</t>
         </is>
       </c>
       <c r="C175" t="inlineStr">
         <is>
-          <t>605167</t>
+          <t>136.200</t>
         </is>
       </c>
       <c r="D175" t="inlineStr">
         <is>
-          <t>利柏特</t>
-[...2 lines deleted...]
-      <c r="E175" t="inlineStr">
+          <t>0.847</t>
+        </is>
+      </c>
+      <c r="E175" t="n">
+        <v>36.2</v>
+      </c>
+      <c r="F175" t="n">
+        <v>100</v>
+      </c>
+      <c r="G175" t="inlineStr">
+        <is>
+          <t>002381</t>
+        </is>
+      </c>
+      <c r="H175" t="inlineStr">
+        <is>
+          <t>双箭股份</t>
+        </is>
+      </c>
+      <c r="I175" t="n">
+        <v>7.06</v>
+      </c>
+      <c r="J175" t="n">
+        <v>0.28</v>
+      </c>
+      <c r="K175" t="inlineStr">
         <is>
           <t>AA</t>
         </is>
       </c>
-      <c r="F175" t="inlineStr">
-[...24 lines deleted...]
-      <c r="K175" t="inlineStr">
+      <c r="L175" t="inlineStr">
+        <is>
+          <t>5.136</t>
+        </is>
+      </c>
+      <c r="M175" t="inlineStr">
+        <is>
+          <t>2.052</t>
+        </is>
+      </c>
+      <c r="N175" t="inlineStr">
+        <is>
+          <t>2028-02-11</t>
+        </is>
+      </c>
+      <c r="O175" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="P175" t="inlineStr">
+        <is>
+          <t>9.178</t>
+        </is>
+      </c>
+      <c r="Q175" t="inlineStr">
         <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L175" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R175" t="n">
-        <v>18.39</v>
-[...5 lines deleted...]
-      <c r="W175" t="inlineStr"/>
+        <v>43.1766</v>
+      </c>
+      <c r="S175" t="n">
+        <v>2.338</v>
+      </c>
+      <c r="T175" t="n">
+        <v>1.8017</v>
+      </c>
+      <c r="U175" t="n">
+        <v>1.54</v>
+      </c>
+      <c r="V175" t="n">
+        <v>2.42</v>
+      </c>
+      <c r="W175" t="n">
+        <v>9.380000000000001</v>
+      </c>
+      <c r="X175" t="n">
+        <v>10.15</v>
+      </c>
+      <c r="Y175" t="n">
+        <v>15.58</v>
+      </c>
+      <c r="Z175" t="inlineStr"/>
+      <c r="AA175" t="inlineStr"/>
+      <c r="AB175" t="inlineStr"/>
     </row>
     <row r="176">
       <c r="A176" t="inlineStr">
         <is>
-          <t>123121</t>
+          <t>123239</t>
         </is>
       </c>
       <c r="B176" t="inlineStr">
         <is>
-          <t>帝尔转债</t>
+          <t>锋工转债</t>
         </is>
       </c>
       <c r="C176" t="inlineStr">
         <is>
-          <t>300776</t>
+          <t>168.900</t>
         </is>
       </c>
       <c r="D176" t="inlineStr">
         <is>
-          <t>帝尔激光</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.844</t>
+        </is>
+      </c>
+      <c r="E176" t="n">
+        <v>16.57</v>
+      </c>
+      <c r="F176" t="n">
+        <v>144.8946</v>
       </c>
       <c r="G176" t="inlineStr">
         <is>
-          <t>1.666</t>
+          <t>300488</t>
         </is>
       </c>
       <c r="H176" t="inlineStr">
         <is>
-          <t>2027-08-05</t>
-[...2 lines deleted...]
-      <c r="I176" t="inlineStr">
+          <t>恒锋工具</t>
+        </is>
+      </c>
+      <c r="I176" t="n">
+        <v>35.05</v>
+      </c>
+      <c r="J176" t="n">
+        <v>0.92</v>
+      </c>
+      <c r="K176" t="inlineStr">
+        <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="L176" t="inlineStr">
+        <is>
+          <t>4.376</t>
+        </is>
+      </c>
+      <c r="M176" t="inlineStr">
+        <is>
+          <t>3.989</t>
+        </is>
+      </c>
+      <c r="N176" t="inlineStr">
+        <is>
+          <t>2030-01-18</t>
+        </is>
+      </c>
+      <c r="O176" t="inlineStr">
         <is>
           <t>115.00</t>
         </is>
       </c>
-      <c r="J176" t="inlineStr">
-[...25 lines deleted...]
-        <v>4.11</v>
+      <c r="P176" t="inlineStr">
+        <is>
+          <t>31.447</t>
+        </is>
+      </c>
+      <c r="Q176" t="inlineStr">
+        <is>
+          <t>!</t>
+        </is>
       </c>
       <c r="R176" t="n">
-        <v>13.77</v>
+        <v>26.3861</v>
       </c>
       <c r="S176" t="n">
-        <v>17.93</v>
+        <v>7.5823</v>
       </c>
       <c r="T176" t="n">
-        <v>16.24</v>
-[...3 lines deleted...]
-      <c r="W176" t="inlineStr"/>
+        <v>6.6601</v>
+      </c>
+      <c r="U176" t="n">
+        <v>1.29</v>
+      </c>
+      <c r="V176" t="n">
+        <v>1.35</v>
+      </c>
+      <c r="W176" t="n">
+        <v>24.19</v>
+      </c>
+      <c r="X176" t="n">
+        <v>25.84</v>
+      </c>
+      <c r="Y176" t="n">
+        <v>38.72</v>
+      </c>
+      <c r="Z176" t="inlineStr"/>
+      <c r="AA176" t="inlineStr"/>
+      <c r="AB176" t="inlineStr"/>
     </row>
     <row r="177">
       <c r="A177" t="inlineStr">
         <is>
-          <t>118053</t>
+          <t>118063</t>
         </is>
       </c>
       <c r="B177" t="inlineStr">
         <is>
-          <t>正帆转债</t>
+          <t>金05转债</t>
         </is>
       </c>
       <c r="C177" t="inlineStr">
         <is>
-          <t>688596</t>
+          <t>200.844</t>
         </is>
       </c>
       <c r="D177" t="inlineStr">
         <is>
-          <t>正帆科技</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.833</t>
+        </is>
+      </c>
+      <c r="E177" t="n">
+        <v>81.29000000000001</v>
+      </c>
+      <c r="F177" t="n">
+        <v>110.7863</v>
       </c>
       <c r="G177" t="inlineStr">
         <is>
-          <t>5.285</t>
+          <t>688676</t>
         </is>
       </c>
       <c r="H177" t="inlineStr">
         <is>
-          <t>2031-03-18</t>
-[...10 lines deleted...]
-        </is>
+          <t>金盘科技</t>
+        </is>
+      </c>
+      <c r="I177" t="n">
+        <v>98.91</v>
+      </c>
+      <c r="J177" t="n">
+        <v>0.28</v>
       </c>
       <c r="K177" t="inlineStr">
         <is>
+          <t>AA+</t>
+        </is>
+      </c>
+      <c r="L177" t="inlineStr">
+        <is>
+          <t>16.710</t>
+        </is>
+      </c>
+      <c r="M177" t="inlineStr">
+        <is>
+          <t>5.921</t>
+        </is>
+      </c>
+      <c r="N177" t="inlineStr">
+        <is>
+          <t>2031-12-24</t>
+        </is>
+      </c>
+      <c r="O177" t="inlineStr">
+        <is>
+          <t>108.00</t>
+        </is>
+      </c>
+      <c r="P177" t="inlineStr">
+        <is>
+          <t>116.064</t>
+        </is>
+      </c>
+      <c r="Q177" t="inlineStr">
+        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L177" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R177" t="n">
-        <v>23.64</v>
+        <v>53.991</v>
       </c>
       <c r="S177" t="n">
-        <v>25.48</v>
-[...3 lines deleted...]
-      <c r="V177" t="inlineStr"/>
+        <v>1.7493</v>
+      </c>
+      <c r="T177" t="n">
+        <v>1.143</v>
+      </c>
+      <c r="U177" t="n">
+        <v>5.74</v>
+      </c>
+      <c r="V177" t="n">
+        <v>5.05</v>
+      </c>
       <c r="W177" t="inlineStr"/>
+      <c r="X177" t="inlineStr"/>
+      <c r="Y177" t="inlineStr"/>
+      <c r="Z177" t="inlineStr"/>
+      <c r="AA177" t="inlineStr"/>
+      <c r="AB177" t="inlineStr"/>
     </row>
     <row r="178">
       <c r="A178" t="inlineStr">
         <is>
-          <t>113646</t>
+          <t>127064</t>
         </is>
       </c>
       <c r="B178" t="inlineStr">
         <is>
-          <t>永吉转债</t>
+          <t>杭氧转债</t>
         </is>
       </c>
       <c r="C178" t="inlineStr">
         <is>
-          <t>603058</t>
+          <t>165.131</t>
         </is>
       </c>
       <c r="D178" t="inlineStr">
         <is>
-          <t>永吉股份</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.819</t>
+        </is>
+      </c>
+      <c r="E178" t="n">
+        <v>28.13</v>
+      </c>
+      <c r="F178" t="n">
+        <v>128.8795</v>
       </c>
       <c r="G178" t="inlineStr">
         <is>
-          <t>2.359</t>
+          <t>002430</t>
         </is>
       </c>
       <c r="H178" t="inlineStr">
         <is>
-          <t>2028-04-14</t>
-[...10 lines deleted...]
-        </is>
+          <t>杭氧股份</t>
+        </is>
+      </c>
+      <c r="I178" t="n">
+        <v>33.47</v>
+      </c>
+      <c r="J178" t="n">
+        <v>1.73</v>
       </c>
       <c r="K178" t="inlineStr">
         <is>
-          <t>0/15 | 30 2023-04-17 重新计</t>
-[...18 lines deleted...]
-        <v>0.38</v>
+          <t>AA+</t>
+        </is>
+      </c>
+      <c r="L178" t="inlineStr">
+        <is>
+          <t>11.365</t>
+        </is>
+      </c>
+      <c r="M178" t="inlineStr">
+        <is>
+          <t>2.321</t>
+        </is>
+      </c>
+      <c r="N178" t="inlineStr">
+        <is>
+          <t>2028-05-19</t>
+        </is>
+      </c>
+      <c r="O178" t="inlineStr">
+        <is>
+          <t>108.00</t>
+        </is>
+      </c>
+      <c r="P178" t="inlineStr">
+        <is>
+          <t>33.761</t>
+        </is>
+      </c>
+      <c r="Q178" t="inlineStr">
+        <is>
+          <t>1/15 | 30 2023-07-31 重新计</t>
+        </is>
       </c>
       <c r="R178" t="n">
-        <v>11.91</v>
+        <v>56.2796</v>
       </c>
       <c r="S178" t="n">
-        <v>16.29</v>
+        <v>1.3846</v>
       </c>
       <c r="T178" t="n">
-        <v>15.32</v>
-[...3 lines deleted...]
-      <c r="W178" t="inlineStr"/>
+        <v>1.0959</v>
+      </c>
+      <c r="U178" t="n">
+        <v>9.220000000000001</v>
+      </c>
+      <c r="V178" t="n">
+        <v>12.16</v>
+      </c>
+      <c r="W178" t="n">
+        <v>29.16</v>
+      </c>
+      <c r="X178" t="n">
+        <v>29.64</v>
+      </c>
+      <c r="Y178" t="n">
+        <v>20.89</v>
+      </c>
+      <c r="Z178" t="inlineStr"/>
+      <c r="AA178" t="inlineStr"/>
+      <c r="AB178" t="inlineStr"/>
     </row>
     <row r="179">
       <c r="A179" t="inlineStr">
         <is>
-          <t>123176</t>
+          <t>123142</t>
         </is>
       </c>
       <c r="B179" t="inlineStr">
         <is>
-          <t>精测转2</t>
+          <t>申昊转债</t>
         </is>
       </c>
       <c r="C179" t="inlineStr">
         <is>
-          <t>300567</t>
+          <t>125.200</t>
         </is>
       </c>
       <c r="D179" t="inlineStr">
         <is>
-          <t>精测电子</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.820</t>
+        </is>
+      </c>
+      <c r="E179" t="n">
+        <v>85.92</v>
+      </c>
+      <c r="F179" t="n">
+        <v>67.3391</v>
       </c>
       <c r="G179" t="inlineStr">
         <is>
-          <t>3.241</t>
+          <t>300853</t>
         </is>
       </c>
       <c r="H179" t="inlineStr">
         <is>
-          <t>2029-03-02</t>
-[...10 lines deleted...]
-        </is>
+          <t>申昊科技</t>
+        </is>
+      </c>
+      <c r="I179" t="n">
+        <v>22.7</v>
+      </c>
+      <c r="J179" t="n">
+        <v>0.35</v>
       </c>
       <c r="K179" t="inlineStr">
         <is>
-          <t>0/15 | 30 2024-04-18 重新计</t>
-[...18 lines deleted...]
-        <v>2.72</v>
+          <t>A-</t>
+        </is>
+      </c>
+      <c r="L179" t="inlineStr">
+        <is>
+          <t>5.494</t>
+        </is>
+      </c>
+      <c r="M179" t="inlineStr">
+        <is>
+          <t>2.151</t>
+        </is>
+      </c>
+      <c r="N179" t="inlineStr">
+        <is>
+          <t>2028-03-18</t>
+        </is>
+      </c>
+      <c r="O179" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="P179" t="inlineStr">
+        <is>
+          <t>43.823</t>
+        </is>
+      </c>
+      <c r="Q179" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R179" t="n">
-        <v>29.47</v>
+        <v>54.1913</v>
       </c>
       <c r="S179" t="n">
-        <v>27.27</v>
+        <v>2.5383</v>
       </c>
       <c r="T179" t="n">
-        <v>25.36</v>
-[...3 lines deleted...]
-      <c r="W179" t="inlineStr"/>
+        <v>1.9057</v>
+      </c>
+      <c r="U179" t="n">
+        <v>-2.38</v>
+      </c>
+      <c r="V179" t="n">
+        <v>-1.01</v>
+      </c>
+      <c r="W179" t="n">
+        <v>10.42</v>
+      </c>
+      <c r="X179" t="n">
+        <v>9.93</v>
+      </c>
+      <c r="Y179" t="n">
+        <v>19.93</v>
+      </c>
+      <c r="Z179" t="inlineStr"/>
+      <c r="AA179" t="inlineStr"/>
+      <c r="AB179" t="inlineStr"/>
     </row>
     <row r="180">
       <c r="A180" t="inlineStr">
         <is>
-          <t>127088</t>
+          <t>123242</t>
         </is>
       </c>
       <c r="B180" t="inlineStr">
         <is>
-          <t>赫达转债</t>
+          <t>赛龙转债</t>
         </is>
       </c>
       <c r="C180" t="inlineStr">
         <is>
-          <t>002810</t>
+          <t>138.800</t>
         </is>
       </c>
       <c r="D180" t="inlineStr">
         <is>
-          <t>山东赫达</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.802</t>
+        </is>
+      </c>
+      <c r="E180" t="n">
+        <v>-0.15</v>
+      </c>
+      <c r="F180" t="n">
+        <v>139.0055</v>
       </c>
       <c r="G180" t="inlineStr">
         <is>
-          <t>3.578</t>
+          <t>301131</t>
         </is>
       </c>
       <c r="H180" t="inlineStr">
         <is>
-          <t>2029-07-03</t>
-[...2 lines deleted...]
-      <c r="I180" t="inlineStr">
+          <t>聚赛龙</t>
+        </is>
+      </c>
+      <c r="I180" t="n">
+        <v>50.32</v>
+      </c>
+      <c r="J180" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="K180" t="inlineStr">
+        <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="L180" t="inlineStr">
+        <is>
+          <t>1.827</t>
+        </is>
+      </c>
+      <c r="M180" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="N180" t="inlineStr">
+        <is>
+          <t>2030-07-08</t>
+        </is>
+      </c>
+      <c r="O180" t="inlineStr">
         <is>
           <t>115.00</t>
         </is>
       </c>
-      <c r="J180" t="inlineStr">
-[...25 lines deleted...]
-        <v>3.54</v>
+      <c r="P180" t="inlineStr">
+        <is>
+          <t>47.060</t>
+        </is>
+      </c>
+      <c r="Q180" t="inlineStr">
+        <is>
+          <t>!</t>
+        </is>
       </c>
       <c r="R180" t="n">
-        <v>9.390000000000001</v>
+        <v>56.3591</v>
       </c>
       <c r="S180" t="n">
-        <v>12.54</v>
+        <v>2.1062</v>
       </c>
       <c r="T180" t="n">
-        <v>15.59</v>
-[...3 lines deleted...]
-      <c r="W180" t="inlineStr"/>
+        <v>1.6492</v>
+      </c>
+      <c r="U180" t="n">
+        <v>0.38</v>
+      </c>
+      <c r="V180" t="n">
+        <v>0.37</v>
+      </c>
+      <c r="W180" t="n">
+        <v>40.07</v>
+      </c>
+      <c r="X180" t="n">
+        <v>26.75</v>
+      </c>
+      <c r="Y180" t="n">
+        <v>40.94</v>
+      </c>
+      <c r="Z180" t="inlineStr"/>
+      <c r="AA180" t="inlineStr"/>
+      <c r="AB180" t="inlineStr"/>
     </row>
     <row r="181">
       <c r="A181" t="inlineStr">
         <is>
-          <t>123133</t>
+          <t>111019</t>
         </is>
       </c>
       <c r="B181" t="inlineStr">
         <is>
-          <t>佩蒂转债</t>
+          <t>宏柏转债</t>
         </is>
       </c>
       <c r="C181" t="inlineStr">
         <is>
-          <t>300673</t>
+          <t>147.291</t>
         </is>
       </c>
       <c r="D181" t="inlineStr">
         <is>
-          <t>佩蒂股份</t>
-[...2 lines deleted...]
-      <c r="E181" t="inlineStr">
+          <t>0.799</t>
+        </is>
+      </c>
+      <c r="E181" t="n">
+        <v>14.89</v>
+      </c>
+      <c r="F181" t="n">
+        <v>128.2051</v>
+      </c>
+      <c r="G181" t="inlineStr">
+        <is>
+          <t>605366</t>
+        </is>
+      </c>
+      <c r="H181" t="inlineStr">
+        <is>
+          <t>宏柏新材</t>
+        </is>
+      </c>
+      <c r="I181" t="n">
+        <v>7</v>
+      </c>
+      <c r="J181" t="n">
+        <v>1.01</v>
+      </c>
+      <c r="K181" t="inlineStr">
         <is>
           <t>AA-</t>
         </is>
       </c>
-      <c r="F181" t="inlineStr">
-[...14 lines deleted...]
-      <c r="I181" t="inlineStr">
+      <c r="L181" t="inlineStr">
+        <is>
+          <t>7.203</t>
+        </is>
+      </c>
+      <c r="M181" t="inlineStr">
+        <is>
+          <t>4.233</t>
+        </is>
+      </c>
+      <c r="N181" t="inlineStr">
+        <is>
+          <t>2030-04-17</t>
+        </is>
+      </c>
+      <c r="O181" t="inlineStr">
         <is>
           <t>115.00</t>
         </is>
       </c>
-      <c r="J181" t="inlineStr">
-[...25 lines deleted...]
-        <v>1.27</v>
+      <c r="P181" t="inlineStr">
+        <is>
+          <t>7.098</t>
+        </is>
+      </c>
+      <c r="Q181" t="inlineStr">
+        <is>
+          <t>1/15 | 30</t>
+        </is>
       </c>
       <c r="R181" t="n">
-        <v>13.27</v>
+        <v>47.3643</v>
       </c>
       <c r="S181" t="n">
-        <v>13.11</v>
+        <v>2.3838</v>
       </c>
       <c r="T181" t="n">
-        <v>15.65</v>
-[...3 lines deleted...]
-      <c r="W181" t="inlineStr"/>
+        <v>2.0806</v>
+      </c>
+      <c r="U181" t="n">
+        <v>-0.31</v>
+      </c>
+      <c r="V181" t="n">
+        <v>0.65</v>
+      </c>
+      <c r="W181" t="n">
+        <v>14.36</v>
+      </c>
+      <c r="X181" t="n">
+        <v>15.99</v>
+      </c>
+      <c r="Y181" t="n">
+        <v>22.94</v>
+      </c>
+      <c r="Z181" t="inlineStr"/>
+      <c r="AA181" t="inlineStr"/>
+      <c r="AB181" t="inlineStr"/>
     </row>
     <row r="182">
       <c r="A182" t="inlineStr">
         <is>
-          <t>123257</t>
+          <t>127111</t>
         </is>
       </c>
       <c r="B182" t="inlineStr">
         <is>
-          <t>安克转债</t>
+          <t>金威转债</t>
         </is>
       </c>
       <c r="C182" t="inlineStr">
         <is>
-          <t>300866</t>
+          <t>158.561</t>
         </is>
       </c>
       <c r="D182" t="inlineStr">
         <is>
-          <t>安克创新</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.802</t>
+        </is>
+      </c>
+      <c r="E182" t="n">
+        <v>52.04</v>
+      </c>
+      <c r="F182" t="n">
+        <v>104.2879</v>
       </c>
       <c r="G182" t="inlineStr">
         <is>
-          <t>5.532</t>
+          <t>002626</t>
         </is>
       </c>
       <c r="H182" t="inlineStr">
         <is>
-          <t>2031-06-16</t>
-[...10 lines deleted...]
-        </is>
+          <t>金达威</t>
+        </is>
+      </c>
+      <c r="I182" t="n">
+        <v>20.43</v>
+      </c>
+      <c r="J182" t="n">
+        <v>0.99</v>
       </c>
       <c r="K182" t="inlineStr">
         <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="L182" t="inlineStr">
+        <is>
+          <t>12.924</t>
+        </is>
+      </c>
+      <c r="M182" t="inlineStr">
+        <is>
+          <t>5.573</t>
+        </is>
+      </c>
+      <c r="N182" t="inlineStr">
+        <is>
+          <t>2031-08-19</t>
+        </is>
+      </c>
+      <c r="O182" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="P182" t="inlineStr">
+        <is>
+          <t>25.467</t>
+        </is>
+      </c>
+      <c r="Q182" t="inlineStr">
+        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L182" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R182" t="n">
-        <v>27.36</v>
+        <v>45.3064</v>
       </c>
       <c r="S182" t="n">
-        <v>31.72</v>
-[...4 lines deleted...]
-      <c r="W182" t="inlineStr"/>
+        <v>2.6373</v>
+      </c>
+      <c r="T182" t="n">
+        <v>2.1175</v>
+      </c>
+      <c r="U182" t="n">
+        <v>3.42</v>
+      </c>
+      <c r="V182" t="n">
+        <v>2.77</v>
+      </c>
+      <c r="W182" t="n">
+        <v>16.97</v>
+      </c>
+      <c r="X182" t="n">
+        <v>23.05</v>
+      </c>
+      <c r="Y182" t="inlineStr"/>
+      <c r="Z182" t="inlineStr"/>
+      <c r="AA182" t="inlineStr"/>
+      <c r="AB182" t="inlineStr"/>
     </row>
     <row r="183">
       <c r="A183" t="inlineStr">
         <is>
-          <t>123109</t>
+          <t>113674</t>
         </is>
       </c>
       <c r="B183" t="inlineStr">
         <is>
-          <t>昌红转债</t>
+          <t>华设转债</t>
         </is>
       </c>
       <c r="C183" t="inlineStr">
         <is>
-          <t>300151</t>
+          <t>137.795</t>
         </is>
       </c>
       <c r="D183" t="inlineStr">
         <is>
-          <t>昌红科技</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.786</t>
+        </is>
+      </c>
+      <c r="E183" t="n">
+        <v>52.8</v>
+      </c>
+      <c r="F183" t="n">
+        <v>90.17749999999999</v>
       </c>
       <c r="G183" t="inlineStr">
         <is>
-          <t>1.321</t>
+          <t>603018</t>
         </is>
       </c>
       <c r="H183" t="inlineStr">
         <is>
-          <t>2027-04-01</t>
-[...10 lines deleted...]
-        </is>
+          <t>华设集团</t>
+        </is>
+      </c>
+      <c r="I183" t="n">
+        <v>7.62</v>
+      </c>
+      <c r="J183" t="n">
+        <v>0.4</v>
       </c>
       <c r="K183" t="inlineStr">
         <is>
-          <t>0/15 | 30 2022-05-30 重新计</t>
-[...18 lines deleted...]
-        <v>1.28</v>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="L183" t="inlineStr">
+        <is>
+          <t>3.999</t>
+        </is>
+      </c>
+      <c r="M183" t="inlineStr">
+        <is>
+          <t>3.493</t>
+        </is>
+      </c>
+      <c r="N183" t="inlineStr">
+        <is>
+          <t>2029-07-21</t>
+        </is>
+      </c>
+      <c r="O183" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="P183" t="inlineStr">
+        <is>
+          <t>10.985</t>
+        </is>
+      </c>
+      <c r="Q183" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R183" t="n">
-        <v>8.42</v>
+        <v>56.6205</v>
       </c>
       <c r="S183" t="n">
-        <v>10.33</v>
+        <v>1.6028</v>
       </c>
       <c r="T183" t="n">
-        <v>12.16</v>
-[...3 lines deleted...]
-      <c r="W183" t="inlineStr"/>
+        <v>1.5618</v>
+      </c>
+      <c r="U183" t="n">
+        <v>3.83</v>
+      </c>
+      <c r="V183" t="n">
+        <v>6.98</v>
+      </c>
+      <c r="W183" t="n">
+        <v>8.43</v>
+      </c>
+      <c r="X183" t="n">
+        <v>10.06</v>
+      </c>
+      <c r="Y183" t="n">
+        <v>18.7</v>
+      </c>
+      <c r="Z183" t="inlineStr"/>
+      <c r="AA183" t="inlineStr"/>
+      <c r="AB183" t="inlineStr"/>
     </row>
     <row r="184">
       <c r="A184" t="inlineStr">
         <is>
-          <t>118008</t>
+          <t>127060</t>
         </is>
       </c>
       <c r="B184" t="inlineStr">
         <is>
-          <t>海优转债</t>
+          <t>湘佳转债</t>
         </is>
       </c>
       <c r="C184" t="inlineStr">
         <is>
-          <t>688680</t>
+          <t>122.129</t>
         </is>
       </c>
       <c r="D184" t="inlineStr">
         <is>
-          <t>海优新材</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.780</t>
+        </is>
+      </c>
+      <c r="E184" t="n">
+        <v>80.97</v>
+      </c>
+      <c r="F184" t="n">
+        <v>67.48699999999999</v>
       </c>
       <c r="G184" t="inlineStr">
         <is>
-          <t>2.551</t>
+          <t>002982</t>
         </is>
       </c>
       <c r="H184" t="inlineStr">
         <is>
-          <t>2028-06-23</t>
-[...10 lines deleted...]
-        </is>
+          <t>湘佳股份</t>
+        </is>
+      </c>
+      <c r="I184" t="n">
+        <v>14.26</v>
+      </c>
+      <c r="J184" t="n">
+        <v>0.28</v>
       </c>
       <c r="K184" t="inlineStr">
         <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="L184" t="inlineStr">
+        <is>
+          <t>6.399</t>
+        </is>
+      </c>
+      <c r="M184" t="inlineStr">
+        <is>
+          <t>2.238</t>
+        </is>
+      </c>
+      <c r="N184" t="inlineStr">
+        <is>
+          <t>2028-04-19</t>
+        </is>
+      </c>
+      <c r="O184" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="P184" t="inlineStr">
+        <is>
+          <t>27.469</t>
+        </is>
+      </c>
+      <c r="Q184" t="inlineStr">
+        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L184" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R184" t="n">
-        <v>18.78</v>
+        <v>58.3273</v>
       </c>
       <c r="S184" t="n">
-        <v>20.82</v>
+        <v>1.3784</v>
       </c>
       <c r="T184" t="n">
-        <v>27.39</v>
-[...3 lines deleted...]
-      <c r="W184" t="inlineStr"/>
+        <v>0.799</v>
+      </c>
+      <c r="U184" t="n">
+        <v>0.98</v>
+      </c>
+      <c r="V184" t="n">
+        <v>-1.47</v>
+      </c>
+      <c r="W184" t="n">
+        <v>8.51</v>
+      </c>
+      <c r="X184" t="n">
+        <v>7.71</v>
+      </c>
+      <c r="Y184" t="n">
+        <v>14.73</v>
+      </c>
+      <c r="Z184" t="inlineStr"/>
+      <c r="AA184" t="inlineStr"/>
+      <c r="AB184" t="inlineStr"/>
     </row>
     <row r="185">
       <c r="A185" t="inlineStr">
         <is>
-          <t>110086</t>
+          <t>127016</t>
         </is>
       </c>
       <c r="B185" t="inlineStr">
         <is>
-          <t>精工转债</t>
+          <t>鲁泰转债</t>
         </is>
       </c>
       <c r="C185" t="inlineStr">
         <is>
-          <t>600496</t>
+          <t>112.786</t>
         </is>
       </c>
       <c r="D185" t="inlineStr">
         <is>
-          <t>精工钢构</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.767</t>
+        </is>
+      </c>
+      <c r="E185" t="n">
+        <v>20.39</v>
+      </c>
+      <c r="F185" t="n">
+        <v>93.68300000000001</v>
       </c>
       <c r="G185" t="inlineStr">
         <is>
-          <t>2.381</t>
+          <t>000726</t>
         </is>
       </c>
       <c r="H185" t="inlineStr">
         <is>
-          <t>2028-04-22</t>
-[...10 lines deleted...]
-        </is>
+          <t>鲁  泰Ａ</t>
+        </is>
+      </c>
+      <c r="I185" t="n">
+        <v>7.86</v>
+      </c>
+      <c r="J185" t="n">
+        <v>3.83</v>
       </c>
       <c r="K185" t="inlineStr">
         <is>
+          <t>AA+</t>
+        </is>
+      </c>
+      <c r="L185" t="inlineStr">
+        <is>
+          <t>13.998</t>
+        </is>
+      </c>
+      <c r="M185" t="inlineStr">
+        <is>
+          <t>0.208</t>
+        </is>
+      </c>
+      <c r="N185" t="inlineStr">
+        <is>
+          <t>2026-04-09</t>
+        </is>
+      </c>
+      <c r="O185" t="inlineStr">
+        <is>
+          <t>111.00</t>
+        </is>
+      </c>
+      <c r="P185" t="inlineStr">
+        <is>
+          <t>10.907</t>
+        </is>
+      </c>
+      <c r="Q185" t="inlineStr">
+        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L185" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R185" t="n">
-        <v>11.94</v>
+        <v>28.9218</v>
       </c>
       <c r="S185" t="n">
-        <v>11.5</v>
+        <v>4.0891</v>
       </c>
       <c r="T185" t="n">
-        <v>18.87</v>
-[...3 lines deleted...]
-      <c r="W185" t="inlineStr"/>
+        <v>2.7586</v>
+      </c>
+      <c r="U185" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="V185" t="n">
+        <v>4.03</v>
+      </c>
+      <c r="W185" t="n">
+        <v>4.15</v>
+      </c>
+      <c r="X185" t="n">
+        <v>5.75</v>
+      </c>
+      <c r="Y185" t="n">
+        <v>6.75</v>
+      </c>
+      <c r="Z185" t="inlineStr"/>
+      <c r="AA185" t="inlineStr"/>
+      <c r="AB185" t="inlineStr"/>
     </row>
     <row r="186">
       <c r="A186" t="inlineStr">
         <is>
-          <t>110084</t>
+          <t>110099</t>
         </is>
       </c>
       <c r="B186" t="inlineStr">
         <is>
-          <t>贵燃转债</t>
+          <t>福能转债</t>
         </is>
       </c>
       <c r="C186" t="inlineStr">
         <is>
-          <t>600903</t>
+          <t>148.617</t>
         </is>
       </c>
       <c r="D186" t="inlineStr">
         <is>
-          <t>贵州燃气</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.757</t>
+        </is>
+      </c>
+      <c r="E186" t="n">
+        <v>54.42</v>
+      </c>
+      <c r="F186" t="n">
+        <v>96.2398</v>
       </c>
       <c r="G186" t="inlineStr">
         <is>
-          <t>2.060</t>
+          <t>600483</t>
         </is>
       </c>
       <c r="H186" t="inlineStr">
         <is>
-          <t>2027-12-27</t>
-[...10 lines deleted...]
-        </is>
+          <t>福能股份</t>
+        </is>
+      </c>
+      <c r="I186" t="n">
+        <v>9.470000000000001</v>
+      </c>
+      <c r="J186" t="n">
+        <v>-0.32</v>
       </c>
       <c r="K186" t="inlineStr">
         <is>
+          <t>AA+</t>
+        </is>
+      </c>
+      <c r="L186" t="inlineStr">
+        <is>
+          <t>38.020</t>
+        </is>
+      </c>
+      <c r="M186" t="inlineStr">
+        <is>
+          <t>5.723</t>
+        </is>
+      </c>
+      <c r="N186" t="inlineStr">
+        <is>
+          <t>2031-10-13</t>
+        </is>
+      </c>
+      <c r="O186" t="inlineStr">
+        <is>
+          <t>106.00</t>
+        </is>
+      </c>
+      <c r="P186" t="inlineStr">
+        <is>
+          <t>12.792</t>
+        </is>
+      </c>
+      <c r="Q186" t="inlineStr">
+        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L186" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R186" t="n">
-        <v>8.539999999999999</v>
+        <v>38.2604</v>
       </c>
       <c r="S186" t="n">
-        <v>11.08</v>
+        <v>2.538</v>
       </c>
       <c r="T186" t="n">
-        <v>14</v>
+        <v>2.4313</v>
       </c>
       <c r="U186" t="n">
-        <v>22.69</v>
+        <v>27.93</v>
       </c>
       <c r="V186" t="n">
-        <v>16.32</v>
+        <v>26.23</v>
       </c>
       <c r="W186" t="n">
-        <v>30.85</v>
-      </c>
+        <v>14.72</v>
+      </c>
+      <c r="X186" t="inlineStr"/>
+      <c r="Y186" t="inlineStr"/>
+      <c r="Z186" t="inlineStr"/>
+      <c r="AA186" t="inlineStr"/>
+      <c r="AB186" t="inlineStr"/>
     </row>
     <row r="187">
       <c r="A187" t="inlineStr">
         <is>
-          <t>113039</t>
+          <t>123138</t>
         </is>
       </c>
       <c r="B187" t="inlineStr">
         <is>
-          <t>嘉泽转债</t>
+          <t>丝路转债</t>
         </is>
       </c>
       <c r="C187" t="inlineStr">
         <is>
-          <t>601619</t>
+          <t>134.277</t>
         </is>
       </c>
       <c r="D187" t="inlineStr">
         <is>
-          <t>嘉泽新能</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.761</t>
+        </is>
+      </c>
+      <c r="E187" t="n">
+        <v>73.94</v>
+      </c>
+      <c r="F187" t="n">
+        <v>77.1956</v>
       </c>
       <c r="G187" t="inlineStr">
         <is>
-          <t>0.718</t>
+          <t>300556</t>
         </is>
       </c>
       <c r="H187" t="inlineStr">
         <is>
-          <t>2026-08-24</t>
-[...10 lines deleted...]
-        </is>
+          <t>丝路视觉</t>
+        </is>
+      </c>
+      <c r="I187" t="n">
+        <v>20.48</v>
+      </c>
+      <c r="J187" t="n">
+        <v>2.04</v>
       </c>
       <c r="K187" t="inlineStr">
         <is>
-          <t>!</t>
-[...18 lines deleted...]
-        <v>5.82</v>
+          <t>A</t>
+        </is>
+      </c>
+      <c r="L187" t="inlineStr">
+        <is>
+          <t>2.394</t>
+        </is>
+      </c>
+      <c r="M187" t="inlineStr">
+        <is>
+          <t>2.107</t>
+        </is>
+      </c>
+      <c r="N187" t="inlineStr">
+        <is>
+          <t>2028-03-02</t>
+        </is>
+      </c>
+      <c r="O187" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="P187" t="inlineStr">
+        <is>
+          <t>34.489</t>
+        </is>
+      </c>
+      <c r="Q187" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R187" t="n">
-        <v>86.12</v>
+        <v>69.8129</v>
       </c>
       <c r="S187" t="n">
-        <v>68.04000000000001</v>
+        <v>1.5307</v>
       </c>
       <c r="T187" t="n">
-        <v>37.51</v>
-[...3 lines deleted...]
-      <c r="W187" t="inlineStr"/>
+        <v>1.4019</v>
+      </c>
+      <c r="U187" t="n">
+        <v>-3.64</v>
+      </c>
+      <c r="V187" t="n">
+        <v>0.23</v>
+      </c>
+      <c r="W187" t="n">
+        <v>9.66</v>
+      </c>
+      <c r="X187" t="n">
+        <v>8.949999999999999</v>
+      </c>
+      <c r="Y187" t="n">
+        <v>15.7</v>
+      </c>
+      <c r="Z187" t="inlineStr"/>
+      <c r="AA187" t="inlineStr"/>
+      <c r="AB187" t="inlineStr"/>
     </row>
     <row r="188">
       <c r="A188" t="inlineStr">
         <is>
-          <t>113053</t>
+          <t>113638</t>
         </is>
       </c>
       <c r="B188" t="inlineStr">
         <is>
-          <t>隆22转债</t>
+          <t>台21转债</t>
         </is>
       </c>
       <c r="C188" t="inlineStr">
         <is>
-          <t>601012</t>
+          <t>129.061</t>
         </is>
       </c>
       <c r="D188" t="inlineStr">
         <is>
-          <t>隆基绿能</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.749</t>
+        </is>
+      </c>
+      <c r="E188" t="n">
+        <v>122.05</v>
+      </c>
+      <c r="F188" t="n">
+        <v>58.1223</v>
       </c>
       <c r="G188" t="inlineStr">
         <is>
-          <t>2.085</t>
+          <t>603055</t>
         </is>
       </c>
       <c r="H188" t="inlineStr">
         <is>
-          <t>2028-01-05</t>
-[...10 lines deleted...]
-        </is>
+          <t>台华新材</t>
+        </is>
+      </c>
+      <c r="I188" t="n">
+        <v>9.41</v>
+      </c>
+      <c r="J188" t="n">
+        <v>0.43</v>
       </c>
       <c r="K188" t="inlineStr">
         <is>
-          <t>1/15 | 30</t>
-[...18 lines deleted...]
-        <v>148.12</v>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="L188" t="inlineStr">
+        <is>
+          <t>5.997</t>
+        </is>
+      </c>
+      <c r="M188" t="inlineStr">
+        <is>
+          <t>1.932</t>
+        </is>
+      </c>
+      <c r="N188" t="inlineStr">
+        <is>
+          <t>2027-12-29</t>
+        </is>
+      </c>
+      <c r="O188" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="P188" t="inlineStr">
+        <is>
+          <t>21.047</t>
+        </is>
+      </c>
+      <c r="Q188" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R188" t="n">
-        <v>17.2</v>
+        <v>54.7052</v>
       </c>
       <c r="S188" t="n">
-        <v>16.53</v>
+        <v>1.2247</v>
       </c>
       <c r="T188" t="n">
-        <v>13.55</v>
-[...3 lines deleted...]
-      <c r="W188" t="inlineStr"/>
+        <v>0.624</v>
+      </c>
+      <c r="U188" t="n">
+        <v>7.26</v>
+      </c>
+      <c r="V188" t="n">
+        <v>4.49</v>
+      </c>
+      <c r="W188" t="n">
+        <v>9.029999999999999</v>
+      </c>
+      <c r="X188" t="n">
+        <v>7.38</v>
+      </c>
+      <c r="Y188" t="n">
+        <v>12.6</v>
+      </c>
+      <c r="Z188" t="inlineStr"/>
+      <c r="AA188" t="inlineStr"/>
+      <c r="AB188" t="inlineStr"/>
     </row>
     <row r="189">
       <c r="A189" t="inlineStr">
         <is>
-          <t>127047</t>
+          <t>110087</t>
         </is>
       </c>
       <c r="B189" t="inlineStr">
         <is>
-          <t>帝欧转债</t>
+          <t>天业转债</t>
         </is>
       </c>
       <c r="C189" t="inlineStr">
         <is>
-          <t>002798</t>
+          <t>142.093</t>
         </is>
       </c>
       <c r="D189" t="inlineStr">
         <is>
-          <t>帝欧水华</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.736</t>
+        </is>
+      </c>
+      <c r="E189" t="n">
+        <v>30.45</v>
+      </c>
+      <c r="F189" t="n">
+        <v>108.9286</v>
       </c>
       <c r="G189" t="inlineStr">
         <is>
-          <t>1.888</t>
+          <t>600075</t>
         </is>
       </c>
       <c r="H189" t="inlineStr">
         <is>
-          <t>2027-10-25</t>
-[...10 lines deleted...]
-        </is>
+          <t>新疆天业</t>
+        </is>
+      </c>
+      <c r="I189" t="n">
+        <v>6.1</v>
+      </c>
+      <c r="J189" t="n">
+        <v>1.16</v>
       </c>
       <c r="K189" t="inlineStr">
         <is>
-          <t>1/15 | 30</t>
-[...18 lines deleted...]
-        <v>-15.08</v>
+          <t>AA+</t>
+        </is>
+      </c>
+      <c r="L189" t="inlineStr">
+        <is>
+          <t>29.999</t>
+        </is>
+      </c>
+      <c r="M189" t="inlineStr">
+        <is>
+          <t>2.416</t>
+        </is>
+      </c>
+      <c r="N189" t="inlineStr">
+        <is>
+          <t>2028-06-23</t>
+        </is>
+      </c>
+      <c r="O189" t="inlineStr">
+        <is>
+          <t>108.00</t>
+        </is>
+      </c>
+      <c r="P189" t="inlineStr">
+        <is>
+          <t>7.280</t>
+        </is>
+      </c>
+      <c r="Q189" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R189" t="n">
-        <v>13.58</v>
+        <v>56.3402</v>
       </c>
       <c r="S189" t="n">
-        <v>18.47</v>
+        <v>0.7247</v>
       </c>
       <c r="T189" t="n">
-        <v>38.91</v>
-[...3 lines deleted...]
-      <c r="W189" t="inlineStr"/>
+        <v>0.5874</v>
+      </c>
+      <c r="U189" t="n">
+        <v>0.68</v>
+      </c>
+      <c r="V189" t="n">
+        <v>-7.75</v>
+      </c>
+      <c r="W189" t="n">
+        <v>20.34</v>
+      </c>
+      <c r="X189" t="n">
+        <v>15.55</v>
+      </c>
+      <c r="Y189" t="n">
+        <v>13.59</v>
+      </c>
+      <c r="Z189" t="inlineStr"/>
+      <c r="AA189" t="inlineStr"/>
+      <c r="AB189" t="inlineStr"/>
     </row>
     <row r="190">
       <c r="A190" t="inlineStr">
         <is>
-          <t>110092</t>
+          <t>127085</t>
         </is>
       </c>
       <c r="B190" t="inlineStr">
         <is>
-          <t>三房转债</t>
+          <t>韵达转债</t>
         </is>
       </c>
       <c r="C190" t="inlineStr">
         <is>
-          <t>600370</t>
+          <t>124.204</t>
         </is>
       </c>
       <c r="D190" t="inlineStr">
         <is>
-          <t>三房巷</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.732</t>
+        </is>
+      </c>
+      <c r="E190" t="n">
+        <v>105.49</v>
+      </c>
+      <c r="F190" t="n">
+        <v>60.4433</v>
       </c>
       <c r="G190" t="inlineStr">
         <is>
-          <t>3.090</t>
+          <t>002120</t>
         </is>
       </c>
       <c r="H190" t="inlineStr">
         <is>
-          <t>2029-01-06</t>
-[...10 lines deleted...]
-        </is>
+          <t>韵达股份</t>
+        </is>
+      </c>
+      <c r="I190" t="n">
+        <v>7.09</v>
+      </c>
+      <c r="J190" t="n">
+        <v>1</v>
       </c>
       <c r="K190" t="inlineStr">
         <is>
+          <t>AA+</t>
+        </is>
+      </c>
+      <c r="L190" t="inlineStr">
+        <is>
+          <t>24.499</t>
+        </is>
+      </c>
+      <c r="M190" t="inlineStr">
+        <is>
+          <t>3.216</t>
+        </is>
+      </c>
+      <c r="N190" t="inlineStr">
+        <is>
+          <t>2029-04-11</t>
+        </is>
+      </c>
+      <c r="O190" t="inlineStr">
+        <is>
+          <t>108.00</t>
+        </is>
+      </c>
+      <c r="P190" t="inlineStr">
+        <is>
+          <t>15.249</t>
+        </is>
+      </c>
+      <c r="Q190" t="inlineStr">
+        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L190" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R190" t="n">
-        <v>19.77</v>
+        <v>42.9548</v>
       </c>
       <c r="S190" t="n">
-        <v>17.51</v>
+        <v>1.6065</v>
       </c>
       <c r="T190" t="n">
-        <v>44.37</v>
+        <v>1.5941</v>
       </c>
       <c r="U190" t="n">
-        <v>60.83</v>
+        <v>19.14</v>
       </c>
       <c r="V190" t="n">
-        <v>40.88</v>
+        <v>16.25</v>
       </c>
       <c r="W190" t="n">
-        <v>51.55</v>
-      </c>
+        <v>8.449999999999999</v>
+      </c>
+      <c r="X190" t="n">
+        <v>7.45</v>
+      </c>
+      <c r="Y190" t="n">
+        <v>11.34</v>
+      </c>
+      <c r="Z190" t="inlineStr"/>
+      <c r="AA190" t="inlineStr"/>
+      <c r="AB190" t="inlineStr"/>
     </row>
     <row r="191">
       <c r="A191" t="inlineStr">
         <is>
-          <t>127108</t>
+          <t>123124</t>
         </is>
       </c>
       <c r="B191" t="inlineStr">
         <is>
-          <t>太能转债</t>
+          <t>晶瑞转2</t>
         </is>
       </c>
       <c r="C191" t="inlineStr">
         <is>
-          <t>000591</t>
+          <t>158.401</t>
         </is>
       </c>
       <c r="D191" t="inlineStr">
         <is>
-          <t>太阳能</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.731</t>
+        </is>
+      </c>
+      <c r="E191" t="n">
+        <v>37.98</v>
+      </c>
+      <c r="F191" t="n">
+        <v>114.7993</v>
       </c>
       <c r="G191" t="inlineStr">
         <is>
-          <t>5.312</t>
+          <t>300655</t>
         </is>
       </c>
       <c r="H191" t="inlineStr">
         <is>
-          <t>2031-03-28</t>
-[...10 lines deleted...]
-        </is>
+          <t>晶瑞电材</t>
+        </is>
+      </c>
+      <c r="I191" t="n">
+        <v>19.16</v>
+      </c>
+      <c r="J191" t="n">
+        <v>3.68</v>
       </c>
       <c r="K191" t="inlineStr">
         <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="L191" t="inlineStr">
+        <is>
+          <t>5.225</t>
+        </is>
+      </c>
+      <c r="M191" t="inlineStr">
+        <is>
+          <t>1.562</t>
+        </is>
+      </c>
+      <c r="N191" t="inlineStr">
+        <is>
+          <t>2027-08-16</t>
+        </is>
+      </c>
+      <c r="O191" t="inlineStr">
+        <is>
+          <t>107.00</t>
+        </is>
+      </c>
+      <c r="P191" t="inlineStr">
+        <is>
+          <t>21.697</t>
+        </is>
+      </c>
+      <c r="Q191" t="inlineStr">
+        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L191" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R191" t="n">
-        <v>9.140000000000001</v>
+        <v>26.6484</v>
       </c>
       <c r="S191" t="n">
-        <v>12.02</v>
-[...4 lines deleted...]
-      <c r="W191" t="inlineStr"/>
+        <v>6.2652</v>
+      </c>
+      <c r="T191" t="n">
+        <v>5.8772</v>
+      </c>
+      <c r="U191" t="n">
+        <v>-1.8</v>
+      </c>
+      <c r="V191" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="W191" t="n">
+        <v>27.8</v>
+      </c>
+      <c r="X191" t="n">
+        <v>23.66</v>
+      </c>
+      <c r="Y191" t="n">
+        <v>16.59</v>
+      </c>
+      <c r="Z191" t="inlineStr"/>
+      <c r="AA191" t="inlineStr"/>
+      <c r="AB191" t="inlineStr"/>
     </row>
     <row r="192">
       <c r="A192" t="inlineStr">
         <is>
-          <t>110070</t>
+          <t>113666</t>
         </is>
       </c>
       <c r="B192" t="inlineStr">
         <is>
-          <t>凌钢转债</t>
+          <t>爱玛转债</t>
         </is>
       </c>
       <c r="C192" t="inlineStr">
         <is>
-          <t>600231</t>
+          <t>130.206</t>
         </is>
       </c>
       <c r="D192" t="inlineStr">
         <is>
-          <t>凌钢股份</t>
-[...2 lines deleted...]
-      <c r="E192" t="inlineStr">
+          <t>0.733</t>
+        </is>
+      </c>
+      <c r="E192" t="n">
+        <v>58.99</v>
+      </c>
+      <c r="F192" t="n">
+        <v>81.8959</v>
+      </c>
+      <c r="G192" t="inlineStr">
+        <is>
+          <t>603529</t>
+        </is>
+      </c>
+      <c r="H192" t="inlineStr">
+        <is>
+          <t>爱玛科技</t>
+        </is>
+      </c>
+      <c r="I192" t="n">
+        <v>30.67</v>
+      </c>
+      <c r="J192" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="K192" t="inlineStr">
         <is>
           <t>AA</t>
         </is>
       </c>
-      <c r="F192" t="inlineStr">
-[...45 lines deleted...]
-        <v>-8.34</v>
+      <c r="L192" t="inlineStr">
+        <is>
+          <t>19.994</t>
+        </is>
+      </c>
+      <c r="M192" t="inlineStr">
+        <is>
+          <t>3.088</t>
+        </is>
+      </c>
+      <c r="N192" t="inlineStr">
+        <is>
+          <t>2029-02-23</t>
+        </is>
+      </c>
+      <c r="O192" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="P192" t="inlineStr">
+        <is>
+          <t>48.685</t>
+        </is>
+      </c>
+      <c r="Q192" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R192" t="n">
-        <v>30.41</v>
+        <v>63.3439</v>
       </c>
       <c r="S192" t="n">
-        <v>26.48</v>
+        <v>0.9675</v>
       </c>
       <c r="T192" t="n">
-        <v>16.97</v>
-[...3 lines deleted...]
-      <c r="W192" t="inlineStr"/>
+        <v>0.9154</v>
+      </c>
+      <c r="U192" t="n">
+        <v>19.88</v>
+      </c>
+      <c r="V192" t="n">
+        <v>18.81</v>
+      </c>
+      <c r="W192" t="n">
+        <v>7.06</v>
+      </c>
+      <c r="X192" t="n">
+        <v>8.130000000000001</v>
+      </c>
+      <c r="Y192" t="n">
+        <v>16.02</v>
+      </c>
+      <c r="Z192" t="inlineStr"/>
+      <c r="AA192" t="inlineStr"/>
+      <c r="AB192" t="inlineStr"/>
     </row>
     <row r="193">
       <c r="A193" t="inlineStr">
         <is>
-          <t>118042</t>
+          <t>113656</t>
         </is>
       </c>
       <c r="B193" t="inlineStr">
         <is>
-          <t>奥维转债</t>
+          <t>嘉诚转债</t>
         </is>
       </c>
       <c r="C193" t="inlineStr">
         <is>
-          <t>688516</t>
+          <t>136.527</t>
         </is>
       </c>
       <c r="D193" t="inlineStr">
         <is>
-          <t>奥特维</t>
-[...2 lines deleted...]
-      <c r="E193" t="inlineStr">
+          <t>0.731</t>
+        </is>
+      </c>
+      <c r="E193" t="n">
+        <v>35.87</v>
+      </c>
+      <c r="F193" t="n">
+        <v>100.4831</v>
+      </c>
+      <c r="G193" t="inlineStr">
+        <is>
+          <t>603535</t>
+        </is>
+      </c>
+      <c r="H193" t="inlineStr">
+        <is>
+          <t>嘉诚国际</t>
+        </is>
+      </c>
+      <c r="I193" t="n">
+        <v>10.4</v>
+      </c>
+      <c r="J193" t="n">
+        <v>0.87</v>
+      </c>
+      <c r="K193" t="inlineStr">
         <is>
           <t>AA-</t>
         </is>
       </c>
-      <c r="F193" t="inlineStr">
-[...14 lines deleted...]
-      <c r="I193" t="inlineStr">
+      <c r="L193" t="inlineStr">
+        <is>
+          <t>7.998</t>
+        </is>
+      </c>
+      <c r="M193" t="inlineStr">
+        <is>
+          <t>2.608</t>
+        </is>
+      </c>
+      <c r="N193" t="inlineStr">
+        <is>
+          <t>2028-09-01</t>
+        </is>
+      </c>
+      <c r="O193" t="inlineStr">
         <is>
           <t>115.00</t>
         </is>
       </c>
-      <c r="J193" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K193" t="inlineStr">
+      <c r="P193" t="inlineStr">
+        <is>
+          <t>13.455</t>
+        </is>
+      </c>
+      <c r="Q193" t="inlineStr">
         <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L193" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R193" t="n">
-        <v>12.25</v>
+        <v>44.5091</v>
       </c>
       <c r="S193" t="n">
-        <v>13.19</v>
+        <v>1.5762</v>
       </c>
       <c r="T193" t="n">
-        <v>14.07</v>
-[...3 lines deleted...]
-      <c r="W193" t="inlineStr"/>
+        <v>1.4245</v>
+      </c>
+      <c r="U193" t="n">
+        <v>2.05</v>
+      </c>
+      <c r="V193" t="n">
+        <v>1.64</v>
+      </c>
+      <c r="W193" t="n">
+        <v>17.88</v>
+      </c>
+      <c r="X193" t="n">
+        <v>16.18</v>
+      </c>
+      <c r="Y193" t="n">
+        <v>19.39</v>
+      </c>
+      <c r="Z193" t="inlineStr"/>
+      <c r="AA193" t="inlineStr"/>
+      <c r="AB193" t="inlineStr"/>
     </row>
     <row r="194">
       <c r="A194" t="inlineStr">
         <is>
-          <t>127055</t>
+          <t>113623</t>
         </is>
       </c>
       <c r="B194" t="inlineStr">
         <is>
-          <t>精装转债</t>
+          <t>凤21转债</t>
         </is>
       </c>
       <c r="C194" t="inlineStr">
         <is>
-          <t>002989</t>
+          <t>139.929</t>
         </is>
       </c>
       <c r="D194" t="inlineStr">
         <is>
-          <t>中天精装</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.728</t>
+        </is>
+      </c>
+      <c r="E194" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="F194" t="n">
+        <v>139.7338</v>
       </c>
       <c r="G194" t="inlineStr">
         <is>
-          <t>2.216</t>
+          <t>603225</t>
         </is>
       </c>
       <c r="H194" t="inlineStr">
         <is>
-          <t>2028-02-22</t>
-[...10 lines deleted...]
-        </is>
+          <t>新凤鸣</t>
+        </is>
+      </c>
+      <c r="I194" t="n">
+        <v>22.05</v>
+      </c>
+      <c r="J194" t="n">
+        <v>0.64</v>
       </c>
       <c r="K194" t="inlineStr">
         <is>
-          <t>!</t>
-[...18 lines deleted...]
-        <v>0.67</v>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="L194" t="inlineStr">
+        <is>
+          <t>24.212</t>
+        </is>
+      </c>
+      <c r="M194" t="inlineStr">
+        <is>
+          <t>1.206</t>
+        </is>
+      </c>
+      <c r="N194" t="inlineStr">
+        <is>
+          <t>2027-04-08</t>
+        </is>
+      </c>
+      <c r="O194" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="P194" t="inlineStr">
+        <is>
+          <t>20.514</t>
+        </is>
+      </c>
+      <c r="Q194" t="inlineStr">
+        <is>
+          <t>9/15 | 30</t>
+        </is>
       </c>
       <c r="R194" t="n">
-        <v>26.34</v>
+        <v>70.289</v>
       </c>
       <c r="S194" t="n">
-        <v>36.77</v>
+        <v>0.6536</v>
       </c>
       <c r="T194" t="n">
-        <v>38.54</v>
-[...3 lines deleted...]
-      <c r="W194" t="inlineStr"/>
+        <v>0.4386</v>
+      </c>
+      <c r="U194" t="n">
+        <v>11</v>
+      </c>
+      <c r="V194" t="n">
+        <v>10.86</v>
+      </c>
+      <c r="W194" t="n">
+        <v>26.83</v>
+      </c>
+      <c r="X194" t="n">
+        <v>21.57</v>
+      </c>
+      <c r="Y194" t="n">
+        <v>15.01</v>
+      </c>
+      <c r="Z194" t="inlineStr"/>
+      <c r="AA194" t="inlineStr"/>
+      <c r="AB194" t="inlineStr"/>
     </row>
     <row r="195">
       <c r="A195" t="inlineStr">
         <is>
-          <t>113636</t>
+          <t>123128</t>
         </is>
       </c>
       <c r="B195" t="inlineStr">
         <is>
-          <t>甬金转债</t>
+          <t>首华转债</t>
         </is>
       </c>
       <c r="C195" t="inlineStr">
         <is>
-          <t>603995</t>
+          <t>140.677</t>
         </is>
       </c>
       <c r="D195" t="inlineStr">
         <is>
-          <t>甬金股份</t>
-[...2 lines deleted...]
-      <c r="E195" t="inlineStr">
+          <t>0.716</t>
+        </is>
+      </c>
+      <c r="E195" t="n">
+        <v>-0.34</v>
+      </c>
+      <c r="F195" t="n">
+        <v>141.1523</v>
+      </c>
+      <c r="G195" t="inlineStr">
+        <is>
+          <t>300483</t>
+        </is>
+      </c>
+      <c r="H195" t="inlineStr">
+        <is>
+          <t>首华燃气</t>
+        </is>
+      </c>
+      <c r="I195" t="n">
+        <v>17.15</v>
+      </c>
+      <c r="J195" t="n">
+        <v>0.53</v>
+      </c>
+      <c r="K195" t="inlineStr">
         <is>
           <t>AA-</t>
         </is>
       </c>
-      <c r="F195" t="inlineStr">
-[...45 lines deleted...]
-        <v>4.87</v>
+      <c r="L195" t="inlineStr">
+        <is>
+          <t>10.871</t>
+        </is>
+      </c>
+      <c r="M195" t="inlineStr">
+        <is>
+          <t>1.773</t>
+        </is>
+      </c>
+      <c r="N195" t="inlineStr">
+        <is>
+          <t>2027-11-01</t>
+        </is>
+      </c>
+      <c r="O195" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="P195" t="inlineStr">
+        <is>
+          <t>15.795</t>
+        </is>
+      </c>
+      <c r="Q195" t="inlineStr">
+        <is>
+          <t>8/15 | 30</t>
+        </is>
       </c>
       <c r="R195" t="n">
-        <v>11.03</v>
+        <v>56.8666</v>
       </c>
       <c r="S195" t="n">
-        <v>10.48</v>
+        <v>0.6077</v>
       </c>
       <c r="T195" t="n">
-        <v>13.47</v>
-[...3 lines deleted...]
-      <c r="W195" t="inlineStr"/>
+        <v>0.6009</v>
+      </c>
+      <c r="U195" t="n">
+        <v>-7.11</v>
+      </c>
+      <c r="V195" t="n">
+        <v>-2.46</v>
+      </c>
+      <c r="W195" t="n">
+        <v>16.51</v>
+      </c>
+      <c r="X195" t="n">
+        <v>24.24</v>
+      </c>
+      <c r="Y195" t="n">
+        <v>21.64</v>
+      </c>
+      <c r="Z195" t="inlineStr"/>
+      <c r="AA195" t="inlineStr"/>
+      <c r="AB195" t="inlineStr"/>
     </row>
     <row r="196">
       <c r="A196" t="inlineStr">
         <is>
-          <t>113696</t>
+          <t>111013</t>
         </is>
       </c>
       <c r="B196" t="inlineStr">
         <is>
-          <t>伯25转债</t>
+          <t>新港转债</t>
         </is>
       </c>
       <c r="C196" t="inlineStr">
         <is>
-          <t>603596</t>
+          <t>143.638</t>
         </is>
       </c>
       <c r="D196" t="inlineStr">
         <is>
-          <t>伯特利</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.717</t>
+        </is>
+      </c>
+      <c r="E196" t="n">
+        <v>31.23</v>
+      </c>
+      <c r="F196" t="n">
+        <v>109.4579</v>
       </c>
       <c r="G196" t="inlineStr">
         <is>
-          <t>5.570</t>
+          <t>605162</t>
         </is>
       </c>
       <c r="H196" t="inlineStr">
         <is>
-          <t>2031-06-30</t>
-[...10 lines deleted...]
-        </is>
+          <t>新中港</t>
+        </is>
+      </c>
+      <c r="I196" t="n">
+        <v>9.49</v>
+      </c>
+      <c r="J196" t="n">
+        <v>-0.32</v>
       </c>
       <c r="K196" t="inlineStr">
         <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="L196" t="inlineStr">
+        <is>
+          <t>3.679</t>
+        </is>
+      </c>
+      <c r="M196" t="inlineStr">
+        <is>
+          <t>3.123</t>
+        </is>
+      </c>
+      <c r="N196" t="inlineStr">
+        <is>
+          <t>2029-03-08</t>
+        </is>
+      </c>
+      <c r="O196" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="P196" t="inlineStr">
+        <is>
+          <t>11.271</t>
+        </is>
+      </c>
+      <c r="Q196" t="inlineStr">
+        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L196" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R196" t="n">
-        <v>17.4</v>
-[...5 lines deleted...]
-      <c r="W196" t="inlineStr"/>
+        <v>27.4657</v>
+      </c>
+      <c r="S196" t="n">
+        <v>8.3659</v>
+      </c>
+      <c r="T196" t="n">
+        <v>8.061999999999999</v>
+      </c>
+      <c r="U196" t="n">
+        <v>1.47</v>
+      </c>
+      <c r="V196" t="n">
+        <v>1.49</v>
+      </c>
+      <c r="W196" t="n">
+        <v>19.14</v>
+      </c>
+      <c r="X196" t="n">
+        <v>14.33</v>
+      </c>
+      <c r="Y196" t="n">
+        <v>18.38</v>
+      </c>
+      <c r="Z196" t="inlineStr"/>
+      <c r="AA196" t="inlineStr"/>
+      <c r="AB196" t="inlineStr"/>
     </row>
     <row r="197">
       <c r="A197" t="inlineStr">
         <is>
-          <t>127034</t>
+          <t>113680</t>
         </is>
       </c>
       <c r="B197" t="inlineStr">
         <is>
-          <t>绿茵转债</t>
+          <t>丽岛转债</t>
         </is>
       </c>
       <c r="C197" t="inlineStr">
         <is>
-          <t>002887</t>
+          <t>141.081</t>
         </is>
       </c>
       <c r="D197" t="inlineStr">
         <is>
-          <t>绿茵生态</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.707</t>
+        </is>
+      </c>
+      <c r="E197" t="n">
+        <v>40.32</v>
+      </c>
+      <c r="F197" t="n">
+        <v>100.5422</v>
       </c>
       <c r="G197" t="inlineStr">
         <is>
-          <t>1.400</t>
+          <t>603937</t>
         </is>
       </c>
       <c r="H197" t="inlineStr">
         <is>
-          <t>2027-04-30</t>
-[...10 lines deleted...]
-        </is>
+          <t>丽岛新材</t>
+        </is>
+      </c>
+      <c r="I197" t="n">
+        <v>12.98</v>
+      </c>
+      <c r="J197" t="n">
+        <v>1.33</v>
       </c>
       <c r="K197" t="inlineStr">
         <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="L197" t="inlineStr">
+        <is>
+          <t>2.999</t>
+        </is>
+      </c>
+      <c r="M197" t="inlineStr">
+        <is>
+          <t>3.814</t>
+        </is>
+      </c>
+      <c r="N197" t="inlineStr">
+        <is>
+          <t>2029-11-15</t>
+        </is>
+      </c>
+      <c r="O197" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="P197" t="inlineStr">
+        <is>
+          <t>16.783</t>
+        </is>
+      </c>
+      <c r="Q197" t="inlineStr">
+        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L197" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R197" t="n">
-        <v>9.49</v>
+        <v>39.3172</v>
       </c>
       <c r="S197" t="n">
-        <v>13.96</v>
+        <v>2.1259</v>
       </c>
       <c r="T197" t="n">
-        <v>13.15</v>
+        <v>1.2868</v>
       </c>
       <c r="U197" t="n">
-        <v>26.48</v>
+        <v>-0.34</v>
       </c>
       <c r="V197" t="n">
-        <v>39.03</v>
+        <v>0.67</v>
       </c>
       <c r="W197" t="n">
-        <v>43.24</v>
-      </c>
+        <v>11.04</v>
+      </c>
+      <c r="X197" t="n">
+        <v>12.65</v>
+      </c>
+      <c r="Y197" t="n">
+        <v>22.76</v>
+      </c>
+      <c r="Z197" t="inlineStr"/>
+      <c r="AA197" t="inlineStr"/>
+      <c r="AB197" t="inlineStr"/>
     </row>
     <row r="198">
       <c r="A198" t="inlineStr">
         <is>
-          <t>110087</t>
+          <t>118044</t>
         </is>
       </c>
       <c r="B198" t="inlineStr">
         <is>
-          <t>天业转债</t>
+          <t>赛特转债</t>
         </is>
       </c>
       <c r="C198" t="inlineStr">
         <is>
-          <t>600075</t>
+          <t>146.526</t>
         </is>
       </c>
       <c r="D198" t="inlineStr">
         <is>
-          <t>新疆天业</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.711</t>
+        </is>
+      </c>
+      <c r="E198" t="n">
+        <v>36.96</v>
+      </c>
+      <c r="F198" t="n">
+        <v>106.9841</v>
       </c>
       <c r="G198" t="inlineStr">
         <is>
-          <t>2.551</t>
+          <t>688398</t>
         </is>
       </c>
       <c r="H198" t="inlineStr">
         <is>
-          <t>2028-06-23</t>
-[...10 lines deleted...]
-        </is>
+          <t>赛特新材</t>
+        </is>
+      </c>
+      <c r="I198" t="n">
+        <v>20.22</v>
+      </c>
+      <c r="J198" t="n">
+        <v>1.61</v>
       </c>
       <c r="K198" t="inlineStr">
         <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="L198" t="inlineStr">
+        <is>
+          <t>4.420</t>
+        </is>
+      </c>
+      <c r="M198" t="inlineStr">
+        <is>
+          <t>3.636</t>
+        </is>
+      </c>
+      <c r="N198" t="inlineStr">
+        <is>
+          <t>2029-09-11</t>
+        </is>
+      </c>
+      <c r="O198" t="inlineStr">
+        <is>
+          <t>113.00</t>
+        </is>
+      </c>
+      <c r="P198" t="inlineStr">
+        <is>
+          <t>24.570</t>
+        </is>
+      </c>
+      <c r="Q198" t="inlineStr">
+        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L198" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R198" t="n">
-        <v>11.66</v>
+        <v>45.173</v>
       </c>
       <c r="S198" t="n">
-        <v>16.47</v>
+        <v>2.1144</v>
       </c>
       <c r="T198" t="n">
-        <v>12.47</v>
-[...3 lines deleted...]
-      <c r="W198" t="inlineStr"/>
+        <v>1.7504</v>
+      </c>
+      <c r="U198" t="n">
+        <v>0.77</v>
+      </c>
+      <c r="V198" t="n">
+        <v>1.06</v>
+      </c>
+      <c r="W198" t="n">
+        <v>17.14</v>
+      </c>
+      <c r="X198" t="n">
+        <v>16.5</v>
+      </c>
+      <c r="Y198" t="n">
+        <v>20.12</v>
+      </c>
+      <c r="Z198" t="inlineStr"/>
+      <c r="AA198" t="inlineStr"/>
+      <c r="AB198" t="inlineStr"/>
     </row>
     <row r="199">
       <c r="A199" t="inlineStr">
         <is>
-          <t>123064</t>
+          <t>123107</t>
         </is>
       </c>
       <c r="B199" t="inlineStr">
         <is>
-          <t>万孚转债</t>
+          <t>温氏转债</t>
         </is>
       </c>
       <c r="C199" t="inlineStr">
         <is>
-          <t>300482</t>
+          <t>131.822</t>
         </is>
       </c>
       <c r="D199" t="inlineStr">
         <is>
-          <t>万孚生物</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.714</t>
+        </is>
+      </c>
+      <c r="E199" t="n">
+        <v>37.3</v>
+      </c>
+      <c r="F199" t="n">
+        <v>96.0098</v>
       </c>
       <c r="G199" t="inlineStr">
         <is>
-          <t>0.740</t>
+          <t>300498</t>
         </is>
       </c>
       <c r="H199" t="inlineStr">
         <is>
-          <t>2026-09-01</t>
-[...10 lines deleted...]
-        </is>
+          <t>温氏股份</t>
+        </is>
+      </c>
+      <c r="I199" t="n">
+        <v>15.64</v>
+      </c>
+      <c r="J199" t="n">
+        <v>-0.38</v>
       </c>
       <c r="K199" t="inlineStr">
         <is>
-          <t>0/15 | 30</t>
-[...18 lines deleted...]
-        <v>11.97</v>
+          <t>AAA</t>
+        </is>
+      </c>
+      <c r="L199" t="inlineStr">
+        <is>
+          <t>77.064</t>
+        </is>
+      </c>
+      <c r="M199" t="inlineStr">
+        <is>
+          <t>1.178</t>
+        </is>
+      </c>
+      <c r="N199" t="inlineStr">
+        <is>
+          <t>2027-03-29</t>
+        </is>
+      </c>
+      <c r="O199" t="inlineStr">
+        <is>
+          <t>108.00</t>
+        </is>
+      </c>
+      <c r="P199" t="inlineStr">
+        <is>
+          <t>21.177</t>
+        </is>
+      </c>
+      <c r="Q199" t="inlineStr">
+        <is>
+          <t>0/15 | 30 2022-10-21 重新计</t>
+        </is>
       </c>
       <c r="R199" t="n">
-        <v>7.06</v>
+        <v>49.4139</v>
       </c>
       <c r="S199" t="n">
-        <v>11.46</v>
+        <v>1.1515</v>
       </c>
       <c r="T199" t="n">
-        <v>11.49</v>
-[...3 lines deleted...]
-      <c r="W199" t="inlineStr"/>
+        <v>0.3943</v>
+      </c>
+      <c r="U199" t="n">
+        <v>92.3</v>
+      </c>
+      <c r="V199" t="n">
+        <v>-63.9</v>
+      </c>
+      <c r="W199" t="n">
+        <v>11.53</v>
+      </c>
+      <c r="X199" t="n">
+        <v>10.71</v>
+      </c>
+      <c r="Y199" t="n">
+        <v>14.1</v>
+      </c>
+      <c r="Z199" t="inlineStr"/>
+      <c r="AA199" t="inlineStr"/>
+      <c r="AB199" t="inlineStr"/>
     </row>
     <row r="200">
       <c r="A200" t="inlineStr">
         <is>
-          <t>113692</t>
+          <t>118007</t>
         </is>
       </c>
       <c r="B200" t="inlineStr">
         <is>
-          <t>保隆转债</t>
+          <t>山石转债</t>
         </is>
       </c>
       <c r="C200" t="inlineStr">
         <is>
-          <t>603197</t>
+          <t>151.542</t>
         </is>
       </c>
       <c r="D200" t="inlineStr">
         <is>
-          <t>保隆科技</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.707</t>
+        </is>
+      </c>
+      <c r="E200" t="n">
+        <v>26.67</v>
+      </c>
+      <c r="F200" t="n">
+        <v>119.6364</v>
       </c>
       <c r="G200" t="inlineStr">
         <is>
-          <t>4.907</t>
+          <t>688030</t>
         </is>
       </c>
       <c r="H200" t="inlineStr">
         <is>
-          <t>2030-10-31</t>
-[...10 lines deleted...]
-        </is>
+          <t>山石网科</t>
+        </is>
+      </c>
+      <c r="I200" t="n">
+        <v>19.74</v>
+      </c>
+      <c r="J200" t="n">
+        <v>0.51</v>
       </c>
       <c r="K200" t="inlineStr">
         <is>
+          <t>A</t>
+        </is>
+      </c>
+      <c r="L200" t="inlineStr">
+        <is>
+          <t>2.671</t>
+        </is>
+      </c>
+      <c r="M200" t="inlineStr">
+        <is>
+          <t>2.162</t>
+        </is>
+      </c>
+      <c r="N200" t="inlineStr">
+        <is>
+          <t>2028-03-22</t>
+        </is>
+      </c>
+      <c r="O200" t="inlineStr">
+        <is>
+          <t>114.00</t>
+        </is>
+      </c>
+      <c r="P200" t="inlineStr">
+        <is>
+          <t>21.450</t>
+        </is>
+      </c>
+      <c r="Q200" t="inlineStr">
+        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L200" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R200" t="n">
-        <v>19.73</v>
+        <v>57.2883</v>
       </c>
       <c r="S200" t="n">
-        <v>20.08</v>
-[...4 lines deleted...]
-      <c r="W200" t="inlineStr"/>
+        <v>1.7833</v>
+      </c>
+      <c r="T200" t="n">
+        <v>1.6655</v>
+      </c>
+      <c r="U200" t="n">
+        <v>-1.37</v>
+      </c>
+      <c r="V200" t="n">
+        <v>-2.4</v>
+      </c>
+      <c r="W200" t="n">
+        <v>17.73</v>
+      </c>
+      <c r="X200" t="n">
+        <v>18.07</v>
+      </c>
+      <c r="Y200" t="n">
+        <v>18.49</v>
+      </c>
+      <c r="Z200" t="inlineStr"/>
+      <c r="AA200" t="inlineStr"/>
+      <c r="AB200" t="inlineStr"/>
     </row>
     <row r="201">
       <c r="A201" t="inlineStr">
         <is>
-          <t>118016</t>
+          <t>110086</t>
         </is>
       </c>
       <c r="B201" t="inlineStr">
         <is>
-          <t>京源转债</t>
+          <t>精工转债</t>
         </is>
       </c>
       <c r="C201" t="inlineStr">
         <is>
-          <t>688096</t>
+          <t>135.848</t>
         </is>
       </c>
       <c r="D201" t="inlineStr">
         <is>
-          <t>京源环保</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.686</t>
+        </is>
+      </c>
+      <c r="E201" t="n">
+        <v>39.64</v>
+      </c>
+      <c r="F201" t="n">
+        <v>97.286</v>
       </c>
       <c r="G201" t="inlineStr">
         <is>
-          <t>2.669</t>
+          <t>600496</t>
         </is>
       </c>
       <c r="H201" t="inlineStr">
         <is>
-          <t>2028-08-05</t>
-[...10 lines deleted...]
-        </is>
+          <t>精工钢构</t>
+        </is>
+      </c>
+      <c r="I201" t="n">
+        <v>4.66</v>
+      </c>
+      <c r="J201" t="n">
+        <v>-1.27</v>
       </c>
       <c r="K201" t="inlineStr">
         <is>
-          <t>0/15 | 30 2025-10-19 重新计</t>
-[...18 lines deleted...]
-        <v>0.53</v>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="L201" t="inlineStr">
+        <is>
+          <t>19.999</t>
+        </is>
+      </c>
+      <c r="M201" t="inlineStr">
+        <is>
+          <t>2.247</t>
+        </is>
+      </c>
+      <c r="N201" t="inlineStr">
+        <is>
+          <t>2028-04-22</t>
+        </is>
+      </c>
+      <c r="O201" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="P201" t="inlineStr">
+        <is>
+          <t>6.227</t>
+        </is>
+      </c>
+      <c r="Q201" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R201" t="n">
-        <v>11.14</v>
+        <v>64.7645</v>
       </c>
       <c r="S201" t="n">
-        <v>29.77</v>
+        <v>1.5052</v>
       </c>
       <c r="T201" t="n">
-        <v>46.23</v>
+        <v>1.4032</v>
       </c>
       <c r="U201" t="n">
-        <v>20.82</v>
+        <v>5.12</v>
       </c>
       <c r="V201" t="n">
-        <v>35.75</v>
+        <v>5.48</v>
       </c>
       <c r="W201" t="n">
-        <v>58.44</v>
-      </c>
+        <v>14.26</v>
+      </c>
+      <c r="X201" t="n">
+        <v>12.55</v>
+      </c>
+      <c r="Y201" t="n">
+        <v>15.97</v>
+      </c>
+      <c r="Z201" t="inlineStr"/>
+      <c r="AA201" t="inlineStr"/>
+      <c r="AB201" t="inlineStr"/>
     </row>
     <row r="202">
       <c r="A202" t="inlineStr">
         <is>
-          <t>123243</t>
+          <t>113655</t>
         </is>
       </c>
       <c r="B202" t="inlineStr">
         <is>
-          <t>严牌转债</t>
+          <t>欧22转债</t>
         </is>
       </c>
       <c r="C202" t="inlineStr">
         <is>
-          <t>301081</t>
+          <t>139.634</t>
         </is>
       </c>
       <c r="D202" t="inlineStr">
         <is>
-          <t>严牌股份</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.694</t>
+        </is>
+      </c>
+      <c r="E202" t="n">
+        <v>27.13</v>
+      </c>
+      <c r="F202" t="n">
+        <v>109.8351</v>
       </c>
       <c r="G202" t="inlineStr">
         <is>
-          <t>4.597</t>
+          <t>603833</t>
         </is>
       </c>
       <c r="H202" t="inlineStr">
         <is>
-          <t>2030-07-10</t>
-[...10 lines deleted...]
-        </is>
+          <t>欧派家居</t>
+        </is>
+      </c>
+      <c r="I202" t="n">
+        <v>57.96</v>
+      </c>
+      <c r="J202" t="n">
+        <v>0.24</v>
       </c>
       <c r="K202" t="inlineStr">
         <is>
-          <t>!</t>
-[...18 lines deleted...]
-        <v>0.64</v>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="L202" t="inlineStr">
+        <is>
+          <t>19.999</t>
+        </is>
+      </c>
+      <c r="M202" t="inlineStr">
+        <is>
+          <t>2.534</t>
+        </is>
+      </c>
+      <c r="N202" t="inlineStr">
+        <is>
+          <t>2028-08-05</t>
+        </is>
+      </c>
+      <c r="O202" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="P202" t="inlineStr">
+        <is>
+          <t>68.601</t>
+        </is>
+      </c>
+      <c r="Q202" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R202" t="n">
-        <v>22.72</v>
+        <v>45.209</v>
       </c>
       <c r="S202" t="n">
-        <v>21.23</v>
-[...1 lines deleted...]
-      <c r="T202" t="inlineStr"/>
+        <v>1.0987</v>
+      </c>
+      <c r="T202" t="n">
+        <v>1.0519</v>
+      </c>
       <c r="U202" t="n">
-        <v>26.03</v>
+        <v>25.99</v>
       </c>
       <c r="V202" t="n">
-        <v>25.7</v>
+        <v>30.36</v>
       </c>
       <c r="W202" t="n">
-        <v>41.56</v>
-      </c>
+        <v>9.26</v>
+      </c>
+      <c r="X202" t="n">
+        <v>9.949999999999999</v>
+      </c>
+      <c r="Y202" t="n">
+        <v>11.64</v>
+      </c>
+      <c r="Z202" t="inlineStr"/>
+      <c r="AA202" t="inlineStr"/>
+      <c r="AB202" t="inlineStr"/>
     </row>
     <row r="203">
       <c r="A203" t="inlineStr">
         <is>
-          <t>123092</t>
+          <t>111012</t>
         </is>
       </c>
       <c r="B203" t="inlineStr">
         <is>
-          <t>天壕转债</t>
+          <t>福新转债</t>
         </is>
       </c>
       <c r="C203" t="inlineStr">
         <is>
-          <t>300332</t>
+          <t>642.123</t>
         </is>
       </c>
       <c r="D203" t="inlineStr">
         <is>
-          <t>天壕能源</t>
-[...2 lines deleted...]
-      <c r="E203" t="inlineStr">
+          <t>0.691</t>
+        </is>
+      </c>
+      <c r="E203" t="n">
+        <v>29.51</v>
+      </c>
+      <c r="F203" t="n">
+        <v>495.8159</v>
+      </c>
+      <c r="G203" t="inlineStr">
+        <is>
+          <t>605488</t>
+        </is>
+      </c>
+      <c r="H203" t="inlineStr">
+        <is>
+          <t>福莱新材</t>
+        </is>
+      </c>
+      <c r="I203" t="n">
+        <v>47.4</v>
+      </c>
+      <c r="J203" t="n">
+        <v>6.52</v>
+      </c>
+      <c r="K203" t="inlineStr">
         <is>
           <t>A+</t>
         </is>
       </c>
-      <c r="F203" t="inlineStr">
-[...14 lines deleted...]
-      <c r="I203" t="inlineStr">
+      <c r="L203" t="inlineStr">
+        <is>
+          <t>1.019</t>
+        </is>
+      </c>
+      <c r="M203" t="inlineStr">
+        <is>
+          <t>2.951</t>
+        </is>
+      </c>
+      <c r="N203" t="inlineStr">
+        <is>
+          <t>2029-01-04</t>
+        </is>
+      </c>
+      <c r="O203" t="inlineStr">
         <is>
           <t>115.00</t>
         </is>
       </c>
-      <c r="J203" t="inlineStr">
-[...25 lines deleted...]
-        <v>3.66</v>
+      <c r="P203" t="inlineStr">
+        <is>
+          <t>12.428</t>
+        </is>
+      </c>
+      <c r="Q203" t="inlineStr">
+        <is>
+          <t>!</t>
+        </is>
       </c>
       <c r="R203" t="n">
-        <v>15.13</v>
+        <v>55.9772</v>
       </c>
       <c r="S203" t="n">
-        <v>17.53</v>
+        <v>1.0098</v>
       </c>
       <c r="T203" t="n">
-        <v>21.64</v>
+        <v>0.8145</v>
       </c>
       <c r="U203" t="n">
-        <v>46.84</v>
+        <v>1.39</v>
       </c>
       <c r="V203" t="n">
-        <v>37.28</v>
+        <v>0.7</v>
       </c>
       <c r="W203" t="n">
-        <v>44.86</v>
-      </c>
+        <v>75.87</v>
+      </c>
+      <c r="X203" t="n">
+        <v>64.38</v>
+      </c>
+      <c r="Y203" t="n">
+        <v>59.99</v>
+      </c>
+      <c r="Z203" t="inlineStr"/>
+      <c r="AA203" t="inlineStr"/>
+      <c r="AB203" t="inlineStr"/>
     </row>
     <row r="204">
       <c r="A204" t="inlineStr">
         <is>
-          <t>127045</t>
+          <t>118024</t>
         </is>
       </c>
       <c r="B204" t="inlineStr">
         <is>
-          <t>牧原转债</t>
+          <t>冠宇转债</t>
         </is>
       </c>
       <c r="C204" t="inlineStr">
         <is>
-          <t>002714</t>
+          <t>136.776</t>
         </is>
       </c>
       <c r="D204" t="inlineStr">
         <is>
-          <t>牧原股份</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.691</t>
+        </is>
+      </c>
+      <c r="E204" t="n">
+        <v>44.08</v>
+      </c>
+      <c r="F204" t="n">
+        <v>94.9323</v>
       </c>
       <c r="G204" t="inlineStr">
         <is>
-          <t>1.696</t>
+          <t>688772</t>
         </is>
       </c>
       <c r="H204" t="inlineStr">
         <is>
-          <t>2027-08-16</t>
-[...10 lines deleted...]
-        </is>
+          <t>珠海冠宇</t>
+        </is>
+      </c>
+      <c r="I204" t="n">
+        <v>21.73</v>
+      </c>
+      <c r="J204" t="n">
+        <v>3.38</v>
       </c>
       <c r="K204" t="inlineStr">
         <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="L204" t="inlineStr">
+        <is>
+          <t>30.889</t>
+        </is>
+      </c>
+      <c r="M204" t="inlineStr">
+        <is>
+          <t>2.753</t>
+        </is>
+      </c>
+      <c r="N204" t="inlineStr">
+        <is>
+          <t>2028-10-24</t>
+        </is>
+      </c>
+      <c r="O204" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="P204" t="inlineStr">
+        <is>
+          <t>27.468120%</t>
+        </is>
+      </c>
+      <c r="Q204" t="inlineStr">
+        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L204" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R204" t="n">
-        <v>13.27</v>
+        <v>68.846</v>
       </c>
       <c r="S204" t="n">
-        <v>14.26</v>
+        <v>0.9081</v>
       </c>
       <c r="T204" t="n">
-        <v>14.01</v>
-[...3 lines deleted...]
-      <c r="W204" t="inlineStr"/>
+        <v>0.6901</v>
+      </c>
+      <c r="U204" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="V204" t="n">
+        <v>3.44</v>
+      </c>
+      <c r="W204" t="n">
+        <v>15.16</v>
+      </c>
+      <c r="X204" t="n">
+        <v>15.48</v>
+      </c>
+      <c r="Y204" t="n">
+        <v>16.5</v>
+      </c>
+      <c r="Z204" t="inlineStr"/>
+      <c r="AA204" t="inlineStr"/>
+      <c r="AB204" t="inlineStr"/>
     </row>
     <row r="205">
       <c r="A205" t="inlineStr">
         <is>
-          <t>127069</t>
+          <t>127090</t>
         </is>
       </c>
       <c r="B205" t="inlineStr">
         <is>
-          <t>小熊转债</t>
+          <t>兴瑞转债</t>
         </is>
       </c>
       <c r="C205" t="inlineStr">
         <is>
-          <t>002959</t>
+          <t>148.600</t>
         </is>
       </c>
       <c r="D205" t="inlineStr">
         <is>
-          <t>小熊电器</t>
-[...2 lines deleted...]
-      <c r="E205" t="inlineStr">
+          <t>0.678</t>
+        </is>
+      </c>
+      <c r="E205" t="n">
+        <v>55.24</v>
+      </c>
+      <c r="F205" t="n">
+        <v>95.7255</v>
+      </c>
+      <c r="G205" t="inlineStr">
+        <is>
+          <t>002937</t>
+        </is>
+      </c>
+      <c r="H205" t="inlineStr">
+        <is>
+          <t>兴瑞科技</t>
+        </is>
+      </c>
+      <c r="I205" t="n">
+        <v>24.41</v>
+      </c>
+      <c r="J205" t="n">
+        <v>-4.5</v>
+      </c>
+      <c r="K205" t="inlineStr">
         <is>
           <t>AA-</t>
         </is>
       </c>
-      <c r="F205" t="inlineStr">
-[...45 lines deleted...]
-        <v>3.86</v>
+      <c r="L205" t="inlineStr">
+        <is>
+          <t>4.616</t>
+        </is>
+      </c>
+      <c r="M205" t="inlineStr">
+        <is>
+          <t>3.501</t>
+        </is>
+      </c>
+      <c r="N205" t="inlineStr">
+        <is>
+          <t>2029-07-24</t>
+        </is>
+      </c>
+      <c r="O205" t="inlineStr">
+        <is>
+          <t>114.00</t>
+        </is>
+      </c>
+      <c r="P205" t="inlineStr">
+        <is>
+          <t>33.150</t>
+        </is>
+      </c>
+      <c r="Q205" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R205" t="n">
-        <v>9.09</v>
+        <v>36.9245</v>
       </c>
       <c r="S205" t="n">
-        <v>12.27</v>
+        <v>2.7373</v>
       </c>
       <c r="T205" t="n">
-        <v>14.19</v>
-[...3 lines deleted...]
-      <c r="W205" t="inlineStr"/>
+        <v>2.4158</v>
+      </c>
+      <c r="U205" t="n">
+        <v>2.29</v>
+      </c>
+      <c r="V205" t="n">
+        <v>2.67</v>
+      </c>
+      <c r="W205" t="n">
+        <v>23.86</v>
+      </c>
+      <c r="X205" t="n">
+        <v>16.35</v>
+      </c>
+      <c r="Y205" t="n">
+        <v>17.53</v>
+      </c>
+      <c r="Z205" t="inlineStr"/>
+      <c r="AA205" t="inlineStr"/>
+      <c r="AB205" t="inlineStr"/>
     </row>
     <row r="206">
       <c r="A206" t="inlineStr">
         <is>
-          <t>123214</t>
+          <t>113648</t>
         </is>
       </c>
       <c r="B206" t="inlineStr">
         <is>
-          <t>东宝转债</t>
+          <t>巨星转债</t>
         </is>
       </c>
       <c r="C206" t="inlineStr">
         <is>
-          <t>300239</t>
+          <t>126.461</t>
         </is>
       </c>
       <c r="D206" t="inlineStr">
         <is>
-          <t>东宝生物</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.680</t>
+        </is>
+      </c>
+      <c r="E206" t="n">
+        <v>80.95</v>
+      </c>
+      <c r="F206" t="n">
+        <v>69.8882</v>
       </c>
       <c r="G206" t="inlineStr">
         <is>
-          <t>3.655</t>
+          <t>603477</t>
         </is>
       </c>
       <c r="H206" t="inlineStr">
         <is>
-          <t>2029-07-31</t>
-[...10 lines deleted...]
-        </is>
+          <t>巨星农牧</t>
+        </is>
+      </c>
+      <c r="I206" t="n">
+        <v>17.5</v>
+      </c>
+      <c r="J206" t="n">
+        <v>-0.17</v>
       </c>
       <c r="K206" t="inlineStr">
         <is>
-          <t>0/15 | 30</t>
-[...18 lines deleted...]
-        <v>1.09</v>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="L206" t="inlineStr">
+        <is>
+          <t>8.997</t>
+        </is>
+      </c>
+      <c r="M206" t="inlineStr">
+        <is>
+          <t>2.255</t>
+        </is>
+      </c>
+      <c r="N206" t="inlineStr">
+        <is>
+          <t>2028-04-25</t>
+        </is>
+      </c>
+      <c r="O206" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="P206" t="inlineStr">
+        <is>
+          <t>32.552</t>
+        </is>
+      </c>
+      <c r="Q206" t="inlineStr">
+        <is>
+          <t>0/15 | 30 2024-12-13 重新计</t>
+        </is>
       </c>
       <c r="R206" t="n">
-        <v>8.890000000000001</v>
+        <v>66.6215</v>
       </c>
       <c r="S206" t="n">
-        <v>13.08</v>
+        <v>0.8054</v>
       </c>
       <c r="T206" t="n">
-        <v>18.61</v>
-[...3 lines deleted...]
-      <c r="W206" t="inlineStr"/>
+        <v>0.1971</v>
+      </c>
+      <c r="U206" t="n">
+        <v>5.19</v>
+      </c>
+      <c r="V206" t="n">
+        <v>-6.45</v>
+      </c>
+      <c r="W206" t="n">
+        <v>7.04</v>
+      </c>
+      <c r="X206" t="n">
+        <v>9.75</v>
+      </c>
+      <c r="Y206" t="n">
+        <v>20.6</v>
+      </c>
+      <c r="Z206" t="inlineStr"/>
+      <c r="AA206" t="inlineStr"/>
+      <c r="AB206" t="inlineStr"/>
     </row>
     <row r="207">
       <c r="A207" t="inlineStr">
         <is>
-          <t>123150</t>
+          <t>113625</t>
         </is>
       </c>
       <c r="B207" t="inlineStr">
         <is>
-          <t>九强转债</t>
+          <t>江山转债</t>
         </is>
       </c>
       <c r="C207" t="inlineStr">
         <is>
-          <t>300406</t>
+          <t>129.201</t>
         </is>
       </c>
       <c r="D207" t="inlineStr">
         <is>
-          <t>九强生物</t>
-[...2 lines deleted...]
-      <c r="E207" t="inlineStr">
+          <t>0.676</t>
+        </is>
+      </c>
+      <c r="E207" t="n">
+        <v>67.65000000000001</v>
+      </c>
+      <c r="F207" t="n">
+        <v>77.0665</v>
+      </c>
+      <c r="G207" t="inlineStr">
+        <is>
+          <t>603208</t>
+        </is>
+      </c>
+      <c r="H207" t="inlineStr">
+        <is>
+          <t>江山欧派</t>
+        </is>
+      </c>
+      <c r="I207" t="n">
+        <v>15.29</v>
+      </c>
+      <c r="J207" t="n">
+        <v>0.46</v>
+      </c>
+      <c r="K207" t="inlineStr">
         <is>
           <t>AA-</t>
         </is>
       </c>
-      <c r="F207" t="inlineStr">
-[...45 lines deleted...]
-        <v>3.89</v>
+      <c r="L207" t="inlineStr">
+        <is>
+          <t>5.825</t>
+        </is>
+      </c>
+      <c r="M207" t="inlineStr">
+        <is>
+          <t>1.381</t>
+        </is>
+      </c>
+      <c r="N207" t="inlineStr">
+        <is>
+          <t>2027-06-11</t>
+        </is>
+      </c>
+      <c r="O207" t="inlineStr">
+        <is>
+          <t>118.00</t>
+        </is>
+      </c>
+      <c r="P207" t="inlineStr">
+        <is>
+          <t>25.792</t>
+        </is>
+      </c>
+      <c r="Q207" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R207" t="n">
-        <v>6.52</v>
+        <v>62.0666</v>
       </c>
       <c r="S207" t="n">
-        <v>13.42</v>
+        <v>1.3908</v>
       </c>
       <c r="T207" t="n">
-        <v>15.88</v>
-[...3 lines deleted...]
-      <c r="W207" t="inlineStr"/>
+        <v>1.2234</v>
+      </c>
+      <c r="U207" t="n">
+        <v>1.09</v>
+      </c>
+      <c r="V207" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="W207" t="n">
+        <v>9.07</v>
+      </c>
+      <c r="X207" t="n">
+        <v>7.81</v>
+      </c>
+      <c r="Y207" t="n">
+        <v>11.45</v>
+      </c>
+      <c r="Z207" t="inlineStr"/>
+      <c r="AA207" t="inlineStr"/>
+      <c r="AB207" t="inlineStr"/>
     </row>
     <row r="208">
       <c r="A208" t="inlineStr">
         <is>
-          <t>118007</t>
+          <t>113681</t>
         </is>
       </c>
       <c r="B208" t="inlineStr">
         <is>
-          <t>山石转债</t>
+          <t>镇洋转债</t>
         </is>
       </c>
       <c r="C208" t="inlineStr">
         <is>
-          <t>688030</t>
+          <t>143.188</t>
         </is>
       </c>
       <c r="D208" t="inlineStr">
         <is>
-          <t>山石网科</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.676</t>
+        </is>
+      </c>
+      <c r="E208" t="n">
+        <v>15.71</v>
+      </c>
+      <c r="F208" t="n">
+        <v>123.75</v>
       </c>
       <c r="G208" t="inlineStr">
         <is>
-          <t>2.296</t>
+          <t>603213</t>
         </is>
       </c>
       <c r="H208" t="inlineStr">
         <is>
-          <t>2028-03-22</t>
-[...10 lines deleted...]
-        </is>
+          <t>镇洋发展</t>
+        </is>
+      </c>
+      <c r="I208" t="n">
+        <v>13.86</v>
+      </c>
+      <c r="J208" t="n">
+        <v>0.51</v>
       </c>
       <c r="K208" t="inlineStr">
         <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="L208" t="inlineStr">
+        <is>
+          <t>5.797</t>
+        </is>
+      </c>
+      <c r="M208" t="inlineStr">
+        <is>
+          <t>3.934</t>
+        </is>
+      </c>
+      <c r="N208" t="inlineStr">
+        <is>
+          <t>2029-12-29</t>
+        </is>
+      </c>
+      <c r="O208" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="P208" t="inlineStr">
+        <is>
+          <t>14.560</t>
+        </is>
+      </c>
+      <c r="Q208" t="inlineStr">
+        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L208" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R208" t="n">
-        <v>16.33</v>
+        <v>41.46</v>
       </c>
       <c r="S208" t="n">
-        <v>19.61</v>
+        <v>1.0925</v>
       </c>
       <c r="T208" t="n">
-        <v>19.58</v>
-[...3 lines deleted...]
-      <c r="W208" t="inlineStr"/>
+        <v>0.8395</v>
+      </c>
+      <c r="U208" t="n">
+        <v>1.91</v>
+      </c>
+      <c r="V208" t="n">
+        <v>2.49</v>
+      </c>
+      <c r="W208" t="n">
+        <v>7.33</v>
+      </c>
+      <c r="X208" t="n">
+        <v>8.58</v>
+      </c>
+      <c r="Y208" t="n">
+        <v>14.96</v>
+      </c>
+      <c r="Z208" t="inlineStr"/>
+      <c r="AA208" t="inlineStr"/>
+      <c r="AB208" t="inlineStr"/>
     </row>
     <row r="209">
       <c r="A209" t="inlineStr">
         <is>
-          <t>113688</t>
+          <t>118010</t>
         </is>
       </c>
       <c r="B209" t="inlineStr">
         <is>
-          <t>国检转债</t>
+          <t>洁特转债</t>
         </is>
       </c>
       <c r="C209" t="inlineStr">
         <is>
-          <t>603060</t>
+          <t>124.900</t>
         </is>
       </c>
       <c r="D209" t="inlineStr">
         <is>
-          <t>国检集团</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.669</t>
+        </is>
+      </c>
+      <c r="E209" t="n">
+        <v>225.84</v>
+      </c>
+      <c r="F209" t="n">
+        <v>38.3316</v>
       </c>
       <c r="G209" t="inlineStr">
         <is>
-          <t>4.869</t>
+          <t>688026</t>
         </is>
       </c>
       <c r="H209" t="inlineStr">
         <is>
-          <t>2030-10-17</t>
-[...10 lines deleted...]
-        </is>
+          <t>洁特生物</t>
+        </is>
+      </c>
+      <c r="I209" t="n">
+        <v>18.38</v>
+      </c>
+      <c r="J209" t="n">
+        <v>0.99</v>
       </c>
       <c r="K209" t="inlineStr">
         <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="L209" t="inlineStr">
+        <is>
+          <t>4.399</t>
+        </is>
+      </c>
+      <c r="M209" t="inlineStr">
+        <is>
+          <t>2.430</t>
+        </is>
+      </c>
+      <c r="N209" t="inlineStr">
+        <is>
+          <t>2028-06-28</t>
+        </is>
+      </c>
+      <c r="O209" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="P209" t="inlineStr">
+        <is>
+          <t>62.335</t>
+        </is>
+      </c>
+      <c r="Q209" t="inlineStr">
+        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L209" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R209" t="n">
-        <v>9.57</v>
+        <v>28.7527</v>
       </c>
       <c r="S209" t="n">
-        <v>14.56</v>
-[...4 lines deleted...]
-      <c r="W209" t="inlineStr"/>
+        <v>7.8642</v>
+      </c>
+      <c r="T209" t="n">
+        <v>6.4646</v>
+      </c>
+      <c r="U209" t="n">
+        <v>0.72</v>
+      </c>
+      <c r="V209" t="n">
+        <v>0.35</v>
+      </c>
+      <c r="W209" t="n">
+        <v>6.95</v>
+      </c>
+      <c r="X209" t="n">
+        <v>7.4</v>
+      </c>
+      <c r="Y209" t="n">
+        <v>9.67</v>
+      </c>
+      <c r="Z209" t="inlineStr"/>
+      <c r="AA209" t="inlineStr"/>
+      <c r="AB209" t="inlineStr"/>
     </row>
     <row r="210">
       <c r="A210" t="inlineStr">
         <is>
-          <t>123090</t>
+          <t>113665</t>
         </is>
       </c>
       <c r="B210" t="inlineStr">
         <is>
-          <t>三诺转债</t>
+          <t>汇通转债</t>
         </is>
       </c>
       <c r="C210" t="inlineStr">
         <is>
-          <t>300298</t>
+          <t>134.868</t>
         </is>
       </c>
       <c r="D210" t="inlineStr">
         <is>
-          <t>三诺生物</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.657</t>
+        </is>
+      </c>
+      <c r="E210" t="n">
+        <v>48.57</v>
+      </c>
+      <c r="F210" t="n">
+        <v>90.779</v>
       </c>
       <c r="G210" t="inlineStr">
         <is>
-          <t>1.044</t>
+          <t>603176</t>
         </is>
       </c>
       <c r="H210" t="inlineStr">
         <is>
-          <t>2026-12-21</t>
-[...10 lines deleted...]
-        </is>
+          <t>汇通集团</t>
+        </is>
+      </c>
+      <c r="I210" t="n">
+        <v>5.71</v>
+      </c>
+      <c r="J210" t="n">
+        <v>0.35</v>
       </c>
       <c r="K210" t="inlineStr">
         <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="L210" t="inlineStr">
+        <is>
+          <t>3.596</t>
+        </is>
+      </c>
+      <c r="M210" t="inlineStr">
+        <is>
+          <t>2.896</t>
+        </is>
+      </c>
+      <c r="N210" t="inlineStr">
+        <is>
+          <t>2028-12-15</t>
+        </is>
+      </c>
+      <c r="O210" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="P210" t="inlineStr">
+        <is>
+          <t>8.177</t>
+        </is>
+      </c>
+      <c r="Q210" t="inlineStr">
+        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L210" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R210" t="n">
-        <v>7.48</v>
+        <v>78.64579999999999</v>
       </c>
       <c r="S210" t="n">
-        <v>9.84</v>
+        <v>1.4916</v>
       </c>
       <c r="T210" t="n">
-        <v>14.27</v>
-[...3 lines deleted...]
-      <c r="W210" t="inlineStr"/>
+        <v>1.4787</v>
+      </c>
+      <c r="U210" t="n">
+        <v>0.6899999999999999</v>
+      </c>
+      <c r="V210" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="W210" t="n">
+        <v>10.74</v>
+      </c>
+      <c r="X210" t="n">
+        <v>14.1</v>
+      </c>
+      <c r="Y210" t="n">
+        <v>22.06</v>
+      </c>
+      <c r="Z210" t="inlineStr"/>
+      <c r="AA210" t="inlineStr"/>
+      <c r="AB210" t="inlineStr"/>
     </row>
     <row r="211">
       <c r="A211" t="inlineStr">
         <is>
-          <t>123222</t>
+          <t>118041</t>
         </is>
       </c>
       <c r="B211" t="inlineStr">
         <is>
-          <t>博俊转债</t>
+          <t>星球转债</t>
         </is>
       </c>
       <c r="C211" t="inlineStr">
         <is>
-          <t>300926</t>
+          <t>143.188</t>
         </is>
       </c>
       <c r="D211" t="inlineStr">
         <is>
-          <t>博俊科技</t>
-[...2 lines deleted...]
-      <c r="E211" t="inlineStr">
+          <t>0.664</t>
+        </is>
+      </c>
+      <c r="E211" t="n">
+        <v>26.32</v>
+      </c>
+      <c r="F211" t="n">
+        <v>113.3535</v>
+      </c>
+      <c r="G211" t="inlineStr">
+        <is>
+          <t>688633</t>
+        </is>
+      </c>
+      <c r="H211" t="inlineStr">
+        <is>
+          <t>星球石墨</t>
+        </is>
+      </c>
+      <c r="I211" t="n">
+        <v>26.23</v>
+      </c>
+      <c r="J211" t="n">
+        <v>-1.02</v>
+      </c>
+      <c r="K211" t="inlineStr">
         <is>
           <t>A+</t>
         </is>
       </c>
-      <c r="F211" t="inlineStr">
-[...44 lines deleted...]
-      <c r="Q211" t="n">
+      <c r="L211" t="inlineStr">
+        <is>
+          <t>6.198</t>
+        </is>
+      </c>
+      <c r="M211" t="inlineStr">
+        <is>
+          <t>3.521</t>
+        </is>
+      </c>
+      <c r="N211" t="inlineStr">
+        <is>
+          <t>2029-07-31</t>
+        </is>
+      </c>
+      <c r="O211" t="inlineStr">
+        <is>
+          <t>114.00</t>
+        </is>
+      </c>
+      <c r="P211" t="inlineStr">
+        <is>
+          <t>30.082</t>
+        </is>
+      </c>
+      <c r="Q211" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
+      </c>
+      <c r="R211" t="n">
+        <v>45.5107</v>
+      </c>
+      <c r="S211" t="n">
+        <v>3.2005</v>
+      </c>
+      <c r="T211" t="n">
+        <v>2.5179</v>
+      </c>
+      <c r="U211" t="n">
         <v>1.48</v>
       </c>
-      <c r="R211" t="n">
-[...10 lines deleted...]
-      <c r="W211" t="inlineStr"/>
+      <c r="V211" t="n">
+        <v>1.48</v>
+      </c>
+      <c r="W211" t="n">
+        <v>13.57</v>
+      </c>
+      <c r="X211" t="n">
+        <v>14.11</v>
+      </c>
+      <c r="Y211" t="n">
+        <v>19.67</v>
+      </c>
+      <c r="Z211" t="inlineStr"/>
+      <c r="AA211" t="inlineStr"/>
+      <c r="AB211" t="inlineStr"/>
     </row>
     <row r="212">
       <c r="A212" t="inlineStr">
         <is>
-          <t>118010</t>
+          <t>113624</t>
         </is>
       </c>
       <c r="B212" t="inlineStr">
         <is>
-          <t>洁特转债</t>
+          <t>正川转债</t>
         </is>
       </c>
       <c r="C212" t="inlineStr">
         <is>
-          <t>688026</t>
+          <t>139.029</t>
         </is>
       </c>
       <c r="D212" t="inlineStr">
         <is>
-          <t>洁特生物</t>
-[...2 lines deleted...]
-      <c r="E212" t="inlineStr">
+          <t>0.652</t>
+        </is>
+      </c>
+      <c r="E212" t="n">
+        <v>34.93</v>
+      </c>
+      <c r="F212" t="n">
+        <v>103.0394</v>
+      </c>
+      <c r="G212" t="inlineStr">
+        <is>
+          <t>603976</t>
+        </is>
+      </c>
+      <c r="H212" t="inlineStr">
+        <is>
+          <t>正川股份</t>
+        </is>
+      </c>
+      <c r="I212" t="n">
+        <v>20.68</v>
+      </c>
+      <c r="J212" t="n">
+        <v>0.83</v>
+      </c>
+      <c r="K212" t="inlineStr">
         <is>
           <t>A+</t>
         </is>
       </c>
-      <c r="F212" t="inlineStr">
-[...24 lines deleted...]
-      <c r="K212" t="inlineStr">
+      <c r="L212" t="inlineStr">
+        <is>
+          <t>4.048</t>
+        </is>
+      </c>
+      <c r="M212" t="inlineStr">
+        <is>
+          <t>1.260</t>
+        </is>
+      </c>
+      <c r="N212" t="inlineStr">
+        <is>
+          <t>2027-04-28</t>
+        </is>
+      </c>
+      <c r="O212" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="P212" t="inlineStr">
+        <is>
+          <t>26.091</t>
+        </is>
+      </c>
+      <c r="Q212" t="inlineStr">
         <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L212" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R212" t="n">
-        <v>6.97</v>
+        <v>36.4199</v>
       </c>
       <c r="S212" t="n">
-        <v>9.19</v>
+        <v>3.9591</v>
       </c>
       <c r="T212" t="n">
-        <v>10.85</v>
+        <v>2.7904</v>
       </c>
       <c r="U212" t="n">
-        <v>29.3</v>
+        <v>0.53</v>
       </c>
       <c r="V212" t="n">
-        <v>33.95</v>
+        <v>0.4</v>
       </c>
       <c r="W212" t="n">
-        <v>46.17</v>
-      </c>
+        <v>10.67</v>
+      </c>
+      <c r="X212" t="n">
+        <v>11.73</v>
+      </c>
+      <c r="Y212" t="n">
+        <v>9.51</v>
+      </c>
+      <c r="Z212" t="inlineStr"/>
+      <c r="AA212" t="inlineStr"/>
+      <c r="AB212" t="inlineStr"/>
     </row>
     <row r="213">
       <c r="A213" t="inlineStr">
         <is>
-          <t>118036</t>
+          <t>118005</t>
         </is>
       </c>
       <c r="B213" t="inlineStr">
         <is>
-          <t>力合转债</t>
+          <t>天奈转债</t>
         </is>
       </c>
       <c r="C213" t="inlineStr">
         <is>
-          <t>688589</t>
+          <t>128.784</t>
         </is>
       </c>
       <c r="D213" t="inlineStr">
         <is>
-          <t>力合微</t>
-[...2 lines deleted...]
-      <c r="E213" t="inlineStr">
+          <t>0.650</t>
+        </is>
+      </c>
+      <c r="E213" t="n">
+        <v>151.85</v>
+      </c>
+      <c r="F213" t="n">
+        <v>51.1353</v>
+      </c>
+      <c r="G213" t="inlineStr">
+        <is>
+          <t>688116</t>
+        </is>
+      </c>
+      <c r="H213" t="inlineStr">
+        <is>
+          <t>天奈科技</t>
+        </is>
+      </c>
+      <c r="I213" t="n">
+        <v>50.67</v>
+      </c>
+      <c r="J213" t="n">
+        <v>4.65</v>
+      </c>
+      <c r="K213" t="inlineStr">
         <is>
           <t>AA-</t>
         </is>
       </c>
-      <c r="F213" t="inlineStr">
-[...24 lines deleted...]
-      <c r="K213" t="inlineStr">
+      <c r="L213" t="inlineStr">
+        <is>
+          <t>8.299</t>
+        </is>
+      </c>
+      <c r="M213" t="inlineStr">
+        <is>
+          <t>2.011</t>
+        </is>
+      </c>
+      <c r="N213" t="inlineStr">
+        <is>
+          <t>2028-01-27</t>
+        </is>
+      </c>
+      <c r="O213" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="P213" t="inlineStr">
+        <is>
+          <t>128.817</t>
+        </is>
+      </c>
+      <c r="Q213" t="inlineStr">
         <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L213" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R213" t="n">
-        <v>15.97</v>
+        <v>34.4364</v>
       </c>
       <c r="S213" t="n">
-        <v>17.18</v>
+        <v>4.3611</v>
       </c>
       <c r="T213" t="n">
-        <v>19.18</v>
-[...3 lines deleted...]
-      <c r="W213" t="inlineStr"/>
+        <v>4.0339</v>
+      </c>
+      <c r="U213" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="V213" t="n">
+        <v>2.97</v>
+      </c>
+      <c r="W213" t="n">
+        <v>10.56</v>
+      </c>
+      <c r="X213" t="n">
+        <v>12.64</v>
+      </c>
+      <c r="Y213" t="n">
+        <v>13.4</v>
+      </c>
+      <c r="Z213" t="inlineStr"/>
+      <c r="AA213" t="inlineStr"/>
+      <c r="AB213" t="inlineStr"/>
     </row>
     <row r="214">
       <c r="A214" t="inlineStr">
         <is>
-          <t>128136</t>
+          <t>123117</t>
         </is>
       </c>
       <c r="B214" t="inlineStr">
         <is>
-          <t>立讯转债</t>
+          <t>健帆转债</t>
         </is>
       </c>
       <c r="C214" t="inlineStr">
         <is>
-          <t>002475</t>
+          <t>121.973</t>
         </is>
       </c>
       <c r="D214" t="inlineStr">
         <is>
-          <t>立讯精密</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.646</t>
+        </is>
+      </c>
+      <c r="E214" t="n">
+        <v>127.85</v>
+      </c>
+      <c r="F214" t="n">
+        <v>53.5317</v>
       </c>
       <c r="G214" t="inlineStr">
         <is>
-          <t>0.912</t>
+          <t>300529</t>
         </is>
       </c>
       <c r="H214" t="inlineStr">
         <is>
-          <t>2026-11-03</t>
-[...10 lines deleted...]
-        </is>
+          <t>健帆生物</t>
+        </is>
+      </c>
+      <c r="I214" t="n">
+        <v>20.69</v>
+      </c>
+      <c r="J214" t="n">
+        <v>2.58</v>
       </c>
       <c r="K214" t="inlineStr">
         <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="L214" t="inlineStr">
+        <is>
+          <t>9.998</t>
+        </is>
+      </c>
+      <c r="M214" t="inlineStr">
+        <is>
+          <t>1.414</t>
+        </is>
+      </c>
+      <c r="N214" t="inlineStr">
+        <is>
+          <t>2027-06-23</t>
+        </is>
+      </c>
+      <c r="O214" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="P214" t="inlineStr">
+        <is>
+          <t>50.245</t>
+        </is>
+      </c>
+      <c r="Q214" t="inlineStr">
+        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L214" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R214" t="n">
-        <v>26.58</v>
+        <v>38.0673</v>
       </c>
       <c r="S214" t="n">
-        <v>27.64</v>
+        <v>4.2554</v>
       </c>
       <c r="T214" t="n">
-        <v>18.29</v>
-[...3 lines deleted...]
-      <c r="W214" t="inlineStr"/>
+        <v>3.8007</v>
+      </c>
+      <c r="U214" t="n">
+        <v>8.199999999999999</v>
+      </c>
+      <c r="V214" t="n">
+        <v>4.36</v>
+      </c>
+      <c r="W214" t="n">
+        <v>5.08</v>
+      </c>
+      <c r="X214" t="n">
+        <v>8.35</v>
+      </c>
+      <c r="Y214" t="n">
+        <v>13.11</v>
+      </c>
+      <c r="Z214" t="inlineStr"/>
+      <c r="AA214" t="inlineStr"/>
+      <c r="AB214" t="inlineStr"/>
     </row>
     <row r="215">
       <c r="A215" t="inlineStr">
         <is>
-          <t>113625</t>
+          <t>113696</t>
         </is>
       </c>
       <c r="B215" t="inlineStr">
         <is>
-          <t>江山转债</t>
+          <t>伯25转债</t>
         </is>
       </c>
       <c r="C215" t="inlineStr">
         <is>
-          <t>603208</t>
+          <t>153.994</t>
         </is>
       </c>
       <c r="D215" t="inlineStr">
         <is>
-          <t>江山欧派</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.627</t>
+        </is>
+      </c>
+      <c r="E215" t="n">
+        <v>39.9</v>
+      </c>
+      <c r="F215" t="n">
+        <v>110.0725</v>
       </c>
       <c r="G215" t="inlineStr">
         <is>
-          <t>1.515</t>
+          <t>603596</t>
         </is>
       </c>
       <c r="H215" t="inlineStr">
         <is>
-          <t>2027-06-11</t>
-[...10 lines deleted...]
-        </is>
+          <t>伯特利</t>
+        </is>
+      </c>
+      <c r="I215" t="n">
+        <v>57.7</v>
+      </c>
+      <c r="J215" t="n">
+        <v>3.39</v>
       </c>
       <c r="K215" t="inlineStr">
         <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="L215" t="inlineStr">
+        <is>
+          <t>28.019</t>
+        </is>
+      </c>
+      <c r="M215" t="inlineStr">
+        <is>
+          <t>5.438</t>
+        </is>
+      </c>
+      <c r="N215" t="inlineStr">
+        <is>
+          <t>2031-07-01</t>
+        </is>
+      </c>
+      <c r="O215" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="P215" t="inlineStr">
+        <is>
+          <t>68.146</t>
+        </is>
+      </c>
+      <c r="Q215" t="inlineStr">
+        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L215" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R215" t="n">
-        <v>6.69</v>
+        <v>51.2944</v>
       </c>
       <c r="S215" t="n">
-        <v>8.699999999999999</v>
+        <v>2.3628</v>
       </c>
       <c r="T215" t="n">
-        <v>11.89</v>
-[...3 lines deleted...]
-      <c r="W215" t="inlineStr"/>
+        <v>2.0429</v>
+      </c>
+      <c r="U215" t="n">
+        <v>12.09</v>
+      </c>
+      <c r="V215" t="n">
+        <v>8.91</v>
+      </c>
+      <c r="W215" t="n">
+        <v>19.4</v>
+      </c>
+      <c r="X215" t="n">
+        <v>18.73</v>
+      </c>
+      <c r="Y215" t="inlineStr"/>
+      <c r="Z215" t="inlineStr"/>
+      <c r="AA215" t="inlineStr"/>
+      <c r="AB215" t="inlineStr"/>
     </row>
     <row r="216">
       <c r="A216" t="inlineStr">
         <is>
-          <t>123199</t>
+          <t>113033</t>
         </is>
       </c>
       <c r="B216" t="inlineStr">
         <is>
-          <t>山河转债</t>
+          <t>利群转债</t>
         </is>
       </c>
       <c r="C216" t="inlineStr">
         <is>
-          <t>300452</t>
+          <t>117.186</t>
         </is>
       </c>
       <c r="D216" t="inlineStr">
         <is>
-          <t>山河药辅</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.628</t>
+        </is>
+      </c>
+      <c r="E216" t="n">
+        <v>6.61</v>
+      </c>
+      <c r="F216" t="n">
+        <v>109.9174</v>
       </c>
       <c r="G216" t="inlineStr">
         <is>
-          <t>3.521</t>
+          <t>601366</t>
         </is>
       </c>
       <c r="H216" t="inlineStr">
         <is>
-          <t>2029-06-12</t>
-[...10 lines deleted...]
-        </is>
+          <t>利群股份</t>
+        </is>
+      </c>
+      <c r="I216" t="n">
+        <v>5.32</v>
+      </c>
+      <c r="J216" t="n">
+        <v>0.19</v>
       </c>
       <c r="K216" t="inlineStr">
         <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="L216" t="inlineStr">
+        <is>
+          <t>10.208</t>
+        </is>
+      </c>
+      <c r="M216" t="inlineStr">
+        <is>
+          <t>0.186</t>
+        </is>
+      </c>
+      <c r="N216" t="inlineStr">
+        <is>
+          <t>2026-04-01</t>
+        </is>
+      </c>
+      <c r="O216" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="P216" t="inlineStr">
+        <is>
+          <t>6.292</t>
+        </is>
+      </c>
+      <c r="Q216" t="inlineStr">
+        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L216" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R216" t="n">
-        <v>11.06</v>
+        <v>73.2796</v>
       </c>
       <c r="S216" t="n">
-        <v>14.47</v>
+        <v>0.5296999999999999</v>
       </c>
       <c r="T216" t="n">
-        <v>26.73</v>
-[...3 lines deleted...]
-      <c r="W216" t="inlineStr"/>
+        <v>0.2829</v>
+      </c>
+      <c r="U216" t="n">
+        <v>0.27</v>
+      </c>
+      <c r="V216" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="W216" t="n">
+        <v>28.59</v>
+      </c>
+      <c r="X216" t="n">
+        <v>16.78</v>
+      </c>
+      <c r="Y216" t="n">
+        <v>19.04</v>
+      </c>
+      <c r="Z216" t="inlineStr"/>
+      <c r="AA216" t="inlineStr"/>
+      <c r="AB216" t="inlineStr"/>
     </row>
     <row r="217">
       <c r="A217" t="inlineStr">
         <is>
-          <t>127056</t>
+          <t>113062</t>
         </is>
       </c>
       <c r="B217" t="inlineStr">
         <is>
-          <t>中特转债</t>
+          <t>常银转债</t>
         </is>
       </c>
       <c r="C217" t="inlineStr">
         <is>
-          <t>000708</t>
+          <t>132.928</t>
         </is>
       </c>
       <c r="D217" t="inlineStr">
         <is>
-          <t>中信特钢</t>
-[...2 lines deleted...]
-      <c r="E217" t="inlineStr">
+          <t>0.627</t>
+        </is>
+      </c>
+      <c r="E217" t="n">
+        <v>9.050000000000001</v>
+      </c>
+      <c r="F217" t="n">
+        <v>121.9015</v>
+      </c>
+      <c r="G217" t="inlineStr">
+        <is>
+          <t>601128</t>
+        </is>
+      </c>
+      <c r="H217" t="inlineStr">
+        <is>
+          <t>常熟银行</t>
+        </is>
+      </c>
+      <c r="I217" t="n">
+        <v>7.18</v>
+      </c>
+      <c r="J217" t="n">
+        <v>-1.51</v>
+      </c>
+      <c r="K217" t="inlineStr">
         <is>
           <t>AAA</t>
         </is>
       </c>
-      <c r="F217" t="inlineStr">
-[...24 lines deleted...]
-      <c r="K217" t="inlineStr">
+      <c r="L217" t="inlineStr">
+        <is>
+          <t>59.994</t>
+        </is>
+      </c>
+      <c r="M217" t="inlineStr">
+        <is>
+          <t>2.647</t>
+        </is>
+      </c>
+      <c r="N217" t="inlineStr">
+        <is>
+          <t>2028-09-15</t>
+        </is>
+      </c>
+      <c r="O217" t="inlineStr">
+        <is>
+          <t>107.00</t>
+        </is>
+      </c>
+      <c r="P217" t="inlineStr">
+        <is>
+          <t>7.657</t>
+        </is>
+      </c>
+      <c r="Q217" t="inlineStr">
         <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L217" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R217" t="n">
-        <v>12.75</v>
-[...9 lines deleted...]
-      <c r="W217" t="inlineStr"/>
+        <v>91.8974</v>
+      </c>
+      <c r="S217" t="inlineStr"/>
+      <c r="T217" t="inlineStr"/>
+      <c r="U217" t="n">
+        <v>38.13</v>
+      </c>
+      <c r="V217" t="n">
+        <v>32.82</v>
+      </c>
+      <c r="W217" t="n">
+        <v>5.09</v>
+      </c>
+      <c r="X217" t="n">
+        <v>5.83</v>
+      </c>
+      <c r="Y217" t="n">
+        <v>10.7</v>
+      </c>
+      <c r="Z217" t="inlineStr"/>
+      <c r="AA217" t="inlineStr"/>
+      <c r="AB217" t="inlineStr"/>
     </row>
     <row r="218">
       <c r="A218" t="inlineStr">
         <is>
-          <t>127096</t>
+          <t>123112</t>
         </is>
       </c>
       <c r="B218" t="inlineStr">
         <is>
-          <t>泰坦转债</t>
+          <t>万讯转债</t>
         </is>
       </c>
       <c r="C218" t="inlineStr">
         <is>
-          <t>003036</t>
+          <t>144.874</t>
         </is>
       </c>
       <c r="D218" t="inlineStr">
         <is>
-          <t>泰坦股份</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.629</t>
+        </is>
+      </c>
+      <c r="E218" t="n">
+        <v>28.19</v>
+      </c>
+      <c r="F218" t="n">
+        <v>113.012</v>
       </c>
       <c r="G218" t="inlineStr">
         <is>
-          <t>3.890</t>
+          <t>300112</t>
         </is>
       </c>
       <c r="H218" t="inlineStr">
         <is>
-          <t>2029-10-25</t>
-[...10 lines deleted...]
-        </is>
+          <t>万讯自控</t>
+        </is>
+      </c>
+      <c r="I218" t="n">
+        <v>9.380000000000001</v>
+      </c>
+      <c r="J218" t="n">
+        <v>0.64</v>
       </c>
       <c r="K218" t="inlineStr">
         <is>
-          <t>!</t>
-[...18 lines deleted...]
-        <v>1.3</v>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="L218" t="inlineStr">
+        <is>
+          <t>2.265</t>
+        </is>
+      </c>
+      <c r="M218" t="inlineStr">
+        <is>
+          <t>1.206</t>
+        </is>
+      </c>
+      <c r="N218" t="inlineStr">
+        <is>
+          <t>2027-04-08</t>
+        </is>
+      </c>
+      <c r="O218" t="inlineStr">
+        <is>
+          <t>118.00</t>
+        </is>
+      </c>
+      <c r="P218" t="inlineStr">
+        <is>
+          <t>10.790</t>
+        </is>
+      </c>
+      <c r="Q218" t="inlineStr">
+        <is>
+          <t>0/15 | 30 2023-07-12 重新计</t>
+        </is>
       </c>
       <c r="R218" t="n">
-        <v>75.91</v>
+        <v>35.7662</v>
       </c>
       <c r="S218" t="n">
-        <v>70.04000000000001</v>
+        <v>2.7544</v>
       </c>
       <c r="T218" t="n">
-        <v>49.21</v>
-[...3 lines deleted...]
-      <c r="W218" t="inlineStr"/>
+        <v>2.1596</v>
+      </c>
+      <c r="U218" t="n">
+        <v>-0.67</v>
+      </c>
+      <c r="V218" t="n">
+        <v>0.25</v>
+      </c>
+      <c r="W218" t="n">
+        <v>11.49</v>
+      </c>
+      <c r="X218" t="n">
+        <v>12.56</v>
+      </c>
+      <c r="Y218" t="n">
+        <v>17.96</v>
+      </c>
+      <c r="Z218" t="inlineStr"/>
+      <c r="AA218" t="inlineStr"/>
+      <c r="AB218" t="inlineStr"/>
     </row>
     <row r="219">
       <c r="A219" t="inlineStr">
         <is>
-          <t>123245</t>
+          <t>113597</t>
         </is>
       </c>
       <c r="B219" t="inlineStr">
         <is>
-          <t>集智转债</t>
+          <t>佳力转债</t>
         </is>
       </c>
       <c r="C219" t="inlineStr">
         <is>
-          <t>300553</t>
+          <t>136.032</t>
         </is>
       </c>
       <c r="D219" t="inlineStr">
         <is>
-          <t>集智股份</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.630</t>
+        </is>
+      </c>
+      <c r="E219" t="n">
+        <v>34.94</v>
+      </c>
+      <c r="F219" t="n">
+        <v>100.8065</v>
       </c>
       <c r="G219" t="inlineStr">
         <is>
-          <t>4.693</t>
+          <t>603912</t>
         </is>
       </c>
       <c r="H219" t="inlineStr">
         <is>
-          <t>2030-08-14</t>
-[...10 lines deleted...]
-        </is>
+          <t>佳力图</t>
+        </is>
+      </c>
+      <c r="I219" t="n">
+        <v>8.75</v>
+      </c>
+      <c r="J219" t="n">
+        <v>1.51</v>
       </c>
       <c r="K219" t="inlineStr">
         <is>
-          <t>!</t>
-[...18 lines deleted...]
-        <v>0.19</v>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="L219" t="inlineStr">
+        <is>
+          <t>2.973</t>
+        </is>
+      </c>
+      <c r="M219" t="inlineStr">
+        <is>
+          <t>0.515</t>
+        </is>
+      </c>
+      <c r="N219" t="inlineStr">
+        <is>
+          <t>2026-07-30</t>
+        </is>
+      </c>
+      <c r="O219" t="inlineStr">
+        <is>
+          <t>118.00</t>
+        </is>
+      </c>
+      <c r="P219" t="inlineStr">
+        <is>
+          <t>11.284</t>
+        </is>
+      </c>
+      <c r="Q219" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R219" t="n">
-        <v>42.66</v>
+        <v>49.1128</v>
       </c>
       <c r="S219" t="n">
-        <v>41.84</v>
-[...4 lines deleted...]
-      <c r="W219" t="inlineStr"/>
+        <v>1.9651</v>
+      </c>
+      <c r="T219" t="n">
+        <v>1.5947</v>
+      </c>
+      <c r="U219" t="n">
+        <v>0.36</v>
+      </c>
+      <c r="V219" t="n">
+        <v>0.35</v>
+      </c>
+      <c r="W219" t="n">
+        <v>15.28</v>
+      </c>
+      <c r="X219" t="n">
+        <v>13.09</v>
+      </c>
+      <c r="Y219" t="n">
+        <v>21.37</v>
+      </c>
+      <c r="Z219" t="inlineStr"/>
+      <c r="AA219" t="inlineStr"/>
+      <c r="AB219" t="inlineStr"/>
     </row>
     <row r="220">
       <c r="A220" t="inlineStr">
         <is>
-          <t>123128</t>
+          <t>128127</t>
         </is>
       </c>
       <c r="B220" t="inlineStr">
         <is>
-          <t>首华转债</t>
+          <t>文科转债</t>
         </is>
       </c>
       <c r="C220" t="inlineStr">
         <is>
-          <t>300483</t>
+          <t>122.973</t>
         </is>
       </c>
       <c r="D220" t="inlineStr">
         <is>
-          <t>首华燃气</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.611</t>
+        </is>
+      </c>
+      <c r="E220" t="n">
+        <v>18.94</v>
+      </c>
+      <c r="F220" t="n">
+        <v>103.3937</v>
       </c>
       <c r="G220" t="inlineStr">
         <is>
-          <t>1.907</t>
+          <t>002775</t>
         </is>
       </c>
       <c r="H220" t="inlineStr">
         <is>
-          <t>2027-11-01</t>
-[...10 lines deleted...]
-        </is>
+          <t>文科股份</t>
+        </is>
+      </c>
+      <c r="I220" t="n">
+        <v>4.57</v>
+      </c>
+      <c r="J220" t="n">
+        <v>1.56</v>
       </c>
       <c r="K220" t="inlineStr">
         <is>
-          <t>10/15 | 30</t>
-[...18 lines deleted...]
-        <v>0.41</v>
+          <t>A-</t>
+        </is>
+      </c>
+      <c r="L220" t="inlineStr">
+        <is>
+          <t>8.036</t>
+        </is>
+      </c>
+      <c r="M220" t="inlineStr">
+        <is>
+          <t>0.573</t>
+        </is>
+      </c>
+      <c r="N220" t="inlineStr">
+        <is>
+          <t>2026-08-20</t>
+        </is>
+      </c>
+      <c r="O220" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="P220" t="inlineStr">
+        <is>
+          <t>5.746</t>
+        </is>
+      </c>
+      <c r="Q220" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R220" t="n">
-        <v>25.24</v>
+        <v>93.8228</v>
       </c>
       <c r="S220" t="n">
-        <v>21.07</v>
+        <v>0.7487</v>
       </c>
       <c r="T220" t="n">
-        <v>28.39</v>
+        <v>0.6425999999999999</v>
       </c>
       <c r="U220" t="n">
-        <v>75.14</v>
+        <v>-1.18</v>
       </c>
       <c r="V220" t="n">
-        <v>52.25</v>
+        <v>-1.49</v>
       </c>
       <c r="W220" t="n">
-        <v>60.34</v>
-      </c>
+        <v>11.2</v>
+      </c>
+      <c r="X220" t="n">
+        <v>13.97</v>
+      </c>
+      <c r="Y220" t="n">
+        <v>15.78</v>
+      </c>
+      <c r="Z220" t="inlineStr"/>
+      <c r="AA220" t="inlineStr"/>
+      <c r="AB220" t="inlineStr"/>
     </row>
     <row r="221">
       <c r="A221" t="inlineStr">
         <is>
-          <t>123188</t>
+          <t>113677</t>
         </is>
       </c>
       <c r="B221" t="inlineStr">
         <is>
-          <t>水羊转债</t>
+          <t>华懋转债</t>
         </is>
       </c>
       <c r="C221" t="inlineStr">
         <is>
-          <t>300740</t>
+          <t>300.504</t>
         </is>
       </c>
       <c r="D221" t="inlineStr">
         <is>
-          <t>水羊股份</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.603</t>
+        </is>
+      </c>
+      <c r="E221" t="n">
+        <v>40.1</v>
+      </c>
+      <c r="F221" t="n">
+        <v>214.4932</v>
       </c>
       <c r="G221" t="inlineStr">
         <is>
-          <t>3.332</t>
+          <t>603306</t>
         </is>
       </c>
       <c r="H221" t="inlineStr">
         <is>
-          <t>2029-04-04</t>
-[...10 lines deleted...]
-        </is>
+          <t>华懋科技</t>
+        </is>
+      </c>
+      <c r="I221" t="n">
+        <v>72.37</v>
+      </c>
+      <c r="J221" t="n">
+        <v>-0.5600000000000001</v>
       </c>
       <c r="K221" t="inlineStr">
         <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="L221" t="inlineStr">
+        <is>
+          <t>10.490</t>
+        </is>
+      </c>
+      <c r="M221" t="inlineStr">
+        <is>
+          <t>3.644</t>
+        </is>
+      </c>
+      <c r="N221" t="inlineStr">
+        <is>
+          <t>2029-09-14</t>
+        </is>
+      </c>
+      <c r="O221" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="P221" t="inlineStr">
+        <is>
+          <t>43.862</t>
+        </is>
+      </c>
+      <c r="Q221" t="inlineStr">
+        <is>
           <t>!</t>
         </is>
       </c>
-      <c r="L221" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R221" t="n">
-        <v>49.33</v>
+        <v>39.7164</v>
       </c>
       <c r="S221" t="n">
-        <v>36.58</v>
+        <v>4.0396</v>
       </c>
       <c r="T221" t="n">
-        <v>30.24</v>
-[...3 lines deleted...]
-      <c r="W221" t="inlineStr"/>
+        <v>3.5113</v>
+      </c>
+      <c r="U221" t="n">
+        <v>2.77</v>
+      </c>
+      <c r="V221" t="n">
+        <v>2.42</v>
+      </c>
+      <c r="W221" t="n">
+        <v>48.96</v>
+      </c>
+      <c r="X221" t="n">
+        <v>49.74</v>
+      </c>
+      <c r="Y221" t="n">
+        <v>37.65</v>
+      </c>
+      <c r="Z221" t="inlineStr"/>
+      <c r="AA221" t="inlineStr"/>
+      <c r="AB221" t="inlineStr"/>
     </row>
     <row r="222">
       <c r="A222" t="inlineStr">
         <is>
-          <t>123241</t>
+          <t>127044</t>
         </is>
       </c>
       <c r="B222" t="inlineStr">
         <is>
-          <t>欧通转债</t>
+          <t>蒙娜转债</t>
         </is>
       </c>
       <c r="C222" t="inlineStr">
         <is>
-          <t>300870</t>
+          <t>135.000</t>
         </is>
       </c>
       <c r="D222" t="inlineStr">
         <is>
-          <t>欧陆通</t>
-[...2 lines deleted...]
-      <c r="E222" t="inlineStr">
+          <t>0.604</t>
+        </is>
+      </c>
+      <c r="E222" t="n">
+        <v>57.37</v>
+      </c>
+      <c r="F222" t="n">
+        <v>85.7863</v>
+      </c>
+      <c r="G222" t="inlineStr">
+        <is>
+          <t>002918</t>
+        </is>
+      </c>
+      <c r="H222" t="inlineStr">
+        <is>
+          <t>蒙娜丽莎</t>
+        </is>
+      </c>
+      <c r="I222" t="n">
+        <v>17.02</v>
+      </c>
+      <c r="J222" t="n">
+        <v>1.01</v>
+      </c>
+      <c r="K222" t="inlineStr">
         <is>
           <t>AA-</t>
         </is>
       </c>
-      <c r="F222" t="inlineStr">
-[...14 lines deleted...]
-      <c r="I222" t="inlineStr">
+      <c r="L222" t="inlineStr">
+        <is>
+          <t>3.371</t>
+        </is>
+      </c>
+      <c r="M222" t="inlineStr">
+        <is>
+          <t>1.562</t>
+        </is>
+      </c>
+      <c r="N222" t="inlineStr">
+        <is>
+          <t>2027-08-16</t>
+        </is>
+      </c>
+      <c r="O222" t="inlineStr">
         <is>
           <t>112.00</t>
         </is>
       </c>
-      <c r="J222" t="inlineStr">
-[...25 lines deleted...]
-        <v>0.9</v>
+      <c r="P222" t="inlineStr">
+        <is>
+          <t>25.792</t>
+        </is>
+      </c>
+      <c r="Q222" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R222" t="n">
-        <v>54.1</v>
+        <v>50.5394</v>
       </c>
       <c r="S222" t="n">
-        <v>70.81</v>
-[...4 lines deleted...]
-      <c r="W222" t="inlineStr"/>
+        <v>1.2497</v>
+      </c>
+      <c r="T222" t="n">
+        <v>0.9149</v>
+      </c>
+      <c r="U222" t="n">
+        <v>1.25</v>
+      </c>
+      <c r="V222" t="n">
+        <v>2.66</v>
+      </c>
+      <c r="W222" t="n">
+        <v>12.13</v>
+      </c>
+      <c r="X222" t="n">
+        <v>11.99</v>
+      </c>
+      <c r="Y222" t="n">
+        <v>15.51</v>
+      </c>
+      <c r="Z222" t="inlineStr"/>
+      <c r="AA222" t="inlineStr"/>
+      <c r="AB222" t="inlineStr"/>
     </row>
     <row r="223">
       <c r="A223" t="inlineStr">
         <is>
-          <t>128125</t>
+          <t>113039</t>
         </is>
       </c>
       <c r="B223" t="inlineStr">
         <is>
-          <t>华阳转债</t>
+          <t>嘉泽转债</t>
         </is>
       </c>
       <c r="C223" t="inlineStr">
         <is>
-          <t>002949</t>
+          <t>231.896</t>
         </is>
       </c>
       <c r="D223" t="inlineStr">
         <is>
-          <t>华阳国际</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.604</t>
+        </is>
+      </c>
+      <c r="E223" t="n">
+        <v>24.97</v>
+      </c>
+      <c r="F223" t="n">
+        <v>185.567</v>
       </c>
       <c r="G223" t="inlineStr">
         <is>
-          <t>0.649</t>
+          <t>601619</t>
         </is>
       </c>
       <c r="H223" t="inlineStr">
         <is>
-          <t>2026-07-30</t>
-[...10 lines deleted...]
-        </is>
+          <t>嘉泽新能</t>
+        </is>
+      </c>
+      <c r="I223" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="J223" t="n">
+        <v>1.31</v>
       </c>
       <c r="K223" t="inlineStr">
         <is>
-          <t>0/15 | 30</t>
-[...18 lines deleted...]
-        <v>1.12</v>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="L223" t="inlineStr">
+        <is>
+          <t>2.868</t>
+        </is>
+      </c>
+      <c r="M223" t="inlineStr">
+        <is>
+          <t>0.584</t>
+        </is>
+      </c>
+      <c r="N223" t="inlineStr">
+        <is>
+          <t>2026-08-24</t>
+        </is>
+      </c>
+      <c r="O223" t="inlineStr">
+        <is>
+          <t>108.00</t>
+        </is>
+      </c>
+      <c r="P223" t="inlineStr">
+        <is>
+          <t>3.783</t>
+        </is>
+      </c>
+      <c r="Q223" t="inlineStr">
+        <is>
+          <t>!</t>
+        </is>
       </c>
       <c r="R223" t="n">
-        <v>13.84</v>
+        <v>66.5291</v>
       </c>
       <c r="S223" t="n">
-        <v>13.94</v>
+        <v>1.9523</v>
       </c>
       <c r="T223" t="n">
-        <v>13.73</v>
-[...3 lines deleted...]
-      <c r="W223" t="inlineStr"/>
+        <v>1.9523</v>
+      </c>
+      <c r="U223" t="n">
+        <v>6.3</v>
+      </c>
+      <c r="V223" t="n">
+        <v>8.029999999999999</v>
+      </c>
+      <c r="W223" t="n">
+        <v>56.19</v>
+      </c>
+      <c r="X223" t="n">
+        <v>74.98</v>
+      </c>
+      <c r="Y223" t="n">
+        <v>40.62</v>
+      </c>
+      <c r="Z223" t="inlineStr"/>
+      <c r="AA223" t="inlineStr"/>
+      <c r="AB223" t="inlineStr"/>
     </row>
     <row r="224">
       <c r="A224" t="inlineStr">
         <is>
-          <t>113605</t>
+          <t>118053</t>
         </is>
       </c>
       <c r="B224" t="inlineStr">
         <is>
-          <t>大参转债</t>
+          <t>正帆转债</t>
         </is>
       </c>
       <c r="C224" t="inlineStr">
         <is>
-          <t>603233</t>
+          <t>149.074</t>
         </is>
       </c>
       <c r="D224" t="inlineStr">
         <is>
-          <t>大参林</t>
-[...2 lines deleted...]
-      <c r="E224" t="inlineStr">
+          <t>0.594</t>
+        </is>
+      </c>
+      <c r="E224" t="n">
+        <v>60.56</v>
+      </c>
+      <c r="F224" t="n">
+        <v>92.8479</v>
+      </c>
+      <c r="G224" t="inlineStr">
+        <is>
+          <t>688596</t>
+        </is>
+      </c>
+      <c r="H224" t="inlineStr">
+        <is>
+          <t>正帆科技</t>
+        </is>
+      </c>
+      <c r="I224" t="n">
+        <v>35.7</v>
+      </c>
+      <c r="J224" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="K224" t="inlineStr">
         <is>
           <t>AA</t>
         </is>
       </c>
-      <c r="F224" t="inlineStr">
-[...24 lines deleted...]
-      <c r="K224" t="inlineStr">
+      <c r="L224" t="inlineStr">
+        <is>
+          <t>10.410</t>
+        </is>
+      </c>
+      <c r="M224" t="inlineStr">
+        <is>
+          <t>5.151</t>
+        </is>
+      </c>
+      <c r="N224" t="inlineStr">
+        <is>
+          <t>2031-03-18</t>
+        </is>
+      </c>
+      <c r="O224" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="P224" t="inlineStr">
+        <is>
+          <t>49.985</t>
+        </is>
+      </c>
+      <c r="Q224" t="inlineStr">
         <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L224" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R224" t="n">
-        <v>10.34</v>
+        <v>67.8506</v>
       </c>
       <c r="S224" t="n">
-        <v>12.81</v>
+        <v>1.3353</v>
       </c>
       <c r="T224" t="n">
-        <v>11.72</v>
-[...3 lines deleted...]
-      <c r="W224" t="inlineStr"/>
+        <v>0.7623</v>
+      </c>
+      <c r="U224" t="n">
+        <v>5.28</v>
+      </c>
+      <c r="V224" t="n">
+        <v>4.01</v>
+      </c>
+      <c r="W224" t="n">
+        <v>24.6</v>
+      </c>
+      <c r="X224" t="n">
+        <v>22.84</v>
+      </c>
+      <c r="Y224" t="inlineStr"/>
+      <c r="Z224" t="inlineStr"/>
+      <c r="AA224" t="inlineStr"/>
+      <c r="AB224" t="inlineStr"/>
     </row>
     <row r="225">
       <c r="A225" t="inlineStr">
         <is>
-          <t>127046</t>
+          <t>113633</t>
         </is>
       </c>
       <c r="B225" t="inlineStr">
         <is>
-          <t>百润转债</t>
+          <t>科沃转债</t>
         </is>
       </c>
       <c r="C225" t="inlineStr">
         <is>
-          <t>002568</t>
+          <t>124.332</t>
         </is>
       </c>
       <c r="D225" t="inlineStr">
         <is>
-          <t>百润股份</t>
-[...2 lines deleted...]
-      <c r="E225" t="inlineStr">
+          <t>0.591</t>
+        </is>
+      </c>
+      <c r="E225" t="n">
+        <v>160.76</v>
+      </c>
+      <c r="F225" t="n">
+        <v>47.6812</v>
+      </c>
+      <c r="G225" t="inlineStr">
+        <is>
+          <t>603486</t>
+        </is>
+      </c>
+      <c r="H225" t="inlineStr">
+        <is>
+          <t>科沃斯</t>
+        </is>
+      </c>
+      <c r="I225" t="n">
+        <v>82.87</v>
+      </c>
+      <c r="J225" t="n">
+        <v>0.55</v>
+      </c>
+      <c r="K225" t="inlineStr">
         <is>
           <t>AA</t>
         </is>
       </c>
-      <c r="F225" t="inlineStr">
-[...14 lines deleted...]
-      <c r="I225" t="inlineStr">
+      <c r="L225" t="inlineStr">
+        <is>
+          <t>10.396</t>
+        </is>
+      </c>
+      <c r="M225" t="inlineStr">
+        <is>
+          <t>1.852</t>
+        </is>
+      </c>
+      <c r="N225" t="inlineStr">
+        <is>
+          <t>2027-11-30</t>
+        </is>
+      </c>
+      <c r="O225" t="inlineStr">
         <is>
           <t>110.00</t>
         </is>
       </c>
-      <c r="J225" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K225" t="inlineStr">
+      <c r="P225" t="inlineStr">
+        <is>
+          <t>225.940</t>
+        </is>
+      </c>
+      <c r="Q225" t="inlineStr">
         <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L225" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R225" t="n">
-        <v>10.18</v>
+        <v>47.1837</v>
       </c>
       <c r="S225" t="n">
-        <v>11.42</v>
+        <v>1.8549</v>
       </c>
       <c r="T225" t="n">
-        <v>12.75</v>
-[...3 lines deleted...]
-      <c r="W225" t="inlineStr"/>
+        <v>1.3361</v>
+      </c>
+      <c r="U225" t="n">
+        <v>8.06</v>
+      </c>
+      <c r="V225" t="n">
+        <v>6.12</v>
+      </c>
+      <c r="W225" t="n">
+        <v>8.199999999999999</v>
+      </c>
+      <c r="X225" t="n">
+        <v>9.99</v>
+      </c>
+      <c r="Y225" t="n">
+        <v>9.74</v>
+      </c>
+      <c r="Z225" t="inlineStr"/>
+      <c r="AA225" t="inlineStr"/>
+      <c r="AB225" t="inlineStr"/>
     </row>
     <row r="226">
       <c r="A226" t="inlineStr">
         <is>
-          <t>123215</t>
+          <t>113616</t>
         </is>
       </c>
       <c r="B226" t="inlineStr">
         <is>
-          <t>铭利转债</t>
+          <t>韦尔转债</t>
         </is>
       </c>
       <c r="C226" t="inlineStr">
         <is>
-          <t>301268</t>
+          <t>129.730</t>
         </is>
       </c>
       <c r="D226" t="inlineStr">
         <is>
-          <t>铭利达</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.586</t>
+        </is>
+      </c>
+      <c r="E226" t="n">
+        <v>59.79</v>
+      </c>
+      <c r="F226" t="n">
+        <v>81.1896</v>
       </c>
       <c r="G226" t="inlineStr">
         <is>
-          <t>3.663</t>
+          <t>603501</t>
         </is>
       </c>
       <c r="H226" t="inlineStr">
         <is>
-          <t>2029-08-03</t>
-[...10 lines deleted...]
-        </is>
+          <t>豪威集团</t>
+        </is>
+      </c>
+      <c r="I226" t="n">
+        <v>129.4</v>
+      </c>
+      <c r="J226" t="n">
+        <v>0.43</v>
       </c>
       <c r="K226" t="inlineStr">
         <is>
-          <t>0/15 | 30</t>
-[...18 lines deleted...]
-        <v>4.03</v>
+          <t>AA+</t>
+        </is>
+      </c>
+      <c r="L226" t="inlineStr">
+        <is>
+          <t>24.324</t>
+        </is>
+      </c>
+      <c r="M226" t="inlineStr">
+        <is>
+          <t>0.929</t>
+        </is>
+      </c>
+      <c r="N226" t="inlineStr">
+        <is>
+          <t>2026-12-28</t>
+        </is>
+      </c>
+      <c r="O226" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="P226" t="inlineStr">
+        <is>
+          <t>207.194</t>
+        </is>
+      </c>
+      <c r="Q226" t="inlineStr">
+        <is>
+          <t>0/15 | 30 2022-01-24 重新计</t>
+        </is>
       </c>
       <c r="R226" t="n">
-        <v>22.88</v>
+        <v>37.3419</v>
       </c>
       <c r="S226" t="n">
-        <v>23.37</v>
+        <v>2.4593</v>
       </c>
       <c r="T226" t="n">
-        <v>22.52</v>
+        <v>1.6792</v>
       </c>
       <c r="U226" t="n">
-        <v>42.54</v>
+        <v>33.23</v>
       </c>
       <c r="V226" t="n">
-        <v>43.94</v>
+        <v>5.56</v>
       </c>
       <c r="W226" t="n">
-        <v>58.28</v>
-      </c>
+        <v>14.46</v>
+      </c>
+      <c r="X226" t="n">
+        <v>13.41</v>
+      </c>
+      <c r="Y226" t="n">
+        <v>13.42</v>
+      </c>
+      <c r="Z226" t="inlineStr"/>
+      <c r="AA226" t="inlineStr"/>
+      <c r="AB226" t="inlineStr"/>
     </row>
     <row r="227">
       <c r="A227" t="inlineStr">
         <is>
-          <t>123119</t>
+          <t>127034</t>
         </is>
       </c>
       <c r="B227" t="inlineStr">
         <is>
-          <t>康泰转2</t>
+          <t>绿茵转债</t>
         </is>
       </c>
       <c r="C227" t="inlineStr">
         <is>
-          <t>300601</t>
+          <t>131.568</t>
         </is>
       </c>
       <c r="D227" t="inlineStr">
         <is>
-          <t>康泰生物</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.572</t>
+        </is>
+      </c>
+      <c r="E227" t="n">
+        <v>53.43</v>
+      </c>
+      <c r="F227" t="n">
+        <v>85.75149999999999</v>
       </c>
       <c r="G227" t="inlineStr">
         <is>
-          <t>1.608</t>
+          <t>002887</t>
         </is>
       </c>
       <c r="H227" t="inlineStr">
         <is>
-          <t>2027-07-15</t>
-[...10 lines deleted...]
-        </is>
+          <t>绿茵生态</t>
+        </is>
+      </c>
+      <c r="I227" t="n">
+        <v>9.869999999999999</v>
+      </c>
+      <c r="J227" t="n">
+        <v>0.3</v>
       </c>
       <c r="K227" t="inlineStr">
         <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="L227" t="inlineStr">
+        <is>
+          <t>4.279</t>
+        </is>
+      </c>
+      <c r="M227" t="inlineStr">
+        <is>
+          <t>1.266</t>
+        </is>
+      </c>
+      <c r="N227" t="inlineStr">
+        <is>
+          <t>2027-04-30</t>
+        </is>
+      </c>
+      <c r="O227" t="inlineStr">
+        <is>
+          <t>113.00</t>
+        </is>
+      </c>
+      <c r="P227" t="inlineStr">
+        <is>
+          <t>14.963</t>
+        </is>
+      </c>
+      <c r="Q227" t="inlineStr">
+        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L227" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R227" t="n">
-        <v>11.19</v>
+        <v>38.2866</v>
       </c>
       <c r="S227" t="n">
-        <v>18.49</v>
+        <v>4.3621</v>
       </c>
       <c r="T227" t="n">
-        <v>15.92</v>
-[...3 lines deleted...]
-      <c r="W227" t="inlineStr"/>
+        <v>4.348</v>
+      </c>
+      <c r="U227" t="n">
+        <v>1</v>
+      </c>
+      <c r="V227" t="n">
+        <v>1.14</v>
+      </c>
+      <c r="W227" t="n">
+        <v>8.84</v>
+      </c>
+      <c r="X227" t="n">
+        <v>9.34</v>
+      </c>
+      <c r="Y227" t="n">
+        <v>12.62</v>
+      </c>
+      <c r="Z227" t="inlineStr"/>
+      <c r="AA227" t="inlineStr"/>
+      <c r="AB227" t="inlineStr"/>
     </row>
     <row r="228">
       <c r="A228" t="inlineStr">
         <is>
-          <t>123080</t>
+          <t>123071</t>
         </is>
       </c>
       <c r="B228" t="inlineStr">
         <is>
-          <t>海波转债</t>
+          <t>天能转债</t>
         </is>
       </c>
       <c r="C228" t="inlineStr">
         <is>
-          <t>300517</t>
+          <t>129.555</t>
         </is>
       </c>
       <c r="D228" t="inlineStr">
         <is>
-          <t>海波重科</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.571</t>
+        </is>
+      </c>
+      <c r="E228" t="n">
+        <v>36.27</v>
+      </c>
+      <c r="F228" t="n">
+        <v>95.0746</v>
       </c>
       <c r="G228" t="inlineStr">
         <is>
-          <t>0.992</t>
+          <t>300569</t>
         </is>
       </c>
       <c r="H228" t="inlineStr">
         <is>
-          <t>2026-12-02</t>
-[...10 lines deleted...]
-        </is>
+          <t>天能重工</t>
+        </is>
+      </c>
+      <c r="I228" t="n">
+        <v>6.37</v>
+      </c>
+      <c r="J228" t="n">
+        <v>1.59</v>
       </c>
       <c r="K228" t="inlineStr">
         <is>
-          <t>0/15 | 30 2023-04-06 重新计</t>
-[...18 lines deleted...]
-        <v>0.52</v>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="L228" t="inlineStr">
+        <is>
+          <t>6.937</t>
+        </is>
+      </c>
+      <c r="M228" t="inlineStr">
+        <is>
+          <t>0.743</t>
+        </is>
+      </c>
+      <c r="N228" t="inlineStr">
+        <is>
+          <t>2026-10-21</t>
+        </is>
+      </c>
+      <c r="O228" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="P228" t="inlineStr">
+        <is>
+          <t>8.710</t>
+        </is>
+      </c>
+      <c r="Q228" t="inlineStr">
+        <is>
+          <t>0/15 | 30 2022-10-17 重新计</t>
+        </is>
       </c>
       <c r="R228" t="n">
-        <v>12.06</v>
+        <v>57.1607</v>
       </c>
       <c r="S228" t="n">
-        <v>46.78</v>
+        <v>1.4826</v>
       </c>
       <c r="T228" t="n">
-        <v>35.5</v>
-[...3 lines deleted...]
-      <c r="W228" t="inlineStr"/>
+        <v>0.9385</v>
+      </c>
+      <c r="U228" t="n">
+        <v>-2.62</v>
+      </c>
+      <c r="V228" t="n">
+        <v>2.51</v>
+      </c>
+      <c r="W228" t="n">
+        <v>13.13</v>
+      </c>
+      <c r="X228" t="n">
+        <v>13.11</v>
+      </c>
+      <c r="Y228" t="n">
+        <v>11.17</v>
+      </c>
+      <c r="Z228" t="inlineStr"/>
+      <c r="AA228" t="inlineStr"/>
+      <c r="AB228" t="inlineStr"/>
     </row>
     <row r="229">
       <c r="A229" t="inlineStr">
         <is>
-          <t>111017</t>
+          <t>123220</t>
         </is>
       </c>
       <c r="B229" t="inlineStr">
         <is>
-          <t>蓝天转债</t>
+          <t>易瑞转债</t>
         </is>
       </c>
       <c r="C229" t="inlineStr">
         <is>
-          <t>605368</t>
+          <t>148.440</t>
         </is>
       </c>
       <c r="D229" t="inlineStr">
         <is>
-          <t>蓝天燃气</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.569</t>
+        </is>
+      </c>
+      <c r="E229" t="n">
+        <v>27.71</v>
+      </c>
+      <c r="F229" t="n">
+        <v>116.2345</v>
       </c>
       <c r="G229" t="inlineStr">
         <is>
-          <t>3.696</t>
+          <t>300942</t>
         </is>
       </c>
       <c r="H229" t="inlineStr">
         <is>
-          <t>2029-08-15</t>
-[...10 lines deleted...]
-        </is>
+          <t>易瑞生物</t>
+        </is>
+      </c>
+      <c r="I229" t="n">
+        <v>10.31</v>
+      </c>
+      <c r="J229" t="n">
+        <v>1.78</v>
       </c>
       <c r="K229" t="inlineStr">
         <is>
-          <t>0/15 | 30 2025-05-05 重新计</t>
-[...18 lines deleted...]
-        <v>5.93</v>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="L229" t="inlineStr">
+        <is>
+          <t>2.908</t>
+        </is>
+      </c>
+      <c r="M229" t="inlineStr">
+        <is>
+          <t>3.570</t>
+        </is>
+      </c>
+      <c r="N229" t="inlineStr">
+        <is>
+          <t>2029-08-18</t>
+        </is>
+      </c>
+      <c r="O229" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="P229" t="inlineStr">
+        <is>
+          <t>11.531</t>
+        </is>
+      </c>
+      <c r="Q229" t="inlineStr">
+        <is>
+          <t>0/15 | 30 2025-11-21 重新计</t>
+        </is>
       </c>
       <c r="R229" t="n">
-        <v>7.28</v>
+        <v>38.5545</v>
       </c>
       <c r="S229" t="n">
-        <v>10.88</v>
+        <v>5.1587</v>
       </c>
       <c r="T229" t="n">
-        <v>17.75</v>
-[...3 lines deleted...]
-      <c r="W229" t="inlineStr"/>
+        <v>4.7734</v>
+      </c>
+      <c r="U229" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="V229" t="n">
+        <v>-1.85</v>
+      </c>
+      <c r="W229" t="n">
+        <v>13.35</v>
+      </c>
+      <c r="X229" t="n">
+        <v>15.5</v>
+      </c>
+      <c r="Y229" t="n">
+        <v>26.46</v>
+      </c>
+      <c r="Z229" t="inlineStr"/>
+      <c r="AA229" t="inlineStr"/>
+      <c r="AB229" t="inlineStr"/>
     </row>
     <row r="230">
       <c r="A230" t="inlineStr">
         <is>
-          <t>113639</t>
+          <t>113584</t>
         </is>
       </c>
       <c r="B230" t="inlineStr">
         <is>
-          <t>华正转债</t>
+          <t>家悦转债</t>
         </is>
       </c>
       <c r="C230" t="inlineStr">
         <is>
-          <t>603186</t>
+          <t>127.551</t>
         </is>
       </c>
       <c r="D230" t="inlineStr">
         <is>
-          <t>华正新材</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.575</t>
+        </is>
+      </c>
+      <c r="E230" t="n">
+        <v>17.37</v>
+      </c>
+      <c r="F230" t="n">
+        <v>108.6747</v>
       </c>
       <c r="G230" t="inlineStr">
         <is>
-          <t>2.137</t>
+          <t>603708</t>
         </is>
       </c>
       <c r="H230" t="inlineStr">
         <is>
-          <t>2028-01-24</t>
-[...10 lines deleted...]
-        </is>
+          <t>家家悦</t>
+        </is>
+      </c>
+      <c r="I230" t="n">
+        <v>13.53</v>
+      </c>
+      <c r="J230" t="n">
+        <v>0.3</v>
       </c>
       <c r="K230" t="inlineStr">
         <is>
-          <t>2/15 | 30</t>
-[...18 lines deleted...]
-        <v>0.36</v>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="L230" t="inlineStr">
+        <is>
+          <t>6.449</t>
+        </is>
+      </c>
+      <c r="M230" t="inlineStr">
+        <is>
+          <t>0.364</t>
+        </is>
+      </c>
+      <c r="N230" t="inlineStr">
+        <is>
+          <t>2026-06-05</t>
+        </is>
+      </c>
+      <c r="O230" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="P230" t="inlineStr">
+        <is>
+          <t>16.185</t>
+        </is>
+      </c>
+      <c r="Q230" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R230" t="n">
-        <v>34.41</v>
+        <v>81.8948</v>
       </c>
       <c r="S230" t="n">
-        <v>32.34</v>
+        <v>0.7413999999999999</v>
       </c>
       <c r="T230" t="n">
-        <v>24.87</v>
-[...3 lines deleted...]
-      <c r="W230" t="inlineStr"/>
+        <v>0.4968</v>
+      </c>
+      <c r="U230" t="n">
+        <v>1.32</v>
+      </c>
+      <c r="V230" t="n">
+        <v>1.36</v>
+      </c>
+      <c r="W230" t="n">
+        <v>26.05</v>
+      </c>
+      <c r="X230" t="n">
+        <v>17.97</v>
+      </c>
+      <c r="Y230" t="n">
+        <v>15.82</v>
+      </c>
+      <c r="Z230" t="inlineStr"/>
+      <c r="AA230" t="inlineStr"/>
+      <c r="AB230" t="inlineStr"/>
     </row>
     <row r="231">
       <c r="A231" t="inlineStr">
         <is>
-          <t>111010</t>
+          <t>123059</t>
         </is>
       </c>
       <c r="B231" t="inlineStr">
         <is>
-          <t>立昂转债</t>
+          <t>银信转债</t>
         </is>
       </c>
       <c r="C231" t="inlineStr">
         <is>
-          <t>605358</t>
+          <t>149.800</t>
         </is>
       </c>
       <c r="D231" t="inlineStr">
         <is>
-          <t>立昂微</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.560</t>
+        </is>
+      </c>
+      <c r="E231" t="n">
+        <v>21.95</v>
+      </c>
+      <c r="F231" t="n">
+        <v>122.8415</v>
       </c>
       <c r="G231" t="inlineStr">
         <is>
-          <t>2.945</t>
+          <t>300231</t>
         </is>
       </c>
       <c r="H231" t="inlineStr">
         <is>
-          <t>2028-11-14</t>
-[...10 lines deleted...]
-        </is>
+          <t>银信科技</t>
+        </is>
+      </c>
+      <c r="I231" t="n">
+        <v>11.24</v>
+      </c>
+      <c r="J231" t="n">
+        <v>0.9</v>
       </c>
       <c r="K231" t="inlineStr">
         <is>
-          <t>0/15 | 30</t>
-[...18 lines deleted...]
-        <v>6.88</v>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="L231" t="inlineStr">
+        <is>
+          <t>1.569</t>
+        </is>
+      </c>
+      <c r="M231" t="inlineStr">
+        <is>
+          <t>0.474</t>
+        </is>
+      </c>
+      <c r="N231" t="inlineStr">
+        <is>
+          <t>2026-07-15</t>
+        </is>
+      </c>
+      <c r="O231" t="inlineStr">
+        <is>
+          <t>118.00</t>
+        </is>
+      </c>
+      <c r="P231" t="inlineStr">
+        <is>
+          <t>11.895</t>
+        </is>
+      </c>
+      <c r="Q231" t="inlineStr">
+        <is>
+          <t>0/15 | 30 2025-10-20 重新计</t>
+        </is>
       </c>
       <c r="R231" t="n">
-        <v>20.28</v>
+        <v>24.4013</v>
       </c>
       <c r="S231" t="n">
-        <v>21.12</v>
+        <v>3.5157</v>
       </c>
       <c r="T231" t="n">
-        <v>23.46</v>
-[...3 lines deleted...]
-      <c r="W231" t="inlineStr"/>
+        <v>3.1814</v>
+      </c>
+      <c r="U231" t="n">
+        <v>-1.18</v>
+      </c>
+      <c r="V231" t="n">
+        <v>1.06</v>
+      </c>
+      <c r="W231" t="n">
+        <v>22.07</v>
+      </c>
+      <c r="X231" t="n">
+        <v>18.57</v>
+      </c>
+      <c r="Y231" t="n">
+        <v>35.95</v>
+      </c>
+      <c r="Z231" t="inlineStr"/>
+      <c r="AA231" t="inlineStr"/>
+      <c r="AB231" t="inlineStr"/>
     </row>
     <row r="232">
       <c r="A232" t="inlineStr">
         <is>
-          <t>111016</t>
+          <t>127076</t>
         </is>
       </c>
       <c r="B232" t="inlineStr">
         <is>
-          <t>神通转债</t>
+          <t>中宠转2</t>
         </is>
       </c>
       <c r="C232" t="inlineStr">
         <is>
-          <t>605228</t>
+          <t>235.502</t>
         </is>
       </c>
       <c r="D232" t="inlineStr">
         <is>
-          <t>神通科技</t>
-[...2 lines deleted...]
-      <c r="E232" t="inlineStr">
+          <t>0.556</t>
+        </is>
+      </c>
+      <c r="E232" t="n">
+        <v>30.59</v>
+      </c>
+      <c r="F232" t="n">
+        <v>180.335</v>
+      </c>
+      <c r="G232" t="inlineStr">
+        <is>
+          <t>002891</t>
+        </is>
+      </c>
+      <c r="H232" t="inlineStr">
+        <is>
+          <t>中宠股份</t>
+        </is>
+      </c>
+      <c r="I232" t="n">
+        <v>49.52</v>
+      </c>
+      <c r="J232" t="n">
+        <v>-1.55</v>
+      </c>
+      <c r="K232" t="inlineStr">
         <is>
           <t>AA-</t>
         </is>
       </c>
-      <c r="F232" t="inlineStr">
-[...45 lines deleted...]
-        <v>0.45</v>
+      <c r="L232" t="inlineStr">
+        <is>
+          <t>4.838</t>
+        </is>
+      </c>
+      <c r="M232" t="inlineStr">
+        <is>
+          <t>2.756</t>
+        </is>
+      </c>
+      <c r="N232" t="inlineStr">
+        <is>
+          <t>2028-10-25</t>
+        </is>
+      </c>
+      <c r="O232" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="P232" t="inlineStr">
+        <is>
+          <t>35.698</t>
+        </is>
+      </c>
+      <c r="Q232" t="inlineStr">
+        <is>
+          <t>!</t>
+        </is>
       </c>
       <c r="R232" t="n">
-        <v>38.21</v>
+        <v>42.0474</v>
       </c>
       <c r="S232" t="n">
-        <v>37.17</v>
+        <v>1.6973</v>
       </c>
       <c r="T232" t="n">
-        <v>30</v>
-[...3 lines deleted...]
-      <c r="W232" t="inlineStr"/>
+        <v>1.2748</v>
+      </c>
+      <c r="U232" t="n">
+        <v>3.94</v>
+      </c>
+      <c r="V232" t="n">
+        <v>2.33</v>
+      </c>
+      <c r="W232" t="n">
+        <v>28.6</v>
+      </c>
+      <c r="X232" t="n">
+        <v>34.59</v>
+      </c>
+      <c r="Y232" t="n">
+        <v>35.83</v>
+      </c>
+      <c r="Z232" t="inlineStr"/>
+      <c r="AA232" t="inlineStr"/>
+      <c r="AB232" t="inlineStr"/>
     </row>
     <row r="233">
       <c r="A233" t="inlineStr">
         <is>
-          <t>127103</t>
+          <t>110085</t>
         </is>
       </c>
       <c r="B233" t="inlineStr">
         <is>
-          <t>东南转债</t>
+          <t>通22转债</t>
         </is>
       </c>
       <c r="C233" t="inlineStr">
         <is>
-          <t>002135</t>
+          <t>124.373</t>
         </is>
       </c>
       <c r="D233" t="inlineStr">
         <is>
-          <t>东南网架</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.556</t>
+        </is>
+      </c>
+      <c r="E233" t="n">
+        <v>112.19</v>
+      </c>
+      <c r="F233" t="n">
+        <v>58.6127</v>
       </c>
       <c r="G233" t="inlineStr">
         <is>
-          <t>4.082</t>
+          <t>600438</t>
         </is>
       </c>
       <c r="H233" t="inlineStr">
         <is>
-          <t>2030-01-03</t>
-[...10 lines deleted...]
-        </is>
+          <t>通威股份</t>
+        </is>
+      </c>
+      <c r="I233" t="n">
+        <v>20.28</v>
+      </c>
+      <c r="J233" t="n">
+        <v>7.76</v>
       </c>
       <c r="K233" t="inlineStr">
         <is>
+          <t>AAA</t>
+        </is>
+      </c>
+      <c r="L233" t="inlineStr">
+        <is>
+          <t>119.831</t>
+        </is>
+      </c>
+      <c r="M233" t="inlineStr">
+        <is>
+          <t>2.088</t>
+        </is>
+      </c>
+      <c r="N233" t="inlineStr">
+        <is>
+          <t>2028-02-24</t>
+        </is>
+      </c>
+      <c r="O233" t="inlineStr">
+        <is>
+          <t>109.00</t>
+        </is>
+      </c>
+      <c r="P233" t="inlineStr">
+        <is>
+          <t>44.980</t>
+        </is>
+      </c>
+      <c r="Q233" t="inlineStr">
+        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L233" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R233" t="n">
-        <v>9.17</v>
+        <v>71.9541</v>
       </c>
       <c r="S233" t="n">
-        <v>13.22</v>
+        <v>1.2379</v>
       </c>
       <c r="T233" t="n">
-        <v>21.37</v>
-[...3 lines deleted...]
-      <c r="W233" t="inlineStr"/>
+        <v>0.987</v>
+      </c>
+      <c r="U233" t="n">
+        <v>-70.39</v>
+      </c>
+      <c r="V233" t="n">
+        <v>135.74</v>
+      </c>
+      <c r="W233" t="n">
+        <v>12.16</v>
+      </c>
+      <c r="X233" t="n">
+        <v>14.68</v>
+      </c>
+      <c r="Y233" t="n">
+        <v>14.91</v>
+      </c>
+      <c r="Z233" t="inlineStr"/>
+      <c r="AA233" t="inlineStr"/>
+      <c r="AB233" t="inlineStr"/>
     </row>
     <row r="234">
       <c r="A234" t="inlineStr">
         <is>
-          <t>118005</t>
+          <t>113610</t>
         </is>
       </c>
       <c r="B234" t="inlineStr">
         <is>
-          <t>天奈转债</t>
+          <t>灵康转债</t>
         </is>
       </c>
       <c r="C234" t="inlineStr">
         <is>
-          <t>688116</t>
+          <t>132.262</t>
         </is>
       </c>
       <c r="D234" t="inlineStr">
         <is>
-          <t>天奈科技</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.558</t>
+        </is>
+      </c>
+      <c r="E234" t="n">
+        <v>76.17</v>
+      </c>
+      <c r="F234" t="n">
+        <v>75.07689999999999</v>
       </c>
       <c r="G234" t="inlineStr">
         <is>
-          <t>2.145</t>
+          <t>603669</t>
         </is>
       </c>
       <c r="H234" t="inlineStr">
         <is>
-          <t>2028-01-27</t>
-[...10 lines deleted...]
-        </is>
+          <t>灵康药业</t>
+        </is>
+      </c>
+      <c r="I234" t="n">
+        <v>4.88</v>
+      </c>
+      <c r="J234" t="n">
+        <v>1.24</v>
       </c>
       <c r="K234" t="inlineStr">
         <is>
+          <t>A-</t>
+        </is>
+      </c>
+      <c r="L234" t="inlineStr">
+        <is>
+          <t>2.530</t>
+        </is>
+      </c>
+      <c r="M234" t="inlineStr">
+        <is>
+          <t>0.855</t>
+        </is>
+      </c>
+      <c r="N234" t="inlineStr">
+        <is>
+          <t>2026-12-01</t>
+        </is>
+      </c>
+      <c r="O234" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="P234" t="inlineStr">
+        <is>
+          <t>8.450</t>
+        </is>
+      </c>
+      <c r="Q234" t="inlineStr">
+        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L234" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R234" t="n">
-        <v>15.58</v>
+        <v>38.7874</v>
       </c>
       <c r="S234" t="n">
-        <v>14.25</v>
+        <v>3.1097</v>
       </c>
       <c r="T234" t="n">
-        <v>14.22</v>
+        <v>2.8009</v>
       </c>
       <c r="U234" t="n">
-        <v>67.87</v>
+        <v>-1.31</v>
       </c>
       <c r="V234" t="n">
-        <v>53.94</v>
+        <v>-1.51</v>
       </c>
       <c r="W234" t="n">
-        <v>59.06</v>
-      </c>
+        <v>12.04</v>
+      </c>
+      <c r="X234" t="n">
+        <v>12.07</v>
+      </c>
+      <c r="Y234" t="n">
+        <v>17.76</v>
+      </c>
+      <c r="Z234" t="inlineStr"/>
+      <c r="AA234" t="inlineStr"/>
+      <c r="AB234" t="inlineStr"/>
     </row>
     <row r="235">
       <c r="A235" t="inlineStr">
         <is>
-          <t>127075</t>
+          <t>123072</t>
         </is>
       </c>
       <c r="B235" t="inlineStr">
         <is>
-          <t>百川转2</t>
+          <t>乐歌转债</t>
         </is>
       </c>
       <c r="C235" t="inlineStr">
         <is>
-          <t>002455</t>
+          <t>129.758</t>
         </is>
       </c>
       <c r="D235" t="inlineStr">
         <is>
-          <t>百川股份</t>
-[...2 lines deleted...]
-      <c r="E235" t="inlineStr">
+          <t>0.551</t>
+        </is>
+      </c>
+      <c r="E235" t="n">
+        <v>191.09</v>
+      </c>
+      <c r="F235" t="n">
+        <v>44.5761</v>
+      </c>
+      <c r="G235" t="inlineStr">
+        <is>
+          <t>300729</t>
+        </is>
+      </c>
+      <c r="H235" t="inlineStr">
+        <is>
+          <t>乐歌股份</t>
+        </is>
+      </c>
+      <c r="I235" t="n">
+        <v>14.67</v>
+      </c>
+      <c r="J235" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="K235" t="inlineStr">
         <is>
           <t>A+</t>
         </is>
       </c>
-      <c r="F235" t="inlineStr">
-[...45 lines deleted...]
-        <v>1.36</v>
+      <c r="L235" t="inlineStr">
+        <is>
+          <t>1.418</t>
+        </is>
+      </c>
+      <c r="M235" t="inlineStr">
+        <is>
+          <t>0.743</t>
+        </is>
+      </c>
+      <c r="N235" t="inlineStr">
+        <is>
+          <t>2026-10-21</t>
+        </is>
+      </c>
+      <c r="O235" t="inlineStr">
+        <is>
+          <t>120.00</t>
+        </is>
+      </c>
+      <c r="P235" t="inlineStr">
+        <is>
+          <t>42.783</t>
+        </is>
+      </c>
+      <c r="Q235" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R235" t="n">
-        <v>14.68</v>
+        <v>63.8994</v>
       </c>
       <c r="S235" t="n">
-        <v>15.37</v>
+        <v>1.4317</v>
       </c>
       <c r="T235" t="n">
-        <v>23.97</v>
-[...3 lines deleted...]
-      <c r="W235" t="inlineStr"/>
+        <v>1.2036</v>
+      </c>
+      <c r="U235" t="n">
+        <v>3.36</v>
+      </c>
+      <c r="V235" t="n">
+        <v>6.34</v>
+      </c>
+      <c r="W235" t="n">
+        <v>7.22</v>
+      </c>
+      <c r="X235" t="n">
+        <v>7.09</v>
+      </c>
+      <c r="Y235" t="n">
+        <v>10.93</v>
+      </c>
+      <c r="Z235" t="inlineStr"/>
+      <c r="AA235" t="inlineStr"/>
+      <c r="AB235" t="inlineStr"/>
     </row>
     <row r="236">
       <c r="A236" t="inlineStr">
         <is>
-          <t>127044</t>
+          <t>127094</t>
         </is>
       </c>
       <c r="B236" t="inlineStr">
         <is>
-          <t>蒙娜转债</t>
+          <t>红墙转债</t>
         </is>
       </c>
       <c r="C236" t="inlineStr">
         <is>
-          <t>002918</t>
+          <t>150.800</t>
         </is>
       </c>
       <c r="D236" t="inlineStr">
         <is>
-          <t>蒙娜丽莎</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.540</t>
+        </is>
+      </c>
+      <c r="E236" t="n">
+        <v>18.82</v>
+      </c>
+      <c r="F236" t="n">
+        <v>126.9157</v>
       </c>
       <c r="G236" t="inlineStr">
         <is>
-          <t>1.696</t>
+          <t>002809</t>
         </is>
       </c>
       <c r="H236" t="inlineStr">
         <is>
-          <t>2027-08-16</t>
-[...10 lines deleted...]
-        </is>
+          <t>红墙股份</t>
+        </is>
+      </c>
+      <c r="I236" t="n">
+        <v>13.25</v>
+      </c>
+      <c r="J236" t="n">
+        <v>1.3</v>
       </c>
       <c r="K236" t="inlineStr">
         <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="L236" t="inlineStr">
+        <is>
+          <t>3.010</t>
+        </is>
+      </c>
+      <c r="M236" t="inlineStr">
+        <is>
+          <t>3.737</t>
+        </is>
+      </c>
+      <c r="N236" t="inlineStr">
+        <is>
+          <t>2029-10-18</t>
+        </is>
+      </c>
+      <c r="O236" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="P236" t="inlineStr">
+        <is>
+          <t>13.572</t>
+        </is>
+      </c>
+      <c r="Q236" t="inlineStr">
+        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L236" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R236" t="n">
-        <v>11.93</v>
+        <v>38.7242</v>
       </c>
       <c r="S236" t="n">
-        <v>13.66</v>
+        <v>4.7866</v>
       </c>
       <c r="T236" t="n">
-        <v>17.44</v>
-[...3 lines deleted...]
-      <c r="W236" t="inlineStr"/>
+        <v>4.5326</v>
+      </c>
+      <c r="U236" t="n">
+        <v>0.49</v>
+      </c>
+      <c r="V236" t="n">
+        <v>0.86</v>
+      </c>
+      <c r="W236" t="n">
+        <v>31.19</v>
+      </c>
+      <c r="X236" t="n">
+        <v>23.09</v>
+      </c>
+      <c r="Y236" t="n">
+        <v>29.81</v>
+      </c>
+      <c r="Z236" t="inlineStr"/>
+      <c r="AA236" t="inlineStr"/>
+      <c r="AB236" t="inlineStr"/>
     </row>
     <row r="237">
       <c r="A237" t="inlineStr">
         <is>
-          <t>110081</t>
+          <t>123171</t>
         </is>
       </c>
       <c r="B237" t="inlineStr">
         <is>
-          <t>闻泰转债</t>
+          <t>共同转债</t>
         </is>
       </c>
       <c r="C237" t="inlineStr">
         <is>
-          <t>600745</t>
+          <t>130.635</t>
         </is>
       </c>
       <c r="D237" t="inlineStr">
         <is>
-          <t>闻泰科技</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.538</t>
+        </is>
+      </c>
+      <c r="E237" t="n">
+        <v>64.17</v>
+      </c>
+      <c r="F237" t="n">
+        <v>79.5723</v>
       </c>
       <c r="G237" t="inlineStr">
         <is>
-          <t>1.644</t>
+          <t>300966</t>
         </is>
       </c>
       <c r="H237" t="inlineStr">
         <is>
-          <t>2027-07-28</t>
-[...10 lines deleted...]
-        </is>
+          <t>共同药业</t>
+        </is>
+      </c>
+      <c r="I237" t="n">
+        <v>21.58</v>
+      </c>
+      <c r="J237" t="n">
+        <v>1.17</v>
       </c>
       <c r="K237" t="inlineStr">
         <is>
+          <t>A</t>
+        </is>
+      </c>
+      <c r="L237" t="inlineStr">
+        <is>
+          <t>3.799</t>
+        </is>
+      </c>
+      <c r="M237" t="inlineStr">
+        <is>
+          <t>2.849</t>
+        </is>
+      </c>
+      <c r="N237" t="inlineStr">
+        <is>
+          <t>2028-11-28</t>
+        </is>
+      </c>
+      <c r="O237" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="P237" t="inlineStr">
+        <is>
+          <t>35.256</t>
+        </is>
+      </c>
+      <c r="Q237" t="inlineStr">
+        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L237" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R237" t="n">
-        <v>54.9</v>
+        <v>66.4688</v>
       </c>
       <c r="S237" t="n">
-        <v>33.25</v>
+        <v>1.0221</v>
       </c>
       <c r="T237" t="n">
-        <v>24.12</v>
-[...3 lines deleted...]
-      <c r="W237" t="inlineStr"/>
+        <v>0.4189</v>
+      </c>
+      <c r="U237" t="n">
+        <v>-0.28</v>
+      </c>
+      <c r="V237" t="n">
+        <v>0.23</v>
+      </c>
+      <c r="W237" t="n">
+        <v>7.37</v>
+      </c>
+      <c r="X237" t="n">
+        <v>8.31</v>
+      </c>
+      <c r="Y237" t="n">
+        <v>17.94</v>
+      </c>
+      <c r="Z237" t="inlineStr"/>
+      <c r="AA237" t="inlineStr"/>
+      <c r="AB237" t="inlineStr"/>
     </row>
     <row r="238">
       <c r="A238" t="inlineStr">
         <is>
-          <t>110098</t>
+          <t>127102</t>
         </is>
       </c>
       <c r="B238" t="inlineStr">
         <is>
-          <t>南药转债</t>
+          <t>浙建转债</t>
         </is>
       </c>
       <c r="C238" t="inlineStr">
         <is>
-          <t>600713</t>
+          <t>127.270</t>
         </is>
       </c>
       <c r="D238" t="inlineStr">
         <is>
-          <t>南京医药</t>
-[...2 lines deleted...]
-      <c r="E238" t="inlineStr">
+          <t>0.537</t>
+        </is>
+      </c>
+      <c r="E238" t="n">
+        <v>56.89</v>
+      </c>
+      <c r="F238" t="n">
+        <v>81.1182</v>
+      </c>
+      <c r="G238" t="inlineStr">
+        <is>
+          <t>002761</t>
+        </is>
+      </c>
+      <c r="H238" t="inlineStr">
+        <is>
+          <t>浙江建投</t>
+        </is>
+      </c>
+      <c r="I238" t="n">
+        <v>8.85</v>
+      </c>
+      <c r="J238" t="n">
+        <v>0.34</v>
+      </c>
+      <c r="K238" t="inlineStr">
         <is>
           <t>AA+</t>
         </is>
       </c>
-      <c r="F238" t="inlineStr">
-[...14 lines deleted...]
-      <c r="I238" t="inlineStr">
+      <c r="L238" t="inlineStr">
+        <is>
+          <t>9.951</t>
+        </is>
+      </c>
+      <c r="M238" t="inlineStr">
+        <is>
+          <t>3.923</t>
+        </is>
+      </c>
+      <c r="N238" t="inlineStr">
+        <is>
+          <t>2029-12-25</t>
+        </is>
+      </c>
+      <c r="O238" t="inlineStr">
         <is>
           <t>108.00</t>
         </is>
       </c>
-      <c r="J238" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K238" t="inlineStr">
+      <c r="P238" t="inlineStr">
+        <is>
+          <t>14.183</t>
+        </is>
+      </c>
+      <c r="Q238" t="inlineStr">
         <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L238" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R238" t="n">
-        <v>6.53</v>
+        <v>91.9074</v>
       </c>
       <c r="S238" t="n">
-        <v>10.8</v>
-[...4 lines deleted...]
-      <c r="W238" t="inlineStr"/>
+        <v>0.9208</v>
+      </c>
+      <c r="T238" t="n">
+        <v>0.9041</v>
+      </c>
+      <c r="U238" t="n">
+        <v>1.94</v>
+      </c>
+      <c r="V238" t="n">
+        <v>3.92</v>
+      </c>
+      <c r="W238" t="n">
+        <v>7.72</v>
+      </c>
+      <c r="X238" t="n">
+        <v>8.630000000000001</v>
+      </c>
+      <c r="Y238" t="n">
+        <v>18.24</v>
+      </c>
+      <c r="Z238" t="inlineStr"/>
+      <c r="AA238" t="inlineStr"/>
+      <c r="AB238" t="inlineStr"/>
     </row>
     <row r="239">
       <c r="A239" t="inlineStr">
         <is>
-          <t>123196</t>
+          <t>123198</t>
         </is>
       </c>
       <c r="B239" t="inlineStr">
         <is>
-          <t>正元转02</t>
+          <t>金埔转债</t>
         </is>
       </c>
       <c r="C239" t="inlineStr">
         <is>
-          <t>300645</t>
+          <t>141.300</t>
         </is>
       </c>
       <c r="D239" t="inlineStr">
         <is>
-          <t>正元智慧</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.519</t>
+        </is>
+      </c>
+      <c r="E239" t="n">
+        <v>11.13</v>
+      </c>
+      <c r="F239" t="n">
+        <v>127.1523</v>
       </c>
       <c r="G239" t="inlineStr">
         <is>
-          <t>3.370</t>
+          <t>301098</t>
         </is>
       </c>
       <c r="H239" t="inlineStr">
         <is>
-          <t>2029-04-18</t>
-[...2 lines deleted...]
-      <c r="I239" t="inlineStr">
+          <t>金埔园林</t>
+        </is>
+      </c>
+      <c r="I239" t="n">
+        <v>9.6</v>
+      </c>
+      <c r="J239" t="n">
+        <v>1.16</v>
+      </c>
+      <c r="K239" t="inlineStr">
+        <is>
+          <t>A</t>
+        </is>
+      </c>
+      <c r="L239" t="inlineStr">
+        <is>
+          <t>3.259</t>
+        </is>
+      </c>
+      <c r="M239" t="inlineStr">
+        <is>
+          <t>3.375</t>
+        </is>
+      </c>
+      <c r="N239" t="inlineStr">
+        <is>
+          <t>2029-06-08</t>
+        </is>
+      </c>
+      <c r="O239" t="inlineStr">
         <is>
           <t>115.00</t>
         </is>
       </c>
-      <c r="J239" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K239" t="inlineStr">
+      <c r="P239" t="inlineStr">
+        <is>
+          <t>9.815</t>
+        </is>
+      </c>
+      <c r="Q239" t="inlineStr">
         <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L239" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R239" t="n">
-        <v>7.94</v>
+        <v>61.9488</v>
       </c>
       <c r="S239" t="n">
-        <v>20.62</v>
+        <v>1.7599</v>
       </c>
       <c r="T239" t="n">
-        <v>23.3</v>
-[...3 lines deleted...]
-      <c r="W239" t="inlineStr"/>
+        <v>1.681</v>
+      </c>
+      <c r="U239" t="n">
+        <v>0.23</v>
+      </c>
+      <c r="V239" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="W239" t="n">
+        <v>12.68</v>
+      </c>
+      <c r="X239" t="n">
+        <v>11.95</v>
+      </c>
+      <c r="Y239" t="n">
+        <v>24.35</v>
+      </c>
+      <c r="Z239" t="inlineStr"/>
+      <c r="AA239" t="inlineStr"/>
+      <c r="AB239" t="inlineStr"/>
     </row>
     <row r="240">
       <c r="A240" t="inlineStr">
         <is>
-          <t>128127</t>
+          <t>123151</t>
         </is>
       </c>
       <c r="B240" t="inlineStr">
         <is>
-          <t>文科转债</t>
+          <t>康医转债</t>
         </is>
       </c>
       <c r="C240" t="inlineStr">
         <is>
-          <t>002775</t>
+          <t>123.447</t>
         </is>
       </c>
       <c r="D240" t="inlineStr">
         <is>
-          <t>文科股份</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.515</t>
+        </is>
+      </c>
+      <c r="E240" t="n">
+        <v>112.43</v>
+      </c>
+      <c r="F240" t="n">
+        <v>58.1125</v>
       </c>
       <c r="G240" t="inlineStr">
         <is>
-          <t>0.707</t>
+          <t>300869</t>
         </is>
       </c>
       <c r="H240" t="inlineStr">
         <is>
-          <t>2026-08-20</t>
-[...2 lines deleted...]
-      <c r="I240" t="inlineStr">
+          <t>康泰医学</t>
+        </is>
+      </c>
+      <c r="I240" t="n">
+        <v>16.01</v>
+      </c>
+      <c r="J240" t="n">
+        <v>0.88</v>
+      </c>
+      <c r="K240" t="inlineStr">
+        <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="L240" t="inlineStr">
+        <is>
+          <t>6.998</t>
+        </is>
+      </c>
+      <c r="M240" t="inlineStr">
+        <is>
+          <t>2.438</t>
+        </is>
+      </c>
+      <c r="N240" t="inlineStr">
+        <is>
+          <t>2028-07-01</t>
+        </is>
+      </c>
+      <c r="O240" t="inlineStr">
         <is>
           <t>115.00</t>
         </is>
       </c>
-      <c r="J240" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K240" t="inlineStr">
+      <c r="P240" t="inlineStr">
+        <is>
+          <t>35.815</t>
+        </is>
+      </c>
+      <c r="Q240" t="inlineStr">
         <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L240" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R240" t="n">
-        <v>19.16</v>
+        <v>36.7181</v>
       </c>
       <c r="S240" t="n">
-        <v>21.48</v>
+        <v>8.6272</v>
       </c>
       <c r="T240" t="n">
-        <v>17.98</v>
+        <v>7.6547</v>
       </c>
       <c r="U240" t="n">
-        <v>45.66</v>
+        <v>-0.78</v>
       </c>
       <c r="V240" t="n">
-        <v>57.47</v>
+        <v>1.66</v>
       </c>
       <c r="W240" t="n">
-        <v>54.78</v>
-      </c>
+        <v>5.89</v>
+      </c>
+      <c r="X240" t="n">
+        <v>6.05</v>
+      </c>
+      <c r="Y240" t="n">
+        <v>9.81</v>
+      </c>
+      <c r="Z240" t="inlineStr"/>
+      <c r="AA240" t="inlineStr"/>
+      <c r="AB240" t="inlineStr"/>
     </row>
     <row r="241">
       <c r="A241" t="inlineStr">
         <is>
-          <t>127038</t>
+          <t>128125</t>
         </is>
       </c>
       <c r="B241" t="inlineStr">
         <is>
-          <t>国微转债</t>
+          <t>华阳转债</t>
         </is>
       </c>
       <c r="C241" t="inlineStr">
         <is>
-          <t>002049</t>
+          <t>135.656</t>
         </is>
       </c>
       <c r="D241" t="inlineStr">
         <is>
-          <t>紫光国微</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.508</t>
+        </is>
+      </c>
+      <c r="E241" t="n">
+        <v>20.28</v>
+      </c>
+      <c r="F241" t="n">
+        <v>112.7867</v>
       </c>
       <c r="G241" t="inlineStr">
         <is>
-          <t>1.512</t>
+          <t>002949</t>
         </is>
       </c>
       <c r="H241" t="inlineStr">
         <is>
-          <t>2027-06-10</t>
-[...10 lines deleted...]
-        </is>
+          <t>华阳国际</t>
+        </is>
+      </c>
+      <c r="I241" t="n">
+        <v>16.23</v>
+      </c>
+      <c r="J241" t="n">
+        <v>-1.04</v>
       </c>
       <c r="K241" t="inlineStr">
         <is>
-          <t>0/15 | 30 2023-01-28 重新计</t>
-[...18 lines deleted...]
-        <v>26.32</v>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="L241" t="inlineStr">
+        <is>
+          <t>4.497</t>
+        </is>
+      </c>
+      <c r="M241" t="inlineStr">
+        <is>
+          <t>0.515</t>
+        </is>
+      </c>
+      <c r="N241" t="inlineStr">
+        <is>
+          <t>2026-07-30</t>
+        </is>
+      </c>
+      <c r="O241" t="inlineStr">
+        <is>
+          <t>113.00</t>
+        </is>
+      </c>
+      <c r="P241" t="inlineStr">
+        <is>
+          <t>18.707</t>
+        </is>
+      </c>
+      <c r="Q241" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R241" t="n">
-        <v>19.89</v>
+        <v>45.2519</v>
       </c>
       <c r="S241" t="n">
-        <v>17.38</v>
+        <v>1.8703</v>
       </c>
       <c r="T241" t="n">
-        <v>16.22</v>
-[...3 lines deleted...]
-      <c r="W241" t="inlineStr"/>
+        <v>1.8703</v>
+      </c>
+      <c r="U241" t="n">
+        <v>1.25</v>
+      </c>
+      <c r="V241" t="n">
+        <v>1.61</v>
+      </c>
+      <c r="W241" t="n">
+        <v>18.35</v>
+      </c>
+      <c r="X241" t="n">
+        <v>15.01</v>
+      </c>
+      <c r="Y241" t="n">
+        <v>14.22</v>
+      </c>
+      <c r="Z241" t="inlineStr"/>
+      <c r="AA241" t="inlineStr"/>
+      <c r="AB241" t="inlineStr"/>
     </row>
     <row r="242">
       <c r="A242" t="inlineStr">
         <is>
-          <t>123113</t>
+          <t>123176</t>
         </is>
       </c>
       <c r="B242" t="inlineStr">
         <is>
-          <t>仙乐转债</t>
+          <t>精测转2</t>
         </is>
       </c>
       <c r="C242" t="inlineStr">
         <is>
-          <t>300791</t>
+          <t>281.000</t>
         </is>
       </c>
       <c r="D242" t="inlineStr">
         <is>
-          <t>仙乐健康</t>
-[...2 lines deleted...]
-      <c r="E242" t="inlineStr">
+          <t>0.509</t>
+        </is>
+      </c>
+      <c r="E242" t="n">
+        <v>25.01</v>
+      </c>
+      <c r="F242" t="n">
+        <v>224.7875</v>
+      </c>
+      <c r="G242" t="inlineStr">
+        <is>
+          <t>300567</t>
+        </is>
+      </c>
+      <c r="H242" t="inlineStr">
+        <is>
+          <t>精测电子</t>
+        </is>
+      </c>
+      <c r="I242" t="n">
+        <v>145.46</v>
+      </c>
+      <c r="J242" t="n">
+        <v>-0.95</v>
+      </c>
+      <c r="K242" t="inlineStr">
         <is>
           <t>AA-</t>
         </is>
       </c>
-      <c r="F242" t="inlineStr">
-[...45 lines deleted...]
-        <v>2.12</v>
+      <c r="L242" t="inlineStr">
+        <is>
+          <t>12.754</t>
+        </is>
+      </c>
+      <c r="M242" t="inlineStr">
+        <is>
+          <t>3.107</t>
+        </is>
+      </c>
+      <c r="N242" t="inlineStr">
+        <is>
+          <t>2029-03-02</t>
+        </is>
+      </c>
+      <c r="O242" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="P242" t="inlineStr">
+        <is>
+          <t>84.123</t>
+        </is>
+      </c>
+      <c r="Q242" t="inlineStr">
+        <is>
+          <t>!</t>
+        </is>
       </c>
       <c r="R242" t="n">
-        <v>8.720000000000001</v>
+        <v>55.3802</v>
       </c>
       <c r="S242" t="n">
-        <v>10.84</v>
+        <v>1.724</v>
       </c>
       <c r="T242" t="n">
-        <v>10.71</v>
-[...3 lines deleted...]
-      <c r="W242" t="inlineStr"/>
+        <v>1.0519</v>
+      </c>
+      <c r="U242" t="n">
+        <v>-0.98</v>
+      </c>
+      <c r="V242" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="W242" t="n">
+        <v>44.27</v>
+      </c>
+      <c r="X242" t="n">
+        <v>36.65</v>
+      </c>
+      <c r="Y242" t="n">
+        <v>28.96</v>
+      </c>
+      <c r="Z242" t="inlineStr"/>
+      <c r="AA242" t="inlineStr"/>
+      <c r="AB242" t="inlineStr"/>
     </row>
     <row r="243">
       <c r="A243" t="inlineStr">
         <is>
-          <t>123235</t>
+          <t>123193</t>
         </is>
       </c>
       <c r="B243" t="inlineStr">
         <is>
-          <t>亿田转债</t>
+          <t>海能转债</t>
         </is>
       </c>
       <c r="C243" t="inlineStr">
         <is>
-          <t>300911</t>
+          <t>134.743</t>
         </is>
       </c>
       <c r="D243" t="inlineStr">
         <is>
-          <t>亿田智能</t>
-[...2 lines deleted...]
-      <c r="E243" t="inlineStr">
+          <t>0.501</t>
+        </is>
+      </c>
+      <c r="E243" t="n">
+        <v>54.74</v>
+      </c>
+      <c r="F243" t="n">
+        <v>87.0748</v>
+      </c>
+      <c r="G243" t="inlineStr">
+        <is>
+          <t>300787</t>
+        </is>
+      </c>
+      <c r="H243" t="inlineStr">
+        <is>
+          <t>海能实业</t>
+        </is>
+      </c>
+      <c r="I243" t="n">
+        <v>12.8</v>
+      </c>
+      <c r="J243" t="n">
+        <v>-0.31</v>
+      </c>
+      <c r="K243" t="inlineStr">
         <is>
           <t>AA-</t>
         </is>
       </c>
-      <c r="F243" t="inlineStr">
-[...14 lines deleted...]
-      <c r="I243" t="inlineStr">
+      <c r="L243" t="inlineStr">
+        <is>
+          <t>5.997</t>
+        </is>
+      </c>
+      <c r="M243" t="inlineStr">
+        <is>
+          <t>3.222</t>
+        </is>
+      </c>
+      <c r="N243" t="inlineStr">
+        <is>
+          <t>2029-04-13</t>
+        </is>
+      </c>
+      <c r="O243" t="inlineStr">
         <is>
           <t>115.00</t>
         </is>
       </c>
-      <c r="J243" t="inlineStr">
-[...25 lines deleted...]
-        <v>2.1</v>
+      <c r="P243" t="inlineStr">
+        <is>
+          <t>19.110</t>
+        </is>
+      </c>
+      <c r="Q243" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R243" t="n">
-        <v>58.03</v>
+        <v>60.3733</v>
       </c>
       <c r="S243" t="n">
-        <v>56.18</v>
+        <v>1.2061</v>
       </c>
       <c r="T243" t="n">
-        <v>48.95</v>
-[...3 lines deleted...]
-      <c r="W243" t="inlineStr"/>
+        <v>0.8333</v>
+      </c>
+      <c r="U243" t="n">
+        <v>0.77</v>
+      </c>
+      <c r="V243" t="n">
+        <v>1.29</v>
+      </c>
+      <c r="W243" t="n">
+        <v>9.699999999999999</v>
+      </c>
+      <c r="X243" t="n">
+        <v>12.21</v>
+      </c>
+      <c r="Y243" t="n">
+        <v>17.72</v>
+      </c>
+      <c r="Z243" t="inlineStr"/>
+      <c r="AA243" t="inlineStr"/>
+      <c r="AB243" t="inlineStr"/>
     </row>
     <row r="244">
       <c r="A244" t="inlineStr">
         <is>
-          <t>128141</t>
+          <t>118051</t>
         </is>
       </c>
       <c r="B244" t="inlineStr">
         <is>
-          <t>旺能转债</t>
+          <t>皓元转债</t>
         </is>
       </c>
       <c r="C244" t="inlineStr">
         <is>
-          <t>002034</t>
+          <t>290.186</t>
         </is>
       </c>
       <c r="D244" t="inlineStr">
         <is>
-          <t>旺能环境</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.493</t>
+        </is>
+      </c>
+      <c r="E244" t="n">
+        <v>36.87</v>
+      </c>
+      <c r="F244" t="n">
+        <v>212.0089</v>
       </c>
       <c r="G244" t="inlineStr">
         <is>
-          <t>1.033</t>
+          <t>688131</t>
         </is>
       </c>
       <c r="H244" t="inlineStr">
         <is>
-          <t>2026-12-17</t>
-[...10 lines deleted...]
-        </is>
+          <t>皓元医药</t>
+        </is>
+      </c>
+      <c r="I244" t="n">
+        <v>85.8</v>
+      </c>
+      <c r="J244" t="n">
+        <v>-1.55</v>
       </c>
       <c r="K244" t="inlineStr">
         <is>
-          <t>0/15 | 30 2022-10-21 重新计</t>
-[...18 lines deleted...]
-        <v>7.28</v>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="L244" t="inlineStr">
+        <is>
+          <t>8.218</t>
+        </is>
+      </c>
+      <c r="M244" t="inlineStr">
+        <is>
+          <t>4.849</t>
+        </is>
+      </c>
+      <c r="N244" t="inlineStr">
+        <is>
+          <t>2030-11-28</t>
+        </is>
+      </c>
+      <c r="O244" t="inlineStr">
+        <is>
+          <t>113.00</t>
+        </is>
+      </c>
+      <c r="P244" t="inlineStr">
+        <is>
+          <t>52.611</t>
+        </is>
+      </c>
+      <c r="Q244" t="inlineStr">
+        <is>
+          <t>!</t>
+        </is>
       </c>
       <c r="R244" t="n">
-        <v>10.04</v>
+        <v>48.3794</v>
       </c>
       <c r="S244" t="n">
-        <v>13.52</v>
+        <v>2.3062</v>
       </c>
       <c r="T244" t="n">
-        <v>16.71</v>
-[...3 lines deleted...]
-      <c r="W244" t="inlineStr"/>
+        <v>1.4598</v>
+      </c>
+      <c r="U244" t="n">
+        <v>2.02</v>
+      </c>
+      <c r="V244" t="n">
+        <v>1.27</v>
+      </c>
+      <c r="W244" t="n">
+        <v>41.84</v>
+      </c>
+      <c r="X244" t="n">
+        <v>47.88</v>
+      </c>
+      <c r="Y244" t="inlineStr"/>
+      <c r="Z244" t="inlineStr"/>
+      <c r="AA244" t="inlineStr"/>
+      <c r="AB244" t="inlineStr"/>
     </row>
     <row r="245">
       <c r="A245" t="inlineStr">
         <is>
-          <t>123071</t>
+          <t>113658</t>
         </is>
       </c>
       <c r="B245" t="inlineStr">
         <is>
-          <t>天能转债</t>
+          <t>密卫转债</t>
         </is>
       </c>
       <c r="C245" t="inlineStr">
         <is>
-          <t>300569</t>
+          <t>146.233</t>
         </is>
       </c>
       <c r="D245" t="inlineStr">
         <is>
-          <t>天能重工</t>
-[...2 lines deleted...]
-      <c r="E245" t="inlineStr">
+          <t>0.471</t>
+        </is>
+      </c>
+      <c r="E245" t="n">
+        <v>26.62</v>
+      </c>
+      <c r="F245" t="n">
+        <v>115.4882</v>
+      </c>
+      <c r="G245" t="inlineStr">
+        <is>
+          <t>603713</t>
+        </is>
+      </c>
+      <c r="H245" t="inlineStr">
+        <is>
+          <t>密尔克卫</t>
+        </is>
+      </c>
+      <c r="I245" t="n">
+        <v>64.34999999999999</v>
+      </c>
+      <c r="J245" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="K245" t="inlineStr">
         <is>
           <t>AA-</t>
         </is>
       </c>
-      <c r="F245" t="inlineStr">
-[...45 lines deleted...]
-        <v>2.29</v>
+      <c r="L245" t="inlineStr">
+        <is>
+          <t>8.719</t>
+        </is>
+      </c>
+      <c r="M245" t="inlineStr">
+        <is>
+          <t>1.647</t>
+        </is>
+      </c>
+      <c r="N245" t="inlineStr">
+        <is>
+          <t>2027-09-16</t>
+        </is>
+      </c>
+      <c r="O245" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="P245" t="inlineStr">
+        <is>
+          <t>72.436</t>
+        </is>
+      </c>
+      <c r="Q245" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R245" t="n">
-        <v>14.04</v>
+        <v>73.6339</v>
       </c>
       <c r="S245" t="n">
-        <v>12.58</v>
+        <v>1.1374</v>
       </c>
       <c r="T245" t="n">
-        <v>11.02</v>
-[...3 lines deleted...]
-      <c r="W245" t="inlineStr"/>
+        <v>1.0728</v>
+      </c>
+      <c r="U245" t="n">
+        <v>5.65</v>
+      </c>
+      <c r="V245" t="n">
+        <v>4.31</v>
+      </c>
+      <c r="W245" t="n">
+        <v>12.73</v>
+      </c>
+      <c r="X245" t="n">
+        <v>14.57</v>
+      </c>
+      <c r="Y245" t="n">
+        <v>15.8</v>
+      </c>
+      <c r="Z245" t="inlineStr"/>
+      <c r="AA245" t="inlineStr"/>
+      <c r="AB245" t="inlineStr"/>
     </row>
     <row r="246">
       <c r="A246" t="inlineStr">
         <is>
-          <t>118000</t>
+          <t>113056</t>
         </is>
       </c>
       <c r="B246" t="inlineStr">
         <is>
-          <t>嘉元转债</t>
+          <t>重银转债</t>
         </is>
       </c>
       <c r="C246" t="inlineStr">
         <is>
-          <t>688388</t>
+          <t>129.400</t>
         </is>
       </c>
       <c r="D246" t="inlineStr">
         <is>
-          <t>嘉元科技</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.460</t>
+        </is>
+      </c>
+      <c r="E246" t="n">
+        <v>17.75</v>
+      </c>
+      <c r="F246" t="n">
+        <v>109.8947</v>
       </c>
       <c r="G246" t="inlineStr">
         <is>
-          <t>1.219</t>
+          <t>601963</t>
         </is>
       </c>
       <c r="H246" t="inlineStr">
         <is>
-          <t>2027-02-23</t>
-[...10 lines deleted...]
-        </is>
+          <t>重庆银行</t>
+        </is>
+      </c>
+      <c r="I246" t="n">
+        <v>10.44</v>
+      </c>
+      <c r="J246" t="n">
+        <v>1.75</v>
       </c>
       <c r="K246" t="inlineStr">
         <is>
-          <t>1/15 | 30 2022-07-19 重新计</t>
-[...18 lines deleted...]
-        <v>5.21</v>
+          <t>AAA</t>
+        </is>
+      </c>
+      <c r="L246" t="inlineStr">
+        <is>
+          <t>129.987</t>
+        </is>
+      </c>
+      <c r="M246" t="inlineStr">
+        <is>
+          <t>2.164</t>
+        </is>
+      </c>
+      <c r="N246" t="inlineStr">
+        <is>
+          <t>2028-03-23</t>
+        </is>
+      </c>
+      <c r="O246" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="P246" t="inlineStr">
+        <is>
+          <t>12.350</t>
+        </is>
+      </c>
+      <c r="Q246" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R246" t="n">
-        <v>27.84</v>
-[...9 lines deleted...]
-      <c r="W246" t="inlineStr"/>
+        <v>93.5466</v>
+      </c>
+      <c r="S246" t="inlineStr"/>
+      <c r="T246" t="inlineStr"/>
+      <c r="U246" t="n">
+        <v>51.17</v>
+      </c>
+      <c r="V246" t="n">
+        <v>49.3</v>
+      </c>
+      <c r="W246" t="n">
+        <v>4.21</v>
+      </c>
+      <c r="X246" t="n">
+        <v>6.77</v>
+      </c>
+      <c r="Y246" t="n">
+        <v>7.49</v>
+      </c>
+      <c r="Z246" t="inlineStr"/>
+      <c r="AA246" t="inlineStr"/>
+      <c r="AB246" t="inlineStr"/>
     </row>
     <row r="247">
       <c r="A247" t="inlineStr">
         <is>
-          <t>123059</t>
+          <t>127022</t>
         </is>
       </c>
       <c r="B247" t="inlineStr">
         <is>
-          <t>银信转债</t>
+          <t>恒逸转债</t>
         </is>
       </c>
       <c r="C247" t="inlineStr">
         <is>
-          <t>300231</t>
+          <t>138.144</t>
         </is>
       </c>
       <c r="D247" t="inlineStr">
         <is>
-          <t>银信科技</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.463</t>
+        </is>
+      </c>
+      <c r="E247" t="n">
+        <v>7.92</v>
+      </c>
+      <c r="F247" t="n">
+        <v>128.0087</v>
       </c>
       <c r="G247" t="inlineStr">
         <is>
-          <t>0.608</t>
+          <t>000703</t>
         </is>
       </c>
       <c r="H247" t="inlineStr">
         <is>
-          <t>2026-07-15</t>
-[...10 lines deleted...]
-        </is>
+          <t>恒逸石化</t>
+        </is>
+      </c>
+      <c r="I247" t="n">
+        <v>11.7</v>
+      </c>
+      <c r="J247" t="n">
+        <v>2.01</v>
       </c>
       <c r="K247" t="inlineStr">
         <is>
-          <t>0/15 | 30 2025-10-20 重新计</t>
-[...18 lines deleted...]
-        <v>1.74</v>
+          <t>AA+</t>
+        </is>
+      </c>
+      <c r="L247" t="inlineStr">
+        <is>
+          <t>19.997</t>
+        </is>
+      </c>
+      <c r="M247" t="inlineStr">
+        <is>
+          <t>0.729</t>
+        </is>
+      </c>
+      <c r="N247" t="inlineStr">
+        <is>
+          <t>2026-10-16</t>
+        </is>
+      </c>
+      <c r="O247" t="inlineStr">
+        <is>
+          <t>105.00</t>
+        </is>
+      </c>
+      <c r="P247" t="inlineStr">
+        <is>
+          <t>11.882</t>
+        </is>
+      </c>
+      <c r="Q247" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R247" t="n">
-        <v>13.26</v>
+        <v>72.6872</v>
       </c>
       <c r="S247" t="n">
-        <v>26.92</v>
+        <v>0.6179</v>
       </c>
       <c r="T247" t="n">
-        <v>35.59</v>
-[...3 lines deleted...]
-      <c r="W247" t="inlineStr"/>
+        <v>0.3743</v>
+      </c>
+      <c r="U247" t="n">
+        <v>2.34</v>
+      </c>
+      <c r="V247" t="n">
+        <v>4.35</v>
+      </c>
+      <c r="W247" t="n">
+        <v>18.85</v>
+      </c>
+      <c r="X247" t="n">
+        <v>18.26</v>
+      </c>
+      <c r="Y247" t="n">
+        <v>12.3</v>
+      </c>
+      <c r="Z247" t="inlineStr"/>
+      <c r="AA247" t="inlineStr"/>
+      <c r="AB247" t="inlineStr"/>
     </row>
     <row r="248">
       <c r="A248" t="inlineStr">
         <is>
-          <t>118033</t>
+          <t>128119</t>
         </is>
       </c>
       <c r="B248" t="inlineStr">
         <is>
-          <t>华特转债</t>
+          <t>龙大转债</t>
         </is>
       </c>
       <c r="C248" t="inlineStr">
         <is>
-          <t>688268</t>
+          <t>119.490</t>
         </is>
       </c>
       <c r="D248" t="inlineStr">
         <is>
-          <t>华特气体</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.454</t>
+        </is>
+      </c>
+      <c r="E248" t="n">
+        <v>160.25</v>
+      </c>
+      <c r="F248" t="n">
+        <v>45.914</v>
       </c>
       <c r="G248" t="inlineStr">
         <is>
-          <t>3.293</t>
+          <t>002726</t>
         </is>
       </c>
       <c r="H248" t="inlineStr">
         <is>
-          <t>2029-03-21</t>
-[...2 lines deleted...]
-      <c r="I248" t="inlineStr">
+          <t>龙大美食</t>
+        </is>
+      </c>
+      <c r="I248" t="n">
+        <v>4.27</v>
+      </c>
+      <c r="J248" t="n">
+        <v>0.23</v>
+      </c>
+      <c r="K248" t="inlineStr">
+        <is>
+          <t>A-</t>
+        </is>
+      </c>
+      <c r="L248" t="inlineStr">
+        <is>
+          <t>9.460</t>
+        </is>
+      </c>
+      <c r="M248" t="inlineStr">
+        <is>
+          <t>0.469</t>
+        </is>
+      </c>
+      <c r="N248" t="inlineStr">
+        <is>
+          <t>2026-07-13</t>
+        </is>
+      </c>
+      <c r="O248" t="inlineStr">
         <is>
           <t>115.00</t>
         </is>
       </c>
-      <c r="J248" t="inlineStr">
-[...25 lines deleted...]
-        <v>2.07</v>
+      <c r="P248" t="inlineStr">
+        <is>
+          <t>12.090</t>
+        </is>
+      </c>
+      <c r="Q248" t="inlineStr">
+        <is>
+          <t>0/15 | 30 2021-02-10 重新计</t>
+        </is>
       </c>
       <c r="R248" t="n">
-        <v>13.43</v>
+        <v>73.5784</v>
       </c>
       <c r="S248" t="n">
-        <v>12.74</v>
+        <v>0.7955</v>
       </c>
       <c r="T248" t="n">
-        <v>14.2</v>
-[...3 lines deleted...]
-      <c r="W248" t="inlineStr"/>
+        <v>0.4215</v>
+      </c>
+      <c r="U248" t="n">
+        <v>0.22</v>
+      </c>
+      <c r="V248" t="n">
+        <v>-15.38</v>
+      </c>
+      <c r="W248" t="n">
+        <v>14.17</v>
+      </c>
+      <c r="X248" t="n">
+        <v>10.65</v>
+      </c>
+      <c r="Y248" t="n">
+        <v>10.49</v>
+      </c>
+      <c r="Z248" t="inlineStr"/>
+      <c r="AA248" t="inlineStr"/>
+      <c r="AB248" t="inlineStr"/>
     </row>
     <row r="249">
       <c r="A249" t="inlineStr">
         <is>
-          <t>123142</t>
+          <t>127056</t>
         </is>
       </c>
       <c r="B249" t="inlineStr">
         <is>
-          <t>申昊转债</t>
+          <t>中特转债</t>
         </is>
       </c>
       <c r="C249" t="inlineStr">
         <is>
-          <t>300853</t>
+          <t>129.017</t>
         </is>
       </c>
       <c r="D249" t="inlineStr">
         <is>
-          <t>申昊科技</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.437</t>
+        </is>
+      </c>
+      <c r="E249" t="n">
+        <v>78.25</v>
+      </c>
+      <c r="F249" t="n">
+        <v>72.3797</v>
       </c>
       <c r="G249" t="inlineStr">
         <is>
-          <t>2.285</t>
+          <t>000708</t>
         </is>
       </c>
       <c r="H249" t="inlineStr">
         <is>
-          <t>2028-03-18</t>
-[...10 lines deleted...]
-        </is>
+          <t>中信特钢</t>
+        </is>
+      </c>
+      <c r="I249" t="n">
+        <v>16.09</v>
+      </c>
+      <c r="J249" t="n">
+        <v>-0.12</v>
       </c>
       <c r="K249" t="inlineStr">
         <is>
+          <t>AAA</t>
+        </is>
+      </c>
+      <c r="L249" t="inlineStr">
+        <is>
+          <t>49.996</t>
+        </is>
+      </c>
+      <c r="M249" t="inlineStr">
+        <is>
+          <t>2.090</t>
+        </is>
+      </c>
+      <c r="N249" t="inlineStr">
+        <is>
+          <t>2028-02-25</t>
+        </is>
+      </c>
+      <c r="O249" t="inlineStr">
+        <is>
+          <t>106.00</t>
+        </is>
+      </c>
+      <c r="P249" t="inlineStr">
+        <is>
+          <t>28.899</t>
+        </is>
+      </c>
+      <c r="Q249" t="inlineStr">
+        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L249" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R249" t="n">
-        <v>10.84</v>
+        <v>60.2772</v>
       </c>
       <c r="S249" t="n">
-        <v>12.38</v>
+        <v>1.155</v>
       </c>
       <c r="T249" t="n">
-        <v>23.46</v>
-[...3 lines deleted...]
-      <c r="W249" t="inlineStr"/>
+        <v>0.8097</v>
+      </c>
+      <c r="U249" t="n">
+        <v>51.26</v>
+      </c>
+      <c r="V249" t="n">
+        <v>57.21</v>
+      </c>
+      <c r="W249" t="n">
+        <v>8.06</v>
+      </c>
+      <c r="X249" t="n">
+        <v>11.13</v>
+      </c>
+      <c r="Y249" t="n">
+        <v>8.970000000000001</v>
+      </c>
+      <c r="Z249" t="inlineStr"/>
+      <c r="AA249" t="inlineStr"/>
+      <c r="AB249" t="inlineStr"/>
     </row>
     <row r="250">
       <c r="A250" t="inlineStr">
         <is>
-          <t>127030</t>
+          <t>111001</t>
         </is>
       </c>
       <c r="B250" t="inlineStr">
         <is>
-          <t>盛虹转债</t>
+          <t>山玻转债</t>
         </is>
       </c>
       <c r="C250" t="inlineStr">
         <is>
-          <t>000301</t>
+          <t>133.717</t>
         </is>
       </c>
       <c r="D250" t="inlineStr">
         <is>
-          <t>东方盛虹</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.405</t>
+        </is>
+      </c>
+      <c r="E250" t="n">
+        <v>88.52</v>
+      </c>
+      <c r="F250" t="n">
+        <v>70.9302</v>
       </c>
       <c r="G250" t="inlineStr">
         <is>
-          <t>1.293</t>
+          <t>605006</t>
         </is>
       </c>
       <c r="H250" t="inlineStr">
         <is>
-          <t>2027-03-22</t>
-[...10 lines deleted...]
-        </is>
+          <t>山东玻纤</t>
+        </is>
+      </c>
+      <c r="I250" t="n">
+        <v>7.93</v>
+      </c>
+      <c r="J250" t="n">
+        <v>-0.63</v>
       </c>
       <c r="K250" t="inlineStr">
         <is>
-          <t>0/15 | 30 2023-01-12 重新计</t>
-[...18 lines deleted...]
-        <v>6.11</v>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="L250" t="inlineStr">
+        <is>
+          <t>5.998</t>
+        </is>
+      </c>
+      <c r="M250" t="inlineStr">
+        <is>
+          <t>1.792</t>
+        </is>
+      </c>
+      <c r="N250" t="inlineStr">
+        <is>
+          <t>2027-11-08</t>
+        </is>
+      </c>
+      <c r="O250" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="P250" t="inlineStr">
+        <is>
+          <t>14.534</t>
+        </is>
+      </c>
+      <c r="Q250" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R250" t="n">
-        <v>12.41</v>
+        <v>65.8724</v>
       </c>
       <c r="S250" t="n">
-        <v>12.67</v>
+        <v>0.9622000000000001</v>
       </c>
       <c r="T250" t="n">
-        <v>11.99</v>
-[...3 lines deleted...]
-      <c r="W250" t="inlineStr"/>
+        <v>0.698</v>
+      </c>
+      <c r="U250" t="n">
+        <v>-0.99</v>
+      </c>
+      <c r="V250" t="n">
+        <v>1.05</v>
+      </c>
+      <c r="W250" t="n">
+        <v>7.16</v>
+      </c>
+      <c r="X250" t="n">
+        <v>8.710000000000001</v>
+      </c>
+      <c r="Y250" t="n">
+        <v>11.92</v>
+      </c>
+      <c r="Z250" t="inlineStr"/>
+      <c r="AA250" t="inlineStr"/>
+      <c r="AB250" t="inlineStr"/>
     </row>
     <row r="251">
       <c r="A251" t="inlineStr">
         <is>
-          <t>113681</t>
+          <t>113643</t>
         </is>
       </c>
       <c r="B251" t="inlineStr">
         <is>
-          <t>镇洋转债</t>
+          <t>风语转债</t>
         </is>
       </c>
       <c r="C251" t="inlineStr">
         <is>
-          <t>603213</t>
+          <t>133.849</t>
         </is>
       </c>
       <c r="D251" t="inlineStr">
         <is>
-          <t>镇洋发展</t>
-[...2 lines deleted...]
-      <c r="E251" t="inlineStr">
+          <t>0.413</t>
+        </is>
+      </c>
+      <c r="E251" t="n">
+        <v>63.27</v>
+      </c>
+      <c r="F251" t="n">
+        <v>81.97969999999999</v>
+      </c>
+      <c r="G251" t="inlineStr">
+        <is>
+          <t>603466</t>
+        </is>
+      </c>
+      <c r="H251" t="inlineStr">
+        <is>
+          <t>风语筑</t>
+        </is>
+      </c>
+      <c r="I251" t="n">
+        <v>9.69</v>
+      </c>
+      <c r="J251" t="n">
+        <v>1.47</v>
+      </c>
+      <c r="K251" t="inlineStr">
         <is>
           <t>AA-</t>
         </is>
       </c>
-      <c r="F251" t="inlineStr">
-[...14 lines deleted...]
-      <c r="I251" t="inlineStr">
+      <c r="L251" t="inlineStr">
+        <is>
+          <t>4.998</t>
+        </is>
+      </c>
+      <c r="M251" t="inlineStr">
+        <is>
+          <t>2.170</t>
+        </is>
+      </c>
+      <c r="N251" t="inlineStr">
+        <is>
+          <t>2028-03-25</t>
+        </is>
+      </c>
+      <c r="O251" t="inlineStr">
         <is>
           <t>115.00</t>
         </is>
       </c>
-      <c r="J251" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K251" t="inlineStr">
+      <c r="P251" t="inlineStr">
+        <is>
+          <t>15.366</t>
+        </is>
+      </c>
+      <c r="Q251" t="inlineStr">
         <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L251" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R251" t="n">
-        <v>8.369999999999999</v>
+        <v>53.5575</v>
       </c>
       <c r="S251" t="n">
-        <v>19.99</v>
+        <v>2.0553</v>
       </c>
       <c r="T251" t="n">
-        <v>15.53</v>
-[...3 lines deleted...]
-      <c r="W251" t="inlineStr"/>
+        <v>1.8062</v>
+      </c>
+      <c r="U251" t="n">
+        <v>-1.35</v>
+      </c>
+      <c r="V251" t="n">
+        <v>2.82</v>
+      </c>
+      <c r="W251" t="n">
+        <v>14.54</v>
+      </c>
+      <c r="X251" t="n">
+        <v>11.5</v>
+      </c>
+      <c r="Y251" t="n">
+        <v>16.43</v>
+      </c>
+      <c r="Z251" t="inlineStr"/>
+      <c r="AA251" t="inlineStr"/>
+      <c r="AB251" t="inlineStr"/>
     </row>
     <row r="252">
       <c r="A252" t="inlineStr">
         <is>
-          <t>123256</t>
+          <t>113632</t>
         </is>
       </c>
       <c r="B252" t="inlineStr">
         <is>
-          <t>恒帅转债</t>
+          <t>鹤21转债</t>
         </is>
       </c>
       <c r="C252" t="inlineStr">
         <is>
-          <t>300969</t>
+          <t>149.847</t>
         </is>
       </c>
       <c r="D252" t="inlineStr">
         <is>
-          <t>恒帅股份</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.412</t>
+        </is>
+      </c>
+      <c r="E252" t="n">
+        <v>18.52</v>
+      </c>
+      <c r="F252" t="n">
+        <v>126.435</v>
       </c>
       <c r="G252" t="inlineStr">
         <is>
-          <t>5.482</t>
+          <t>603733</t>
         </is>
       </c>
       <c r="H252" t="inlineStr">
         <is>
-          <t>2031-05-29</t>
-[...10 lines deleted...]
-        </is>
+          <t>仙鹤股份</t>
+        </is>
+      </c>
+      <c r="I252" t="n">
+        <v>24.01</v>
+      </c>
+      <c r="J252" t="n">
+        <v>-0.46</v>
       </c>
       <c r="K252" t="inlineStr">
         <is>
-          <t>1/15 | 30</t>
-[...18 lines deleted...]
-        <v>1.46</v>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="L252" t="inlineStr">
+        <is>
+          <t>20.167</t>
+        </is>
+      </c>
+      <c r="M252" t="inlineStr">
+        <is>
+          <t>1.816</t>
+        </is>
+      </c>
+      <c r="N252" t="inlineStr">
+        <is>
+          <t>2027-11-17</t>
+        </is>
+      </c>
+      <c r="O252" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="P252" t="inlineStr">
+        <is>
+          <t>24.687</t>
+        </is>
+      </c>
+      <c r="Q252" t="inlineStr">
+        <is>
+          <t>0/15 | 30 2025-12-03 重新计</t>
+        </is>
       </c>
       <c r="R252" t="n">
-        <v>76.42</v>
+        <v>66.45999999999999</v>
       </c>
       <c r="S252" t="n">
-        <v>61.53</v>
-[...4 lines deleted...]
-      <c r="W252" t="inlineStr"/>
+        <v>1.4901</v>
+      </c>
+      <c r="T252" t="n">
+        <v>0.8638</v>
+      </c>
+      <c r="U252" t="n">
+        <v>10.04</v>
+      </c>
+      <c r="V252" t="n">
+        <v>6.64</v>
+      </c>
+      <c r="W252" t="n">
+        <v>16.02</v>
+      </c>
+      <c r="X252" t="n">
+        <v>16.29</v>
+      </c>
+      <c r="Y252" t="n">
+        <v>16.05</v>
+      </c>
+      <c r="Z252" t="inlineStr"/>
+      <c r="AA252" t="inlineStr"/>
+      <c r="AB252" t="inlineStr"/>
     </row>
     <row r="253">
       <c r="A253" t="inlineStr">
         <is>
-          <t>123250</t>
+          <t>113672</t>
         </is>
       </c>
       <c r="B253" t="inlineStr">
         <is>
-          <t>嘉益转债</t>
+          <t>Z福蓉转</t>
         </is>
       </c>
       <c r="C253" t="inlineStr">
         <is>
-          <t>301004</t>
+          <t>136.554</t>
         </is>
       </c>
       <c r="D253" t="inlineStr">
         <is>
-          <t>嘉益股份</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.401</t>
+        </is>
+      </c>
+      <c r="E253" t="n">
+        <v>-0.57</v>
+      </c>
+      <c r="F253" t="n">
+        <v>137.3317</v>
       </c>
       <c r="G253" t="inlineStr">
         <is>
-          <t>4.926</t>
+          <t>603327</t>
         </is>
       </c>
       <c r="H253" t="inlineStr">
         <is>
-          <t>2030-11-07</t>
-[...10 lines deleted...]
-        </is>
+          <t>福蓉科技</t>
+        </is>
+      </c>
+      <c r="I253" t="n">
+        <v>11.22</v>
+      </c>
+      <c r="J253" t="n">
+        <v>0.36</v>
       </c>
       <c r="K253" t="inlineStr">
         <is>
-          <t>0/15 | 30</t>
-[...18 lines deleted...]
-        <v>2.72</v>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="L253" t="inlineStr">
+        <is>
+          <t>0.106</t>
+        </is>
+      </c>
+      <c r="M253" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="N253" t="inlineStr">
+        <is>
+          <t>2029-07-18</t>
+        </is>
+      </c>
+      <c r="O253" t="inlineStr">
+        <is>
+          <t>108.00</t>
+        </is>
+      </c>
+      <c r="P253" t="inlineStr">
+        <is>
+          <t>10.621</t>
+        </is>
+      </c>
+      <c r="Q253" t="inlineStr">
+        <is>
+          <t>!</t>
+        </is>
       </c>
       <c r="R253" t="n">
-        <v>8.6</v>
+        <v>42.9117</v>
       </c>
       <c r="S253" t="n">
-        <v>12.38</v>
-[...1 lines deleted...]
-      <c r="T253" t="inlineStr"/>
+        <v>1.7447</v>
+      </c>
+      <c r="T253" t="n">
+        <v>1.2202</v>
+      </c>
       <c r="U253" t="n">
-        <v>26.25</v>
+        <v>1.6</v>
       </c>
       <c r="V253" t="n">
-        <v>26.36</v>
+        <v>2.78</v>
       </c>
       <c r="W253" t="n">
-        <v>51.87</v>
-      </c>
+        <v>39.09</v>
+      </c>
+      <c r="X253" t="n">
+        <v>35.66</v>
+      </c>
+      <c r="Y253" t="n">
+        <v>29.17</v>
+      </c>
+      <c r="Z253" t="inlineStr"/>
+      <c r="AA253" t="inlineStr"/>
+      <c r="AB253" t="inlineStr"/>
     </row>
     <row r="254">
       <c r="A254" t="inlineStr">
         <is>
-          <t>113648</t>
+          <t>113686</t>
         </is>
       </c>
       <c r="B254" t="inlineStr">
         <is>
-          <t>巨星转债</t>
+          <t>泰瑞转债</t>
         </is>
       </c>
       <c r="C254" t="inlineStr">
         <is>
-          <t>603477</t>
+          <t>158.421</t>
         </is>
       </c>
       <c r="D254" t="inlineStr">
         <is>
-          <t>巨星农牧</t>
-[...2 lines deleted...]
-      <c r="E254" t="inlineStr">
+          <t>0.394</t>
+        </is>
+      </c>
+      <c r="E254" t="n">
+        <v>14.46</v>
+      </c>
+      <c r="F254" t="n">
+        <v>138.4049</v>
+      </c>
+      <c r="G254" t="inlineStr">
+        <is>
+          <t>603289</t>
+        </is>
+      </c>
+      <c r="H254" t="inlineStr">
+        <is>
+          <t>泰瑞机器</t>
+        </is>
+      </c>
+      <c r="I254" t="n">
+        <v>11.28</v>
+      </c>
+      <c r="J254" t="n">
+        <v>-0.18</v>
+      </c>
+      <c r="K254" t="inlineStr">
         <is>
           <t>AA-</t>
         </is>
       </c>
-      <c r="F254" t="inlineStr">
-[...45 lines deleted...]
-        <v>1.58</v>
+      <c r="L254" t="inlineStr">
+        <is>
+          <t>3.364</t>
+        </is>
+      </c>
+      <c r="M254" t="inlineStr">
+        <is>
+          <t>4.441</t>
+        </is>
+      </c>
+      <c r="N254" t="inlineStr">
+        <is>
+          <t>2030-07-02</t>
+        </is>
+      </c>
+      <c r="O254" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="P254" t="inlineStr">
+        <is>
+          <t>10.595</t>
+        </is>
+      </c>
+      <c r="Q254" t="inlineStr">
+        <is>
+          <t>6/15 | 30 2026-01-16 重新计</t>
+        </is>
       </c>
       <c r="R254" t="n">
-        <v>11.96</v>
+        <v>49.9278</v>
       </c>
       <c r="S254" t="n">
-        <v>14.2</v>
+        <v>1.6841</v>
       </c>
       <c r="T254" t="n">
-        <v>22.75</v>
-[...3 lines deleted...]
-      <c r="W254" t="inlineStr"/>
+        <v>1.315</v>
+      </c>
+      <c r="U254" t="n">
+        <v>0.82</v>
+      </c>
+      <c r="V254" t="n">
+        <v>0.86</v>
+      </c>
+      <c r="W254" t="n">
+        <v>11.92</v>
+      </c>
+      <c r="X254" t="n">
+        <v>17.33</v>
+      </c>
+      <c r="Y254" t="n">
+        <v>49.43</v>
+      </c>
+      <c r="Z254" t="inlineStr"/>
+      <c r="AA254" t="inlineStr"/>
+      <c r="AB254" t="inlineStr"/>
     </row>
     <row r="255">
       <c r="A255" t="inlineStr">
         <is>
-          <t>118027</t>
+          <t>113067</t>
         </is>
       </c>
       <c r="B255" t="inlineStr">
         <is>
-          <t>宏图转债</t>
+          <t>燃23转债</t>
         </is>
       </c>
       <c r="C255" t="inlineStr">
         <is>
-          <t>688066</t>
+          <t>131.854</t>
         </is>
       </c>
       <c r="D255" t="inlineStr">
         <is>
-          <t>航天宏图</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.392</t>
+        </is>
+      </c>
+      <c r="E255" t="n">
+        <v>42.03</v>
+      </c>
+      <c r="F255" t="n">
+        <v>92.8378</v>
       </c>
       <c r="G255" t="inlineStr">
         <is>
-          <t>2.984</t>
+          <t>601139</t>
         </is>
       </c>
       <c r="H255" t="inlineStr">
         <is>
-          <t>2028-11-28</t>
-[...10 lines deleted...]
-        </is>
+          <t>深圳燃气</t>
+        </is>
+      </c>
+      <c r="I255" t="n">
+        <v>6.87</v>
+      </c>
+      <c r="J255" t="n">
+        <v>-0.15</v>
       </c>
       <c r="K255" t="inlineStr">
         <is>
+          <t>AAA</t>
+        </is>
+      </c>
+      <c r="L255" t="inlineStr">
+        <is>
+          <t>29.999</t>
+        </is>
+      </c>
+      <c r="M255" t="inlineStr">
+        <is>
+          <t>3.510</t>
+        </is>
+      </c>
+      <c r="N255" t="inlineStr">
+        <is>
+          <t>2029-07-27</t>
+        </is>
+      </c>
+      <c r="O255" t="inlineStr">
+        <is>
+          <t>107.00</t>
+        </is>
+      </c>
+      <c r="P255" t="inlineStr">
+        <is>
+          <t>9.620</t>
+        </is>
+      </c>
+      <c r="Q255" t="inlineStr">
+        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L255" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R255" t="n">
-        <v>14.91</v>
+        <v>59.9424</v>
       </c>
       <c r="S255" t="n">
-        <v>24.31</v>
+        <v>0.8285</v>
       </c>
       <c r="T255" t="n">
-        <v>29.8</v>
-[...3 lines deleted...]
-      <c r="W255" t="inlineStr"/>
+        <v>0.7822</v>
+      </c>
+      <c r="U255" t="n">
+        <v>14.57</v>
+      </c>
+      <c r="V255" t="n">
+        <v>14.4</v>
+      </c>
+      <c r="W255" t="n">
+        <v>5.9</v>
+      </c>
+      <c r="X255" t="n">
+        <v>6.69</v>
+      </c>
+      <c r="Y255" t="n">
+        <v>11.08</v>
+      </c>
+      <c r="Z255" t="inlineStr"/>
+      <c r="AA255" t="inlineStr"/>
+      <c r="AB255" t="inlineStr"/>
     </row>
     <row r="256">
       <c r="A256" t="inlineStr">
         <is>
-          <t>118020</t>
+          <t>127083</t>
         </is>
       </c>
       <c r="B256" t="inlineStr">
         <is>
-          <t>芳源转债</t>
+          <t>山路转债</t>
         </is>
       </c>
       <c r="C256" t="inlineStr">
         <is>
-          <t>688148</t>
+          <t>127.960</t>
         </is>
       </c>
       <c r="D256" t="inlineStr">
         <is>
-          <t>芳源股份</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.378</t>
+        </is>
+      </c>
+      <c r="E256" t="n">
+        <v>55.8</v>
+      </c>
+      <c r="F256" t="n">
+        <v>82.1288</v>
       </c>
       <c r="G256" t="inlineStr">
         <is>
-          <t>2.803</t>
+          <t>000498</t>
         </is>
       </c>
       <c r="H256" t="inlineStr">
         <is>
-          <t>2028-09-23</t>
-[...10 lines deleted...]
-        </is>
+          <t>山东路桥</t>
+        </is>
+      </c>
+      <c r="I256" t="n">
+        <v>6.25</v>
+      </c>
+      <c r="J256" t="n">
+        <v>-0.48</v>
       </c>
       <c r="K256" t="inlineStr">
         <is>
+          <t>AAA</t>
+        </is>
+      </c>
+      <c r="L256" t="inlineStr">
+        <is>
+          <t>48.359</t>
+        </is>
+      </c>
+      <c r="M256" t="inlineStr">
+        <is>
+          <t>3.167</t>
+        </is>
+      </c>
+      <c r="N256" t="inlineStr">
+        <is>
+          <t>2029-03-24</t>
+        </is>
+      </c>
+      <c r="O256" t="inlineStr">
+        <is>
+          <t>108.00</t>
+        </is>
+      </c>
+      <c r="P256" t="inlineStr">
+        <is>
+          <t>9.893</t>
+        </is>
+      </c>
+      <c r="Q256" t="inlineStr">
+        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L256" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R256" t="n">
-        <v>15.42</v>
+        <v>76.2817</v>
       </c>
       <c r="S256" t="n">
-        <v>16.68</v>
+        <v>1.1886</v>
       </c>
       <c r="T256" t="n">
-        <v>28.14</v>
-[...3 lines deleted...]
-      <c r="W256" t="inlineStr"/>
+        <v>1.156</v>
+      </c>
+      <c r="U256" t="n">
+        <v>23.22</v>
+      </c>
+      <c r="V256" t="n">
+        <v>22.89</v>
+      </c>
+      <c r="W256" t="n">
+        <v>8.69</v>
+      </c>
+      <c r="X256" t="n">
+        <v>10.38</v>
+      </c>
+      <c r="Y256" t="n">
+        <v>10.02</v>
+      </c>
+      <c r="Z256" t="inlineStr"/>
+      <c r="AA256" t="inlineStr"/>
+      <c r="AB256" t="inlineStr"/>
     </row>
     <row r="257">
       <c r="A257" t="inlineStr">
         <is>
-          <t>111003</t>
+          <t>127095</t>
         </is>
       </c>
       <c r="B257" t="inlineStr">
         <is>
-          <t>聚合转债</t>
+          <t>广泰转债</t>
         </is>
       </c>
       <c r="C257" t="inlineStr">
         <is>
-          <t>605166</t>
+          <t>150.631</t>
         </is>
       </c>
       <c r="D257" t="inlineStr">
         <is>
-          <t>聚合顺</t>
-[...2 lines deleted...]
-      <c r="E257" t="inlineStr">
+          <t>0.369</t>
+        </is>
+      </c>
+      <c r="E257" t="n">
+        <v>23.42</v>
+      </c>
+      <c r="F257" t="n">
+        <v>122.0507</v>
+      </c>
+      <c r="G257" t="inlineStr">
+        <is>
+          <t>002111</t>
+        </is>
+      </c>
+      <c r="H257" t="inlineStr">
+        <is>
+          <t>威海广泰</t>
+        </is>
+      </c>
+      <c r="I257" t="n">
+        <v>11.07</v>
+      </c>
+      <c r="J257" t="n">
+        <v>0.27</v>
+      </c>
+      <c r="K257" t="inlineStr">
         <is>
           <t>AA-</t>
         </is>
       </c>
-      <c r="F257" t="inlineStr">
-[...14 lines deleted...]
-      <c r="I257" t="inlineStr">
+      <c r="L257" t="inlineStr">
+        <is>
+          <t>6.927</t>
+        </is>
+      </c>
+      <c r="M257" t="inlineStr">
+        <is>
+          <t>3.737</t>
+        </is>
+      </c>
+      <c r="N257" t="inlineStr">
+        <is>
+          <t>2029-10-18</t>
+        </is>
+      </c>
+      <c r="O257" t="inlineStr">
         <is>
           <t>115.00</t>
         </is>
       </c>
-      <c r="J257" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K257" t="inlineStr">
+      <c r="P257" t="inlineStr">
+        <is>
+          <t>11.791</t>
+        </is>
+      </c>
+      <c r="Q257" t="inlineStr">
         <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L257" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R257" t="n">
-        <v>12.21</v>
+        <v>52.4248</v>
       </c>
       <c r="S257" t="n">
-        <v>16.34</v>
+        <v>2.0939</v>
       </c>
       <c r="T257" t="n">
-        <v>17.96</v>
-[...3 lines deleted...]
-      <c r="W257" t="inlineStr"/>
+        <v>1.1799</v>
+      </c>
+      <c r="U257" t="n">
+        <v>0.75</v>
+      </c>
+      <c r="V257" t="n">
+        <v>1.26</v>
+      </c>
+      <c r="W257" t="n">
+        <v>19.69</v>
+      </c>
+      <c r="X257" t="n">
+        <v>15.23</v>
+      </c>
+      <c r="Y257" t="n">
+        <v>20.93</v>
+      </c>
+      <c r="Z257" t="inlineStr"/>
+      <c r="AA257" t="inlineStr"/>
+      <c r="AB257" t="inlineStr"/>
     </row>
     <row r="258">
       <c r="A258" t="inlineStr">
         <is>
-          <t>111021</t>
+          <t>123108</t>
         </is>
       </c>
       <c r="B258" t="inlineStr">
         <is>
-          <t>奥锐转债</t>
+          <t>乐普转2</t>
         </is>
       </c>
       <c r="C258" t="inlineStr">
         <is>
-          <t>605116</t>
+          <t>109.802</t>
         </is>
       </c>
       <c r="D258" t="inlineStr">
         <is>
-          <t>奥锐特</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.367</t>
+        </is>
+      </c>
+      <c r="E258" t="n">
+        <v>58.83</v>
+      </c>
+      <c r="F258" t="n">
+        <v>69.1314</v>
       </c>
       <c r="G258" t="inlineStr">
         <is>
-          <t>4.641</t>
+          <t>300003</t>
         </is>
       </c>
       <c r="H258" t="inlineStr">
         <is>
-          <t>2030-07-26</t>
-[...10 lines deleted...]
-        </is>
+          <t>乐普医疗</t>
+        </is>
+      </c>
+      <c r="I258" t="n">
+        <v>19.26</v>
+      </c>
+      <c r="J258" t="n">
+        <v>2.88</v>
       </c>
       <c r="K258" t="inlineStr">
         <is>
+          <t>AA+</t>
+        </is>
+      </c>
+      <c r="L258" t="inlineStr">
+        <is>
+          <t>16.376</t>
+        </is>
+      </c>
+      <c r="M258" t="inlineStr">
+        <is>
+          <t>0.181</t>
+        </is>
+      </c>
+      <c r="N258" t="inlineStr">
+        <is>
+          <t>2026-03-30</t>
+        </is>
+      </c>
+      <c r="O258" t="inlineStr">
+        <is>
+          <t>107.80</t>
+        </is>
+      </c>
+      <c r="P258" t="inlineStr">
+        <is>
+          <t>36.218</t>
+        </is>
+      </c>
+      <c r="Q258" t="inlineStr">
+        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L258" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R258" t="n">
-        <v>9.539999999999999</v>
+        <v>30.7137</v>
       </c>
       <c r="S258" t="n">
-        <v>13.21</v>
-[...4 lines deleted...]
-      <c r="W258" t="inlineStr"/>
+        <v>1.8928</v>
+      </c>
+      <c r="T258" t="n">
+        <v>1.4791</v>
+      </c>
+      <c r="U258" t="n">
+        <v>2.47</v>
+      </c>
+      <c r="V258" t="n">
+        <v>12.58</v>
+      </c>
+      <c r="W258" t="n">
+        <v>13.16</v>
+      </c>
+      <c r="X258" t="n">
+        <v>15.59</v>
+      </c>
+      <c r="Y258" t="n">
+        <v>11.34</v>
+      </c>
+      <c r="Z258" t="inlineStr"/>
+      <c r="AA258" t="inlineStr"/>
+      <c r="AB258" t="inlineStr"/>
     </row>
     <row r="259">
       <c r="A259" t="inlineStr">
         <is>
-          <t>127060</t>
+          <t>123179</t>
         </is>
       </c>
       <c r="B259" t="inlineStr">
         <is>
-          <t>湘佳转债</t>
+          <t>立高转债</t>
         </is>
       </c>
       <c r="C259" t="inlineStr">
         <is>
-          <t>002982</t>
+          <t>126.450</t>
         </is>
       </c>
       <c r="D259" t="inlineStr">
         <is>
-          <t>湘佳股份</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.371</t>
+        </is>
+      </c>
+      <c r="E259" t="n">
+        <v>158.36</v>
+      </c>
+      <c r="F259" t="n">
+        <v>48.9436</v>
       </c>
       <c r="G259" t="inlineStr">
         <is>
-          <t>2.373</t>
+          <t>300973</t>
         </is>
       </c>
       <c r="H259" t="inlineStr">
         <is>
-          <t>2028-04-19</t>
-[...10 lines deleted...]
-        </is>
+          <t>立高食品</t>
+        </is>
+      </c>
+      <c r="I259" t="n">
+        <v>46.56</v>
+      </c>
+      <c r="J259" t="n">
+        <v>1.77</v>
       </c>
       <c r="K259" t="inlineStr">
         <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="L259" t="inlineStr">
+        <is>
+          <t>9.499</t>
+        </is>
+      </c>
+      <c r="M259" t="inlineStr">
+        <is>
+          <t>3.121</t>
+        </is>
+      </c>
+      <c r="N259" t="inlineStr">
+        <is>
+          <t>2029-03-07</t>
+        </is>
+      </c>
+      <c r="O259" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="P259" t="inlineStr">
+        <is>
+          <t>123.669</t>
+        </is>
+      </c>
+      <c r="Q259" t="inlineStr">
+        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L259" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R259" t="n">
-        <v>6.5</v>
+        <v>39.7863</v>
       </c>
       <c r="S259" t="n">
-        <v>11.42</v>
+        <v>1.8804</v>
       </c>
       <c r="T259" t="n">
-        <v>17.28</v>
-[...3 lines deleted...]
-      <c r="W259" t="inlineStr"/>
+        <v>1.422</v>
+      </c>
+      <c r="U259" t="n">
+        <v>2.68</v>
+      </c>
+      <c r="V259" t="n">
+        <v>0.73</v>
+      </c>
+      <c r="W259" t="n">
+        <v>7.54</v>
+      </c>
+      <c r="X259" t="n">
+        <v>6.99</v>
+      </c>
+      <c r="Y259" t="n">
+        <v>10.49</v>
+      </c>
+      <c r="Z259" t="inlineStr"/>
+      <c r="AA259" t="inlineStr"/>
+      <c r="AB259" t="inlineStr"/>
     </row>
     <row r="260">
       <c r="A260" t="inlineStr">
         <is>
-          <t>123065</t>
+          <t>110073</t>
         </is>
       </c>
       <c r="B260" t="inlineStr">
         <is>
-          <t>宝莱转债</t>
+          <t>国投转债</t>
         </is>
       </c>
       <c r="C260" t="inlineStr">
         <is>
-          <t>300246</t>
+          <t>112.829</t>
         </is>
       </c>
       <c r="D260" t="inlineStr">
         <is>
-          <t>宝莱特</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.357</t>
+        </is>
+      </c>
+      <c r="E260" t="n">
+        <v>39.3</v>
+      </c>
+      <c r="F260" t="n">
+        <v>80.9979</v>
       </c>
       <c r="G260" t="inlineStr">
         <is>
-          <t>0.748</t>
+          <t>600061</t>
         </is>
       </c>
       <c r="H260" t="inlineStr">
         <is>
-          <t>2026-09-04</t>
-[...10 lines deleted...]
-        </is>
+          <t>国投资本</t>
+        </is>
+      </c>
+      <c r="I260" t="n">
+        <v>7.63</v>
+      </c>
+      <c r="J260" t="n">
+        <v>0</v>
       </c>
       <c r="K260" t="inlineStr">
         <is>
+          <t>AAA</t>
+        </is>
+      </c>
+      <c r="L260" t="inlineStr">
+        <is>
+          <t>79.992</t>
+        </is>
+      </c>
+      <c r="M260" t="inlineStr">
+        <is>
+          <t>0.499</t>
+        </is>
+      </c>
+      <c r="N260" t="inlineStr">
+        <is>
+          <t>2026-07-24</t>
+        </is>
+      </c>
+      <c r="O260" t="inlineStr">
+        <is>
+          <t>107.00</t>
+        </is>
+      </c>
+      <c r="P260" t="inlineStr">
+        <is>
+          <t>12.246</t>
+        </is>
+      </c>
+      <c r="Q260" t="inlineStr">
+        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L260" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R260" t="n">
-        <v>6.03</v>
+        <v>81.3083</v>
       </c>
       <c r="S260" t="n">
-        <v>13.88</v>
+        <v>1.2078</v>
       </c>
       <c r="T260" t="n">
-        <v>11.89</v>
-[...3 lines deleted...]
-      <c r="W260" t="inlineStr"/>
+        <v>1.2073</v>
+      </c>
+      <c r="U260" t="n">
+        <v>26.94</v>
+      </c>
+      <c r="V260" t="n">
+        <v>23.57</v>
+      </c>
+      <c r="W260" t="n">
+        <v>13.14</v>
+      </c>
+      <c r="X260" t="n">
+        <v>12.56</v>
+      </c>
+      <c r="Y260" t="n">
+        <v>14.67</v>
+      </c>
+      <c r="Z260" t="inlineStr"/>
+      <c r="AA260" t="inlineStr"/>
+      <c r="AB260" t="inlineStr"/>
     </row>
     <row r="261">
       <c r="A261" t="inlineStr">
         <is>
-          <t>123177</t>
+          <t>113070</t>
         </is>
       </c>
       <c r="B261" t="inlineStr">
         <is>
-          <t>测绘转债</t>
+          <t>渝水转债</t>
         </is>
       </c>
       <c r="C261" t="inlineStr">
         <is>
-          <t>300826</t>
+          <t>129.665</t>
         </is>
       </c>
       <c r="D261" t="inlineStr">
         <is>
-          <t>测绘股份</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.351</t>
+        </is>
+      </c>
+      <c r="E261" t="n">
+        <v>36.76</v>
+      </c>
+      <c r="F261" t="n">
+        <v>94.8133</v>
       </c>
       <c r="G261" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>601158</t>
         </is>
       </c>
       <c r="H261" t="inlineStr">
         <is>
-          <t>2029-03-02</t>
-[...10 lines deleted...]
-        </is>
+          <t>重庆水务</t>
+        </is>
+      </c>
+      <c r="I261" t="n">
+        <v>4.57</v>
+      </c>
+      <c r="J261" t="n">
+        <v>0.22</v>
       </c>
       <c r="K261" t="inlineStr">
         <is>
-          <t>!</t>
-[...18 lines deleted...]
-        <v>0.71</v>
+          <t>AAA</t>
+        </is>
+      </c>
+      <c r="L261" t="inlineStr">
+        <is>
+          <t>18.998</t>
+        </is>
+      </c>
+      <c r="M261" t="inlineStr">
+        <is>
+          <t>4.964</t>
+        </is>
+      </c>
+      <c r="N261" t="inlineStr">
+        <is>
+          <t>2031-01-09</t>
+        </is>
+      </c>
+      <c r="O261" t="inlineStr">
+        <is>
+          <t>108.00</t>
+        </is>
+      </c>
+      <c r="P261" t="inlineStr">
+        <is>
+          <t>6.266</t>
+        </is>
+      </c>
+      <c r="Q261" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R261" t="n">
-        <v>37.25</v>
+        <v>51.371</v>
       </c>
       <c r="S261" t="n">
-        <v>29.44</v>
+        <v>1.0761</v>
       </c>
       <c r="T261" t="n">
-        <v>35.37</v>
-[...3 lines deleted...]
-      <c r="W261" t="inlineStr"/>
+        <v>1.0443</v>
+      </c>
+      <c r="U261" t="n">
+        <v>7.85</v>
+      </c>
+      <c r="V261" t="n">
+        <v>10.89</v>
+      </c>
+      <c r="W261" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="X261" t="n">
+        <v>5.27</v>
+      </c>
+      <c r="Y261" t="inlineStr"/>
+      <c r="Z261" t="inlineStr"/>
+      <c r="AA261" t="inlineStr"/>
+      <c r="AB261" t="inlineStr"/>
     </row>
     <row r="262">
       <c r="A262" t="inlineStr">
         <is>
-          <t>123117</t>
+          <t>123257</t>
         </is>
       </c>
       <c r="B262" t="inlineStr">
         <is>
-          <t>健帆转债</t>
+          <t>安克转债</t>
         </is>
       </c>
       <c r="C262" t="inlineStr">
         <is>
-          <t>300529</t>
+          <t>159.660</t>
         </is>
       </c>
       <c r="D262" t="inlineStr">
         <is>
-          <t>健帆生物</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.353</t>
+        </is>
+      </c>
+      <c r="E262" t="n">
+        <v>68.06</v>
+      </c>
+      <c r="F262" t="n">
+        <v>94.9991</v>
       </c>
       <c r="G262" t="inlineStr">
         <is>
-          <t>1.548</t>
+          <t>300866</t>
         </is>
       </c>
       <c r="H262" t="inlineStr">
         <is>
-          <t>2027-06-23</t>
-[...10 lines deleted...]
-        </is>
+          <t>安克创新</t>
+        </is>
+      </c>
+      <c r="I262" t="n">
+        <v>105.05</v>
+      </c>
+      <c r="J262" t="n">
+        <v>-0.84</v>
       </c>
       <c r="K262" t="inlineStr">
         <is>
+          <t>AA+</t>
+        </is>
+      </c>
+      <c r="L262" t="inlineStr">
+        <is>
+          <t>11.047</t>
+        </is>
+      </c>
+      <c r="M262" t="inlineStr">
+        <is>
+          <t>5.397</t>
+        </is>
+      </c>
+      <c r="N262" t="inlineStr">
+        <is>
+          <t>2031-06-16</t>
+        </is>
+      </c>
+      <c r="O262" t="inlineStr">
+        <is>
+          <t>108.00</t>
+        </is>
+      </c>
+      <c r="P262" t="inlineStr">
+        <is>
+          <t>143.754</t>
+        </is>
+      </c>
+      <c r="Q262" t="inlineStr">
+        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L262" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R262" t="n">
-        <v>8.380000000000001</v>
+        <v>49.5173</v>
       </c>
       <c r="S262" t="n">
-        <v>11.72</v>
+        <v>2.175</v>
       </c>
       <c r="T262" t="n">
-        <v>14.64</v>
-[...3 lines deleted...]
-      <c r="W262" t="inlineStr"/>
+        <v>1.3375</v>
+      </c>
+      <c r="U262" t="n">
+        <v>21.14</v>
+      </c>
+      <c r="V262" t="n">
+        <v>16.15</v>
+      </c>
+      <c r="W262" t="n">
+        <v>28.1</v>
+      </c>
+      <c r="X262" t="n">
+        <v>26.96</v>
+      </c>
+      <c r="Y262" t="inlineStr"/>
+      <c r="Z262" t="inlineStr"/>
+      <c r="AA262" t="inlineStr"/>
+      <c r="AB262" t="inlineStr"/>
     </row>
     <row r="263">
       <c r="A263" t="inlineStr">
         <is>
-          <t>113051</t>
+          <t>113673</t>
         </is>
       </c>
       <c r="B263" t="inlineStr">
         <is>
-          <t>节能转债</t>
+          <t>岱美转债</t>
         </is>
       </c>
       <c r="C263" t="inlineStr">
         <is>
-          <t>601016</t>
+          <t>186.315</t>
         </is>
       </c>
       <c r="D263" t="inlineStr">
         <is>
-          <t>节能风电</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.341</t>
+        </is>
+      </c>
+      <c r="E263" t="n">
+        <v>31.02</v>
+      </c>
+      <c r="F263" t="n">
+        <v>142.1981</v>
       </c>
       <c r="G263" t="inlineStr">
         <is>
-          <t>1.543</t>
+          <t>603730</t>
         </is>
       </c>
       <c r="H263" t="inlineStr">
         <is>
-          <t>2027-06-21</t>
-[...10 lines deleted...]
-        </is>
+          <t>岱美股份</t>
+        </is>
+      </c>
+      <c r="I263" t="n">
+        <v>10.48</v>
+      </c>
+      <c r="J263" t="n">
+        <v>0</v>
       </c>
       <c r="K263" t="inlineStr">
         <is>
-          <t>0/15 | 30 2023-01-18 重新计</t>
-[...18 lines deleted...]
-        <v>16.3</v>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="L263" t="inlineStr">
+        <is>
+          <t>9.079</t>
+        </is>
+      </c>
+      <c r="M263" t="inlineStr">
+        <is>
+          <t>3.485</t>
+        </is>
+      </c>
+      <c r="N263" t="inlineStr">
+        <is>
+          <t>2029-07-18</t>
+        </is>
+      </c>
+      <c r="O263" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="P263" t="inlineStr">
+        <is>
+          <t>9.581</t>
+        </is>
+      </c>
+      <c r="Q263" t="inlineStr">
+        <is>
+          <t>5/15 | 30</t>
+        </is>
       </c>
       <c r="R263" t="n">
-        <v>9.76</v>
+        <v>36.5843</v>
       </c>
       <c r="S263" t="n">
-        <v>12.73</v>
+        <v>3.0522</v>
       </c>
       <c r="T263" t="n">
-        <v>11.67</v>
-[...3 lines deleted...]
-      <c r="W263" t="inlineStr"/>
+        <v>1.6971</v>
+      </c>
+      <c r="U263" t="n">
+        <v>8.02</v>
+      </c>
+      <c r="V263" t="n">
+        <v>6.54</v>
+      </c>
+      <c r="W263" t="n">
+        <v>33.39</v>
+      </c>
+      <c r="X263" t="n">
+        <v>24.64</v>
+      </c>
+      <c r="Y263" t="n">
+        <v>18.51</v>
+      </c>
+      <c r="Z263" t="inlineStr"/>
+      <c r="AA263" t="inlineStr"/>
+      <c r="AB263" t="inlineStr"/>
     </row>
     <row r="264">
       <c r="A264" t="inlineStr">
         <is>
-          <t>123255</t>
+          <t>127046</t>
         </is>
       </c>
       <c r="B264" t="inlineStr">
         <is>
-          <t>鼎龙转债</t>
+          <t>百润转债</t>
         </is>
       </c>
       <c r="C264" t="inlineStr">
         <is>
-          <t>300054</t>
+          <t>123.800</t>
         </is>
       </c>
       <c r="D264" t="inlineStr">
         <is>
-          <t>鼎龙股份</t>
-[...2 lines deleted...]
-      <c r="E264" t="inlineStr">
+          <t>0.327</t>
+        </is>
+      </c>
+      <c r="E264" t="n">
+        <v>161.02</v>
+      </c>
+      <c r="F264" t="n">
+        <v>47.4293</v>
+      </c>
+      <c r="G264" t="inlineStr">
+        <is>
+          <t>002568</t>
+        </is>
+      </c>
+      <c r="H264" t="inlineStr">
+        <is>
+          <t>百润股份</t>
+        </is>
+      </c>
+      <c r="I264" t="n">
+        <v>22.14</v>
+      </c>
+      <c r="J264" t="n">
+        <v>1.33</v>
+      </c>
+      <c r="K264" t="inlineStr">
         <is>
           <t>AA</t>
         </is>
       </c>
-      <c r="F264" t="inlineStr">
-[...14 lines deleted...]
-      <c r="I264" t="inlineStr">
+      <c r="L264" t="inlineStr">
+        <is>
+          <t>11.275</t>
+        </is>
+      </c>
+      <c r="M264" t="inlineStr">
+        <is>
+          <t>1.682</t>
+        </is>
+      </c>
+      <c r="N264" t="inlineStr">
+        <is>
+          <t>2027-09-29</t>
+        </is>
+      </c>
+      <c r="O264" t="inlineStr">
         <is>
           <t>110.00</t>
         </is>
       </c>
-      <c r="J264" t="inlineStr">
-[...25 lines deleted...]
-        <v>3.9</v>
+      <c r="P264" t="inlineStr">
+        <is>
+          <t>60.684</t>
+        </is>
+      </c>
+      <c r="Q264" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R264" t="n">
-        <v>41.21</v>
+        <v>41.6483</v>
       </c>
       <c r="S264" t="n">
-        <v>34.01</v>
-[...4 lines deleted...]
-      <c r="W264" t="inlineStr"/>
+        <v>1.5549</v>
+      </c>
+      <c r="T264" t="n">
+        <v>0.9863</v>
+      </c>
+      <c r="U264" t="n">
+        <v>7.19</v>
+      </c>
+      <c r="V264" t="n">
+        <v>8.09</v>
+      </c>
+      <c r="W264" t="n">
+        <v>7.05</v>
+      </c>
+      <c r="X264" t="n">
+        <v>9.550000000000001</v>
+      </c>
+      <c r="Y264" t="n">
+        <v>12.61</v>
+      </c>
+      <c r="Z264" t="inlineStr"/>
+      <c r="AA264" t="inlineStr"/>
+      <c r="AB264" t="inlineStr"/>
     </row>
     <row r="265">
       <c r="A265" t="inlineStr">
         <is>
-          <t>113655</t>
+          <t>110070</t>
         </is>
       </c>
       <c r="B265" t="inlineStr">
         <is>
-          <t>欧22转债</t>
+          <t>凌钢转债</t>
         </is>
       </c>
       <c r="C265" t="inlineStr">
         <is>
-          <t>603833</t>
+          <t>126.915</t>
         </is>
       </c>
       <c r="D265" t="inlineStr">
         <is>
-          <t>欧派家居</t>
-[...2 lines deleted...]
-      <c r="E265" t="inlineStr">
+          <t>0.331</t>
+        </is>
+      </c>
+      <c r="E265" t="n">
+        <v>7.31</v>
+      </c>
+      <c r="F265" t="n">
+        <v>118.2741</v>
+      </c>
+      <c r="G265" t="inlineStr">
+        <is>
+          <t>600231</t>
+        </is>
+      </c>
+      <c r="H265" t="inlineStr">
+        <is>
+          <t>凌钢股份</t>
+        </is>
+      </c>
+      <c r="I265" t="n">
+        <v>2.33</v>
+      </c>
+      <c r="J265" t="n">
+        <v>2.64</v>
+      </c>
+      <c r="K265" t="inlineStr">
         <is>
           <t>AA</t>
         </is>
       </c>
-      <c r="F265" t="inlineStr">
-[...14 lines deleted...]
-      <c r="I265" t="inlineStr">
+      <c r="L265" t="inlineStr">
+        <is>
+          <t>2.169</t>
+        </is>
+      </c>
+      <c r="M265" t="inlineStr">
+        <is>
+          <t>0.219</t>
+        </is>
+      </c>
+      <c r="N265" t="inlineStr">
+        <is>
+          <t>2026-04-13</t>
+        </is>
+      </c>
+      <c r="O265" t="inlineStr">
         <is>
           <t>112.00</t>
         </is>
       </c>
-      <c r="J265" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K265" t="inlineStr">
+      <c r="P265" t="inlineStr">
+        <is>
+          <t>2.561</t>
+        </is>
+      </c>
+      <c r="Q265" t="inlineStr">
         <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L265" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R265" t="n">
-        <v>9.279999999999999</v>
+        <v>68.52549999999999</v>
       </c>
       <c r="S265" t="n">
-        <v>14.95</v>
+        <v>0.4356</v>
       </c>
       <c r="T265" t="n">
-        <v>11.9</v>
-[...3 lines deleted...]
-      <c r="W265" t="inlineStr"/>
+        <v>0.2684</v>
+      </c>
+      <c r="U265" t="n">
+        <v>-16.78</v>
+      </c>
+      <c r="V265" t="n">
+        <v>-6.81</v>
+      </c>
+      <c r="W265" t="n">
+        <v>19.72</v>
+      </c>
+      <c r="X265" t="n">
+        <v>23.78</v>
+      </c>
+      <c r="Y265" t="n">
+        <v>17.77</v>
+      </c>
+      <c r="Z265" t="inlineStr"/>
+      <c r="AA265" t="inlineStr"/>
+      <c r="AB265" t="inlineStr"/>
     </row>
     <row r="266">
       <c r="A266" t="inlineStr">
         <is>
-          <t>113048</t>
+          <t>113042</t>
         </is>
       </c>
       <c r="B266" t="inlineStr">
         <is>
-          <t>晶科转债</t>
+          <t>上银转债</t>
         </is>
       </c>
       <c r="C266" t="inlineStr">
         <is>
-          <t>601778</t>
+          <t>128.855</t>
         </is>
       </c>
       <c r="D266" t="inlineStr">
         <is>
-          <t>晶科科技</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.316</t>
+        </is>
+      </c>
+      <c r="E266" t="n">
+        <v>18.11</v>
+      </c>
+      <c r="F266" t="n">
+        <v>109.1015</v>
       </c>
       <c r="G266" t="inlineStr">
         <is>
-          <t>1.381</t>
+          <t>601229</t>
         </is>
       </c>
       <c r="H266" t="inlineStr">
         <is>
-          <t>2027-04-23</t>
-[...2 lines deleted...]
-      <c r="I266" t="inlineStr">
+          <t>上海银行</t>
+        </is>
+      </c>
+      <c r="I266" t="n">
+        <v>9.35</v>
+      </c>
+      <c r="J266" t="n">
+        <v>-2.3</v>
+      </c>
+      <c r="K266" t="inlineStr">
+        <is>
+          <t>AAA</t>
+        </is>
+      </c>
+      <c r="L266" t="inlineStr">
+        <is>
+          <t>199.777</t>
+        </is>
+      </c>
+      <c r="M266" t="inlineStr">
+        <is>
+          <t>1.006</t>
+        </is>
+      </c>
+      <c r="N266" t="inlineStr">
+        <is>
+          <t>2027-01-25</t>
+        </is>
+      </c>
+      <c r="O266" t="inlineStr">
         <is>
           <t>112.00</t>
         </is>
       </c>
-      <c r="J266" t="inlineStr">
-[...25 lines deleted...]
-        <v>2.17</v>
+      <c r="P266" t="inlineStr">
+        <is>
+          <t>11.141</t>
+        </is>
+      </c>
+      <c r="Q266" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R266" t="n">
-        <v>14.72</v>
-[...6 lines deleted...]
-      </c>
+        <v>92.1246</v>
+      </c>
+      <c r="S266" t="inlineStr"/>
+      <c r="T266" t="inlineStr"/>
       <c r="U266" t="n">
-        <v>30.17</v>
+        <v>235.6</v>
       </c>
       <c r="V266" t="n">
-        <v>49.86</v>
+        <v>225.45</v>
       </c>
       <c r="W266" t="n">
-        <v>40.24</v>
-      </c>
+        <v>5.02</v>
+      </c>
+      <c r="X266" t="n">
+        <v>6.96</v>
+      </c>
+      <c r="Y266" t="n">
+        <v>5.98</v>
+      </c>
+      <c r="Z266" t="inlineStr"/>
+      <c r="AA266" t="inlineStr"/>
+      <c r="AB266" t="inlineStr"/>
     </row>
     <row r="267">
       <c r="A267" t="inlineStr">
         <is>
-          <t>127041</t>
+          <t>127068</t>
         </is>
       </c>
       <c r="B267" t="inlineStr">
         <is>
-          <t>弘亚转债</t>
+          <t>顺博转债</t>
         </is>
       </c>
       <c r="C267" t="inlineStr">
         <is>
-          <t>002833</t>
+          <t>130.508</t>
         </is>
       </c>
       <c r="D267" t="inlineStr">
         <is>
-          <t>弘亚数控</t>
-[...2 lines deleted...]
-      <c r="E267" t="inlineStr">
+          <t>0.298</t>
+        </is>
+      </c>
+      <c r="E267" t="n">
+        <v>71.23</v>
+      </c>
+      <c r="F267" t="n">
+        <v>76.2201</v>
+      </c>
+      <c r="G267" t="inlineStr">
+        <is>
+          <t>002996</t>
+        </is>
+      </c>
+      <c r="H267" t="inlineStr">
+        <is>
+          <t>顺博合金</t>
+        </is>
+      </c>
+      <c r="I267" t="n">
+        <v>8.59</v>
+      </c>
+      <c r="J267" t="n">
+        <v>2.51</v>
+      </c>
+      <c r="K267" t="inlineStr">
         <is>
           <t>AA-</t>
         </is>
       </c>
-      <c r="F267" t="inlineStr">
-[...24 lines deleted...]
-      <c r="K267" t="inlineStr">
+      <c r="L267" t="inlineStr">
+        <is>
+          <t>8.300</t>
+        </is>
+      </c>
+      <c r="M267" t="inlineStr">
+        <is>
+          <t>2.553</t>
+        </is>
+      </c>
+      <c r="N267" t="inlineStr">
+        <is>
+          <t>2028-08-12</t>
+        </is>
+      </c>
+      <c r="O267" t="inlineStr">
+        <is>
+          <t>108.00</t>
+        </is>
+      </c>
+      <c r="P267" t="inlineStr">
+        <is>
+          <t>14.651</t>
+        </is>
+      </c>
+      <c r="Q267" t="inlineStr">
         <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L267" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R267" t="n">
-        <v>7.17</v>
+        <v>77.9579</v>
       </c>
       <c r="S267" t="n">
-        <v>13.67</v>
+        <v>1.2107</v>
       </c>
       <c r="T267" t="n">
-        <v>13.85</v>
-[...3 lines deleted...]
-      <c r="W267" t="inlineStr"/>
+        <v>1.0949</v>
+      </c>
+      <c r="U267" t="n">
+        <v>0.65</v>
+      </c>
+      <c r="V267" t="n">
+        <v>1.25</v>
+      </c>
+      <c r="W267" t="n">
+        <v>9.94</v>
+      </c>
+      <c r="X267" t="n">
+        <v>12.05</v>
+      </c>
+      <c r="Y267" t="n">
+        <v>14.74</v>
+      </c>
+      <c r="Z267" t="inlineStr"/>
+      <c r="AA267" t="inlineStr"/>
+      <c r="AB267" t="inlineStr"/>
     </row>
     <row r="268">
       <c r="A268" t="inlineStr">
         <is>
-          <t>123158</t>
+          <t>110077</t>
         </is>
       </c>
       <c r="B268" t="inlineStr">
         <is>
-          <t>宙邦转债</t>
+          <t>洪城转债</t>
         </is>
       </c>
       <c r="C268" t="inlineStr">
         <is>
-          <t>300037</t>
+          <t>216.057</t>
         </is>
       </c>
       <c r="D268" t="inlineStr">
         <is>
-          <t>新宙邦</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.288</t>
+        </is>
+      </c>
+      <c r="E268" t="n">
+        <v>9.029999999999999</v>
+      </c>
+      <c r="F268" t="n">
+        <v>198.1557</v>
       </c>
       <c r="G268" t="inlineStr">
         <is>
-          <t>2.811</t>
+          <t>600461</t>
         </is>
       </c>
       <c r="H268" t="inlineStr">
         <is>
-          <t>2028-09-26</t>
-[...2 lines deleted...]
-      <c r="I268" t="inlineStr">
+          <t>洪城环境</t>
+        </is>
+      </c>
+      <c r="I268" t="n">
+        <v>9.67</v>
+      </c>
+      <c r="J268" t="n">
+        <v>-0.41</v>
+      </c>
+      <c r="K268" t="inlineStr">
+        <is>
+          <t>AA+</t>
+        </is>
+      </c>
+      <c r="L268" t="inlineStr">
+        <is>
+          <t>6.685</t>
+        </is>
+      </c>
+      <c r="M268" t="inlineStr">
+        <is>
+          <t>0.825</t>
+        </is>
+      </c>
+      <c r="N268" t="inlineStr">
+        <is>
+          <t>2026-11-20</t>
+        </is>
+      </c>
+      <c r="O268" t="inlineStr">
         <is>
           <t>110.00</t>
         </is>
       </c>
-      <c r="J268" t="inlineStr">
-[...25 lines deleted...]
-        <v>17.58</v>
+      <c r="P268" t="inlineStr">
+        <is>
+          <t>6.344</t>
+        </is>
+      </c>
+      <c r="Q268" t="inlineStr">
+        <is>
+          <t>!</t>
+        </is>
       </c>
       <c r="R268" t="n">
-        <v>32.38</v>
+        <v>56.3664</v>
       </c>
       <c r="S268" t="n">
-        <v>25.96</v>
+        <v>0.8114</v>
       </c>
       <c r="T268" t="n">
-        <v>19.8</v>
-[...3 lines deleted...]
-      <c r="W268" t="inlineStr"/>
+        <v>0.7655999999999999</v>
+      </c>
+      <c r="U268" t="n">
+        <v>11.9</v>
+      </c>
+      <c r="V268" t="n">
+        <v>10.83</v>
+      </c>
+      <c r="W268" t="n">
+        <v>9.85</v>
+      </c>
+      <c r="X268" t="n">
+        <v>12.91</v>
+      </c>
+      <c r="Y268" t="n">
+        <v>21.32</v>
+      </c>
+      <c r="Z268" t="inlineStr"/>
+      <c r="AA268" t="inlineStr"/>
+      <c r="AB268" t="inlineStr"/>
     </row>
     <row r="269">
       <c r="A269" t="inlineStr">
         <is>
-          <t>113054</t>
+          <t>118061</t>
         </is>
       </c>
       <c r="B269" t="inlineStr">
         <is>
-          <t>绿动转债</t>
+          <t>茂莱转债</t>
         </is>
       </c>
       <c r="C269" t="inlineStr">
         <is>
-          <t>601330</t>
+          <t>233.660</t>
         </is>
       </c>
       <c r="D269" t="inlineStr">
         <is>
-          <t>绿色动力</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.260</t>
+        </is>
+      </c>
+      <c r="E269" t="n">
+        <v>100.52</v>
+      </c>
+      <c r="F269" t="n">
+        <v>116.5272</v>
       </c>
       <c r="G269" t="inlineStr">
         <is>
-          <t>2.225</t>
+          <t>688502</t>
         </is>
       </c>
       <c r="H269" t="inlineStr">
         <is>
-          <t>2028-02-25</t>
-[...10 lines deleted...]
-        </is>
+          <t>茂莱光学</t>
+        </is>
+      </c>
+      <c r="I269" t="n">
+        <v>424.66</v>
+      </c>
+      <c r="J269" t="n">
+        <v>0.61</v>
       </c>
       <c r="K269" t="inlineStr">
         <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="L269" t="inlineStr">
+        <is>
+          <t>5.625</t>
+        </is>
+      </c>
+      <c r="M269" t="inlineStr">
+        <is>
+          <t>5.827</t>
+        </is>
+      </c>
+      <c r="N269" t="inlineStr">
+        <is>
+          <t>2031-11-20</t>
+        </is>
+      </c>
+      <c r="O269" t="inlineStr">
+        <is>
+          <t>113.00</t>
+        </is>
+      </c>
+      <c r="P269" t="inlineStr">
+        <is>
+          <t>473.759</t>
+        </is>
+      </c>
+      <c r="Q269" t="inlineStr">
+        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L269" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R269" t="n">
-        <v>6.47</v>
+        <v>23.2792</v>
       </c>
       <c r="S269" t="n">
-        <v>9.92</v>
+        <v>2.1533</v>
       </c>
       <c r="T269" t="n">
-        <v>7.9</v>
-[...3 lines deleted...]
-      <c r="W269" t="inlineStr"/>
+        <v>1.3739</v>
+      </c>
+      <c r="U269" t="n">
+        <v>0.36</v>
+      </c>
+      <c r="V269" t="n">
+        <v>0.47</v>
+      </c>
+      <c r="W269" t="n">
+        <v>53.48</v>
+      </c>
+      <c r="X269" t="inlineStr"/>
+      <c r="Y269" t="inlineStr"/>
+      <c r="Z269" t="inlineStr"/>
+      <c r="AA269" t="inlineStr"/>
+      <c r="AB269" t="inlineStr"/>
     </row>
     <row r="270">
       <c r="A270" t="inlineStr">
         <is>
-          <t>113674</t>
+          <t>128108</t>
         </is>
       </c>
       <c r="B270" t="inlineStr">
         <is>
-          <t>华设转债</t>
+          <t>蓝帆转债</t>
         </is>
       </c>
       <c r="C270" t="inlineStr">
         <is>
-          <t>603018</t>
+          <t>108.159</t>
         </is>
       </c>
       <c r="D270" t="inlineStr">
         <is>
-          <t>华设集团</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.261</t>
+        </is>
+      </c>
+      <c r="E270" t="n">
+        <v>71.25</v>
+      </c>
+      <c r="F270" t="n">
+        <v>63.1579</v>
       </c>
       <c r="G270" t="inlineStr">
         <is>
-          <t>3.627</t>
+          <t>002382</t>
         </is>
       </c>
       <c r="H270" t="inlineStr">
         <is>
-          <t>2029-07-21</t>
-[...10 lines deleted...]
-        </is>
+          <t>蓝帆医疗</t>
+        </is>
+      </c>
+      <c r="I270" t="n">
+        <v>6</v>
+      </c>
+      <c r="J270" t="n">
+        <v>1.18</v>
       </c>
       <c r="K270" t="inlineStr">
         <is>
-          <t>0/15 | 30</t>
-[...18 lines deleted...]
-        <v>6.84</v>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="L270" t="inlineStr">
+        <is>
+          <t>15.203</t>
+        </is>
+      </c>
+      <c r="M270" t="inlineStr">
+        <is>
+          <t>0.343</t>
+        </is>
+      </c>
+      <c r="N270" t="inlineStr">
+        <is>
+          <t>2026-05-28</t>
+        </is>
+      </c>
+      <c r="O270" t="inlineStr">
+        <is>
+          <t>108.00</t>
+        </is>
+      </c>
+      <c r="P270" t="inlineStr">
+        <is>
+          <t>12.350</t>
+        </is>
+      </c>
+      <c r="Q270" t="inlineStr">
+        <is>
+          <t>0/15 | 30 2021-02-08 重新计</t>
+        </is>
       </c>
       <c r="R270" t="n">
-        <v>10.02</v>
+        <v>41.01</v>
       </c>
       <c r="S270" t="n">
-        <v>15.58</v>
+        <v>0.8689</v>
       </c>
       <c r="T270" t="n">
-        <v>20.38</v>
-[...3 lines deleted...]
-      <c r="W270" t="inlineStr"/>
+        <v>0.6706</v>
+      </c>
+      <c r="U270" t="n">
+        <v>-4.46</v>
+      </c>
+      <c r="V270" t="n">
+        <v>-5.68</v>
+      </c>
+      <c r="W270" t="n">
+        <v>13.36</v>
+      </c>
+      <c r="X270" t="n">
+        <v>8.699999999999999</v>
+      </c>
+      <c r="Y270" t="n">
+        <v>9.32</v>
+      </c>
+      <c r="Z270" t="inlineStr"/>
+      <c r="AA270" t="inlineStr"/>
+      <c r="AB270" t="inlineStr"/>
     </row>
     <row r="271">
       <c r="A271" t="inlineStr">
         <is>
-          <t>123197</t>
+          <t>127093</t>
         </is>
       </c>
       <c r="B271" t="inlineStr">
         <is>
-          <t>光力转债</t>
+          <t>章鼓转债</t>
         </is>
       </c>
       <c r="C271" t="inlineStr">
         <is>
-          <t>300480</t>
+          <t>140.460</t>
         </is>
       </c>
       <c r="D271" t="inlineStr">
         <is>
-          <t>光力科技</t>
-[...2 lines deleted...]
-      <c r="E271" t="inlineStr">
+          <t>0.258</t>
+        </is>
+      </c>
+      <c r="E271" t="n">
+        <v>39.23</v>
+      </c>
+      <c r="F271" t="n">
+        <v>100.8867</v>
+      </c>
+      <c r="G271" t="inlineStr">
+        <is>
+          <t>002598</t>
+        </is>
+      </c>
+      <c r="H271" t="inlineStr">
+        <is>
+          <t>山东章鼓</t>
+        </is>
+      </c>
+      <c r="I271" t="n">
+        <v>10.24</v>
+      </c>
+      <c r="J271" t="n">
+        <v>1.39</v>
+      </c>
+      <c r="K271" t="inlineStr">
         <is>
           <t>A+</t>
         </is>
       </c>
-      <c r="F271" t="inlineStr">
-[...24 lines deleted...]
-      <c r="K271" t="inlineStr">
+      <c r="L271" t="inlineStr">
+        <is>
+          <t>2.425</t>
+        </is>
+      </c>
+      <c r="M271" t="inlineStr">
+        <is>
+          <t>3.734</t>
+        </is>
+      </c>
+      <c r="N271" t="inlineStr">
+        <is>
+          <t>2029-10-17</t>
+        </is>
+      </c>
+      <c r="O271" t="inlineStr">
+        <is>
+          <t>113.00</t>
+        </is>
+      </c>
+      <c r="P271" t="inlineStr">
+        <is>
+          <t>13.195</t>
+        </is>
+      </c>
+      <c r="Q271" t="inlineStr">
         <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L271" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R271" t="n">
-        <v>12.6</v>
+        <v>56.587</v>
       </c>
       <c r="S271" t="n">
-        <v>16.03</v>
+        <v>1.6018</v>
       </c>
       <c r="T271" t="n">
-        <v>17.38</v>
-[...3 lines deleted...]
-      <c r="W271" t="inlineStr"/>
+        <v>1.289</v>
+      </c>
+      <c r="U271" t="n">
+        <v>0.72</v>
+      </c>
+      <c r="V271" t="n">
+        <v>1.07</v>
+      </c>
+      <c r="W271" t="n">
+        <v>19.23</v>
+      </c>
+      <c r="X271" t="n">
+        <v>16.86</v>
+      </c>
+      <c r="Y271" t="n">
+        <v>23.02</v>
+      </c>
+      <c r="Z271" t="inlineStr"/>
+      <c r="AA271" t="inlineStr"/>
+      <c r="AB271" t="inlineStr"/>
     </row>
     <row r="272">
       <c r="A272" t="inlineStr">
         <is>
-          <t>123168</t>
+          <t>123264</t>
         </is>
       </c>
       <c r="B272" t="inlineStr">
         <is>
-          <t>惠云转债</t>
+          <t>双乐转债</t>
         </is>
       </c>
       <c r="C272" t="inlineStr">
         <is>
-          <t>300891</t>
+          <t>160.400</t>
         </is>
       </c>
       <c r="D272" t="inlineStr">
         <is>
-          <t>惠云钛业</t>
-[...2 lines deleted...]
-      <c r="E272" t="inlineStr">
+          <t>0.250</t>
+        </is>
+      </c>
+      <c r="E272" t="n">
+        <v>73.39</v>
+      </c>
+      <c r="F272" t="n">
+        <v>92.5068</v>
+      </c>
+      <c r="G272" t="inlineStr">
+        <is>
+          <t>301036</t>
+        </is>
+      </c>
+      <c r="H272" t="inlineStr">
+        <is>
+          <t>双乐股份</t>
+        </is>
+      </c>
+      <c r="I272" t="n">
+        <v>33.95</v>
+      </c>
+      <c r="J272" t="n">
+        <v>0.44</v>
+      </c>
+      <c r="K272" t="inlineStr">
         <is>
           <t>AA-</t>
         </is>
       </c>
-      <c r="F272" t="inlineStr">
-[...24 lines deleted...]
-      <c r="K272" t="inlineStr">
+      <c r="L272" t="inlineStr">
+        <is>
+          <t>8.000</t>
+        </is>
+      </c>
+      <c r="M272" t="inlineStr">
+        <is>
+          <t>5.923</t>
+        </is>
+      </c>
+      <c r="N272" t="inlineStr">
+        <is>
+          <t>2031-12-25</t>
+        </is>
+      </c>
+      <c r="O272" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="P272" t="inlineStr">
+        <is>
+          <t>47.710</t>
+        </is>
+      </c>
+      <c r="Q272" t="inlineStr">
         <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L272" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R272" t="n">
-        <v>11.17</v>
+        <v>10.4786</v>
       </c>
       <c r="S272" t="n">
-        <v>14.93</v>
+        <v>4.4799</v>
       </c>
       <c r="T272" t="n">
-        <v>21.32</v>
-[...2 lines deleted...]
-      <c r="V272" t="inlineStr"/>
+        <v>3.1384</v>
+      </c>
+      <c r="U272" t="n">
+        <v>1.21</v>
+      </c>
+      <c r="V272" t="n">
+        <v>0.47</v>
+      </c>
       <c r="W272" t="inlineStr"/>
+      <c r="X272" t="inlineStr"/>
+      <c r="Y272" t="inlineStr"/>
+      <c r="Z272" t="inlineStr"/>
+      <c r="AA272" t="inlineStr"/>
+      <c r="AB272" t="inlineStr"/>
     </row>
     <row r="273">
       <c r="A273" t="inlineStr">
         <is>
-          <t>113597</t>
+          <t>123109</t>
         </is>
       </c>
       <c r="B273" t="inlineStr">
         <is>
-          <t>佳力转债</t>
+          <t>昌红转债</t>
         </is>
       </c>
       <c r="C273" t="inlineStr">
         <is>
-          <t>603912</t>
+          <t>131.000</t>
         </is>
       </c>
       <c r="D273" t="inlineStr">
         <is>
-          <t>佳力图</t>
-[...2 lines deleted...]
-      <c r="E273" t="inlineStr">
+          <t>0.246</t>
+        </is>
+      </c>
+      <c r="E273" t="n">
+        <v>101.17</v>
+      </c>
+      <c r="F273" t="n">
+        <v>65.1198</v>
+      </c>
+      <c r="G273" t="inlineStr">
+        <is>
+          <t>300151</t>
+        </is>
+      </c>
+      <c r="H273" t="inlineStr">
+        <is>
+          <t>昌红科技</t>
+        </is>
+      </c>
+      <c r="I273" t="n">
+        <v>17.4</v>
+      </c>
+      <c r="J273" t="n">
+        <v>2.72</v>
+      </c>
+      <c r="K273" t="inlineStr">
         <is>
           <t>AA-</t>
         </is>
       </c>
-      <c r="F273" t="inlineStr">
-[...45 lines deleted...]
-        <v>0.37</v>
+      <c r="L273" t="inlineStr">
+        <is>
+          <t>4.595</t>
+        </is>
+      </c>
+      <c r="M273" t="inlineStr">
+        <is>
+          <t>1.186</t>
+        </is>
+      </c>
+      <c r="N273" t="inlineStr">
+        <is>
+          <t>2027-04-01</t>
+        </is>
+      </c>
+      <c r="O273" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="P273" t="inlineStr">
+        <is>
+          <t>34.736</t>
+        </is>
+      </c>
+      <c r="Q273" t="inlineStr">
+        <is>
+          <t>0/15 | 30 2022-05-30 重新计</t>
+        </is>
       </c>
       <c r="R273" t="n">
-        <v>12.11</v>
+        <v>38.7193</v>
       </c>
       <c r="S273" t="n">
-        <v>16.79</v>
+        <v>2.965</v>
       </c>
       <c r="T273" t="n">
-        <v>21.44</v>
-[...3 lines deleted...]
-      <c r="W273" t="inlineStr"/>
+        <v>2.5316</v>
+      </c>
+      <c r="U273" t="n">
+        <v>1.02</v>
+      </c>
+      <c r="V273" t="n">
+        <v>0.32</v>
+      </c>
+      <c r="W273" t="n">
+        <v>12.42</v>
+      </c>
+      <c r="X273" t="n">
+        <v>10.39</v>
+      </c>
+      <c r="Y273" t="n">
+        <v>11.58</v>
+      </c>
+      <c r="Z273" t="inlineStr"/>
+      <c r="AA273" t="inlineStr"/>
+      <c r="AB273" t="inlineStr"/>
     </row>
     <row r="274">
       <c r="A274" t="inlineStr">
         <is>
-          <t>127102</t>
+          <t>113640</t>
         </is>
       </c>
       <c r="B274" t="inlineStr">
         <is>
-          <t>浙建转债</t>
+          <t>苏利转债</t>
         </is>
       </c>
       <c r="C274" t="inlineStr">
         <is>
-          <t>002761</t>
+          <t>147.937</t>
         </is>
       </c>
       <c r="D274" t="inlineStr">
         <is>
-          <t>浙江建投</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.249</t>
+        </is>
+      </c>
+      <c r="E274" t="n">
+        <v>19.8</v>
+      </c>
+      <c r="F274" t="n">
+        <v>123.4884</v>
       </c>
       <c r="G274" t="inlineStr">
         <is>
-          <t>4.058</t>
+          <t>603585</t>
         </is>
       </c>
       <c r="H274" t="inlineStr">
         <is>
-          <t>2029-12-25</t>
-[...10 lines deleted...]
-        </is>
+          <t>苏利股份</t>
+        </is>
+      </c>
+      <c r="I274" t="n">
+        <v>21.24</v>
+      </c>
+      <c r="J274" t="n">
+        <v>-0.75</v>
       </c>
       <c r="K274" t="inlineStr">
         <is>
-          <t>0/15 | 30</t>
-[...18 lines deleted...]
-        <v>9.67</v>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="L274" t="inlineStr">
+        <is>
+          <t>9.101</t>
+        </is>
+      </c>
+      <c r="M274" t="inlineStr">
+        <is>
+          <t>2.066</t>
+        </is>
+      </c>
+      <c r="N274" t="inlineStr">
+        <is>
+          <t>2028-02-16</t>
+        </is>
+      </c>
+      <c r="O274" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="P274" t="inlineStr">
+        <is>
+          <t>22.360</t>
+        </is>
+      </c>
+      <c r="Q274" t="inlineStr">
+        <is>
+          <t>1/15 | 30</t>
+        </is>
       </c>
       <c r="R274" t="n">
-        <v>8.16</v>
+        <v>39.7456</v>
       </c>
       <c r="S274" t="n">
-        <v>14.65</v>
+        <v>2.2844</v>
       </c>
       <c r="T274" t="n">
-        <v>19.24</v>
+        <v>1.703</v>
       </c>
       <c r="U274" t="n">
-        <v>17.4</v>
+        <v>-0.11</v>
       </c>
       <c r="V274" t="n">
-        <v>31.09</v>
+        <v>0.2</v>
       </c>
       <c r="W274" t="n">
-        <v>42.99</v>
-      </c>
+        <v>22.21</v>
+      </c>
+      <c r="X274" t="n">
+        <v>18.09</v>
+      </c>
+      <c r="Y274" t="n">
+        <v>20.95</v>
+      </c>
+      <c r="Z274" t="inlineStr"/>
+      <c r="AA274" t="inlineStr"/>
+      <c r="AB274" t="inlineStr"/>
     </row>
     <row r="275">
       <c r="A275" t="inlineStr">
         <is>
-          <t>118006</t>
+          <t>123251</t>
         </is>
       </c>
       <c r="B275" t="inlineStr">
         <is>
-          <t>阿拉转债</t>
+          <t>华医转债</t>
         </is>
       </c>
       <c r="C275" t="inlineStr">
         <is>
-          <t>688179</t>
+          <t>275.980</t>
         </is>
       </c>
       <c r="D275" t="inlineStr">
         <is>
-          <t>阿拉丁</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.247</t>
+        </is>
+      </c>
+      <c r="E275" t="n">
+        <v>26.62</v>
+      </c>
+      <c r="F275" t="n">
+        <v>217.967</v>
       </c>
       <c r="G275" t="inlineStr">
         <is>
-          <t>2.277</t>
+          <t>301235</t>
         </is>
       </c>
       <c r="H275" t="inlineStr">
         <is>
-          <t>2028-03-15</t>
-[...2 lines deleted...]
-      <c r="I275" t="inlineStr">
+          <t>华康洁净</t>
+        </is>
+      </c>
+      <c r="I275" t="n">
+        <v>48.89</v>
+      </c>
+      <c r="J275" t="n">
+        <v>-1.17</v>
+      </c>
+      <c r="K275" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="L275" t="inlineStr">
+        <is>
+          <t>7.012</t>
+        </is>
+      </c>
+      <c r="M275" t="inlineStr">
+        <is>
+          <t>4.918</t>
+        </is>
+      </c>
+      <c r="N275" t="inlineStr">
+        <is>
+          <t>2030-12-23</t>
+        </is>
+      </c>
+      <c r="O275" t="inlineStr">
         <is>
           <t>115.00</t>
         </is>
       </c>
-      <c r="J275" t="inlineStr">
-[...25 lines deleted...]
-        <v>0.93</v>
+      <c r="P275" t="inlineStr">
+        <is>
+          <t>29.159</t>
+        </is>
+      </c>
+      <c r="Q275" t="inlineStr">
+        <is>
+          <t>!</t>
+        </is>
       </c>
       <c r="R275" t="n">
-        <v>10.56</v>
+        <v>54.0246</v>
       </c>
       <c r="S275" t="n">
-        <v>14.92</v>
+        <v>2.3962</v>
       </c>
       <c r="T275" t="n">
-        <v>14.5</v>
-[...3 lines deleted...]
-      <c r="W275" t="inlineStr"/>
+        <v>1.9134</v>
+      </c>
+      <c r="U275" t="n">
+        <v>0.67</v>
+      </c>
+      <c r="V275" t="n">
+        <v>1.07</v>
+      </c>
+      <c r="W275" t="n">
+        <v>69.88</v>
+      </c>
+      <c r="X275" t="n">
+        <v>49.91</v>
+      </c>
+      <c r="Y275" t="inlineStr"/>
+      <c r="Z275" t="inlineStr"/>
+      <c r="AA275" t="inlineStr"/>
+      <c r="AB275" t="inlineStr"/>
     </row>
     <row r="276">
       <c r="A276" t="inlineStr">
         <is>
-          <t>127105</t>
+          <t>123262</t>
         </is>
       </c>
       <c r="B276" t="inlineStr">
         <is>
-          <t>龙星转债</t>
+          <t>神宇转债</t>
         </is>
       </c>
       <c r="C276" t="inlineStr">
         <is>
-          <t>002442</t>
+          <t>170.000</t>
         </is>
       </c>
       <c r="D276" t="inlineStr">
         <is>
-          <t>龙星科技</t>
-[...2 lines deleted...]
-      <c r="E276" t="inlineStr">
+          <t>0.236</t>
+        </is>
+      </c>
+      <c r="E276" t="n">
+        <v>66.44</v>
+      </c>
+      <c r="F276" t="n">
+        <v>102.1381</v>
+      </c>
+      <c r="G276" t="inlineStr">
+        <is>
+          <t>300563</t>
+        </is>
+      </c>
+      <c r="H276" t="inlineStr">
+        <is>
+          <t>神宇股份</t>
+        </is>
+      </c>
+      <c r="I276" t="n">
+        <v>39.65</v>
+      </c>
+      <c r="J276" t="n">
+        <v>-1.37</v>
+      </c>
+      <c r="K276" t="inlineStr">
         <is>
           <t>AA-</t>
         </is>
       </c>
-      <c r="F276" t="inlineStr">
-[...24 lines deleted...]
-      <c r="K276" t="inlineStr">
+      <c r="L276" t="inlineStr">
+        <is>
+          <t>5.000</t>
+        </is>
+      </c>
+      <c r="M276" t="inlineStr">
+        <is>
+          <t>5.882</t>
+        </is>
+      </c>
+      <c r="N276" t="inlineStr">
+        <is>
+          <t>2031-12-10</t>
+        </is>
+      </c>
+      <c r="O276" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="P276" t="inlineStr">
+        <is>
+          <t>50.466</t>
+        </is>
+      </c>
+      <c r="Q276" t="inlineStr">
         <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L276" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R276" t="n">
-        <v>11.51</v>
+        <v>24.6379</v>
       </c>
       <c r="S276" t="n">
-        <v>14.12</v>
+        <v>2.8781</v>
       </c>
       <c r="T276" t="n">
-        <v>19.54</v>
-[...2 lines deleted...]
-      <c r="V276" t="inlineStr"/>
+        <v>2.3457</v>
+      </c>
+      <c r="U276" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="V276" t="n">
+        <v>0.5</v>
+      </c>
       <c r="W276" t="inlineStr"/>
+      <c r="X276" t="inlineStr"/>
+      <c r="Y276" t="inlineStr"/>
+      <c r="Z276" t="inlineStr"/>
+      <c r="AA276" t="inlineStr"/>
+      <c r="AB276" t="inlineStr"/>
     </row>
     <row r="277">
       <c r="A277" t="inlineStr">
         <is>
-          <t>123138</t>
+          <t>123229</t>
         </is>
       </c>
       <c r="B277" t="inlineStr">
         <is>
-          <t>丝路转债</t>
+          <t>艾录转债</t>
         </is>
       </c>
       <c r="C277" t="inlineStr">
         <is>
-          <t>300556</t>
+          <t>140.592</t>
         </is>
       </c>
       <c r="D277" t="inlineStr">
         <is>
-          <t>丝路视觉</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.240</t>
+        </is>
+      </c>
+      <c r="E277" t="n">
+        <v>46.44</v>
+      </c>
+      <c r="F277" t="n">
+        <v>96.004</v>
       </c>
       <c r="G277" t="inlineStr">
         <is>
-          <t>2.241</t>
+          <t>301062</t>
         </is>
       </c>
       <c r="H277" t="inlineStr">
         <is>
-          <t>2028-03-02</t>
-[...2 lines deleted...]
-      <c r="I277" t="inlineStr">
+          <t>上海艾录</t>
+        </is>
+      </c>
+      <c r="I277" t="n">
+        <v>9.609999999999999</v>
+      </c>
+      <c r="J277" t="n">
+        <v>-2.44</v>
+      </c>
+      <c r="K277" t="inlineStr">
+        <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="L277" t="inlineStr">
+        <is>
+          <t>1.779</t>
+        </is>
+      </c>
+      <c r="M277" t="inlineStr">
+        <is>
+          <t>3.751</t>
+        </is>
+      </c>
+      <c r="N277" t="inlineStr">
+        <is>
+          <t>2029-10-23</t>
+        </is>
+      </c>
+      <c r="O277" t="inlineStr">
         <is>
           <t>115.00</t>
         </is>
       </c>
-      <c r="J277" t="inlineStr">
-[...25 lines deleted...]
-        <v>0.46</v>
+      <c r="P277" t="inlineStr">
+        <is>
+          <t>13.013</t>
+        </is>
+      </c>
+      <c r="Q277" t="inlineStr">
+        <is>
+          <t>0/15 | 30 2025-03-12 重新计</t>
+        </is>
       </c>
       <c r="R277" t="n">
-        <v>8.539999999999999</v>
+        <v>49.5384</v>
       </c>
       <c r="S277" t="n">
-        <v>12.28</v>
+        <v>1.4194</v>
       </c>
       <c r="T277" t="n">
-        <v>16.58</v>
-[...3 lines deleted...]
-      <c r="W277" t="inlineStr"/>
+        <v>0.8924</v>
+      </c>
+      <c r="U277" t="n">
+        <v>0.53</v>
+      </c>
+      <c r="V277" t="n">
+        <v>0.75</v>
+      </c>
+      <c r="W277" t="n">
+        <v>11.04</v>
+      </c>
+      <c r="X277" t="n">
+        <v>8.5</v>
+      </c>
+      <c r="Y277" t="n">
+        <v>21.51</v>
+      </c>
+      <c r="Z277" t="inlineStr"/>
+      <c r="AA277" t="inlineStr"/>
+      <c r="AB277" t="inlineStr"/>
     </row>
     <row r="278">
       <c r="A278" t="inlineStr">
         <is>
-          <t>127109</t>
+          <t>127055</t>
         </is>
       </c>
       <c r="B278" t="inlineStr">
         <is>
-          <t>电化转债</t>
+          <t>精装转债</t>
         </is>
       </c>
       <c r="C278" t="inlineStr">
         <is>
-          <t>002125</t>
+          <t>199.866</t>
         </is>
       </c>
       <c r="D278" t="inlineStr">
         <is>
-          <t>湘潭电化</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.241</t>
+        </is>
+      </c>
+      <c r="E278" t="n">
+        <v>12.73</v>
+      </c>
+      <c r="F278" t="n">
+        <v>177.2973</v>
       </c>
       <c r="G278" t="inlineStr">
         <is>
-          <t>5.532</t>
+          <t>002989</t>
         </is>
       </c>
       <c r="H278" t="inlineStr">
         <is>
-          <t>2031-06-16</t>
-[...10 lines deleted...]
-        </is>
+          <t>中天精装</t>
+        </is>
+      </c>
+      <c r="I278" t="n">
+        <v>32.8</v>
+      </c>
+      <c r="J278" t="n">
+        <v>-1.15</v>
       </c>
       <c r="K278" t="inlineStr">
         <is>
-          <t>0/15 | 30</t>
-[...18 lines deleted...]
-        <v>3.94</v>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="L278" t="inlineStr">
+        <is>
+          <t>2.082</t>
+        </is>
+      </c>
+      <c r="M278" t="inlineStr">
+        <is>
+          <t>2.082</t>
+        </is>
+      </c>
+      <c r="N278" t="inlineStr">
+        <is>
+          <t>2028-02-22</t>
+        </is>
+      </c>
+      <c r="O278" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="P278" t="inlineStr">
+        <is>
+          <t>24.050</t>
+        </is>
+      </c>
+      <c r="Q278" t="inlineStr">
+        <is>
+          <t>!</t>
+        </is>
       </c>
       <c r="R278" t="n">
-        <v>39.89</v>
+        <v>33.35</v>
       </c>
       <c r="S278" t="n">
-        <v>38.33</v>
-[...4 lines deleted...]
-      <c r="W278" t="inlineStr"/>
+        <v>2.5873</v>
+      </c>
+      <c r="T278" t="n">
+        <v>2.5735</v>
+      </c>
+      <c r="U278" t="n">
+        <v>-4.28</v>
+      </c>
+      <c r="V278" t="n">
+        <v>0.08</v>
+      </c>
+      <c r="W278" t="n">
+        <v>71.67</v>
+      </c>
+      <c r="X278" t="n">
+        <v>50.3</v>
+      </c>
+      <c r="Y278" t="n">
+        <v>43.07</v>
+      </c>
+      <c r="Z278" t="inlineStr"/>
+      <c r="AA278" t="inlineStr"/>
+      <c r="AB278" t="inlineStr"/>
     </row>
     <row r="279">
       <c r="A279" t="inlineStr">
         <is>
-          <t>110097</t>
+          <t>128135</t>
         </is>
       </c>
       <c r="B279" t="inlineStr">
         <is>
-          <t>天润转债</t>
+          <t>洽洽转债</t>
         </is>
       </c>
       <c r="C279" t="inlineStr">
         <is>
-          <t>600419</t>
+          <t>117.603</t>
         </is>
       </c>
       <c r="D279" t="inlineStr">
         <is>
-          <t>天润乳业</t>
-[...2 lines deleted...]
-      <c r="E279" t="inlineStr">
+          <t>0.241</t>
+        </is>
+      </c>
+      <c r="E279" t="n">
+        <v>183.64</v>
+      </c>
+      <c r="F279" t="n">
+        <v>41.4625</v>
+      </c>
+      <c r="G279" t="inlineStr">
+        <is>
+          <t>002557</t>
+        </is>
+      </c>
+      <c r="H279" t="inlineStr">
+        <is>
+          <t>洽洽食品</t>
+        </is>
+      </c>
+      <c r="I279" t="n">
+        <v>23.19</v>
+      </c>
+      <c r="J279" t="n">
+        <v>-0.17</v>
+      </c>
+      <c r="K279" t="inlineStr">
         <is>
           <t>AA</t>
         </is>
       </c>
-      <c r="F279" t="inlineStr">
-[...45 lines deleted...]
-        <v>1.96</v>
+      <c r="L279" t="inlineStr">
+        <is>
+          <t>13.398</t>
+        </is>
+      </c>
+      <c r="M279" t="inlineStr">
+        <is>
+          <t>0.740</t>
+        </is>
+      </c>
+      <c r="N279" t="inlineStr">
+        <is>
+          <t>2026-10-20</t>
+        </is>
+      </c>
+      <c r="O279" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="P279" t="inlineStr">
+        <is>
+          <t>72.709</t>
+        </is>
+      </c>
+      <c r="Q279" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R279" t="n">
-        <v>22.51</v>
+        <v>39.2991</v>
       </c>
       <c r="S279" t="n">
-        <v>25.67</v>
-[...4 lines deleted...]
-      <c r="W279" t="inlineStr"/>
+        <v>3.2332</v>
+      </c>
+      <c r="T279" t="n">
+        <v>2.8965</v>
+      </c>
+      <c r="U279" t="n">
+        <v>8.49</v>
+      </c>
+      <c r="V279" t="n">
+        <v>8.029999999999999</v>
+      </c>
+      <c r="W279" t="n">
+        <v>4.09</v>
+      </c>
+      <c r="X279" t="n">
+        <v>4.14</v>
+      </c>
+      <c r="Y279" t="n">
+        <v>4.91</v>
+      </c>
+      <c r="Z279" t="inlineStr"/>
+      <c r="AA279" t="inlineStr"/>
+      <c r="AB279" t="inlineStr"/>
     </row>
     <row r="280">
       <c r="A280" t="inlineStr">
         <is>
-          <t>113616</t>
+          <t>113647</t>
         </is>
       </c>
       <c r="B280" t="inlineStr">
         <is>
-          <t>韦尔转债</t>
+          <t>禾丰转债</t>
         </is>
       </c>
       <c r="C280" t="inlineStr">
         <is>
-          <t>603501</t>
+          <t>125.105</t>
         </is>
       </c>
       <c r="D280" t="inlineStr">
         <is>
-          <t>豪威集团</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.238</t>
+        </is>
+      </c>
+      <c r="E280" t="n">
+        <v>71.51000000000001</v>
+      </c>
+      <c r="F280" t="n">
+        <v>72.9435</v>
       </c>
       <c r="G280" t="inlineStr">
         <is>
-          <t>1.063</t>
+          <t>603609</t>
         </is>
       </c>
       <c r="H280" t="inlineStr">
         <is>
-          <t>2026-12-28</t>
-[...10 lines deleted...]
-        </is>
+          <t>禾丰股份</t>
+        </is>
+      </c>
+      <c r="I280" t="n">
+        <v>7.36</v>
+      </c>
+      <c r="J280" t="n">
+        <v>-0.14</v>
       </c>
       <c r="K280" t="inlineStr">
         <is>
-          <t>0/15 | 30 2022-01-24 重新计</t>
-[...18 lines deleted...]
-        <v>9.9</v>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="L280" t="inlineStr">
+        <is>
+          <t>14.669</t>
+        </is>
+      </c>
+      <c r="M280" t="inlineStr">
+        <is>
+          <t>2.247</t>
+        </is>
+      </c>
+      <c r="N280" t="inlineStr">
+        <is>
+          <t>2028-04-22</t>
+        </is>
+      </c>
+      <c r="O280" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="P280" t="inlineStr">
+        <is>
+          <t>13.117</t>
+        </is>
+      </c>
+      <c r="Q280" t="inlineStr">
+        <is>
+          <t>0/15 | 30 2023-03-03 重新计</t>
+        </is>
       </c>
       <c r="R280" t="n">
-        <v>14.96</v>
+        <v>56.8288</v>
       </c>
       <c r="S280" t="n">
-        <v>14.98</v>
+        <v>1.1806</v>
       </c>
       <c r="T280" t="n">
-        <v>13.42</v>
-[...3 lines deleted...]
-      <c r="W280" t="inlineStr"/>
+        <v>0.5837</v>
+      </c>
+      <c r="U280" t="n">
+        <v>3.42</v>
+      </c>
+      <c r="V280" t="n">
+        <v>-4.57</v>
+      </c>
+      <c r="W280" t="n">
+        <v>8.029999999999999</v>
+      </c>
+      <c r="X280" t="n">
+        <v>7.98</v>
+      </c>
+      <c r="Y280" t="n">
+        <v>15.19</v>
+      </c>
+      <c r="Z280" t="inlineStr"/>
+      <c r="AA280" t="inlineStr"/>
+      <c r="AB280" t="inlineStr"/>
     </row>
     <row r="281">
       <c r="A281" t="inlineStr">
         <is>
-          <t>113660</t>
+          <t>111014</t>
         </is>
       </c>
       <c r="B281" t="inlineStr">
         <is>
-          <t>寿22转债</t>
+          <t>李子转债</t>
         </is>
       </c>
       <c r="C281" t="inlineStr">
         <is>
-          <t>603896</t>
+          <t>129.430</t>
         </is>
       </c>
       <c r="D281" t="inlineStr">
         <is>
-          <t>寿仙谷</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.236</t>
+        </is>
+      </c>
+      <c r="E281" t="n">
+        <v>89</v>
+      </c>
+      <c r="F281" t="n">
+        <v>68.4812</v>
       </c>
       <c r="G281" t="inlineStr">
         <is>
-          <t>2.953</t>
+          <t>605337</t>
         </is>
       </c>
       <c r="H281" t="inlineStr">
         <is>
-          <t>2028-11-17</t>
-[...2 lines deleted...]
-      <c r="I281" t="inlineStr">
+          <t>李子园</t>
+        </is>
+      </c>
+      <c r="I281" t="n">
+        <v>12.58</v>
+      </c>
+      <c r="J281" t="n">
+        <v>1.62</v>
+      </c>
+      <c r="K281" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="L281" t="inlineStr">
+        <is>
+          <t>5.999</t>
+        </is>
+      </c>
+      <c r="M281" t="inlineStr">
+        <is>
+          <t>3.408</t>
+        </is>
+      </c>
+      <c r="N281" t="inlineStr">
+        <is>
+          <t>2029-06-20</t>
+        </is>
+      </c>
+      <c r="O281" t="inlineStr">
         <is>
           <t>112.00</t>
         </is>
       </c>
-      <c r="J281" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K281" t="inlineStr">
+      <c r="P281" t="inlineStr">
+        <is>
+          <t>23.881</t>
+        </is>
+      </c>
+      <c r="Q281" t="inlineStr">
         <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L281" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R281" t="n">
-        <v>4.98</v>
+        <v>49.7418</v>
       </c>
       <c r="S281" t="n">
-        <v>10.25</v>
+        <v>1.4079</v>
       </c>
       <c r="T281" t="n">
-        <v>10.94</v>
+        <v>1.2111</v>
       </c>
       <c r="U281" t="n">
-        <v>13.27</v>
+        <v>2.24</v>
       </c>
       <c r="V281" t="n">
-        <v>15.49</v>
+        <v>2.37</v>
       </c>
       <c r="W281" t="n">
-        <v>29.78</v>
-      </c>
+        <v>9.210000000000001</v>
+      </c>
+      <c r="X281" t="n">
+        <v>7.58</v>
+      </c>
+      <c r="Y281" t="n">
+        <v>12.33</v>
+      </c>
+      <c r="Z281" t="inlineStr"/>
+      <c r="AA281" t="inlineStr"/>
+      <c r="AB281" t="inlineStr"/>
     </row>
     <row r="282">
       <c r="A282" t="inlineStr">
         <is>
-          <t>111009</t>
+          <t>128121</t>
         </is>
       </c>
       <c r="B282" t="inlineStr">
         <is>
-          <t>盛泰转债</t>
+          <t>宏川转债</t>
         </is>
       </c>
       <c r="C282" t="inlineStr">
         <is>
-          <t>605138</t>
+          <t>124.300</t>
         </is>
       </c>
       <c r="D282" t="inlineStr">
         <is>
-          <t>盛泰集团</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.242</t>
+        </is>
+      </c>
+      <c r="E282" t="n">
+        <v>54.96</v>
+      </c>
+      <c r="F282" t="n">
+        <v>80.21429999999999</v>
       </c>
       <c r="G282" t="inlineStr">
         <is>
-          <t>2.926</t>
+          <t>002930</t>
         </is>
       </c>
       <c r="H282" t="inlineStr">
         <is>
-          <t>2028-11-07</t>
-[...10 lines deleted...]
-        </is>
+          <t>宏川智慧</t>
+        </is>
+      </c>
+      <c r="I282" t="n">
+        <v>11.23</v>
+      </c>
+      <c r="J282" t="n">
+        <v>1.63</v>
       </c>
       <c r="K282" t="inlineStr">
         <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="L282" t="inlineStr">
+        <is>
+          <t>6.520</t>
+        </is>
+      </c>
+      <c r="M282" t="inlineStr">
+        <is>
+          <t>0.480</t>
+        </is>
+      </c>
+      <c r="N282" t="inlineStr">
+        <is>
+          <t>2026-07-17</t>
+        </is>
+      </c>
+      <c r="O282" t="inlineStr">
+        <is>
+          <t>108.00</t>
+        </is>
+      </c>
+      <c r="P282" t="inlineStr">
+        <is>
+          <t>18.200</t>
+        </is>
+      </c>
+      <c r="Q282" t="inlineStr">
+        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L282" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R282" t="n">
-        <v>9.43</v>
+        <v>68.1837</v>
       </c>
       <c r="S282" t="n">
+        <v>0.6619</v>
+      </c>
+      <c r="T282" t="n">
+        <v>0.6486</v>
+      </c>
+      <c r="U282" t="n">
+        <v>1.58</v>
+      </c>
+      <c r="V282" t="n">
+        <v>2.96</v>
+      </c>
+      <c r="W282" t="n">
         <v>17.95</v>
       </c>
-      <c r="T282" t="n">
-[...4 lines deleted...]
-      <c r="W282" t="inlineStr"/>
+      <c r="X282" t="n">
+        <v>12.19</v>
+      </c>
+      <c r="Y282" t="n">
+        <v>10.13</v>
+      </c>
+      <c r="Z282" t="inlineStr"/>
+      <c r="AA282" t="inlineStr"/>
+      <c r="AB282" t="inlineStr"/>
     </row>
     <row r="283">
       <c r="A283" t="inlineStr">
         <is>
-          <t>113650</t>
+          <t>113049</t>
         </is>
       </c>
       <c r="B283" t="inlineStr">
         <is>
-          <t>博22转债</t>
+          <t>长汽转债</t>
         </is>
       </c>
       <c r="C283" t="inlineStr">
         <is>
-          <t>603916</t>
+          <t>120.666</t>
         </is>
       </c>
       <c r="D283" t="inlineStr">
         <is>
-          <t>苏博特</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.232</t>
+        </is>
+      </c>
+      <c r="E283" t="n">
+        <v>118.86</v>
+      </c>
+      <c r="F283" t="n">
+        <v>55.1328</v>
       </c>
       <c r="G283" t="inlineStr">
         <is>
-          <t>2.573</t>
+          <t>601633</t>
         </is>
       </c>
       <c r="H283" t="inlineStr">
         <is>
-          <t>2028-07-01</t>
-[...10 lines deleted...]
-        </is>
+          <t>长城汽车</t>
+        </is>
+      </c>
+      <c r="I283" t="n">
+        <v>21.59</v>
+      </c>
+      <c r="J283" t="n">
+        <v>0.42</v>
       </c>
       <c r="K283" t="inlineStr">
         <is>
+          <t>AAA</t>
+        </is>
+      </c>
+      <c r="L283" t="inlineStr">
+        <is>
+          <t>34.951</t>
+        </is>
+      </c>
+      <c r="M283" t="inlineStr">
+        <is>
+          <t>1.378</t>
+        </is>
+      </c>
+      <c r="N283" t="inlineStr">
+        <is>
+          <t>2027-06-10</t>
+        </is>
+      </c>
+      <c r="O283" t="inlineStr">
+        <is>
+          <t>107.00</t>
+        </is>
+      </c>
+      <c r="P283" t="inlineStr">
+        <is>
+          <t>50.908</t>
+        </is>
+      </c>
+      <c r="Q283" t="inlineStr">
+        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L283" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R283" t="n">
-        <v>5.91</v>
+        <v>60.8833</v>
       </c>
       <c r="S283" t="n">
-        <v>12.12</v>
+        <v>1.1072</v>
       </c>
       <c r="T283" t="n">
-        <v>10.81</v>
-[...3 lines deleted...]
-      <c r="W283" t="inlineStr"/>
+        <v>0.8647</v>
+      </c>
+      <c r="U283" t="n">
+        <v>126.92</v>
+      </c>
+      <c r="V283" t="n">
+        <v>70.22</v>
+      </c>
+      <c r="W283" t="n">
+        <v>8.27</v>
+      </c>
+      <c r="X283" t="n">
+        <v>8.99</v>
+      </c>
+      <c r="Y283" t="n">
+        <v>11.15</v>
+      </c>
+      <c r="Z283" t="inlineStr"/>
+      <c r="AA283" t="inlineStr"/>
+      <c r="AB283" t="inlineStr"/>
     </row>
     <row r="284">
       <c r="A284" t="inlineStr">
         <is>
-          <t>113638</t>
+          <t>123049</t>
         </is>
       </c>
       <c r="B284" t="inlineStr">
         <is>
-          <t>台21转债</t>
+          <t>维尔转债</t>
         </is>
       </c>
       <c r="C284" t="inlineStr">
         <is>
-          <t>603055</t>
+          <t>130.635</t>
         </is>
       </c>
       <c r="D284" t="inlineStr">
         <is>
-          <t>台华新材</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.196</t>
+        </is>
+      </c>
+      <c r="E284" t="n">
+        <v>-0.27</v>
+      </c>
+      <c r="F284" t="n">
+        <v>130.9859</v>
       </c>
       <c r="G284" t="inlineStr">
         <is>
-          <t>2.066</t>
+          <t>300190</t>
         </is>
       </c>
       <c r="H284" t="inlineStr">
         <is>
-          <t>2027-12-29</t>
-[...10 lines deleted...]
-        </is>
+          <t>维尔利</t>
+        </is>
+      </c>
+      <c r="I284" t="n">
+        <v>4.65</v>
+      </c>
+      <c r="J284" t="n">
+        <v>0</v>
       </c>
       <c r="K284" t="inlineStr">
         <is>
-          <t>0/15 | 30</t>
-[...18 lines deleted...]
-        <v>2.69</v>
+          <t>A-</t>
+        </is>
+      </c>
+      <c r="L284" t="inlineStr">
+        <is>
+          <t>6.156</t>
+        </is>
+      </c>
+      <c r="M284" t="inlineStr">
+        <is>
+          <t>0.219</t>
+        </is>
+      </c>
+      <c r="N284" t="inlineStr">
+        <is>
+          <t>2026-04-13</t>
+        </is>
+      </c>
+      <c r="O284" t="inlineStr">
+        <is>
+          <t>118.00</t>
+        </is>
+      </c>
+      <c r="P284" t="inlineStr">
+        <is>
+          <t>4.615</t>
+        </is>
+      </c>
+      <c r="Q284" t="inlineStr">
+        <is>
+          <t>2/15 | 30</t>
+        </is>
       </c>
       <c r="R284" t="n">
-        <v>5.91</v>
+        <v>56.6741</v>
       </c>
       <c r="S284" t="n">
-        <v>10.09</v>
+        <v>1.3948</v>
       </c>
       <c r="T284" t="n">
-        <v>13.64</v>
-[...3 lines deleted...]
-      <c r="W284" t="inlineStr"/>
+        <v>1.205</v>
+      </c>
+      <c r="U284" t="n">
+        <v>-7.36</v>
+      </c>
+      <c r="V284" t="n">
+        <v>-1.97</v>
+      </c>
+      <c r="W284" t="n">
+        <v>16.56</v>
+      </c>
+      <c r="X284" t="n">
+        <v>17.09</v>
+      </c>
+      <c r="Y284" t="n">
+        <v>13.84</v>
+      </c>
+      <c r="Z284" t="inlineStr"/>
+      <c r="AA284" t="inlineStr"/>
+      <c r="AB284" t="inlineStr"/>
     </row>
     <row r="285">
       <c r="A285" t="inlineStr">
         <is>
-          <t>128137</t>
+          <t>123189</t>
         </is>
       </c>
       <c r="B285" t="inlineStr">
         <is>
-          <t>洁美转债</t>
+          <t>晓鸣转债</t>
         </is>
       </c>
       <c r="C285" t="inlineStr">
         <is>
-          <t>002859</t>
+          <t>139.871</t>
         </is>
       </c>
       <c r="D285" t="inlineStr">
         <is>
-          <t>洁美科技</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.170</t>
+        </is>
+      </c>
+      <c r="E285" t="n">
+        <v>34.65</v>
+      </c>
+      <c r="F285" t="n">
+        <v>103.878</v>
       </c>
       <c r="G285" t="inlineStr">
         <is>
-          <t>0.915</t>
+          <t>300967</t>
         </is>
       </c>
       <c r="H285" t="inlineStr">
         <is>
-          <t>2026-11-04</t>
-[...10 lines deleted...]
-        </is>
+          <t>晓鸣股份</t>
+        </is>
+      </c>
+      <c r="I285" t="n">
+        <v>20.09</v>
+      </c>
+      <c r="J285" t="n">
+        <v>-0.3</v>
       </c>
       <c r="K285" t="inlineStr">
         <is>
-          <t>0/15 | 30 2022-06-28 重新计</t>
-[...18 lines deleted...]
-        <v>1.66</v>
+          <t>A</t>
+        </is>
+      </c>
+      <c r="L285" t="inlineStr">
+        <is>
+          <t>3.287</t>
+        </is>
+      </c>
+      <c r="M285" t="inlineStr">
+        <is>
+          <t>3.203</t>
+        </is>
+      </c>
+      <c r="N285" t="inlineStr">
+        <is>
+          <t>2029-04-06</t>
+        </is>
+      </c>
+      <c r="O285" t="inlineStr">
+        <is>
+          <t>113.00</t>
+        </is>
+      </c>
+      <c r="P285" t="inlineStr">
+        <is>
+          <t>25.142</t>
+        </is>
+      </c>
+      <c r="Q285" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R285" t="n">
-        <v>21.14</v>
+        <v>43.6969</v>
       </c>
       <c r="S285" t="n">
-        <v>20.38</v>
+        <v>1.6195</v>
       </c>
       <c r="T285" t="n">
-        <v>16.07</v>
-[...3 lines deleted...]
-      <c r="W285" t="inlineStr"/>
+        <v>1.07</v>
+      </c>
+      <c r="U285" t="n">
+        <v>0.45</v>
+      </c>
+      <c r="V285" t="n">
+        <v>-1.55</v>
+      </c>
+      <c r="W285" t="n">
+        <v>13.94</v>
+      </c>
+      <c r="X285" t="n">
+        <v>15.35</v>
+      </c>
+      <c r="Y285" t="n">
+        <v>21.86</v>
+      </c>
+      <c r="Z285" t="inlineStr"/>
+      <c r="AA285" t="inlineStr"/>
+      <c r="AB285" t="inlineStr"/>
     </row>
     <row r="286">
       <c r="A286" t="inlineStr">
         <is>
-          <t>128119</t>
+          <t>113579</t>
         </is>
       </c>
       <c r="B286" t="inlineStr">
         <is>
-          <t>龙大转债</t>
+          <t>健友转债</t>
         </is>
       </c>
       <c r="C286" t="inlineStr">
         <is>
-          <t>002726</t>
+          <t>108.991</t>
         </is>
       </c>
       <c r="D286" t="inlineStr">
         <is>
-          <t>龙大美食</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.172</t>
+        </is>
+      </c>
+      <c r="E286" t="n">
+        <v>172.93</v>
+      </c>
+      <c r="F286" t="n">
+        <v>39.9343</v>
       </c>
       <c r="G286" t="inlineStr">
         <is>
-          <t>0.603</t>
+          <t>603707</t>
         </is>
       </c>
       <c r="H286" t="inlineStr">
         <is>
-          <t>2026-07-13</t>
-[...10 lines deleted...]
-        </is>
+          <t>健友股份</t>
+        </is>
+      </c>
+      <c r="I286" t="n">
+        <v>9.720000000000001</v>
+      </c>
+      <c r="J286" t="n">
+        <v>1.57</v>
       </c>
       <c r="K286" t="inlineStr">
         <is>
-          <t>0/15 | 30 2021-02-10 重新计</t>
-[...18 lines deleted...]
-        <v>0.75</v>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="L286" t="inlineStr">
+        <is>
+          <t>5.025</t>
+        </is>
+      </c>
+      <c r="M286" t="inlineStr">
+        <is>
+          <t>0.247</t>
+        </is>
+      </c>
+      <c r="N286" t="inlineStr">
+        <is>
+          <t>2026-04-23</t>
+        </is>
+      </c>
+      <c r="O286" t="inlineStr">
+        <is>
+          <t>109.00</t>
+        </is>
+      </c>
+      <c r="P286" t="inlineStr">
+        <is>
+          <t>31.642</t>
+        </is>
+      </c>
+      <c r="Q286" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R286" t="n">
-        <v>9.66</v>
+        <v>34.502</v>
       </c>
       <c r="S286" t="n">
-        <v>8.58</v>
+        <v>2.4587</v>
       </c>
       <c r="T286" t="n">
-        <v>15.15</v>
-[...3 lines deleted...]
-      <c r="W286" t="inlineStr"/>
+        <v>1.3474</v>
+      </c>
+      <c r="U286" t="n">
+        <v>8.26</v>
+      </c>
+      <c r="V286" t="n">
+        <v>-1.89</v>
+      </c>
+      <c r="W286" t="n">
+        <v>3.89</v>
+      </c>
+      <c r="X286" t="n">
+        <v>4.27</v>
+      </c>
+      <c r="Y286" t="n">
+        <v>8.18</v>
+      </c>
+      <c r="Z286" t="inlineStr"/>
+      <c r="AA286" t="inlineStr"/>
+      <c r="AB286" t="inlineStr"/>
     </row>
     <row r="287">
       <c r="A287" t="inlineStr">
         <is>
-          <t>123108</t>
+          <t>111002</t>
         </is>
       </c>
       <c r="B287" t="inlineStr">
         <is>
-          <t>乐普转2</t>
+          <t>特纸转债</t>
         </is>
       </c>
       <c r="C287" t="inlineStr">
         <is>
-          <t>300003</t>
+          <t>139.257</t>
         </is>
       </c>
       <c r="D287" t="inlineStr">
         <is>
-          <t>乐普医疗</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.163</t>
+        </is>
+      </c>
+      <c r="E287" t="n">
+        <v>40.8</v>
+      </c>
+      <c r="F287" t="n">
+        <v>98.9011</v>
       </c>
       <c r="G287" t="inlineStr">
         <is>
-          <t>0.315</t>
+          <t>605007</t>
         </is>
       </c>
       <c r="H287" t="inlineStr">
         <is>
-          <t>2026-03-30</t>
-[...10 lines deleted...]
-        </is>
+          <t>五洲特纸</t>
+        </is>
+      </c>
+      <c r="I287" t="n">
+        <v>13.5</v>
+      </c>
+      <c r="J287" t="n">
+        <v>-0.59</v>
       </c>
       <c r="K287" t="inlineStr">
         <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="L287" t="inlineStr">
+        <is>
+          <t>6.619</t>
+        </is>
+      </c>
+      <c r="M287" t="inlineStr">
+        <is>
+          <t>1.874</t>
+        </is>
+      </c>
+      <c r="N287" t="inlineStr">
+        <is>
+          <t>2027-12-08</t>
+        </is>
+      </c>
+      <c r="O287" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="P287" t="inlineStr">
+        <is>
+          <t>17.745</t>
+        </is>
+      </c>
+      <c r="Q287" t="inlineStr">
+        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L287" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R287" t="n">
-        <v>11.33</v>
+        <v>70.05880000000001</v>
       </c>
       <c r="S287" t="n">
-        <v>18.53</v>
+        <v>0.5868</v>
       </c>
       <c r="T287" t="n">
-        <v>10.66</v>
-[...3 lines deleted...]
-      <c r="W287" t="inlineStr"/>
+        <v>0.3841</v>
+      </c>
+      <c r="U287" t="n">
+        <v>3.62</v>
+      </c>
+      <c r="V287" t="n">
+        <v>2.72</v>
+      </c>
+      <c r="W287" t="n">
+        <v>23.64</v>
+      </c>
+      <c r="X287" t="n">
+        <v>15.8</v>
+      </c>
+      <c r="Y287" t="n">
+        <v>15.57</v>
+      </c>
+      <c r="Z287" t="inlineStr"/>
+      <c r="AA287" t="inlineStr"/>
+      <c r="AB287" t="inlineStr"/>
     </row>
     <row r="288">
       <c r="A288" t="inlineStr">
         <is>
-          <t>113671</t>
+          <t>113659</t>
         </is>
       </c>
       <c r="B288" t="inlineStr">
         <is>
-          <t>武进转债</t>
+          <t>莱克转债</t>
         </is>
       </c>
       <c r="C288" t="inlineStr">
         <is>
-          <t>603878</t>
+          <t>147.218</t>
         </is>
       </c>
       <c r="D288" t="inlineStr">
         <is>
-          <t>武进不锈</t>
-[...2 lines deleted...]
-      <c r="E288" t="inlineStr">
+          <t>0.163</t>
+        </is>
+      </c>
+      <c r="E288" t="n">
+        <v>26.79</v>
+      </c>
+      <c r="F288" t="n">
+        <v>116.1097</v>
+      </c>
+      <c r="G288" t="inlineStr">
+        <is>
+          <t>603355</t>
+        </is>
+      </c>
+      <c r="H288" t="inlineStr">
+        <is>
+          <t>莱克电气</t>
+        </is>
+      </c>
+      <c r="I288" t="n">
+        <v>36.83</v>
+      </c>
+      <c r="J288" t="n">
+        <v>-1.68</v>
+      </c>
+      <c r="K288" t="inlineStr">
         <is>
           <t>AA</t>
         </is>
       </c>
-      <c r="F288" t="inlineStr">
-[...14 lines deleted...]
-      <c r="I288" t="inlineStr">
+      <c r="L288" t="inlineStr">
+        <is>
+          <t>11.998</t>
+        </is>
+      </c>
+      <c r="M288" t="inlineStr">
+        <is>
+          <t>2.726</t>
+        </is>
+      </c>
+      <c r="N288" t="inlineStr">
+        <is>
+          <t>2028-10-14</t>
+        </is>
+      </c>
+      <c r="O288" t="inlineStr">
         <is>
           <t>110.00</t>
         </is>
       </c>
-      <c r="J288" t="inlineStr">
-[...25 lines deleted...]
-        <v>2.15</v>
+      <c r="P288" t="inlineStr">
+        <is>
+          <t>41.236</t>
+        </is>
+      </c>
+      <c r="Q288" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R288" t="n">
-        <v>47.07</v>
+        <v>63.3904</v>
       </c>
       <c r="S288" t="n">
-        <v>30.5</v>
+        <v>1.3851</v>
       </c>
       <c r="T288" t="n">
-        <v>21.97</v>
-[...3 lines deleted...]
-      <c r="W288" t="inlineStr"/>
+        <v>1.2214</v>
+      </c>
+      <c r="U288" t="n">
+        <v>12.3</v>
+      </c>
+      <c r="V288" t="n">
+        <v>11.17</v>
+      </c>
+      <c r="W288" t="n">
+        <v>19.51</v>
+      </c>
+      <c r="X288" t="n">
+        <v>14.43</v>
+      </c>
+      <c r="Y288" t="n">
+        <v>16.09</v>
+      </c>
+      <c r="Z288" t="inlineStr"/>
+      <c r="AA288" t="inlineStr"/>
+      <c r="AB288" t="inlineStr"/>
     </row>
     <row r="289">
       <c r="A289" t="inlineStr">
         <is>
-          <t>123253</t>
+          <t>123195</t>
         </is>
       </c>
       <c r="B289" t="inlineStr">
         <is>
-          <t>永贵转债</t>
+          <t>蓝晓转02</t>
         </is>
       </c>
       <c r="C289" t="inlineStr">
         <is>
-          <t>300351</t>
+          <t>177.213</t>
         </is>
       </c>
       <c r="D289" t="inlineStr">
         <is>
-          <t>永贵电器</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.149</t>
+        </is>
+      </c>
+      <c r="E289" t="n">
+        <v>47.31</v>
+      </c>
+      <c r="F289" t="n">
+        <v>120.3025</v>
       </c>
       <c r="G289" t="inlineStr">
         <is>
-          <t>5.271</t>
+          <t>300487</t>
         </is>
       </c>
       <c r="H289" t="inlineStr">
         <is>
-          <t>2031-03-13</t>
-[...10 lines deleted...]
-        </is>
+          <t>蓝晓科技</t>
+        </is>
+      </c>
+      <c r="I289" t="n">
+        <v>71.58</v>
+      </c>
+      <c r="J289" t="n">
+        <v>-1.46</v>
       </c>
       <c r="K289" t="inlineStr">
         <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="L289" t="inlineStr">
+        <is>
+          <t>5.459</t>
+        </is>
+      </c>
+      <c r="M289" t="inlineStr">
+        <is>
+          <t>3.233</t>
+        </is>
+      </c>
+      <c r="N289" t="inlineStr">
+        <is>
+          <t>2029-04-17</t>
+        </is>
+      </c>
+      <c r="O289" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="P289" t="inlineStr">
+        <is>
+          <t>77.350</t>
+        </is>
+      </c>
+      <c r="Q289" t="inlineStr">
+        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L289" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R289" t="n">
-        <v>21.31</v>
+        <v>34.5015</v>
       </c>
       <c r="S289" t="n">
-        <v>23.98</v>
-[...4 lines deleted...]
-      <c r="W289" t="inlineStr"/>
+        <v>2.9514</v>
+      </c>
+      <c r="T289" t="n">
+        <v>2.1967</v>
+      </c>
+      <c r="U289" t="n">
+        <v>7.87</v>
+      </c>
+      <c r="V289" t="n">
+        <v>7.17</v>
+      </c>
+      <c r="W289" t="n">
+        <v>40.53</v>
+      </c>
+      <c r="X289" t="n">
+        <v>27.28</v>
+      </c>
+      <c r="Y289" t="n">
+        <v>18.68</v>
+      </c>
+      <c r="Z289" t="inlineStr"/>
+      <c r="AA289" t="inlineStr"/>
+      <c r="AB289" t="inlineStr"/>
     </row>
     <row r="290">
       <c r="A290" t="inlineStr">
         <is>
-          <t>113659</t>
+          <t>128138</t>
         </is>
       </c>
       <c r="B290" t="inlineStr">
         <is>
-          <t>莱克转债</t>
+          <t>侨银转债</t>
         </is>
       </c>
       <c r="C290" t="inlineStr">
         <is>
-          <t>603355</t>
+          <t>131.734</t>
         </is>
       </c>
       <c r="D290" t="inlineStr">
         <is>
-          <t>莱克电气</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.147</t>
+        </is>
+      </c>
+      <c r="E290" t="n">
+        <v>61.07</v>
+      </c>
+      <c r="F290" t="n">
+        <v>81.7877</v>
       </c>
       <c r="G290" t="inlineStr">
         <is>
-          <t>2.860</t>
+          <t>002973</t>
         </is>
       </c>
       <c r="H290" t="inlineStr">
         <is>
-          <t>2028-10-14</t>
-[...10 lines deleted...]
-        </is>
+          <t>侨银股份</t>
+        </is>
+      </c>
+      <c r="I290" t="n">
+        <v>14.64</v>
+      </c>
+      <c r="J290" t="n">
+        <v>-1.55</v>
       </c>
       <c r="K290" t="inlineStr">
         <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="L290" t="inlineStr">
+        <is>
+          <t>4.199</t>
+        </is>
+      </c>
+      <c r="M290" t="inlineStr">
+        <is>
+          <t>0.816</t>
+        </is>
+      </c>
+      <c r="N290" t="inlineStr">
+        <is>
+          <t>2026-11-17</t>
+        </is>
+      </c>
+      <c r="O290" t="inlineStr">
+        <is>
+          <t>130.00</t>
+        </is>
+      </c>
+      <c r="P290" t="inlineStr">
+        <is>
+          <t>23.270</t>
+        </is>
+      </c>
+      <c r="Q290" t="inlineStr">
+        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L290" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R290" t="n">
-        <v>12.12</v>
+        <v>66.864</v>
       </c>
       <c r="S290" t="n">
-        <v>11.95</v>
+        <v>1.3785</v>
       </c>
       <c r="T290" t="n">
-        <v>16.2</v>
-[...3 lines deleted...]
-      <c r="W290" t="inlineStr"/>
+        <v>1.3685</v>
+      </c>
+      <c r="U290" t="n">
+        <v>2.89</v>
+      </c>
+      <c r="V290" t="n">
+        <v>3.17</v>
+      </c>
+      <c r="W290" t="n">
+        <v>4.15</v>
+      </c>
+      <c r="X290" t="n">
+        <v>5.52</v>
+      </c>
+      <c r="Y290" t="n">
+        <v>8.449999999999999</v>
+      </c>
+      <c r="Z290" t="inlineStr"/>
+      <c r="AA290" t="inlineStr"/>
+      <c r="AB290" t="inlineStr"/>
     </row>
     <row r="291">
       <c r="A291" t="inlineStr">
         <is>
-          <t>128134</t>
+          <t>127047</t>
         </is>
       </c>
       <c r="B291" t="inlineStr">
         <is>
-          <t>鸿路转债</t>
+          <t>帝欧转债</t>
         </is>
       </c>
       <c r="C291" t="inlineStr">
         <is>
-          <t>002541</t>
+          <t>143.088</t>
         </is>
       </c>
       <c r="D291" t="inlineStr">
         <is>
-          <t>鸿路钢构</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.146</t>
+        </is>
+      </c>
+      <c r="E291" t="n">
+        <v>1.78</v>
+      </c>
+      <c r="F291" t="n">
+        <v>140.5882</v>
       </c>
       <c r="G291" t="inlineStr">
         <is>
-          <t>0.844</t>
+          <t>002798</t>
         </is>
       </c>
       <c r="H291" t="inlineStr">
         <is>
-          <t>2026-10-09</t>
-[...10 lines deleted...]
-        </is>
+          <t>帝欧水华</t>
+        </is>
+      </c>
+      <c r="I291" t="n">
+        <v>7.17</v>
+      </c>
+      <c r="J291" t="n">
+        <v>-2.05</v>
       </c>
       <c r="K291" t="inlineStr">
         <is>
-          <t>0/15 | 30</t>
-[...18 lines deleted...]
-        <v>11.63</v>
+          <t>A-</t>
+        </is>
+      </c>
+      <c r="L291" t="inlineStr">
+        <is>
+          <t>8.121</t>
+        </is>
+      </c>
+      <c r="M291" t="inlineStr">
+        <is>
+          <t>1.753</t>
+        </is>
+      </c>
+      <c r="N291" t="inlineStr">
+        <is>
+          <t>2027-10-25</t>
+        </is>
+      </c>
+      <c r="O291" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="P291" t="inlineStr">
+        <is>
+          <t>6.630</t>
+        </is>
+      </c>
+      <c r="Q291" t="inlineStr">
+        <is>
+          <t>5/15 | 30</t>
+        </is>
       </c>
       <c r="R291" t="n">
-        <v>9.09</v>
+        <v>63.4933</v>
       </c>
       <c r="S291" t="n">
-        <v>11.3</v>
+        <v>1.0265</v>
       </c>
       <c r="T291" t="n">
-        <v>11.99</v>
-[...3 lines deleted...]
-      <c r="W291" t="inlineStr"/>
+        <v>0.7635999999999999</v>
+      </c>
+      <c r="U291" t="n">
+        <v>-5.69</v>
+      </c>
+      <c r="V291" t="n">
+        <v>-6.58</v>
+      </c>
+      <c r="W291" t="n">
+        <v>15.49</v>
+      </c>
+      <c r="X291" t="n">
+        <v>14.31</v>
+      </c>
+      <c r="Y291" t="n">
+        <v>27.63</v>
+      </c>
+      <c r="Z291" t="inlineStr"/>
+      <c r="AA291" t="inlineStr"/>
+      <c r="AB291" t="inlineStr"/>
     </row>
     <row r="292">
       <c r="A292" t="inlineStr">
         <is>
-          <t>127090</t>
+          <t>111020</t>
         </is>
       </c>
       <c r="B292" t="inlineStr">
         <is>
-          <t>兴瑞转债</t>
+          <t>合顺转债</t>
         </is>
       </c>
       <c r="C292" t="inlineStr">
         <is>
-          <t>002937</t>
+          <t>144.160</t>
         </is>
       </c>
       <c r="D292" t="inlineStr">
         <is>
-          <t>兴瑞科技</t>
-[...2 lines deleted...]
-      <c r="E292" t="inlineStr">
+          <t>0.155</t>
+        </is>
+      </c>
+      <c r="E292" t="n">
+        <v>41.88</v>
+      </c>
+      <c r="F292" t="n">
+        <v>101.6053</v>
+      </c>
+      <c r="G292" t="inlineStr">
+        <is>
+          <t>605166</t>
+        </is>
+      </c>
+      <c r="H292" t="inlineStr">
+        <is>
+          <t>聚合顺</t>
+        </is>
+      </c>
+      <c r="I292" t="n">
+        <v>10.76</v>
+      </c>
+      <c r="J292" t="n">
+        <v>-1.56</v>
+      </c>
+      <c r="K292" t="inlineStr">
         <is>
           <t>AA-</t>
         </is>
       </c>
-      <c r="F292" t="inlineStr">
-[...24 lines deleted...]
-      <c r="K292" t="inlineStr">
+      <c r="L292" t="inlineStr">
+        <is>
+          <t>3.380</t>
+        </is>
+      </c>
+      <c r="M292" t="inlineStr">
+        <is>
+          <t>4.496</t>
+        </is>
+      </c>
+      <c r="N292" t="inlineStr">
+        <is>
+          <t>2030-07-22</t>
+        </is>
+      </c>
+      <c r="O292" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="P292" t="inlineStr">
+        <is>
+          <t>13.767</t>
+        </is>
+      </c>
+      <c r="Q292" t="inlineStr">
         <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L292" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R292" t="n">
-        <v>9.449999999999999</v>
+        <v>61.8402</v>
       </c>
       <c r="S292" t="n">
-        <v>12.32</v>
+        <v>1.4707</v>
       </c>
       <c r="T292" t="n">
-        <v>18.1</v>
-[...3 lines deleted...]
-      <c r="W292" t="inlineStr"/>
+        <v>1.2802</v>
+      </c>
+      <c r="U292" t="n">
+        <v>3</v>
+      </c>
+      <c r="V292" t="n">
+        <v>1.97</v>
+      </c>
+      <c r="W292" t="n">
+        <v>12.13</v>
+      </c>
+      <c r="X292" t="n">
+        <v>13.78</v>
+      </c>
+      <c r="Y292" t="inlineStr"/>
+      <c r="Z292" t="inlineStr"/>
+      <c r="AA292" t="inlineStr"/>
+      <c r="AB292" t="inlineStr"/>
     </row>
     <row r="293">
       <c r="A293" t="inlineStr">
         <is>
-          <t>111014</t>
+          <t>128141</t>
         </is>
       </c>
       <c r="B293" t="inlineStr">
         <is>
-          <t>李子转债</t>
+          <t>旺能转债</t>
         </is>
       </c>
       <c r="C293" t="inlineStr">
         <is>
-          <t>605337</t>
+          <t>137.199</t>
         </is>
       </c>
       <c r="D293" t="inlineStr">
         <is>
-          <t>李子园</t>
-[...2 lines deleted...]
-      <c r="E293" t="inlineStr">
+          <t>0.136</t>
+        </is>
+      </c>
+      <c r="E293" t="n">
+        <v>12.17</v>
+      </c>
+      <c r="F293" t="n">
+        <v>122.3176</v>
+      </c>
+      <c r="G293" t="inlineStr">
+        <is>
+          <t>002034</t>
+        </is>
+      </c>
+      <c r="H293" t="inlineStr">
+        <is>
+          <t>旺能环境</t>
+        </is>
+      </c>
+      <c r="I293" t="n">
+        <v>17.1</v>
+      </c>
+      <c r="J293" t="n">
+        <v>0.77</v>
+      </c>
+      <c r="K293" t="inlineStr">
         <is>
           <t>AA</t>
         </is>
       </c>
-      <c r="F293" t="inlineStr">
-[...45 lines deleted...]
-        <v>2.21</v>
+      <c r="L293" t="inlineStr">
+        <is>
+          <t>11.576</t>
+        </is>
+      </c>
+      <c r="M293" t="inlineStr">
+        <is>
+          <t>0.899</t>
+        </is>
+      </c>
+      <c r="N293" t="inlineStr">
+        <is>
+          <t>2026-12-17</t>
+        </is>
+      </c>
+      <c r="O293" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="P293" t="inlineStr">
+        <is>
+          <t>18.174</t>
+        </is>
+      </c>
+      <c r="Q293" t="inlineStr">
+        <is>
+          <t>0/15 | 30 2022-10-21 重新计</t>
+        </is>
       </c>
       <c r="R293" t="n">
-        <v>6.73</v>
+        <v>49.4313</v>
       </c>
       <c r="S293" t="n">
-        <v>10.09</v>
+        <v>1.1356</v>
       </c>
       <c r="T293" t="n">
-        <v>12.43</v>
-[...3 lines deleted...]
-      <c r="W293" t="inlineStr"/>
+        <v>1.1101</v>
+      </c>
+      <c r="U293" t="n">
+        <v>5.61</v>
+      </c>
+      <c r="V293" t="n">
+        <v>6.02</v>
+      </c>
+      <c r="W293" t="n">
+        <v>9.01</v>
+      </c>
+      <c r="X293" t="n">
+        <v>10.49</v>
+      </c>
+      <c r="Y293" t="n">
+        <v>16.23</v>
+      </c>
+      <c r="Z293" t="inlineStr"/>
+      <c r="AA293" t="inlineStr"/>
+      <c r="AB293" t="inlineStr"/>
     </row>
     <row r="294">
       <c r="A294" t="inlineStr">
         <is>
-          <t>123223</t>
+          <t>123214</t>
         </is>
       </c>
       <c r="B294" t="inlineStr">
         <is>
-          <t>九典转02</t>
+          <t>东宝转债</t>
         </is>
       </c>
       <c r="C294" t="inlineStr">
         <is>
-          <t>300705</t>
+          <t>137.461</t>
         </is>
       </c>
       <c r="D294" t="inlineStr">
         <is>
-          <t>九典制药</t>
-[...2 lines deleted...]
-      <c r="E294" t="inlineStr">
+          <t>0.137</t>
+        </is>
+      </c>
+      <c r="E294" t="n">
+        <v>42.4</v>
+      </c>
+      <c r="F294" t="n">
+        <v>96.5309</v>
+      </c>
+      <c r="G294" t="inlineStr">
+        <is>
+          <t>300239</t>
+        </is>
+      </c>
+      <c r="H294" t="inlineStr">
+        <is>
+          <t>东宝生物</t>
+        </is>
+      </c>
+      <c r="I294" t="n">
+        <v>6.4</v>
+      </c>
+      <c r="J294" t="n">
+        <v>-1.54</v>
+      </c>
+      <c r="K294" t="inlineStr">
         <is>
           <t>A+</t>
         </is>
       </c>
-      <c r="F294" t="inlineStr">
-[...14 lines deleted...]
-      <c r="I294" t="inlineStr">
+      <c r="L294" t="inlineStr">
+        <is>
+          <t>4.550</t>
+        </is>
+      </c>
+      <c r="M294" t="inlineStr">
+        <is>
+          <t>3.521</t>
+        </is>
+      </c>
+      <c r="N294" t="inlineStr">
+        <is>
+          <t>2029-07-31</t>
+        </is>
+      </c>
+      <c r="O294" t="inlineStr">
         <is>
           <t>113.00</t>
         </is>
       </c>
-      <c r="J294" t="inlineStr">
-[...25 lines deleted...]
-        <v>2.7</v>
+      <c r="P294" t="inlineStr">
+        <is>
+          <t>8.619</t>
+        </is>
+      </c>
+      <c r="Q294" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R294" t="n">
-        <v>10.79</v>
+        <v>32.4961</v>
       </c>
       <c r="S294" t="n">
-        <v>17.35</v>
+        <v>4.9029</v>
       </c>
       <c r="T294" t="n">
-        <v>29.88</v>
+        <v>3.1226</v>
       </c>
       <c r="U294" t="n">
-        <v>23.39</v>
+        <v>0.86</v>
       </c>
       <c r="V294" t="n">
-        <v>29.54</v>
+        <v>1.2</v>
       </c>
       <c r="W294" t="n">
-        <v>43.37</v>
-      </c>
+        <v>16.36</v>
+      </c>
+      <c r="X294" t="n">
+        <v>12.83</v>
+      </c>
+      <c r="Y294" t="n">
+        <v>17.76</v>
+      </c>
+      <c r="Z294" t="inlineStr"/>
+      <c r="AA294" t="inlineStr"/>
+      <c r="AB294" t="inlineStr"/>
     </row>
     <row r="295">
       <c r="A295" t="inlineStr">
         <is>
-          <t>127039</t>
+          <t>127018</t>
         </is>
       </c>
       <c r="B295" t="inlineStr">
         <is>
-          <t>北港转债</t>
+          <t>本钢转债</t>
         </is>
       </c>
       <c r="C295" t="inlineStr">
         <is>
-          <t>000582</t>
+          <t>124.649</t>
         </is>
       </c>
       <c r="D295" t="inlineStr">
         <is>
-          <t>北部湾港</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.145</t>
+        </is>
+      </c>
+      <c r="E295" t="n">
+        <v>15.52</v>
+      </c>
+      <c r="F295" t="n">
+        <v>107.9027</v>
       </c>
       <c r="G295" t="inlineStr">
         <is>
-          <t>1.564</t>
+          <t>000761</t>
         </is>
       </c>
       <c r="H295" t="inlineStr">
         <is>
-          <t>2027-06-29</t>
-[...10 lines deleted...]
-        </is>
+          <t>本钢板材</t>
+        </is>
+      </c>
+      <c r="I295" t="n">
+        <v>3.55</v>
+      </c>
+      <c r="J295" t="n">
+        <v>0.85</v>
       </c>
       <c r="K295" t="inlineStr">
         <is>
+          <t>AA+</t>
+        </is>
+      </c>
+      <c r="L295" t="inlineStr">
+        <is>
+          <t>56.309</t>
+        </is>
+      </c>
+      <c r="M295" t="inlineStr">
+        <is>
+          <t>0.430</t>
+        </is>
+      </c>
+      <c r="N295" t="inlineStr">
+        <is>
+          <t>2026-06-29</t>
+        </is>
+      </c>
+      <c r="O295" t="inlineStr">
+        <is>
+          <t>119.00</t>
+        </is>
+      </c>
+      <c r="P295" t="inlineStr">
+        <is>
+          <t>4.277</t>
+        </is>
+      </c>
+      <c r="Q295" t="inlineStr">
+        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L295" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R295" t="n">
-        <v>12.07</v>
+        <v>78.0005</v>
       </c>
       <c r="S295" t="n">
-        <v>12.43</v>
+        <v>0.4015</v>
       </c>
       <c r="T295" t="n">
-        <v>16.26</v>
-[...3 lines deleted...]
-      <c r="W295" t="inlineStr"/>
+        <v>0.1654</v>
+      </c>
+      <c r="U295" t="n">
+        <v>-50.37</v>
+      </c>
+      <c r="V295" t="n">
+        <v>-17.21</v>
+      </c>
+      <c r="W295" t="n">
+        <v>6.86</v>
+      </c>
+      <c r="X295" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="Y295" t="n">
+        <v>7.26</v>
+      </c>
+      <c r="Z295" t="inlineStr"/>
+      <c r="AA295" t="inlineStr"/>
+      <c r="AB295" t="inlineStr"/>
     </row>
     <row r="296">
       <c r="A296" t="inlineStr">
         <is>
-          <t>113634</t>
+          <t>128124</t>
         </is>
       </c>
       <c r="B296" t="inlineStr">
         <is>
-          <t>珀莱转债</t>
+          <t>科华转债</t>
         </is>
       </c>
       <c r="C296" t="inlineStr">
         <is>
-          <t>603605</t>
+          <t>109.003</t>
         </is>
       </c>
       <c r="D296" t="inlineStr">
         <is>
-          <t>珀莱雅</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.132</t>
+        </is>
+      </c>
+      <c r="E296" t="n">
+        <v>255.98</v>
+      </c>
+      <c r="F296" t="n">
+        <v>30.6202</v>
       </c>
       <c r="G296" t="inlineStr">
         <is>
-          <t>2.008</t>
+          <t>002022</t>
         </is>
       </c>
       <c r="H296" t="inlineStr">
         <is>
-          <t>2027-12-08</t>
-[...10 lines deleted...]
-        </is>
+          <t>科华生物</t>
+        </is>
+      </c>
+      <c r="I296" t="n">
+        <v>6.32</v>
+      </c>
+      <c r="J296" t="n">
+        <v>0.32</v>
       </c>
       <c r="K296" t="inlineStr">
         <is>
-          <t>0/15 | 30 2024-03-09 重新计</t>
-[...18 lines deleted...]
-        <v>8.17</v>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="L296" t="inlineStr">
+        <is>
+          <t>2.246</t>
+        </is>
+      </c>
+      <c r="M296" t="inlineStr">
+        <is>
+          <t>0.510</t>
+        </is>
+      </c>
+      <c r="N296" t="inlineStr">
+        <is>
+          <t>2026-07-28</t>
+        </is>
+      </c>
+      <c r="O296" t="inlineStr">
+        <is>
+          <t>106.00</t>
+        </is>
+      </c>
+      <c r="P296" t="inlineStr">
+        <is>
+          <t>26.832</t>
+        </is>
+      </c>
+      <c r="Q296" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R296" t="n">
-        <v>8.74</v>
+        <v>27.5318</v>
       </c>
       <c r="S296" t="n">
-        <v>10.97</v>
+        <v>2.2077</v>
       </c>
       <c r="T296" t="n">
-        <v>15.53</v>
-[...3 lines deleted...]
-      <c r="W296" t="inlineStr"/>
+        <v>1.5312</v>
+      </c>
+      <c r="U296" t="n">
+        <v>-6.41</v>
+      </c>
+      <c r="V296" t="n">
+        <v>-2.34</v>
+      </c>
+      <c r="W296" t="n">
+        <v>3.93</v>
+      </c>
+      <c r="X296" t="n">
+        <v>4.49</v>
+      </c>
+      <c r="Y296" t="n">
+        <v>21.18</v>
+      </c>
+      <c r="Z296" t="inlineStr"/>
+      <c r="AA296" t="inlineStr"/>
+      <c r="AB296" t="inlineStr"/>
     </row>
     <row r="297">
       <c r="A297" t="inlineStr">
         <is>
-          <t>123122</t>
+          <t>110084</t>
         </is>
       </c>
       <c r="B297" t="inlineStr">
         <is>
-          <t>富瀚转债</t>
+          <t>贵燃转债</t>
         </is>
       </c>
       <c r="C297" t="inlineStr">
         <is>
-          <t>300613</t>
+          <t>130.444</t>
         </is>
       </c>
       <c r="D297" t="inlineStr">
         <is>
-          <t>富瀚微</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.121</t>
+        </is>
+      </c>
+      <c r="E297" t="n">
+        <v>34.41</v>
+      </c>
+      <c r="F297" t="n">
+        <v>97.04640000000001</v>
       </c>
       <c r="G297" t="inlineStr">
         <is>
-          <t>1.669</t>
+          <t>600903</t>
         </is>
       </c>
       <c r="H297" t="inlineStr">
         <is>
-          <t>2027-08-06</t>
-[...10 lines deleted...]
-        </is>
+          <t>贵州燃气</t>
+        </is>
+      </c>
+      <c r="I297" t="n">
+        <v>6.9</v>
+      </c>
+      <c r="J297" t="n">
+        <v>-1.57</v>
       </c>
       <c r="K297" t="inlineStr">
         <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="L297" t="inlineStr">
+        <is>
+          <t>9.151</t>
+        </is>
+      </c>
+      <c r="M297" t="inlineStr">
+        <is>
+          <t>1.926</t>
+        </is>
+      </c>
+      <c r="N297" t="inlineStr">
+        <is>
+          <t>2027-12-27</t>
+        </is>
+      </c>
+      <c r="O297" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="P297" t="inlineStr">
+        <is>
+          <t>9.243</t>
+        </is>
+      </c>
+      <c r="Q297" t="inlineStr">
+        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L297" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R297" t="n">
-        <v>5.85</v>
+        <v>63.9327</v>
       </c>
       <c r="S297" t="n">
-        <v>9.81</v>
+        <v>0.7498</v>
       </c>
       <c r="T297" t="n">
-        <v>12.83</v>
-[...3 lines deleted...]
-      <c r="W297" t="inlineStr"/>
+        <v>0.5859</v>
+      </c>
+      <c r="U297" t="n">
+        <v>0.63</v>
+      </c>
+      <c r="V297" t="n">
+        <v>0.78</v>
+      </c>
+      <c r="W297" t="n">
+        <v>7.78</v>
+      </c>
+      <c r="X297" t="n">
+        <v>8.58</v>
+      </c>
+      <c r="Y297" t="n">
+        <v>13.62</v>
+      </c>
+      <c r="Z297" t="inlineStr"/>
+      <c r="AA297" t="inlineStr"/>
+      <c r="AB297" t="inlineStr"/>
     </row>
     <row r="298">
       <c r="A298" t="inlineStr">
         <is>
-          <t>127083</t>
+          <t>123252</t>
         </is>
       </c>
       <c r="B298" t="inlineStr">
         <is>
-          <t>山路转债</t>
+          <t>银邦转债</t>
         </is>
       </c>
       <c r="C298" t="inlineStr">
         <is>
-          <t>000498</t>
+          <t>162.500</t>
         </is>
       </c>
       <c r="D298" t="inlineStr">
         <is>
-          <t>山东路桥</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.123</t>
+        </is>
+      </c>
+      <c r="E298" t="n">
+        <v>13.76</v>
+      </c>
+      <c r="F298" t="n">
+        <v>142.8457</v>
       </c>
       <c r="G298" t="inlineStr">
         <is>
-          <t>3.301</t>
+          <t>300337</t>
         </is>
       </c>
       <c r="H298" t="inlineStr">
         <is>
-          <t>2029-03-24</t>
-[...10 lines deleted...]
-        </is>
+          <t>银邦股份</t>
+        </is>
+      </c>
+      <c r="I298" t="n">
+        <v>17.87</v>
+      </c>
+      <c r="J298" t="n">
+        <v>13.46</v>
       </c>
       <c r="K298" t="inlineStr">
         <is>
-          <t>0/15 | 30</t>
-[...18 lines deleted...]
-        <v>26.97</v>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="L298" t="inlineStr">
+        <is>
+          <t>7.848</t>
+        </is>
+      </c>
+      <c r="M298" t="inlineStr">
+        <is>
+          <t>4.956</t>
+        </is>
+      </c>
+      <c r="N298" t="inlineStr">
+        <is>
+          <t>2031-01-06</t>
+        </is>
+      </c>
+      <c r="O298" t="inlineStr">
+        <is>
+          <t>113.00</t>
+        </is>
+      </c>
+      <c r="P298" t="inlineStr">
+        <is>
+          <t>16.263</t>
+        </is>
+      </c>
+      <c r="Q298" t="inlineStr">
+        <is>
+          <t>11/15 | 30</t>
+        </is>
       </c>
       <c r="R298" t="n">
-        <v>10.82</v>
+        <v>73.4388</v>
       </c>
       <c r="S298" t="n">
-        <v>11.34</v>
+        <v>2.5133</v>
       </c>
       <c r="T298" t="n">
-        <v>9.83</v>
-[...3 lines deleted...]
-      <c r="W298" t="inlineStr"/>
+        <v>1.3894</v>
+      </c>
+      <c r="U298" t="n">
+        <v>0.58</v>
+      </c>
+      <c r="V298" t="n">
+        <v>0.64</v>
+      </c>
+      <c r="W298" t="n">
+        <v>70.47</v>
+      </c>
+      <c r="X298" t="n">
+        <v>42.91</v>
+      </c>
+      <c r="Y298" t="inlineStr"/>
+      <c r="Z298" t="inlineStr"/>
+      <c r="AA298" t="inlineStr"/>
+      <c r="AB298" t="inlineStr"/>
     </row>
     <row r="299">
       <c r="A299" t="inlineStr">
         <is>
-          <t>123076</t>
+          <t>111015</t>
         </is>
       </c>
       <c r="B299" t="inlineStr">
         <is>
-          <t>强力转债</t>
+          <t>东亚转债</t>
         </is>
       </c>
       <c r="C299" t="inlineStr">
         <is>
-          <t>300429</t>
+          <t>136.186</t>
         </is>
       </c>
       <c r="D299" t="inlineStr">
         <is>
-          <t>强力新材</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.115</t>
+        </is>
+      </c>
+      <c r="E299" t="n">
+        <v>20.97</v>
+      </c>
+      <c r="F299" t="n">
+        <v>112.574</v>
       </c>
       <c r="G299" t="inlineStr">
         <is>
-          <t>0.956</t>
+          <t>605177</t>
         </is>
       </c>
       <c r="H299" t="inlineStr">
         <is>
-          <t>2026-11-19</t>
-[...10 lines deleted...]
-        </is>
+          <t>东亚药业</t>
+        </is>
+      </c>
+      <c r="I299" t="n">
+        <v>22.83</v>
+      </c>
+      <c r="J299" t="n">
+        <v>-0.52</v>
       </c>
       <c r="K299" t="inlineStr">
         <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="L299" t="inlineStr">
+        <is>
+          <t>6.662</t>
+        </is>
+      </c>
+      <c r="M299" t="inlineStr">
+        <is>
+          <t>3.452</t>
+        </is>
+      </c>
+      <c r="N299" t="inlineStr">
+        <is>
+          <t>2029-07-06</t>
+        </is>
+      </c>
+      <c r="O299" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="P299" t="inlineStr">
+        <is>
+          <t>26.364</t>
+        </is>
+      </c>
+      <c r="Q299" t="inlineStr">
+        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L299" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R299" t="n">
-        <v>16.87</v>
+        <v>46.4624</v>
       </c>
       <c r="S299" t="n">
-        <v>20.28</v>
+        <v>1.6602</v>
       </c>
       <c r="T299" t="n">
-        <v>24.12</v>
-[...3 lines deleted...]
-      <c r="W299" t="inlineStr"/>
+        <v>0.7512</v>
+      </c>
+      <c r="U299" t="n">
+        <v>-1.01</v>
+      </c>
+      <c r="V299" t="n">
+        <v>1.21</v>
+      </c>
+      <c r="W299" t="n">
+        <v>16.78</v>
+      </c>
+      <c r="X299" t="n">
+        <v>13.17</v>
+      </c>
+      <c r="Y299" t="n">
+        <v>19.05</v>
+      </c>
+      <c r="Z299" t="inlineStr"/>
+      <c r="AA299" t="inlineStr"/>
+      <c r="AB299" t="inlineStr"/>
     </row>
     <row r="300">
       <c r="A300" t="inlineStr">
         <is>
-          <t>128142</t>
+          <t>118015</t>
         </is>
       </c>
       <c r="B300" t="inlineStr">
         <is>
-          <t>新乳转债</t>
+          <t>芯海转债</t>
         </is>
       </c>
       <c r="C300" t="inlineStr">
         <is>
-          <t>002946</t>
+          <t>134.867</t>
         </is>
       </c>
       <c r="D300" t="inlineStr">
         <is>
-          <t>新乳业</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.111</t>
+        </is>
+      </c>
+      <c r="E300" t="n">
+        <v>82.44</v>
+      </c>
+      <c r="F300" t="n">
+        <v>73.9225</v>
       </c>
       <c r="G300" t="inlineStr">
         <is>
-          <t>1.036</t>
+          <t>688595</t>
         </is>
       </c>
       <c r="H300" t="inlineStr">
         <is>
-          <t>2026-12-18</t>
-[...10 lines deleted...]
-        </is>
+          <t>芯海科技</t>
+        </is>
+      </c>
+      <c r="I300" t="n">
+        <v>40.82</v>
+      </c>
+      <c r="J300" t="n">
+        <v>-2.3</v>
       </c>
       <c r="K300" t="inlineStr">
         <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="L300" t="inlineStr">
+        <is>
+          <t>4.100</t>
+        </is>
+      </c>
+      <c r="M300" t="inlineStr">
+        <is>
+          <t>2.493</t>
+        </is>
+      </c>
+      <c r="N300" t="inlineStr">
+        <is>
+          <t>2028-07-21</t>
+        </is>
+      </c>
+      <c r="O300" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="P300" t="inlineStr">
+        <is>
+          <t>71.786</t>
+        </is>
+      </c>
+      <c r="Q300" t="inlineStr">
+        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L300" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R300" t="n">
-        <v>14.77</v>
+        <v>50.7595</v>
       </c>
       <c r="S300" t="n">
-        <v>14.99</v>
+        <v>3.2519</v>
       </c>
       <c r="T300" t="n">
-        <v>18.07</v>
-[...3 lines deleted...]
-      <c r="W300" t="inlineStr"/>
+        <v>2.346</v>
+      </c>
+      <c r="U300" t="n">
+        <v>-1.73</v>
+      </c>
+      <c r="V300" t="n">
+        <v>-1.43</v>
+      </c>
+      <c r="W300" t="n">
+        <v>15.84</v>
+      </c>
+      <c r="X300" t="n">
+        <v>11.54</v>
+      </c>
+      <c r="Y300" t="n">
+        <v>18.51</v>
+      </c>
+      <c r="Z300" t="inlineStr"/>
+      <c r="AA300" t="inlineStr"/>
+      <c r="AB300" t="inlineStr"/>
     </row>
     <row r="301">
       <c r="A301" t="inlineStr">
         <is>
-          <t>113584</t>
+          <t>110074</t>
         </is>
       </c>
       <c r="B301" t="inlineStr">
         <is>
-          <t>家悦转债</t>
+          <t>精达转债</t>
         </is>
       </c>
       <c r="C301" t="inlineStr">
         <is>
-          <t>603708</t>
+          <t>546.164</t>
         </is>
       </c>
       <c r="D301" t="inlineStr">
         <is>
-          <t>家家悦</t>
-[...2 lines deleted...]
-      <c r="E301" t="inlineStr">
+          <t>0.103</t>
+        </is>
+      </c>
+      <c r="E301" t="n">
+        <v>17.06</v>
+      </c>
+      <c r="F301" t="n">
+        <v>466.5663</v>
+      </c>
+      <c r="G301" t="inlineStr">
+        <is>
+          <t>600577</t>
+        </is>
+      </c>
+      <c r="H301" t="inlineStr">
+        <is>
+          <t>精达股份</t>
+        </is>
+      </c>
+      <c r="I301" t="n">
+        <v>15.49</v>
+      </c>
+      <c r="J301" t="n">
+        <v>-1.02</v>
+      </c>
+      <c r="K301" t="inlineStr">
         <is>
           <t>AA</t>
         </is>
       </c>
-      <c r="F301" t="inlineStr">
-[...45 lines deleted...]
-        <v>0.6</v>
+      <c r="L301" t="inlineStr">
+        <is>
+          <t>2.637</t>
+        </is>
+      </c>
+      <c r="M301" t="inlineStr">
+        <is>
+          <t>0.570</t>
+        </is>
+      </c>
+      <c r="N301" t="inlineStr">
+        <is>
+          <t>2026-08-19</t>
+        </is>
+      </c>
+      <c r="O301" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="P301" t="inlineStr">
+        <is>
+          <t>4.316</t>
+        </is>
+      </c>
+      <c r="Q301" t="inlineStr">
+        <is>
+          <t>!</t>
+        </is>
       </c>
       <c r="R301" t="n">
-        <v>12.24</v>
+        <v>55.8646</v>
       </c>
       <c r="S301" t="n">
-        <v>12.26</v>
+        <v>1.5325</v>
       </c>
       <c r="T301" t="n">
-        <v>14.16</v>
+        <v>1.2657</v>
       </c>
       <c r="U301" t="n">
-        <v>26.9</v>
+        <v>5.62</v>
       </c>
       <c r="V301" t="n">
-        <v>22.59</v>
+        <v>4.26</v>
       </c>
       <c r="W301" t="n">
-        <v>44.11</v>
-      </c>
+        <v>67.03</v>
+      </c>
+      <c r="X301" t="n">
+        <v>69.72</v>
+      </c>
+      <c r="Y301" t="n">
+        <v>58.58</v>
+      </c>
+      <c r="Z301" t="inlineStr"/>
+      <c r="AA301" t="inlineStr"/>
+      <c r="AB301" t="inlineStr"/>
     </row>
     <row r="302">
       <c r="A302" t="inlineStr">
         <is>
-          <t>127110</t>
+          <t>113670</t>
         </is>
       </c>
       <c r="B302" t="inlineStr">
         <is>
-          <t>广核转债</t>
+          <t>金23转债</t>
         </is>
       </c>
       <c r="C302" t="inlineStr">
         <is>
-          <t>003816</t>
+          <t>127.226</t>
         </is>
       </c>
       <c r="D302" t="inlineStr">
         <is>
-          <t>中国广核</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.099</t>
+        </is>
+      </c>
+      <c r="E302" t="n">
+        <v>129.35</v>
+      </c>
+      <c r="F302" t="n">
+        <v>55.4729</v>
       </c>
       <c r="G302" t="inlineStr">
         <is>
-          <t>5.592</t>
+          <t>603180</t>
         </is>
       </c>
       <c r="H302" t="inlineStr">
         <is>
-          <t>2031-07-08</t>
-[...10 lines deleted...]
-        </is>
+          <t>金牌家居</t>
+        </is>
+      </c>
+      <c r="I302" t="n">
+        <v>20.88</v>
+      </c>
+      <c r="J302" t="n">
+        <v>0</v>
       </c>
       <c r="K302" t="inlineStr">
         <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="L302" t="inlineStr">
+        <is>
+          <t>7.700</t>
+        </is>
+      </c>
+      <c r="M302" t="inlineStr">
+        <is>
+          <t>3.233</t>
+        </is>
+      </c>
+      <c r="N302" t="inlineStr">
+        <is>
+          <t>2029-04-17</t>
+        </is>
+      </c>
+      <c r="O302" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="P302" t="inlineStr">
+        <is>
+          <t>48.932</t>
+        </is>
+      </c>
+      <c r="Q302" t="inlineStr">
+        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L302" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R302" t="n">
-        <v>11.71</v>
-[...5 lines deleted...]
-      <c r="W302" t="inlineStr"/>
+        <v>53.4262</v>
+      </c>
+      <c r="S302" t="n">
+        <v>1.1445</v>
+      </c>
+      <c r="T302" t="n">
+        <v>0.8875999999999999</v>
+      </c>
+      <c r="U302" t="n">
+        <v>1.99</v>
+      </c>
+      <c r="V302" t="n">
+        <v>2.92</v>
+      </c>
+      <c r="W302" t="n">
+        <v>9.5</v>
+      </c>
+      <c r="X302" t="n">
+        <v>6.99</v>
+      </c>
+      <c r="Y302" t="n">
+        <v>11.8</v>
+      </c>
+      <c r="Z302" t="inlineStr"/>
+      <c r="AA302" t="inlineStr"/>
+      <c r="AB302" t="inlineStr"/>
     </row>
     <row r="303">
       <c r="A303" t="inlineStr">
         <is>
-          <t>113066</t>
+          <t>123133</t>
         </is>
       </c>
       <c r="B303" t="inlineStr">
         <is>
-          <t>平煤转债</t>
+          <t>佩蒂转债</t>
         </is>
       </c>
       <c r="C303" t="inlineStr">
         <is>
-          <t>601666</t>
+          <t>145.329</t>
         </is>
       </c>
       <c r="D303" t="inlineStr">
         <is>
-          <t>平煤股份</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.095</t>
+        </is>
+      </c>
+      <c r="E303" t="n">
+        <v>33.13</v>
+      </c>
+      <c r="F303" t="n">
+        <v>109.1633</v>
       </c>
       <c r="G303" t="inlineStr">
         <is>
-          <t>3.280</t>
+          <t>300673</t>
         </is>
       </c>
       <c r="H303" t="inlineStr">
         <is>
-          <t>2029-03-16</t>
-[...10 lines deleted...]
-        </is>
+          <t>佩蒂股份</t>
+        </is>
+      </c>
+      <c r="I303" t="n">
+        <v>19.18</v>
+      </c>
+      <c r="J303" t="n">
+        <v>-0.88</v>
       </c>
       <c r="K303" t="inlineStr">
         <is>
-          <t>0/15 | 30 2024-09-30 重新计</t>
-[...18 lines deleted...]
-        <v>57.39</v>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="L303" t="inlineStr">
+        <is>
+          <t>7.198</t>
+        </is>
+      </c>
+      <c r="M303" t="inlineStr">
+        <is>
+          <t>1.912</t>
+        </is>
+      </c>
+      <c r="N303" t="inlineStr">
+        <is>
+          <t>2027-12-22</t>
+        </is>
+      </c>
+      <c r="O303" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="P303" t="inlineStr">
+        <is>
+          <t>22.841</t>
+        </is>
+      </c>
+      <c r="Q303" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R303" t="n">
-        <v>17.95</v>
+        <v>32.6653</v>
       </c>
       <c r="S303" t="n">
-        <v>23.95</v>
+        <v>8.7121</v>
       </c>
       <c r="T303" t="n">
-        <v>23.02</v>
-[...3 lines deleted...]
-      <c r="W303" t="inlineStr"/>
+        <v>6.9195</v>
+      </c>
+      <c r="U303" t="n">
+        <v>1.82</v>
+      </c>
+      <c r="V303" t="n">
+        <v>-0.11</v>
+      </c>
+      <c r="W303" t="n">
+        <v>17.28</v>
+      </c>
+      <c r="X303" t="n">
+        <v>14.94</v>
+      </c>
+      <c r="Y303" t="n">
+        <v>15.58</v>
+      </c>
+      <c r="Z303" t="inlineStr"/>
+      <c r="AA303" t="inlineStr"/>
+      <c r="AB303" t="inlineStr"/>
     </row>
     <row r="304">
       <c r="A304" t="inlineStr">
         <is>
-          <t>113647</t>
+          <t>127027</t>
         </is>
       </c>
       <c r="B304" t="inlineStr">
         <is>
-          <t>禾丰转债</t>
+          <t>能化转债</t>
         </is>
       </c>
       <c r="C304" t="inlineStr">
         <is>
-          <t>603609</t>
+          <t>116.580</t>
         </is>
       </c>
       <c r="D304" t="inlineStr">
         <is>
-          <t>禾丰股份</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.077</t>
+        </is>
+      </c>
+      <c r="E304" t="n">
+        <v>42.32</v>
+      </c>
+      <c r="F304" t="n">
+        <v>81.9113</v>
       </c>
       <c r="G304" t="inlineStr">
         <is>
-          <t>2.381</t>
+          <t>000552</t>
         </is>
       </c>
       <c r="H304" t="inlineStr">
         <is>
-          <t>2028-04-22</t>
-[...10 lines deleted...]
-        </is>
+          <t>甘肃能化</t>
+        </is>
+      </c>
+      <c r="I304" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="J304" t="n">
+        <v>0</v>
       </c>
       <c r="K304" t="inlineStr">
         <is>
-          <t>0/15 | 30 2023-03-03 重新计</t>
-[...18 lines deleted...]
-        <v>5.13</v>
+          <t>AAA</t>
+        </is>
+      </c>
+      <c r="L304" t="inlineStr">
+        <is>
+          <t>19.464</t>
+        </is>
+      </c>
+      <c r="M304" t="inlineStr">
+        <is>
+          <t>0.880</t>
+        </is>
+      </c>
+      <c r="N304" t="inlineStr">
+        <is>
+          <t>2026-12-10</t>
+        </is>
+      </c>
+      <c r="O304" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="P304" t="inlineStr">
+        <is>
+          <t>3.809</t>
+        </is>
+      </c>
+      <c r="Q304" t="inlineStr">
+        <is>
+          <t>0/15 | 30 2022-08-22 重新计</t>
+        </is>
       </c>
       <c r="R304" t="n">
-        <v>8.130000000000001</v>
+        <v>50.856</v>
       </c>
       <c r="S304" t="n">
-        <v>11.73</v>
+        <v>1.3661</v>
       </c>
       <c r="T304" t="n">
-        <v>17.17</v>
-[...3 lines deleted...]
-      <c r="W304" t="inlineStr"/>
+        <v>1.1496</v>
+      </c>
+      <c r="U304" t="n">
+        <v>12.14</v>
+      </c>
+      <c r="V304" t="n">
+        <v>17.38</v>
+      </c>
+      <c r="W304" t="n">
+        <v>9.1</v>
+      </c>
+      <c r="X304" t="n">
+        <v>8.869999999999999</v>
+      </c>
+      <c r="Y304" t="n">
+        <v>12.27</v>
+      </c>
+      <c r="Z304" t="inlineStr"/>
+      <c r="AA304" t="inlineStr"/>
+      <c r="AB304" t="inlineStr"/>
     </row>
     <row r="305">
       <c r="A305" t="inlineStr">
         <is>
-          <t>113058</t>
+          <t>123211</t>
         </is>
       </c>
       <c r="B305" t="inlineStr">
         <is>
-          <t>友发转债</t>
+          <t>阳谷转债</t>
         </is>
       </c>
       <c r="C305" t="inlineStr">
         <is>
-          <t>601686</t>
+          <t>206.500</t>
         </is>
       </c>
       <c r="D305" t="inlineStr">
         <is>
-          <t>友发集团</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.068</t>
+        </is>
+      </c>
+      <c r="E305" t="n">
+        <v>35.24</v>
+      </c>
+      <c r="F305" t="n">
+        <v>152.694</v>
       </c>
       <c r="G305" t="inlineStr">
         <is>
-          <t>2.318</t>
+          <t>300121</t>
         </is>
       </c>
       <c r="H305" t="inlineStr">
         <is>
-          <t>2028-03-30</t>
-[...10 lines deleted...]
-        </is>
+          <t>阳谷华泰</t>
+        </is>
+      </c>
+      <c r="I305" t="n">
+        <v>14.17</v>
+      </c>
+      <c r="J305" t="n">
+        <v>1.43</v>
       </c>
       <c r="K305" t="inlineStr">
         <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="L305" t="inlineStr">
+        <is>
+          <t>3.070</t>
+        </is>
+      </c>
+      <c r="M305" t="inlineStr">
+        <is>
+          <t>3.510</t>
+        </is>
+      </c>
+      <c r="N305" t="inlineStr">
+        <is>
+          <t>2029-07-27</t>
+        </is>
+      </c>
+      <c r="O305" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="P305" t="inlineStr">
+        <is>
+          <t>12.064</t>
+        </is>
+      </c>
+      <c r="Q305" t="inlineStr">
+        <is>
           <t>!</t>
         </is>
       </c>
-      <c r="L305" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R305" t="n">
-        <v>28.42</v>
+        <v>21.4511</v>
       </c>
       <c r="S305" t="n">
-        <v>21.43</v>
+        <v>4.0554</v>
       </c>
       <c r="T305" t="n">
-        <v>18.55</v>
-[...3 lines deleted...]
-      <c r="W305" t="inlineStr"/>
+        <v>3.3007</v>
+      </c>
+      <c r="U305" t="n">
+        <v>1.92</v>
+      </c>
+      <c r="V305" t="n">
+        <v>3.04</v>
+      </c>
+      <c r="W305" t="n">
+        <v>43.79</v>
+      </c>
+      <c r="X305" t="n">
+        <v>47.97</v>
+      </c>
+      <c r="Y305" t="n">
+        <v>47.54</v>
+      </c>
+      <c r="Z305" t="inlineStr"/>
+      <c r="AA305" t="inlineStr"/>
+      <c r="AB305" t="inlineStr"/>
     </row>
     <row r="306">
       <c r="A306" t="inlineStr">
         <is>
-          <t>123144</t>
+          <t>111009</t>
         </is>
       </c>
       <c r="B306" t="inlineStr">
         <is>
-          <t>裕兴转债</t>
+          <t>盛泰转债</t>
         </is>
       </c>
       <c r="C306" t="inlineStr">
         <is>
-          <t>300305</t>
+          <t>126.367</t>
         </is>
       </c>
       <c r="D306" t="inlineStr">
         <is>
-          <t>裕兴股份</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.057</t>
+        </is>
+      </c>
+      <c r="E306" t="n">
+        <v>80.33</v>
+      </c>
+      <c r="F306" t="n">
+        <v>70.0758</v>
       </c>
       <c r="G306" t="inlineStr">
         <is>
-          <t>2.351</t>
+          <t>605138</t>
         </is>
       </c>
       <c r="H306" t="inlineStr">
         <is>
-          <t>2028-04-11</t>
-[...10 lines deleted...]
-        </is>
+          <t>盛泰集团</t>
+        </is>
+      </c>
+      <c r="I306" t="n">
+        <v>7.4</v>
+      </c>
+      <c r="J306" t="n">
+        <v>-0.4</v>
       </c>
       <c r="K306" t="inlineStr">
         <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="L306" t="inlineStr">
+        <is>
+          <t>7.011</t>
+        </is>
+      </c>
+      <c r="M306" t="inlineStr">
+        <is>
+          <t>2.792</t>
+        </is>
+      </c>
+      <c r="N306" t="inlineStr">
+        <is>
+          <t>2028-11-07</t>
+        </is>
+      </c>
+      <c r="O306" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="P306" t="inlineStr">
+        <is>
+          <t>13.728</t>
+        </is>
+      </c>
+      <c r="Q306" t="inlineStr">
+        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L306" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R306" t="n">
-        <v>4.75</v>
+        <v>60.6069</v>
       </c>
       <c r="S306" t="n">
-        <v>9.039999999999999</v>
+        <v>0.8514</v>
       </c>
       <c r="T306" t="n">
-        <v>16.84</v>
-[...3 lines deleted...]
-      <c r="W306" t="inlineStr"/>
+        <v>0.5317</v>
+      </c>
+      <c r="U306" t="n">
+        <v>0.47</v>
+      </c>
+      <c r="V306" t="n">
+        <v>1.04</v>
+      </c>
+      <c r="W306" t="n">
+        <v>9.31</v>
+      </c>
+      <c r="X306" t="n">
+        <v>9.369999999999999</v>
+      </c>
+      <c r="Y306" t="n">
+        <v>16.18</v>
+      </c>
+      <c r="Z306" t="inlineStr"/>
+      <c r="AA306" t="inlineStr"/>
+      <c r="AB306" t="inlineStr"/>
     </row>
     <row r="307">
       <c r="A307" t="inlineStr">
         <is>
-          <t>123171</t>
+          <t>127110</t>
         </is>
       </c>
       <c r="B307" t="inlineStr">
         <is>
-          <t>共同转债</t>
+          <t>广核转债</t>
         </is>
       </c>
       <c r="C307" t="inlineStr">
         <is>
-          <t>300966</t>
+          <t>144.120</t>
         </is>
       </c>
       <c r="D307" t="inlineStr">
         <is>
-          <t>共同药业</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.051</t>
+        </is>
+      </c>
+      <c r="E307" t="n">
+        <v>36.32</v>
+      </c>
+      <c r="F307" t="n">
+        <v>105.7221</v>
       </c>
       <c r="G307" t="inlineStr">
         <is>
-          <t>2.984</t>
+          <t>003816</t>
         </is>
       </c>
       <c r="H307" t="inlineStr">
         <is>
-          <t>2028-11-28</t>
-[...10 lines deleted...]
-        </is>
+          <t>中国广核</t>
+        </is>
+      </c>
+      <c r="I307" t="n">
+        <v>3.88</v>
+      </c>
+      <c r="J307" t="n">
+        <v>-0.77</v>
       </c>
       <c r="K307" t="inlineStr">
         <is>
+          <t>AAA</t>
+        </is>
+      </c>
+      <c r="L307" t="inlineStr">
+        <is>
+          <t>48.996</t>
+        </is>
+      </c>
+      <c r="M307" t="inlineStr">
+        <is>
+          <t>5.460</t>
+        </is>
+      </c>
+      <c r="N307" t="inlineStr">
+        <is>
+          <t>2031-07-09</t>
+        </is>
+      </c>
+      <c r="O307" t="inlineStr">
+        <is>
+          <t>106.00</t>
+        </is>
+      </c>
+      <c r="P307" t="inlineStr">
+        <is>
+          <t>4.771</t>
+        </is>
+      </c>
+      <c r="Q307" t="inlineStr">
+        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L307" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R307" t="n">
-        <v>7.97</v>
+        <v>60.827</v>
       </c>
       <c r="S307" t="n">
-        <v>21.92</v>
+        <v>0.9236</v>
       </c>
       <c r="T307" t="n">
-        <v>21.25</v>
+        <v>0.7063</v>
       </c>
       <c r="U307" t="n">
-        <v>23.71</v>
+        <v>108.14</v>
       </c>
       <c r="V307" t="n">
-        <v>47.41</v>
+        <v>107.25</v>
       </c>
       <c r="W307" t="n">
-        <v>50.42</v>
-      </c>
+        <v>12.15</v>
+      </c>
+      <c r="X307" t="n">
+        <v>11.42</v>
+      </c>
+      <c r="Y307" t="inlineStr"/>
+      <c r="Z307" t="inlineStr"/>
+      <c r="AA307" t="inlineStr"/>
+      <c r="AB307" t="inlineStr"/>
     </row>
     <row r="308">
       <c r="A308" t="inlineStr">
         <is>
-          <t>123229</t>
+          <t>113037</t>
         </is>
       </c>
       <c r="B308" t="inlineStr">
         <is>
-          <t>艾录转债</t>
+          <t>紫银转债</t>
         </is>
       </c>
       <c r="C308" t="inlineStr">
         <is>
-          <t>301062</t>
+          <t>110.015</t>
         </is>
       </c>
       <c r="D308" t="inlineStr">
         <is>
-          <t>上海艾录</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.048</t>
+        </is>
+      </c>
+      <c r="E308" t="n">
+        <v>44.97</v>
+      </c>
+      <c r="F308" t="n">
+        <v>75.8904</v>
       </c>
       <c r="G308" t="inlineStr">
         <is>
-          <t>3.885</t>
+          <t>601860</t>
         </is>
       </c>
       <c r="H308" t="inlineStr">
         <is>
-          <t>2029-10-23</t>
-[...10 lines deleted...]
-        </is>
+          <t>紫金银行</t>
+        </is>
+      </c>
+      <c r="I308" t="n">
+        <v>2.77</v>
+      </c>
+      <c r="J308" t="n">
+        <v>0</v>
       </c>
       <c r="K308" t="inlineStr">
         <is>
-          <t>0/15 | 30 2025-03-12 重新计</t>
-[...18 lines deleted...]
-        <v>1.06</v>
+          <t>AA+</t>
+        </is>
+      </c>
+      <c r="L308" t="inlineStr">
+        <is>
+          <t>44.995</t>
+        </is>
+      </c>
+      <c r="M308" t="inlineStr">
+        <is>
+          <t>0.496</t>
+        </is>
+      </c>
+      <c r="N308" t="inlineStr">
+        <is>
+          <t>2026-07-23</t>
+        </is>
+      </c>
+      <c r="O308" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="P308" t="inlineStr">
+        <is>
+          <t>4.745</t>
+        </is>
+      </c>
+      <c r="Q308" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R308" t="n">
-        <v>6.26</v>
-[...9 lines deleted...]
-      <c r="W308" t="inlineStr"/>
+        <v>92.858</v>
+      </c>
+      <c r="S308" t="inlineStr"/>
+      <c r="T308" t="inlineStr"/>
+      <c r="U308" t="n">
+        <v>16.24</v>
+      </c>
+      <c r="V308" t="n">
+        <v>16.19</v>
+      </c>
+      <c r="W308" t="n">
+        <v>1.66</v>
+      </c>
+      <c r="X308" t="n">
+        <v>2.36</v>
+      </c>
+      <c r="Y308" t="n">
+        <v>4.52</v>
+      </c>
+      <c r="Z308" t="inlineStr"/>
+      <c r="AA308" t="inlineStr"/>
+      <c r="AB308" t="inlineStr"/>
     </row>
     <row r="309">
       <c r="A309" t="inlineStr">
         <is>
-          <t>118029</t>
+          <t>123173</t>
         </is>
       </c>
       <c r="B309" t="inlineStr">
         <is>
-          <t>富淼转债</t>
+          <t>恒锋转债</t>
         </is>
       </c>
       <c r="C309" t="inlineStr">
         <is>
-          <t>688350</t>
+          <t>150.302</t>
         </is>
       </c>
       <c r="D309" t="inlineStr">
         <is>
-          <t>富淼科技</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.039</t>
+        </is>
+      </c>
+      <c r="E309" t="n">
+        <v>21.32</v>
+      </c>
+      <c r="F309" t="n">
+        <v>123.8925</v>
       </c>
       <c r="G309" t="inlineStr">
         <is>
-          <t>3.030</t>
+          <t>300605</t>
         </is>
       </c>
       <c r="H309" t="inlineStr">
         <is>
-          <t>2028-12-15</t>
-[...10 lines deleted...]
-        </is>
+          <t>恒锋信息</t>
+        </is>
+      </c>
+      <c r="I309" t="n">
+        <v>17.06</v>
+      </c>
+      <c r="J309" t="n">
+        <v>-0.06</v>
       </c>
       <c r="K309" t="inlineStr">
         <is>
-          <t>1/15 | 30</t>
-[...18 lines deleted...]
-        <v>1.28</v>
+          <t>A-</t>
+        </is>
+      </c>
+      <c r="L309" t="inlineStr">
+        <is>
+          <t>2.331</t>
+        </is>
+      </c>
+      <c r="M309" t="inlineStr">
+        <is>
+          <t>2.937</t>
+        </is>
+      </c>
+      <c r="N309" t="inlineStr">
+        <is>
+          <t>2028-12-30</t>
+        </is>
+      </c>
+      <c r="O309" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="P309" t="inlineStr">
+        <is>
+          <t>17.901</t>
+        </is>
+      </c>
+      <c r="Q309" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R309" t="n">
-        <v>16.58</v>
+        <v>61.7561</v>
       </c>
       <c r="S309" t="n">
-        <v>23.98</v>
+        <v>1.7797</v>
       </c>
       <c r="T309" t="n">
-        <v>20.17</v>
+        <v>1.5421</v>
       </c>
       <c r="U309" t="n">
-        <v>31.88</v>
+        <v>-0.87</v>
       </c>
       <c r="V309" t="n">
-        <v>53.41</v>
+        <v>0.17</v>
       </c>
       <c r="W309" t="n">
-        <v>43.63</v>
-      </c>
+        <v>20.48</v>
+      </c>
+      <c r="X309" t="n">
+        <v>20.69</v>
+      </c>
+      <c r="Y309" t="n">
+        <v>25.15</v>
+      </c>
+      <c r="Z309" t="inlineStr"/>
+      <c r="AA309" t="inlineStr"/>
+      <c r="AB309" t="inlineStr"/>
     </row>
     <row r="310">
       <c r="A310" t="inlineStr">
         <is>
-          <t>111013</t>
+          <t>111003</t>
         </is>
       </c>
       <c r="B310" t="inlineStr">
         <is>
-          <t>新港转债</t>
+          <t>聚合转债</t>
         </is>
       </c>
       <c r="C310" t="inlineStr">
         <is>
-          <t>605162</t>
+          <t>139.802</t>
         </is>
       </c>
       <c r="D310" t="inlineStr">
         <is>
-          <t>新中港</t>
-[...2 lines deleted...]
-      <c r="E310" t="inlineStr">
+          <t>0.029</t>
+        </is>
+      </c>
+      <c r="E310" t="n">
+        <v>47.73</v>
+      </c>
+      <c r="F310" t="n">
+        <v>94.63500000000001</v>
+      </c>
+      <c r="G310" t="inlineStr">
+        <is>
+          <t>605166</t>
+        </is>
+      </c>
+      <c r="H310" t="inlineStr">
+        <is>
+          <t>聚合顺</t>
+        </is>
+      </c>
+      <c r="I310" t="n">
+        <v>10.76</v>
+      </c>
+      <c r="J310" t="n">
+        <v>-1.56</v>
+      </c>
+      <c r="K310" t="inlineStr">
         <is>
           <t>AA-</t>
         </is>
       </c>
-      <c r="F310" t="inlineStr">
-[...14 lines deleted...]
-      <c r="I310" t="inlineStr">
+      <c r="L310" t="inlineStr">
+        <is>
+          <t>2.035</t>
+        </is>
+      </c>
+      <c r="M310" t="inlineStr">
+        <is>
+          <t>2.121</t>
+        </is>
+      </c>
+      <c r="N310" t="inlineStr">
+        <is>
+          <t>2028-03-07</t>
+        </is>
+      </c>
+      <c r="O310" t="inlineStr">
         <is>
           <t>115.00</t>
         </is>
       </c>
-      <c r="J310" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K310" t="inlineStr">
+      <c r="P310" t="inlineStr">
+        <is>
+          <t>14.781</t>
+        </is>
+      </c>
+      <c r="Q310" t="inlineStr">
         <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L310" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R310" t="n">
-        <v>9.609999999999999</v>
+        <v>61.8402</v>
       </c>
       <c r="S310" t="n">
-        <v>25.96</v>
+        <v>1.4707</v>
       </c>
       <c r="T310" t="n">
-        <v>24.49</v>
-[...3 lines deleted...]
-      <c r="W310" t="inlineStr"/>
+        <v>1.2802</v>
+      </c>
+      <c r="U310" t="n">
+        <v>3</v>
+      </c>
+      <c r="V310" t="n">
+        <v>1.97</v>
+      </c>
+      <c r="W310" t="n">
+        <v>8.880000000000001</v>
+      </c>
+      <c r="X310" t="n">
+        <v>11.34</v>
+      </c>
+      <c r="Y310" t="n">
+        <v>16.33</v>
+      </c>
+      <c r="Z310" t="inlineStr"/>
+      <c r="AA310" t="inlineStr"/>
+      <c r="AB310" t="inlineStr"/>
     </row>
     <row r="311">
       <c r="A311" t="inlineStr">
         <is>
-          <t>123195</t>
+          <t>113052</t>
         </is>
       </c>
       <c r="B311" t="inlineStr">
         <is>
-          <t>蓝晓转02</t>
+          <t>兴业转债</t>
         </is>
       </c>
       <c r="C311" t="inlineStr">
         <is>
-          <t>300487</t>
+          <t>124.031</t>
         </is>
       </c>
       <c r="D311" t="inlineStr">
         <is>
-          <t>蓝晓科技</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.023</t>
+        </is>
+      </c>
+      <c r="E311" t="n">
+        <v>37.46</v>
+      </c>
+      <c r="F311" t="n">
+        <v>90.2312</v>
       </c>
       <c r="G311" t="inlineStr">
         <is>
-          <t>3.367</t>
+          <t>601166</t>
         </is>
       </c>
       <c r="H311" t="inlineStr">
         <is>
-          <t>2029-04-17</t>
-[...10 lines deleted...]
-        </is>
+          <t>兴业银行</t>
+        </is>
+      </c>
+      <c r="I311" t="n">
+        <v>19.12</v>
+      </c>
+      <c r="J311" t="n">
+        <v>-1.19</v>
       </c>
       <c r="K311" t="inlineStr">
         <is>
+          <t>AAA</t>
+        </is>
+      </c>
+      <c r="L311" t="inlineStr">
+        <is>
+          <t>413.500</t>
+        </is>
+      </c>
+      <c r="M311" t="inlineStr">
+        <is>
+          <t>1.926</t>
+        </is>
+      </c>
+      <c r="N311" t="inlineStr">
+        <is>
+          <t>2027-12-27</t>
+        </is>
+      </c>
+      <c r="O311" t="inlineStr">
+        <is>
+          <t>109.00</t>
+        </is>
+      </c>
+      <c r="P311" t="inlineStr">
+        <is>
+          <t>27.547</t>
+        </is>
+      </c>
+      <c r="Q311" t="inlineStr">
+        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L311" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R311" t="n">
-        <v>15.87</v>
-[...9 lines deleted...]
-      <c r="W311" t="inlineStr"/>
+        <v>91.5446</v>
+      </c>
+      <c r="S311" t="inlineStr"/>
+      <c r="T311" t="inlineStr"/>
+      <c r="U311" t="n">
+        <v>772.05</v>
+      </c>
+      <c r="V311" t="n">
+        <v>771.16</v>
+      </c>
+      <c r="W311" t="n">
+        <v>6.14</v>
+      </c>
+      <c r="X311" t="n">
+        <v>5.82</v>
+      </c>
+      <c r="Y311" t="n">
+        <v>6.9</v>
+      </c>
+      <c r="Z311" t="inlineStr"/>
+      <c r="AA311" t="inlineStr"/>
+      <c r="AB311" t="inlineStr"/>
     </row>
     <row r="312">
       <c r="A312" t="inlineStr">
         <is>
-          <t>111018</t>
+          <t>111017</t>
         </is>
       </c>
       <c r="B312" t="inlineStr">
         <is>
-          <t>华康转债</t>
+          <t>蓝天转债</t>
         </is>
       </c>
       <c r="C312" t="inlineStr">
         <is>
-          <t>605077</t>
+          <t>136.384</t>
         </is>
       </c>
       <c r="D312" t="inlineStr">
         <is>
-          <t>华康股份</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.005</t>
+        </is>
+      </c>
+      <c r="E312" t="n">
+        <v>24.52</v>
+      </c>
+      <c r="F312" t="n">
+        <v>109.5238</v>
       </c>
       <c r="G312" t="inlineStr">
         <is>
-          <t>4.058</t>
+          <t>605368</t>
         </is>
       </c>
       <c r="H312" t="inlineStr">
         <is>
-          <t>2029-12-25</t>
-[...10 lines deleted...]
-        </is>
+          <t>蓝天燃气</t>
+        </is>
+      </c>
+      <c r="I312" t="n">
+        <v>8.74</v>
+      </c>
+      <c r="J312" t="n">
+        <v>-0.23</v>
       </c>
       <c r="K312" t="inlineStr">
         <is>
-          <t>0/15 | 30</t>
-[...18 lines deleted...]
-        <v>3.19</v>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="L312" t="inlineStr">
+        <is>
+          <t>6.715</t>
+        </is>
+      </c>
+      <c r="M312" t="inlineStr">
+        <is>
+          <t>3.562</t>
+        </is>
+      </c>
+      <c r="N312" t="inlineStr">
+        <is>
+          <t>2029-08-15</t>
+        </is>
+      </c>
+      <c r="O312" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="P312" t="inlineStr">
+        <is>
+          <t>10.374</t>
+        </is>
+      </c>
+      <c r="Q312" t="inlineStr">
+        <is>
+          <t>0/15 | 30 2025-05-05 重新计</t>
+        </is>
       </c>
       <c r="R312" t="n">
-        <v>18.83</v>
+        <v>43.3848</v>
       </c>
       <c r="S312" t="n">
-        <v>17.39</v>
+        <v>1.0059</v>
       </c>
       <c r="T312" t="n">
-        <v>19.63</v>
-[...3 lines deleted...]
-      <c r="W312" t="inlineStr"/>
+        <v>0.8562</v>
+      </c>
+      <c r="U312" t="n">
+        <v>5.03</v>
+      </c>
+      <c r="V312" t="n">
+        <v>6.06</v>
+      </c>
+      <c r="W312" t="n">
+        <v>19.36</v>
+      </c>
+      <c r="X312" t="n">
+        <v>12.74</v>
+      </c>
+      <c r="Y312" t="n">
+        <v>17.21</v>
+      </c>
+      <c r="Z312" t="inlineStr"/>
+      <c r="AA312" t="inlineStr"/>
+      <c r="AB312" t="inlineStr"/>
     </row>
     <row r="313">
       <c r="A313" t="inlineStr">
         <is>
-          <t>123179</t>
+          <t>113654</t>
         </is>
       </c>
       <c r="B313" t="inlineStr">
         <is>
-          <t>立高转债</t>
+          <t>永02转债</t>
         </is>
       </c>
       <c r="C313" t="inlineStr">
         <is>
-          <t>300973</t>
+          <t>206.490</t>
         </is>
       </c>
       <c r="D313" t="inlineStr">
         <is>
-          <t>立高食品</t>
-[...2 lines deleted...]
-      <c r="E313" t="inlineStr">
+          <t>0.013</t>
+        </is>
+      </c>
+      <c r="E313" t="n">
+        <v>27.61</v>
+      </c>
+      <c r="F313" t="n">
+        <v>161.8163</v>
+      </c>
+      <c r="G313" t="inlineStr">
+        <is>
+          <t>603901</t>
+        </is>
+      </c>
+      <c r="H313" t="inlineStr">
+        <is>
+          <t>永创智能</t>
+        </is>
+      </c>
+      <c r="I313" t="n">
+        <v>15.68</v>
+      </c>
+      <c r="J313" t="n">
+        <v>0.97</v>
+      </c>
+      <c r="K313" t="inlineStr">
         <is>
           <t>AA-</t>
         </is>
       </c>
-      <c r="F313" t="inlineStr">
-[...45 lines deleted...]
-        <v>1.44</v>
+      <c r="L313" t="inlineStr">
+        <is>
+          <t>5.150</t>
+        </is>
+      </c>
+      <c r="M313" t="inlineStr">
+        <is>
+          <t>2.532</t>
+        </is>
+      </c>
+      <c r="N313" t="inlineStr">
+        <is>
+          <t>2028-08-04</t>
+        </is>
+      </c>
+      <c r="O313" t="inlineStr">
+        <is>
+          <t>113.00</t>
+        </is>
+      </c>
+      <c r="P313" t="inlineStr">
+        <is>
+          <t>12.597</t>
+        </is>
+      </c>
+      <c r="Q313" t="inlineStr">
+        <is>
+          <t>!</t>
+        </is>
       </c>
       <c r="R313" t="n">
-        <v>7.14</v>
+        <v>68.0348</v>
       </c>
       <c r="S313" t="n">
-        <v>8.640000000000001</v>
+        <v>1.4098</v>
       </c>
       <c r="T313" t="n">
-        <v>11.16</v>
-[...3 lines deleted...]
-      <c r="W313" t="inlineStr"/>
+        <v>0.4877</v>
+      </c>
+      <c r="U313" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="V313" t="n">
+        <v>0.71</v>
+      </c>
+      <c r="W313" t="n">
+        <v>36.6</v>
+      </c>
+      <c r="X313" t="n">
+        <v>35.81</v>
+      </c>
+      <c r="Y313" t="n">
+        <v>29.15</v>
+      </c>
+      <c r="Z313" t="inlineStr"/>
+      <c r="AA313" t="inlineStr"/>
+      <c r="AB313" t="inlineStr"/>
     </row>
     <row r="314">
       <c r="A314" t="inlineStr">
         <is>
-          <t>127076</t>
+          <t>123258</t>
         </is>
       </c>
       <c r="B314" t="inlineStr">
         <is>
-          <t>中宠转2</t>
+          <t>胜蓝转02</t>
         </is>
       </c>
       <c r="C314" t="inlineStr">
         <is>
-          <t>002891</t>
+          <t>166.550</t>
         </is>
       </c>
       <c r="D314" t="inlineStr">
         <is>
-          <t>中宠股份</t>
-[...2 lines deleted...]
-      <c r="E314" t="inlineStr">
+          <t>0.000</t>
+        </is>
+      </c>
+      <c r="E314" t="n">
+        <v>75.17</v>
+      </c>
+      <c r="F314" t="n">
+        <v>95.07899999999999</v>
+      </c>
+      <c r="G314" t="inlineStr">
+        <is>
+          <t>300843</t>
+        </is>
+      </c>
+      <c r="H314" t="inlineStr">
+        <is>
+          <t>胜蓝股份</t>
+        </is>
+      </c>
+      <c r="I314" t="n">
+        <v>51.78</v>
+      </c>
+      <c r="J314" t="n">
+        <v>-0.52</v>
+      </c>
+      <c r="K314" t="inlineStr">
         <is>
           <t>AA-</t>
         </is>
       </c>
-      <c r="F314" t="inlineStr">
-[...45 lines deleted...]
-        <v>1.06</v>
+      <c r="L314" t="inlineStr">
+        <is>
+          <t>4.500</t>
+        </is>
+      </c>
+      <c r="M314" t="inlineStr">
+        <is>
+          <t>5.595</t>
+        </is>
+      </c>
+      <c r="N314" t="inlineStr">
+        <is>
+          <t>2031-08-27</t>
+        </is>
+      </c>
+      <c r="O314" t="inlineStr">
+        <is>
+          <t>113.00</t>
+        </is>
+      </c>
+      <c r="P314" t="inlineStr">
+        <is>
+          <t>70.798</t>
+        </is>
+      </c>
+      <c r="Q314" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R314" t="n">
-        <v>45.05</v>
+        <v>46.1806</v>
       </c>
       <c r="S314" t="n">
-        <v>40.54</v>
+        <v>2.1207</v>
       </c>
       <c r="T314" t="n">
-        <v>34.92</v>
-[...3 lines deleted...]
-      <c r="W314" t="inlineStr"/>
+        <v>1.8801</v>
+      </c>
+      <c r="U314" t="n">
+        <v>1.03</v>
+      </c>
+      <c r="V314" t="n">
+        <v>0.77</v>
+      </c>
+      <c r="W314" t="n">
+        <v>16.34</v>
+      </c>
+      <c r="X314" t="n">
+        <v>28.76</v>
+      </c>
+      <c r="Y314" t="inlineStr"/>
+      <c r="Z314" t="inlineStr"/>
+      <c r="AA314" t="inlineStr"/>
+      <c r="AB314" t="inlineStr"/>
     </row>
     <row r="315">
       <c r="A315" t="inlineStr">
         <is>
-          <t>113683</t>
+          <t>127017</t>
         </is>
       </c>
       <c r="B315" t="inlineStr">
         <is>
-          <t>伟24转债</t>
+          <t>万青转债</t>
         </is>
       </c>
       <c r="C315" t="inlineStr">
         <is>
-          <t>603568</t>
+          <t>113.760</t>
         </is>
       </c>
       <c r="D315" t="inlineStr">
         <is>
-          <t>伟明环保</t>
-[...10 lines deleted...]
-        </is>
+          <t>-0.004</t>
+        </is>
+      </c>
+      <c r="E315" t="n">
+        <v>75.47</v>
+      </c>
+      <c r="F315" t="n">
+        <v>64.83</v>
       </c>
       <c r="G315" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>000789</t>
         </is>
       </c>
       <c r="H315" t="inlineStr">
         <is>
-          <t>2030-03-28</t>
-[...10 lines deleted...]
-        </is>
+          <t>万年青</t>
+        </is>
+      </c>
+      <c r="I315" t="n">
+        <v>5.53</v>
+      </c>
+      <c r="J315" t="n">
+        <v>0.18</v>
       </c>
       <c r="K315" t="inlineStr">
         <is>
-          <t>!</t>
-[...18 lines deleted...]
-        <v>16.64</v>
+          <t>AA+</t>
+        </is>
+      </c>
+      <c r="L315" t="inlineStr">
+        <is>
+          <t>9.996</t>
+        </is>
+      </c>
+      <c r="M315" t="inlineStr">
+        <is>
+          <t>0.359</t>
+        </is>
+      </c>
+      <c r="N315" t="inlineStr">
+        <is>
+          <t>2026-06-03</t>
+        </is>
+      </c>
+      <c r="O315" t="inlineStr">
+        <is>
+          <t>113.00</t>
+        </is>
+      </c>
+      <c r="P315" t="inlineStr">
+        <is>
+          <t>11.089</t>
+        </is>
+      </c>
+      <c r="Q315" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R315" t="n">
-        <v>15.18</v>
+        <v>37.0679</v>
       </c>
       <c r="S315" t="n">
-        <v>13.72</v>
+        <v>1.744</v>
       </c>
       <c r="T315" t="n">
-        <v>35.74</v>
-[...3 lines deleted...]
-      <c r="W315" t="inlineStr"/>
+        <v>1.6316</v>
+      </c>
+      <c r="U315" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="V315" t="n">
+        <v>2.29</v>
+      </c>
+      <c r="W315" t="n">
+        <v>2.91</v>
+      </c>
+      <c r="X315" t="n">
+        <v>3.32</v>
+      </c>
+      <c r="Y315" t="n">
+        <v>5.66</v>
+      </c>
+      <c r="Z315" t="inlineStr"/>
+      <c r="AA315" t="inlineStr"/>
+      <c r="AB315" t="inlineStr"/>
     </row>
     <row r="316">
       <c r="A316" t="inlineStr">
         <is>
-          <t>123210</t>
+          <t>127099</t>
         </is>
       </c>
       <c r="B316" t="inlineStr">
         <is>
-          <t>信服转债</t>
+          <t>盛航转债</t>
         </is>
       </c>
       <c r="C316" t="inlineStr">
         <is>
-          <t>300454</t>
+          <t>139.700</t>
         </is>
       </c>
       <c r="D316" t="inlineStr">
         <is>
-          <t>深信服</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.000</t>
+        </is>
+      </c>
+      <c r="E316" t="n">
+        <v>31.3</v>
+      </c>
+      <c r="F316" t="n">
+        <v>106.3953</v>
       </c>
       <c r="G316" t="inlineStr">
         <is>
-          <t>3.644</t>
+          <t>001205</t>
         </is>
       </c>
       <c r="H316" t="inlineStr">
         <is>
-          <t>2029-07-27</t>
-[...10 lines deleted...]
-        </is>
+          <t>盛航股份</t>
+        </is>
+      </c>
+      <c r="I316" t="n">
+        <v>16.47</v>
+      </c>
+      <c r="J316" t="n">
+        <v>0</v>
       </c>
       <c r="K316" t="inlineStr">
         <is>
-          <t>0/15 | 30</t>
-[...18 lines deleted...]
-        <v>1.94</v>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="L316" t="inlineStr">
+        <is>
+          <t>4.541</t>
+        </is>
+      </c>
+      <c r="M316" t="inlineStr">
+        <is>
+          <t>3.871</t>
+        </is>
+      </c>
+      <c r="N316" t="inlineStr">
+        <is>
+          <t>2029-12-06</t>
+        </is>
+      </c>
+      <c r="O316" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="P316" t="inlineStr">
+        <is>
+          <t>20.124</t>
+        </is>
+      </c>
+      <c r="Q316" t="inlineStr">
+        <is>
+          <t>0/15 | 30 2025-02-14 重新计</t>
+        </is>
       </c>
       <c r="R316" t="n">
-        <v>35.78</v>
+        <v>50.0355</v>
       </c>
       <c r="S316" t="n">
-        <v>30.69</v>
+        <v>0.439</v>
       </c>
       <c r="T316" t="n">
-        <v>25.48</v>
-[...3 lines deleted...]
-      <c r="W316" t="inlineStr"/>
+        <v>0.3791</v>
+      </c>
+      <c r="U316" t="n">
+        <v>1.37</v>
+      </c>
+      <c r="V316" t="n">
+        <v>1.82</v>
+      </c>
+      <c r="W316" t="n">
+        <v>10.95</v>
+      </c>
+      <c r="X316" t="n">
+        <v>11.26</v>
+      </c>
+      <c r="Y316" t="n">
+        <v>24.02</v>
+      </c>
+      <c r="Z316" t="inlineStr"/>
+      <c r="AA316" t="inlineStr"/>
+      <c r="AB316" t="inlineStr"/>
     </row>
     <row r="317">
       <c r="A317" t="inlineStr">
         <is>
-          <t>110077</t>
+          <t>128129</t>
         </is>
       </c>
       <c r="B317" t="inlineStr">
         <is>
-          <t>洪城转债</t>
+          <t>青农转债</t>
         </is>
       </c>
       <c r="C317" t="inlineStr">
         <is>
-          <t>600461</t>
+          <t>108.287</t>
         </is>
       </c>
       <c r="D317" t="inlineStr">
         <is>
-          <t>洪城环境</t>
-[...10 lines deleted...]
-        </is>
+          <t>-0.003</t>
+        </is>
+      </c>
+      <c r="E317" t="n">
+        <v>37.95</v>
+      </c>
+      <c r="F317" t="n">
+        <v>78.5</v>
       </c>
       <c r="G317" t="inlineStr">
         <is>
-          <t>0.959</t>
+          <t>002958</t>
         </is>
       </c>
       <c r="H317" t="inlineStr">
         <is>
-          <t>2026-11-20</t>
-[...10 lines deleted...]
-        </is>
+          <t>青农商行</t>
+        </is>
+      </c>
+      <c r="I317" t="n">
+        <v>3.14</v>
+      </c>
+      <c r="J317" t="n">
+        <v>0.64</v>
       </c>
       <c r="K317" t="inlineStr">
         <is>
-          <t>!</t>
-[...18 lines deleted...]
-        <v>9.619999999999999</v>
+          <t>AAA</t>
+        </is>
+      </c>
+      <c r="L317" t="inlineStr">
+        <is>
+          <t>49.997</t>
+        </is>
+      </c>
+      <c r="M317" t="inlineStr">
+        <is>
+          <t>0.586</t>
+        </is>
+      </c>
+      <c r="N317" t="inlineStr">
+        <is>
+          <t>2026-08-25</t>
+        </is>
+      </c>
+      <c r="O317" t="inlineStr">
+        <is>
+          <t>108.00</t>
+        </is>
+      </c>
+      <c r="P317" t="inlineStr">
+        <is>
+          <t>5.200</t>
+        </is>
+      </c>
+      <c r="Q317" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R317" t="n">
-        <v>13.22</v>
-[...9 lines deleted...]
-      <c r="W317" t="inlineStr"/>
+        <v>90.7508</v>
+      </c>
+      <c r="S317" t="inlineStr"/>
+      <c r="T317" t="inlineStr"/>
+      <c r="U317" t="n">
+        <v>28.56</v>
+      </c>
+      <c r="V317" t="n">
+        <v>25.68</v>
+      </c>
+      <c r="W317" t="n">
+        <v>2.36</v>
+      </c>
+      <c r="X317" t="n">
+        <v>5.37</v>
+      </c>
+      <c r="Y317" t="n">
+        <v>6.78</v>
+      </c>
+      <c r="Z317" t="inlineStr"/>
+      <c r="AA317" t="inlineStr"/>
+      <c r="AB317" t="inlineStr"/>
     </row>
     <row r="318">
       <c r="A318" t="inlineStr">
         <is>
-          <t>113656</t>
+          <t>111005</t>
         </is>
       </c>
       <c r="B318" t="inlineStr">
         <is>
-          <t>嘉诚转债</t>
+          <t>富春转债</t>
         </is>
       </c>
       <c r="C318" t="inlineStr">
         <is>
-          <t>603535</t>
+          <t>173.178</t>
         </is>
       </c>
       <c r="D318" t="inlineStr">
         <is>
-          <t>嘉诚国际</t>
-[...2 lines deleted...]
-      <c r="E318" t="inlineStr">
+          <t>-0.020</t>
+        </is>
+      </c>
+      <c r="E318" t="n">
+        <v>30.4</v>
+      </c>
+      <c r="F318" t="n">
+        <v>132.8047</v>
+      </c>
+      <c r="G318" t="inlineStr">
+        <is>
+          <t>605189</t>
+        </is>
+      </c>
+      <c r="H318" t="inlineStr">
+        <is>
+          <t>富春染织</t>
+        </is>
+      </c>
+      <c r="I318" t="n">
+        <v>15.91</v>
+      </c>
+      <c r="J318" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="K318" t="inlineStr">
         <is>
           <t>AA-</t>
         </is>
       </c>
-      <c r="F318" t="inlineStr">
-[...45 lines deleted...]
-        <v>1.71</v>
+      <c r="L318" t="inlineStr">
+        <is>
+          <t>5.298</t>
+        </is>
+      </c>
+      <c r="M318" t="inlineStr">
+        <is>
+          <t>2.416</t>
+        </is>
+      </c>
+      <c r="N318" t="inlineStr">
+        <is>
+          <t>2028-06-23</t>
+        </is>
+      </c>
+      <c r="O318" t="inlineStr">
+        <is>
+          <t>108.30</t>
+        </is>
+      </c>
+      <c r="P318" t="inlineStr">
+        <is>
+          <t>15.574</t>
+        </is>
+      </c>
+      <c r="Q318" t="inlineStr">
+        <is>
+          <t>!</t>
+        </is>
       </c>
       <c r="R318" t="n">
-        <v>13.73</v>
+        <v>63.9492</v>
       </c>
       <c r="S318" t="n">
-        <v>17.18</v>
+        <v>1.1705</v>
       </c>
       <c r="T318" t="n">
-        <v>19.62</v>
-[...3 lines deleted...]
-      <c r="W318" t="inlineStr"/>
+        <v>0.5826</v>
+      </c>
+      <c r="U318" t="n">
+        <v>1.26</v>
+      </c>
+      <c r="V318" t="n">
+        <v>1.04</v>
+      </c>
+      <c r="W318" t="n">
+        <v>23.59</v>
+      </c>
+      <c r="X318" t="n">
+        <v>31.27</v>
+      </c>
+      <c r="Y318" t="n">
+        <v>26.64</v>
+      </c>
+      <c r="Z318" t="inlineStr"/>
+      <c r="AA318" t="inlineStr"/>
+      <c r="AB318" t="inlineStr"/>
     </row>
     <row r="319">
       <c r="A319" t="inlineStr">
         <is>
-          <t>123151</t>
+          <t>123154</t>
         </is>
       </c>
       <c r="B319" t="inlineStr">
         <is>
-          <t>康医转债</t>
+          <t>火星转债</t>
         </is>
       </c>
       <c r="C319" t="inlineStr">
         <is>
-          <t>300869</t>
+          <t>129.930</t>
         </is>
       </c>
       <c r="D319" t="inlineStr">
         <is>
-          <t>康泰医学</t>
-[...10 lines deleted...]
-        </is>
+          <t>-0.023</t>
+        </is>
+      </c>
+      <c r="E319" t="n">
+        <v>244.98</v>
+      </c>
+      <c r="F319" t="n">
+        <v>37.6627</v>
       </c>
       <c r="G319" t="inlineStr">
         <is>
-          <t>2.573</t>
+          <t>300894</t>
         </is>
       </c>
       <c r="H319" t="inlineStr">
         <is>
-          <t>2028-07-01</t>
-[...2 lines deleted...]
-      <c r="I319" t="inlineStr">
+          <t>火星人</t>
+        </is>
+      </c>
+      <c r="I319" t="n">
+        <v>12.44</v>
+      </c>
+      <c r="J319" t="n">
+        <v>1.55</v>
+      </c>
+      <c r="K319" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="L319" t="inlineStr">
+        <is>
+          <t>5.289</t>
+        </is>
+      </c>
+      <c r="M319" t="inlineStr">
+        <is>
+          <t>2.534</t>
+        </is>
+      </c>
+      <c r="N319" t="inlineStr">
+        <is>
+          <t>2028-08-05</t>
+        </is>
+      </c>
+      <c r="O319" t="inlineStr">
         <is>
           <t>115.00</t>
         </is>
       </c>
-      <c r="J319" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K319" t="inlineStr">
+      <c r="P319" t="inlineStr">
+        <is>
+          <t>42.939</t>
+        </is>
+      </c>
+      <c r="Q319" t="inlineStr">
         <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L319" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R319" t="n">
-        <v>6.67</v>
+        <v>45.0394</v>
       </c>
       <c r="S319" t="n">
-        <v>8.800000000000001</v>
+        <v>2.3765</v>
       </c>
       <c r="T319" t="n">
-        <v>11.41</v>
-[...3 lines deleted...]
-      <c r="W319" t="inlineStr"/>
+        <v>1.9617</v>
+      </c>
+      <c r="U319" t="n">
+        <v>0.11</v>
+      </c>
+      <c r="V319" t="n">
+        <v>2.47</v>
+      </c>
+      <c r="W319" t="n">
+        <v>11.26</v>
+      </c>
+      <c r="X319" t="n">
+        <v>7.71</v>
+      </c>
+      <c r="Y319" t="n">
+        <v>9.81</v>
+      </c>
+      <c r="Z319" t="inlineStr"/>
+      <c r="AA319" t="inlineStr"/>
+      <c r="AB319" t="inlineStr"/>
     </row>
     <row r="320">
       <c r="A320" t="inlineStr">
         <is>
-          <t>113633</t>
+          <t>113066</t>
         </is>
       </c>
       <c r="B320" t="inlineStr">
         <is>
-          <t>科沃转债</t>
+          <t>平煤转债</t>
         </is>
       </c>
       <c r="C320" t="inlineStr">
         <is>
-          <t>603486</t>
+          <t>149.779</t>
         </is>
       </c>
       <c r="D320" t="inlineStr">
         <is>
-          <t>科沃斯</t>
-[...10 lines deleted...]
-        </is>
+          <t>-0.023</t>
+        </is>
+      </c>
+      <c r="E320" t="n">
+        <v>36.53</v>
+      </c>
+      <c r="F320" t="n">
+        <v>109.7074</v>
       </c>
       <c r="G320" t="inlineStr">
         <is>
-          <t>1.986</t>
+          <t>601666</t>
         </is>
       </c>
       <c r="H320" t="inlineStr">
         <is>
-          <t>2027-11-30</t>
-[...10 lines deleted...]
-        </is>
+          <t>平煤股份</t>
+        </is>
+      </c>
+      <c r="I320" t="n">
+        <v>8.25</v>
+      </c>
+      <c r="J320" t="n">
+        <v>-0.48</v>
       </c>
       <c r="K320" t="inlineStr">
         <is>
-          <t>0/15 | 30</t>
-[...18 lines deleted...]
-        <v>16.98</v>
+          <t>AAA</t>
+        </is>
+      </c>
+      <c r="L320" t="inlineStr">
+        <is>
+          <t>14.274</t>
+        </is>
+      </c>
+      <c r="M320" t="inlineStr">
+        <is>
+          <t>3.145</t>
+        </is>
+      </c>
+      <c r="N320" t="inlineStr">
+        <is>
+          <t>2029-03-16</t>
+        </is>
+      </c>
+      <c r="O320" t="inlineStr">
+        <is>
+          <t>107.00</t>
+        </is>
+      </c>
+      <c r="P320" t="inlineStr">
+        <is>
+          <t>9.776</t>
+        </is>
+      </c>
+      <c r="Q320" t="inlineStr">
+        <is>
+          <t>0/15 | 30 2024-09-30 重新计</t>
+        </is>
       </c>
       <c r="R320" t="n">
-        <v>11.2</v>
+        <v>63.1707</v>
       </c>
       <c r="S320" t="n">
-        <v>12.95</v>
+        <v>0.5502</v>
       </c>
       <c r="T320" t="n">
-        <v>9.9</v>
-[...3 lines deleted...]
-      <c r="W320" t="inlineStr"/>
+        <v>0.5122</v>
+      </c>
+      <c r="U320" t="n">
+        <v>23.5</v>
+      </c>
+      <c r="V320" t="n">
+        <v>40.1</v>
+      </c>
+      <c r="W320" t="n">
+        <v>14.69</v>
+      </c>
+      <c r="X320" t="n">
+        <v>15.63</v>
+      </c>
+      <c r="Y320" t="n">
+        <v>20.06</v>
+      </c>
+      <c r="Z320" t="inlineStr"/>
+      <c r="AA320" t="inlineStr"/>
+      <c r="AB320" t="inlineStr"/>
     </row>
     <row r="321">
       <c r="A321" t="inlineStr">
         <is>
-          <t>123216</t>
+          <t>123092</t>
         </is>
       </c>
       <c r="B321" t="inlineStr">
         <is>
-          <t>科顺转债</t>
+          <t>天壕转债</t>
         </is>
       </c>
       <c r="C321" t="inlineStr">
         <is>
-          <t>300737</t>
+          <t>138.939</t>
         </is>
       </c>
       <c r="D321" t="inlineStr">
         <is>
-          <t>科顺股份</t>
-[...10 lines deleted...]
-        </is>
+          <t>-0.019</t>
+        </is>
+      </c>
+      <c r="E321" t="n">
+        <v>17.47</v>
+      </c>
+      <c r="F321" t="n">
+        <v>118.2731</v>
       </c>
       <c r="G321" t="inlineStr">
         <is>
-          <t>3.666</t>
+          <t>300332</t>
         </is>
       </c>
       <c r="H321" t="inlineStr">
         <is>
-          <t>2029-08-04</t>
-[...2 lines deleted...]
-      <c r="I321" t="inlineStr">
+          <t>天壕能源</t>
+        </is>
+      </c>
+      <c r="I321" t="n">
+        <v>5.89</v>
+      </c>
+      <c r="J321" t="n">
+        <v>-1.01</v>
+      </c>
+      <c r="K321" t="inlineStr">
+        <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="L321" t="inlineStr">
+        <is>
+          <t>3.423</t>
+        </is>
+      </c>
+      <c r="M321" t="inlineStr">
+        <is>
+          <t>0.918</t>
+        </is>
+      </c>
+      <c r="N321" t="inlineStr">
+        <is>
+          <t>2026-12-24</t>
+        </is>
+      </c>
+      <c r="O321" t="inlineStr">
         <is>
           <t>115.00</t>
         </is>
       </c>
-      <c r="J321" t="inlineStr">
-[...25 lines deleted...]
-        <v>1.78</v>
+      <c r="P321" t="inlineStr">
+        <is>
+          <t>6.474</t>
+        </is>
+      </c>
+      <c r="Q321" t="inlineStr">
+        <is>
+          <t>0/15 | 30 2025-01-01 重新计</t>
+        </is>
       </c>
       <c r="R321" t="n">
-        <v>7.39</v>
+        <v>43.2748</v>
       </c>
       <c r="S321" t="n">
-        <v>13.85</v>
+        <v>0.6706</v>
       </c>
       <c r="T321" t="n">
-        <v>21.97</v>
-[...3 lines deleted...]
-      <c r="W321" t="inlineStr"/>
+        <v>0.6365</v>
+      </c>
+      <c r="U321" t="n">
+        <v>1.25</v>
+      </c>
+      <c r="V321" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="W321" t="n">
+        <v>12.54</v>
+      </c>
+      <c r="X321" t="n">
+        <v>14.13</v>
+      </c>
+      <c r="Y321" t="n">
+        <v>21.08</v>
+      </c>
+      <c r="Z321" t="inlineStr"/>
+      <c r="AA321" t="inlineStr"/>
+      <c r="AB321" t="inlineStr"/>
     </row>
     <row r="322">
       <c r="A322" t="inlineStr">
         <is>
-          <t>113643</t>
+          <t>127031</t>
         </is>
       </c>
       <c r="B322" t="inlineStr">
         <is>
-          <t>风语转债</t>
+          <t>洋丰转债</t>
         </is>
       </c>
       <c r="C322" t="inlineStr">
         <is>
-          <t>603466</t>
+          <t>139.751</t>
         </is>
       </c>
       <c r="D322" t="inlineStr">
         <is>
-          <t>风语筑</t>
-[...10 lines deleted...]
-        </is>
+          <t>-0.035</t>
+        </is>
+      </c>
+      <c r="E322" t="n">
+        <v>41.91</v>
+      </c>
+      <c r="F322" t="n">
+        <v>98.4786</v>
       </c>
       <c r="G322" t="inlineStr">
         <is>
-          <t>2.304</t>
+          <t>000902</t>
         </is>
       </c>
       <c r="H322" t="inlineStr">
         <is>
-          <t>2028-03-25</t>
-[...10 lines deleted...]
-        </is>
+          <t>新洋丰</t>
+        </is>
+      </c>
+      <c r="I322" t="n">
+        <v>16.83</v>
+      </c>
+      <c r="J322" t="n">
+        <v>0.3</v>
       </c>
       <c r="K322" t="inlineStr">
         <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="L322" t="inlineStr">
+        <is>
+          <t>9.999</t>
+        </is>
+      </c>
+      <c r="M322" t="inlineStr">
+        <is>
+          <t>1.167</t>
+        </is>
+      </c>
+      <c r="N322" t="inlineStr">
+        <is>
+          <t>2027-03-25</t>
+        </is>
+      </c>
+      <c r="O322" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="P322" t="inlineStr">
+        <is>
+          <t>22.217</t>
+        </is>
+      </c>
+      <c r="Q322" t="inlineStr">
+        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L322" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R322" t="n">
-        <v>8.18</v>
+        <v>38.8636</v>
       </c>
       <c r="S322" t="n">
-        <v>13.78</v>
+        <v>1.5525</v>
       </c>
       <c r="T322" t="n">
-        <v>17.13</v>
-[...3 lines deleted...]
-      <c r="W322" t="inlineStr"/>
+        <v>0.8594000000000001</v>
+      </c>
+      <c r="U322" t="n">
+        <v>13.15</v>
+      </c>
+      <c r="V322" t="n">
+        <v>12.07</v>
+      </c>
+      <c r="W322" t="n">
+        <v>11.44</v>
+      </c>
+      <c r="X322" t="n">
+        <v>14.13</v>
+      </c>
+      <c r="Y322" t="n">
+        <v>11.99</v>
+      </c>
+      <c r="Z322" t="inlineStr"/>
+      <c r="AA322" t="inlineStr"/>
+      <c r="AB322" t="inlineStr"/>
     </row>
     <row r="323">
       <c r="A323" t="inlineStr">
         <is>
-          <t>123180</t>
+          <t>128142</t>
         </is>
       </c>
       <c r="B323" t="inlineStr">
         <is>
-          <t>浙矿转债</t>
+          <t>新乳转债</t>
         </is>
       </c>
       <c r="C323" t="inlineStr">
         <is>
-          <t>300837</t>
+          <t>139.528</t>
         </is>
       </c>
       <c r="D323" t="inlineStr">
         <is>
-          <t>浙矿股份</t>
-[...10 lines deleted...]
-        </is>
+          <t>-0.051</t>
+        </is>
+      </c>
+      <c r="E323" t="n">
+        <v>30</v>
+      </c>
+      <c r="F323" t="n">
+        <v>107.3266</v>
       </c>
       <c r="G323" t="inlineStr">
         <is>
-          <t>3.260</t>
+          <t>002946</t>
         </is>
       </c>
       <c r="H323" t="inlineStr">
         <is>
-          <t>2029-03-09</t>
-[...10 lines deleted...]
-        </is>
+          <t>新乳业</t>
+        </is>
+      </c>
+      <c r="I323" t="n">
+        <v>19.19</v>
+      </c>
+      <c r="J323" t="n">
+        <v>-1.34</v>
       </c>
       <c r="K323" t="inlineStr">
         <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="L323" t="inlineStr">
+        <is>
+          <t>7.179</t>
+        </is>
+      </c>
+      <c r="M323" t="inlineStr">
+        <is>
+          <t>0.901</t>
+        </is>
+      </c>
+      <c r="N323" t="inlineStr">
+        <is>
+          <t>2026-12-18</t>
+        </is>
+      </c>
+      <c r="O323" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="P323" t="inlineStr">
+        <is>
+          <t>23.244</t>
+        </is>
+      </c>
+      <c r="Q323" t="inlineStr">
+        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L323" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R323" t="n">
-        <v>4.9</v>
+        <v>59.9783</v>
       </c>
       <c r="S323" t="n">
-        <v>9.43</v>
+        <v>0.593</v>
       </c>
       <c r="T323" t="n">
-        <v>11.82</v>
-[...3 lines deleted...]
-      <c r="W323" t="inlineStr"/>
+        <v>0.425</v>
+      </c>
+      <c r="U323" t="n">
+        <v>5.38</v>
+      </c>
+      <c r="V323" t="n">
+        <v>4.31</v>
+      </c>
+      <c r="W323" t="n">
+        <v>16.74</v>
+      </c>
+      <c r="X323" t="n">
+        <v>15.43</v>
+      </c>
+      <c r="Y323" t="n">
+        <v>18.56</v>
+      </c>
+      <c r="Z323" t="inlineStr"/>
+      <c r="AA323" t="inlineStr"/>
+      <c r="AB323" t="inlineStr"/>
     </row>
     <row r="324">
       <c r="A324" t="inlineStr">
         <is>
-          <t>113678</t>
+          <t>118011</t>
         </is>
       </c>
       <c r="B324" t="inlineStr">
         <is>
-          <t>中贝转债</t>
+          <t>银微转债</t>
         </is>
       </c>
       <c r="C324" t="inlineStr">
         <is>
-          <t>603220</t>
+          <t>141.803</t>
         </is>
       </c>
       <c r="D324" t="inlineStr">
         <is>
-          <t>中贝通信</t>
-[...2 lines deleted...]
-      <c r="E324" t="inlineStr">
+          <t>-0.058</t>
+        </is>
+      </c>
+      <c r="E324" t="n">
+        <v>37.33</v>
+      </c>
+      <c r="F324" t="n">
+        <v>103.2588</v>
+      </c>
+      <c r="G324" t="inlineStr">
+        <is>
+          <t>688689</t>
+        </is>
+      </c>
+      <c r="H324" t="inlineStr">
+        <is>
+          <t>银河微电</t>
+        </is>
+      </c>
+      <c r="I324" t="n">
+        <v>32.32</v>
+      </c>
+      <c r="J324" t="n">
+        <v>1.06</v>
+      </c>
+      <c r="K324" t="inlineStr">
         <is>
           <t>A+</t>
         </is>
       </c>
-      <c r="F324" t="inlineStr">
-[...14 lines deleted...]
-      <c r="I324" t="inlineStr">
+      <c r="L324" t="inlineStr">
+        <is>
+          <t>4.997</t>
+        </is>
+      </c>
+      <c r="M324" t="inlineStr">
+        <is>
+          <t>2.447</t>
+        </is>
+      </c>
+      <c r="N324" t="inlineStr">
+        <is>
+          <t>2028-07-04</t>
+        </is>
+      </c>
+      <c r="O324" t="inlineStr">
         <is>
           <t>115.00</t>
         </is>
       </c>
-      <c r="J324" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K324" t="inlineStr">
+      <c r="P324" t="inlineStr">
+        <is>
+          <t>40.690</t>
+        </is>
+      </c>
+      <c r="Q324" t="inlineStr">
         <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L324" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R324" t="n">
-        <v>12.74</v>
+        <v>38.5293</v>
       </c>
       <c r="S324" t="n">
-        <v>17.88</v>
+        <v>4.3867</v>
       </c>
       <c r="T324" t="n">
-        <v>26.65</v>
-[...3 lines deleted...]
-      <c r="W324" t="inlineStr"/>
+        <v>3.8111</v>
+      </c>
+      <c r="U324" t="n">
+        <v>0.72</v>
+      </c>
+      <c r="V324" t="n">
+        <v>0.64</v>
+      </c>
+      <c r="W324" t="n">
+        <v>13.58</v>
+      </c>
+      <c r="X324" t="n">
+        <v>13.11</v>
+      </c>
+      <c r="Y324" t="n">
+        <v>15.05</v>
+      </c>
+      <c r="Z324" t="inlineStr"/>
+      <c r="AA324" t="inlineStr"/>
+      <c r="AB324" t="inlineStr"/>
     </row>
     <row r="325">
       <c r="A325" t="inlineStr">
         <is>
-          <t>113693</t>
+          <t>111023</t>
         </is>
       </c>
       <c r="B325" t="inlineStr">
         <is>
-          <t>志邦转债</t>
+          <t>利柏转债</t>
         </is>
       </c>
       <c r="C325" t="inlineStr">
         <is>
-          <t>603801</t>
+          <t>181.757</t>
         </is>
       </c>
       <c r="D325" t="inlineStr">
         <is>
-          <t>志邦家居</t>
-[...2 lines deleted...]
-      <c r="E325" t="inlineStr">
+          <t>-0.085</t>
+        </is>
+      </c>
+      <c r="E325" t="n">
+        <v>26.45</v>
+      </c>
+      <c r="F325" t="n">
+        <v>143.7397</v>
+      </c>
+      <c r="G325" t="inlineStr">
+        <is>
+          <t>605167</t>
+        </is>
+      </c>
+      <c r="H325" t="inlineStr">
+        <is>
+          <t>利柏特</t>
+        </is>
+      </c>
+      <c r="I325" t="n">
+        <v>17.45</v>
+      </c>
+      <c r="J325" t="n">
+        <v>-2.57</v>
+      </c>
+      <c r="K325" t="inlineStr">
         <is>
           <t>AA</t>
         </is>
       </c>
-      <c r="F325" t="inlineStr">
-[...14 lines deleted...]
-      <c r="I325" t="inlineStr">
+      <c r="L325" t="inlineStr">
+        <is>
+          <t>7.498</t>
+        </is>
+      </c>
+      <c r="M325" t="inlineStr">
+        <is>
+          <t>5.444</t>
+        </is>
+      </c>
+      <c r="N325" t="inlineStr">
+        <is>
+          <t>2031-07-03</t>
+        </is>
+      </c>
+      <c r="O325" t="inlineStr">
         <is>
           <t>110.00</t>
         </is>
       </c>
-      <c r="J325" t="inlineStr">
-[...25 lines deleted...]
-        <v>5.37</v>
+      <c r="P325" t="inlineStr">
+        <is>
+          <t>15.782</t>
+        </is>
+      </c>
+      <c r="Q325" t="inlineStr">
+        <is>
+          <t>7/15 | 30</t>
+        </is>
       </c>
       <c r="R325" t="n">
-        <v>7.02</v>
+        <v>55.9073</v>
       </c>
       <c r="S325" t="n">
-        <v>15.72</v>
-[...4 lines deleted...]
-      <c r="W325" t="inlineStr"/>
+        <v>1.8614</v>
+      </c>
+      <c r="T325" t="n">
+        <v>1.7495</v>
+      </c>
+      <c r="U325" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="V325" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="W325" t="n">
+        <v>60.5</v>
+      </c>
+      <c r="X325" t="n">
+        <v>37.35</v>
+      </c>
+      <c r="Y325" t="inlineStr"/>
+      <c r="Z325" t="inlineStr"/>
+      <c r="AA325" t="inlineStr"/>
+      <c r="AB325" t="inlineStr"/>
     </row>
     <row r="326">
       <c r="A326" t="inlineStr">
         <is>
-          <t>113652</t>
+          <t>118039</t>
         </is>
       </c>
       <c r="B326" t="inlineStr">
         <is>
-          <t>伟22转债</t>
+          <t>煜邦转债</t>
         </is>
       </c>
       <c r="C326" t="inlineStr">
         <is>
-          <t>603568</t>
+          <t>149.513</t>
         </is>
       </c>
       <c r="D326" t="inlineStr">
         <is>
-          <t>伟明环保</t>
-[...10 lines deleted...]
-        </is>
+          <t>-0.101</t>
+        </is>
+      </c>
+      <c r="E326" t="n">
+        <v>10.02</v>
+      </c>
+      <c r="F326" t="n">
+        <v>135.8904</v>
       </c>
       <c r="G326" t="inlineStr">
         <is>
-          <t>2.630</t>
+          <t>688597</t>
         </is>
       </c>
       <c r="H326" t="inlineStr">
         <is>
-          <t>2028-07-22</t>
-[...10 lines deleted...]
-        </is>
+          <t>煜邦电力</t>
+        </is>
+      </c>
+      <c r="I326" t="n">
+        <v>9.92</v>
+      </c>
+      <c r="J326" t="n">
+        <v>1.64</v>
       </c>
       <c r="K326" t="inlineStr">
         <is>
-          <t>0/15 | 30</t>
-[...18 lines deleted...]
-        <v>16.64</v>
+          <t>A</t>
+        </is>
+      </c>
+      <c r="L326" t="inlineStr">
+        <is>
+          <t>4.104</t>
+        </is>
+      </c>
+      <c r="M326" t="inlineStr">
+        <is>
+          <t>3.490</t>
+        </is>
+      </c>
+      <c r="N326" t="inlineStr">
+        <is>
+          <t>2029-07-20</t>
+        </is>
+      </c>
+      <c r="O326" t="inlineStr">
+        <is>
+          <t>113.00</t>
+        </is>
+      </c>
+      <c r="P326" t="inlineStr">
+        <is>
+          <t>9.490</t>
+        </is>
+      </c>
+      <c r="Q326" t="inlineStr">
+        <is>
+          <t>6/15 | 30</t>
+        </is>
       </c>
       <c r="R326" t="n">
-        <v>9.59</v>
+        <v>54.5403</v>
       </c>
       <c r="S326" t="n">
-        <v>12.96</v>
+        <v>2.0884</v>
       </c>
       <c r="T326" t="n">
-        <v>13.7</v>
-[...3 lines deleted...]
-      <c r="W326" t="inlineStr"/>
+        <v>1.8425</v>
+      </c>
+      <c r="U326" t="n">
+        <v>1.11</v>
+      </c>
+      <c r="V326" t="n">
+        <v>0.38</v>
+      </c>
+      <c r="W326" t="n">
+        <v>17.93</v>
+      </c>
+      <c r="X326" t="n">
+        <v>18.62</v>
+      </c>
+      <c r="Y326" t="n">
+        <v>21.38</v>
+      </c>
+      <c r="Z326" t="inlineStr"/>
+      <c r="AA326" t="inlineStr"/>
+      <c r="AB326" t="inlineStr"/>
     </row>
     <row r="327">
       <c r="A327" t="inlineStr">
         <is>
-          <t>127016</t>
+          <t>127025</t>
         </is>
       </c>
       <c r="B327" t="inlineStr">
         <is>
-          <t>鲁泰转债</t>
+          <t>冀东转债</t>
         </is>
       </c>
       <c r="C327" t="inlineStr">
         <is>
-          <t>000726</t>
+          <t>106.980</t>
         </is>
       </c>
       <c r="D327" t="inlineStr">
         <is>
-          <t>鲁  泰Ａ</t>
-[...10 lines deleted...]
-        </is>
+          <t>-0.111</t>
+        </is>
+      </c>
+      <c r="E327" t="n">
+        <v>186.38</v>
+      </c>
+      <c r="F327" t="n">
+        <v>37.3559</v>
       </c>
       <c r="G327" t="inlineStr">
         <is>
-          <t>0.343</t>
+          <t>000401</t>
         </is>
       </c>
       <c r="H327" t="inlineStr">
         <is>
-          <t>2026-04-09</t>
-[...10 lines deleted...]
-        </is>
+          <t>金隅冀东</t>
+        </is>
+      </c>
+      <c r="I327" t="n">
+        <v>4.86</v>
+      </c>
+      <c r="J327" t="n">
+        <v>0.83</v>
       </c>
       <c r="K327" t="inlineStr">
         <is>
+          <t>AAA</t>
+        </is>
+      </c>
+      <c r="L327" t="inlineStr">
+        <is>
+          <t>17.764</t>
+        </is>
+      </c>
+      <c r="M327" t="inlineStr">
+        <is>
+          <t>0.784</t>
+        </is>
+      </c>
+      <c r="N327" t="inlineStr">
+        <is>
+          <t>2026-11-05</t>
+        </is>
+      </c>
+      <c r="O327" t="inlineStr">
+        <is>
+          <t>106.00</t>
+        </is>
+      </c>
+      <c r="P327" t="inlineStr">
+        <is>
+          <t>16.913</t>
+        </is>
+      </c>
+      <c r="Q327" t="inlineStr">
+        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L327" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R327" t="n">
-        <v>7.16</v>
+        <v>49.5901</v>
       </c>
       <c r="S327" t="n">
-        <v>8.52</v>
+        <v>0.8833</v>
       </c>
       <c r="T327" t="n">
-        <v>8.27</v>
-[...3 lines deleted...]
-      <c r="W327" t="inlineStr"/>
+        <v>0.6998</v>
+      </c>
+      <c r="U327" t="n">
+        <v>-9.91</v>
+      </c>
+      <c r="V327" t="n">
+        <v>-14.82</v>
+      </c>
+      <c r="W327" t="n">
+        <v>2.99</v>
+      </c>
+      <c r="X327" t="n">
+        <v>3.96</v>
+      </c>
+      <c r="Y327" t="n">
+        <v>4.74</v>
+      </c>
+      <c r="Z327" t="inlineStr"/>
+      <c r="AA327" t="inlineStr"/>
+      <c r="AB327" t="inlineStr"/>
     </row>
     <row r="328">
       <c r="A328" t="inlineStr">
         <is>
-          <t>127092</t>
+          <t>123250</t>
         </is>
       </c>
       <c r="B328" t="inlineStr">
         <is>
-          <t>运机转债</t>
+          <t>嘉益转债</t>
         </is>
       </c>
       <c r="C328" t="inlineStr">
         <is>
-          <t>001288</t>
+          <t>129.027</t>
         </is>
       </c>
       <c r="D328" t="inlineStr">
         <is>
-          <t>运机集团</t>
-[...10 lines deleted...]
-        </is>
+          <t>-0.127</t>
+        </is>
+      </c>
+      <c r="E328" t="n">
+        <v>101.18</v>
+      </c>
+      <c r="F328" t="n">
+        <v>64.13509999999999</v>
       </c>
       <c r="G328" t="inlineStr">
         <is>
-          <t>3.797</t>
+          <t>301004</t>
         </is>
       </c>
       <c r="H328" t="inlineStr">
         <is>
-          <t>2029-09-21</t>
-[...10 lines deleted...]
-        </is>
+          <t>嘉益股份</t>
+        </is>
+      </c>
+      <c r="I328" t="n">
+        <v>51.09</v>
+      </c>
+      <c r="J328" t="n">
+        <v>0.59</v>
       </c>
       <c r="K328" t="inlineStr">
         <is>
-          <t>!</t>
-[...18 lines deleted...]
-        <v>0.86</v>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="L328" t="inlineStr">
+        <is>
+          <t>3.955</t>
+        </is>
+      </c>
+      <c r="M328" t="inlineStr">
+        <is>
+          <t>4.792</t>
+        </is>
+      </c>
+      <c r="N328" t="inlineStr">
+        <is>
+          <t>2030-11-07</t>
+        </is>
+      </c>
+      <c r="O328" t="inlineStr">
+        <is>
+          <t>114.00</t>
+        </is>
+      </c>
+      <c r="P328" t="inlineStr">
+        <is>
+          <t>103.558</t>
+        </is>
+      </c>
+      <c r="Q328" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R328" t="n">
-        <v>38.81</v>
+        <v>34.1322</v>
       </c>
       <c r="S328" t="n">
-        <v>38.4</v>
+        <v>2.8871</v>
       </c>
       <c r="T328" t="n">
-        <v>39.21</v>
-[...3 lines deleted...]
-      <c r="W328" t="inlineStr"/>
+        <v>2.2247</v>
+      </c>
+      <c r="U328" t="n">
+        <v>7.33</v>
+      </c>
+      <c r="V328" t="n">
+        <v>4.72</v>
+      </c>
+      <c r="W328" t="n">
+        <v>6.52</v>
+      </c>
+      <c r="X328" t="n">
+        <v>8.32</v>
+      </c>
+      <c r="Y328" t="inlineStr"/>
+      <c r="Z328" t="inlineStr"/>
+      <c r="AA328" t="inlineStr"/>
+      <c r="AB328" t="inlineStr"/>
     </row>
     <row r="329">
       <c r="A329" t="inlineStr">
         <is>
-          <t>118048</t>
+          <t>123246</t>
         </is>
       </c>
       <c r="B329" t="inlineStr">
         <is>
-          <t>利扬转债</t>
+          <t>远信转债</t>
         </is>
       </c>
       <c r="C329" t="inlineStr">
         <is>
-          <t>688135</t>
+          <t>168.808</t>
         </is>
       </c>
       <c r="D329" t="inlineStr">
         <is>
-          <t>利扬芯片</t>
-[...10 lines deleted...]
-        </is>
+          <t>-0.133</t>
+        </is>
+      </c>
+      <c r="E329" t="n">
+        <v>7.62</v>
+      </c>
+      <c r="F329" t="n">
+        <v>156.8628</v>
       </c>
       <c r="G329" t="inlineStr">
         <is>
-          <t>4.575</t>
+          <t>301053</t>
         </is>
       </c>
       <c r="H329" t="inlineStr">
         <is>
-          <t>2030-07-02</t>
-[...10 lines deleted...]
-        </is>
+          <t>远信工业</t>
+        </is>
+      </c>
+      <c r="I329" t="n">
+        <v>36</v>
+      </c>
+      <c r="J329" t="n">
+        <v>-1.45</v>
       </c>
       <c r="K329" t="inlineStr">
         <is>
+          <t>A</t>
+        </is>
+      </c>
+      <c r="L329" t="inlineStr">
+        <is>
+          <t>2.296</t>
+        </is>
+      </c>
+      <c r="M329" t="inlineStr">
+        <is>
+          <t>4.564</t>
+        </is>
+      </c>
+      <c r="N329" t="inlineStr">
+        <is>
+          <t>2030-08-16</t>
+        </is>
+      </c>
+      <c r="O329" t="inlineStr">
+        <is>
+          <t>118.00</t>
+        </is>
+      </c>
+      <c r="P329" t="inlineStr">
+        <is>
+          <t>29.835</t>
+        </is>
+      </c>
+      <c r="Q329" t="inlineStr">
+        <is>
           <t>!</t>
         </is>
       </c>
-      <c r="L329" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R329" t="n">
-        <v>50.84</v>
+        <v>47.6019</v>
       </c>
       <c r="S329" t="n">
-        <v>61.44</v>
-[...4 lines deleted...]
-      <c r="W329" t="inlineStr"/>
+        <v>1.8123</v>
+      </c>
+      <c r="T329" t="n">
+        <v>1.25</v>
+      </c>
+      <c r="U329" t="n">
+        <v>0.48</v>
+      </c>
+      <c r="V329" t="n">
+        <v>0.18</v>
+      </c>
+      <c r="W329" t="n">
+        <v>20</v>
+      </c>
+      <c r="X329" t="n">
+        <v>23.19</v>
+      </c>
+      <c r="Y329" t="inlineStr"/>
+      <c r="Z329" t="inlineStr"/>
+      <c r="AA329" t="inlineStr"/>
+      <c r="AB329" t="inlineStr"/>
     </row>
     <row r="330">
       <c r="A330" t="inlineStr">
         <is>
-          <t>113618</t>
+          <t>113615</t>
         </is>
       </c>
       <c r="B330" t="inlineStr">
         <is>
-          <t>美诺转债</t>
+          <t>金诚转债</t>
         </is>
       </c>
       <c r="C330" t="inlineStr">
         <is>
-          <t>603538</t>
+          <t>825.020</t>
         </is>
       </c>
       <c r="D330" t="inlineStr">
         <is>
-          <t>美诺华</t>
-[...10 lines deleted...]
-        </is>
+          <t>-0.149</t>
+        </is>
+      </c>
+      <c r="E330" t="n">
+        <v>23.54</v>
+      </c>
+      <c r="F330" t="n">
+        <v>667.8268</v>
       </c>
       <c r="G330" t="inlineStr">
         <is>
-          <t>1.110</t>
+          <t>603979</t>
         </is>
       </c>
       <c r="H330" t="inlineStr">
         <is>
-          <t>2027-01-14</t>
-[...10 lines deleted...]
-        </is>
+          <t>金诚信</t>
+        </is>
+      </c>
+      <c r="I330" t="n">
+        <v>78.67</v>
+      </c>
+      <c r="J330" t="n">
+        <v>0.51</v>
       </c>
       <c r="K330" t="inlineStr">
         <is>
-          <t>0/15 | 30 2022-05-02 重新计</t>
-[...19 lines deleted...]
-      </c>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="L330" t="inlineStr">
+        <is>
+          <t>4.958</t>
+        </is>
+      </c>
+      <c r="M330" t="inlineStr">
+        <is>
+          <t>0.915</t>
+        </is>
+      </c>
+      <c r="N330" t="inlineStr">
+        <is>
+          <t>2026-12-23</t>
+        </is>
+      </c>
+      <c r="O330" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="P330" t="inlineStr">
+        <is>
+          <t>15.314</t>
+        </is>
+      </c>
+      <c r="Q330" t="inlineStr"/>
       <c r="R330" t="n">
-        <v>15.02</v>
+        <v>45.8924</v>
       </c>
       <c r="S330" t="n">
-        <v>23.97</v>
+        <v>1.7385</v>
       </c>
       <c r="T330" t="n">
-        <v>16.82</v>
+        <v>1.4688</v>
       </c>
       <c r="U330" t="n">
-        <v>36.78</v>
+        <v>15.84</v>
       </c>
       <c r="V330" t="n">
-        <v>52.42</v>
+        <v>10.31</v>
       </c>
       <c r="W330" t="n">
-        <v>46.56</v>
+        <v>30.93</v>
+      </c>
+      <c r="X330" t="n">
+        <v>40.83</v>
+      </c>
+      <c r="Y330" t="n">
+        <v>40.81</v>
+      </c>
+      <c r="Z330" t="n">
+        <v>42.18</v>
+      </c>
+      <c r="AA330" t="n">
+        <v>48.6</v>
+      </c>
+      <c r="AB330" t="n">
+        <v>45.28</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" t="inlineStr">
         <is>
-          <t>127050</t>
+          <t>128097</t>
         </is>
       </c>
       <c r="B331" t="inlineStr">
         <is>
-          <t>麒麟转债</t>
+          <t>奥佳转债</t>
         </is>
       </c>
       <c r="C331" t="inlineStr">
         <is>
-          <t>002984</t>
+          <t>110.317</t>
         </is>
       </c>
       <c r="D331" t="inlineStr">
         <is>
-          <t>森麒麟</t>
-[...10 lines deleted...]
-        </is>
+          <t>-0.164</t>
+        </is>
+      </c>
+      <c r="E331" t="n">
+        <v>33.09</v>
+      </c>
+      <c r="F331" t="n">
+        <v>82.8877</v>
       </c>
       <c r="G331" t="inlineStr">
         <is>
-          <t>1.934</t>
+          <t>002614</t>
         </is>
       </c>
       <c r="H331" t="inlineStr">
         <is>
-          <t>2027-11-11</t>
-[...2 lines deleted...]
-      <c r="I331" t="inlineStr">
+          <t>奥佳华</t>
+        </is>
+      </c>
+      <c r="I331" t="n">
+        <v>7.75</v>
+      </c>
+      <c r="J331" t="n">
+        <v>-1.77</v>
+      </c>
+      <c r="K331" t="inlineStr">
+        <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="L331" t="inlineStr">
+        <is>
+          <t>4.580</t>
+        </is>
+      </c>
+      <c r="M331" t="inlineStr">
+        <is>
+          <t>0.090</t>
+        </is>
+      </c>
+      <c r="N331" t="inlineStr">
+        <is>
+          <t>2026-02-25</t>
+        </is>
+      </c>
+      <c r="O331" t="inlineStr">
         <is>
           <t>110.00</t>
         </is>
       </c>
-      <c r="J331" t="inlineStr">
-[...25 lines deleted...]
-        <v>8.01</v>
+      <c r="P331" t="inlineStr">
+        <is>
+          <t>12.155</t>
+        </is>
+      </c>
+      <c r="Q331" t="inlineStr">
+        <is>
+          <t>0/15 | 30 2022-01-04 重新计</t>
+        </is>
       </c>
       <c r="R331" t="n">
-        <v>10.53</v>
+        <v>41.7223</v>
       </c>
       <c r="S331" t="n">
-        <v>13.39</v>
+        <v>1.3943</v>
       </c>
       <c r="T331" t="n">
-        <v>18.57</v>
-[...3 lines deleted...]
-      <c r="W331" t="inlineStr"/>
+        <v>1.0389</v>
+      </c>
+      <c r="U331" t="n">
+        <v>0.64</v>
+      </c>
+      <c r="V331" t="n">
+        <v>1.03</v>
+      </c>
+      <c r="W331" t="n">
+        <v>5.39</v>
+      </c>
+      <c r="X331" t="n">
+        <v>4.02</v>
+      </c>
+      <c r="Y331" t="n">
+        <v>6.83</v>
+      </c>
+      <c r="Z331" t="inlineStr"/>
+      <c r="AA331" t="inlineStr"/>
+      <c r="AB331" t="inlineStr"/>
     </row>
     <row r="332">
       <c r="A332" t="inlineStr">
         <is>
-          <t>118015</t>
+          <t>127103</t>
         </is>
       </c>
       <c r="B332" t="inlineStr">
         <is>
-          <t>芯海转债</t>
+          <t>东南转债</t>
         </is>
       </c>
       <c r="C332" t="inlineStr">
         <is>
-          <t>688595</t>
+          <t>131.408</t>
         </is>
       </c>
       <c r="D332" t="inlineStr">
         <is>
-          <t>芯海科技</t>
-[...10 lines deleted...]
-        </is>
+          <t>-0.163</t>
+        </is>
+      </c>
+      <c r="E332" t="n">
+        <v>27.98</v>
+      </c>
+      <c r="F332" t="n">
+        <v>102.6786</v>
       </c>
       <c r="G332" t="inlineStr">
         <is>
-          <t>2.627</t>
+          <t>002135</t>
         </is>
       </c>
       <c r="H332" t="inlineStr">
         <is>
-          <t>2028-07-21</t>
-[...10 lines deleted...]
-        </is>
+          <t>东南网架</t>
+        </is>
+      </c>
+      <c r="I332" t="n">
+        <v>5.75</v>
+      </c>
+      <c r="J332" t="n">
+        <v>-0.6899999999999999</v>
       </c>
       <c r="K332" t="inlineStr">
         <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="L332" t="inlineStr">
+        <is>
+          <t>19.999</t>
+        </is>
+      </c>
+      <c r="M332" t="inlineStr">
+        <is>
+          <t>3.948</t>
+        </is>
+      </c>
+      <c r="N332" t="inlineStr">
+        <is>
+          <t>2030-01-03</t>
+        </is>
+      </c>
+      <c r="O332" t="inlineStr">
+        <is>
+          <t>108.00</t>
+        </is>
+      </c>
+      <c r="P332" t="inlineStr">
+        <is>
+          <t>7.280</t>
+        </is>
+      </c>
+      <c r="Q332" t="inlineStr">
+        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L332" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R332" t="n">
-        <v>8.029999999999999</v>
+        <v>69.7312</v>
       </c>
       <c r="S332" t="n">
-        <v>11.64</v>
+        <v>1.5108</v>
       </c>
       <c r="T332" t="n">
-        <v>19.19</v>
-[...3 lines deleted...]
-      <c r="W332" t="inlineStr"/>
+        <v>1.3604</v>
+      </c>
+      <c r="U332" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="V332" t="n">
+        <v>3.29</v>
+      </c>
+      <c r="W332" t="n">
+        <v>13.13</v>
+      </c>
+      <c r="X332" t="n">
+        <v>10.92</v>
+      </c>
+      <c r="Y332" t="n">
+        <v>19.05</v>
+      </c>
+      <c r="Z332" t="inlineStr"/>
+      <c r="AA332" t="inlineStr"/>
+      <c r="AB332" t="inlineStr"/>
     </row>
     <row r="333">
       <c r="A333" t="inlineStr">
         <is>
-          <t>123104</t>
+          <t>123129</t>
         </is>
       </c>
       <c r="B333" t="inlineStr">
         <is>
-          <t>卫宁转债</t>
+          <t>锦鸡转债</t>
         </is>
       </c>
       <c r="C333" t="inlineStr">
         <is>
-          <t>300253</t>
+          <t>144.190</t>
         </is>
       </c>
       <c r="D333" t="inlineStr">
         <is>
-          <t>卫宁健康</t>
-[...10 lines deleted...]
-        </is>
+          <t>-0.161</t>
+        </is>
+      </c>
+      <c r="E333" t="n">
+        <v>41.69</v>
+      </c>
+      <c r="F333" t="n">
+        <v>101.7677</v>
       </c>
       <c r="G333" t="inlineStr">
         <is>
-          <t>1.277</t>
+          <t>300798</t>
         </is>
       </c>
       <c r="H333" t="inlineStr">
         <is>
-          <t>2027-03-16</t>
-[...10 lines deleted...]
-        </is>
+          <t>锦鸡股份</t>
+        </is>
+      </c>
+      <c r="I333" t="n">
+        <v>8.06</v>
+      </c>
+      <c r="J333" t="n">
+        <v>-2.3</v>
       </c>
       <c r="K333" t="inlineStr">
         <is>
-          <t>0/15 | 30</t>
-[...18 lines deleted...]
-        <v>1.09</v>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="L333" t="inlineStr">
+        <is>
+          <t>1.937</t>
+        </is>
+      </c>
+      <c r="M333" t="inlineStr">
+        <is>
+          <t>1.781</t>
+        </is>
+      </c>
+      <c r="N333" t="inlineStr">
+        <is>
+          <t>2027-11-04</t>
+        </is>
+      </c>
+      <c r="O333" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="P333" t="inlineStr">
+        <is>
+          <t>9.504120%</t>
+        </is>
+      </c>
+      <c r="Q333" t="inlineStr">
+        <is>
+          <t>0/20 | 30 2024-05-17 重新计</t>
+        </is>
       </c>
       <c r="R333" t="n">
-        <v>6.69</v>
+        <v>35.5653</v>
       </c>
       <c r="S333" t="n">
-        <v>9.279999999999999</v>
+        <v>1.615</v>
       </c>
       <c r="T333" t="n">
-        <v>10.07</v>
-[...3 lines deleted...]
-      <c r="W333" t="inlineStr"/>
+        <v>1.2222</v>
+      </c>
+      <c r="U333" t="n">
+        <v>0.06</v>
+      </c>
+      <c r="V333" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="W333" t="n">
+        <v>13.76</v>
+      </c>
+      <c r="X333" t="n">
+        <v>13.35</v>
+      </c>
+      <c r="Y333" t="n">
+        <v>23.55</v>
+      </c>
+      <c r="Z333" t="inlineStr"/>
+      <c r="AA333" t="inlineStr"/>
+      <c r="AB333" t="inlineStr"/>
     </row>
     <row r="334">
       <c r="A334" t="inlineStr">
         <is>
-          <t>127080</t>
+          <t>128136</t>
         </is>
       </c>
       <c r="B334" t="inlineStr">
         <is>
-          <t>声迅转债</t>
+          <t>立讯转债</t>
         </is>
       </c>
       <c r="C334" t="inlineStr">
         <is>
-          <t>003004</t>
+          <t>136.910</t>
         </is>
       </c>
       <c r="D334" t="inlineStr">
         <is>
-          <t>*ST声迅</t>
-[...10 lines deleted...]
-        </is>
+          <t>-0.191</t>
+        </is>
+      </c>
+      <c r="E334" t="n">
+        <v>38.46</v>
+      </c>
+      <c r="F334" t="n">
+        <v>98.8776</v>
       </c>
       <c r="G334" t="inlineStr">
         <is>
-          <t>3.071</t>
+          <t>002475</t>
         </is>
       </c>
       <c r="H334" t="inlineStr">
         <is>
-          <t>2028-12-30</t>
-[...10 lines deleted...]
-        </is>
+          <t>立讯精密</t>
+        </is>
+      </c>
+      <c r="I334" t="n">
+        <v>55.5</v>
+      </c>
+      <c r="J334" t="n">
+        <v>-1.61</v>
       </c>
       <c r="K334" t="inlineStr">
         <is>
+          <t>AA+</t>
+        </is>
+      </c>
+      <c r="L334" t="inlineStr">
+        <is>
+          <t>29.984</t>
+        </is>
+      </c>
+      <c r="M334" t="inlineStr">
+        <is>
+          <t>0.778</t>
+        </is>
+      </c>
+      <c r="N334" t="inlineStr">
+        <is>
+          <t>2026-11-03</t>
+        </is>
+      </c>
+      <c r="O334" t="inlineStr">
+        <is>
+          <t>108.00</t>
+        </is>
+      </c>
+      <c r="P334" t="inlineStr">
+        <is>
+          <t>72.969</t>
+        </is>
+      </c>
+      <c r="Q334" t="inlineStr">
+        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L334" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R334" t="n">
-        <v>4.04</v>
+        <v>67.0147</v>
       </c>
       <c r="S334" t="n">
-        <v>6.77</v>
+        <v>1.1503</v>
       </c>
       <c r="T334" t="n">
-        <v>23.44</v>
-[...3 lines deleted...]
-      <c r="W334" t="inlineStr"/>
+        <v>0.8465</v>
+      </c>
+      <c r="U334" t="n">
+        <v>133.66</v>
+      </c>
+      <c r="V334" t="n">
+        <v>109.53</v>
+      </c>
+      <c r="W334" t="n">
+        <v>21.64</v>
+      </c>
+      <c r="X334" t="n">
+        <v>28.56</v>
+      </c>
+      <c r="Y334" t="n">
+        <v>18.87</v>
+      </c>
+      <c r="Z334" t="inlineStr"/>
+      <c r="AA334" t="inlineStr"/>
+      <c r="AB334" t="inlineStr"/>
     </row>
     <row r="335">
       <c r="A335" t="inlineStr">
         <is>
-          <t>113579</t>
+          <t>113667</t>
         </is>
       </c>
       <c r="B335" t="inlineStr">
         <is>
-          <t>健友转债</t>
+          <t>春23转债</t>
         </is>
       </c>
       <c r="C335" t="inlineStr">
         <is>
-          <t>603707</t>
+          <t>211.478</t>
         </is>
       </c>
       <c r="D335" t="inlineStr">
         <is>
-          <t>健友股份</t>
-[...10 lines deleted...]
-        </is>
+          <t>-0.187</t>
+        </is>
+      </c>
+      <c r="E335" t="n">
+        <v>31.04</v>
+      </c>
+      <c r="F335" t="n">
+        <v>161.3793</v>
       </c>
       <c r="G335" t="inlineStr">
         <is>
-          <t>0.381</t>
+          <t>603890</t>
         </is>
       </c>
       <c r="H335" t="inlineStr">
         <is>
-          <t>2026-04-23</t>
-[...10 lines deleted...]
-        </is>
+          <t>春秋电子</t>
+        </is>
+      </c>
+      <c r="I335" t="n">
+        <v>16.38</v>
+      </c>
+      <c r="J335" t="n">
+        <v>-1.15</v>
       </c>
       <c r="K335" t="inlineStr">
         <is>
-          <t>0/15 | 30</t>
-[...18 lines deleted...]
-        <v>10.91</v>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="L335" t="inlineStr">
+        <is>
+          <t>5.699</t>
+        </is>
+      </c>
+      <c r="M335" t="inlineStr">
+        <is>
+          <t>3.148</t>
+        </is>
+      </c>
+      <c r="N335" t="inlineStr">
+        <is>
+          <t>2029-03-17</t>
+        </is>
+      </c>
+      <c r="O335" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="P335" t="inlineStr">
+        <is>
+          <t>13.195</t>
+        </is>
+      </c>
+      <c r="Q335" t="inlineStr">
+        <is>
+          <t>!</t>
+        </is>
       </c>
       <c r="R335" t="n">
-        <v>3.94</v>
+        <v>49.7227</v>
       </c>
       <c r="S335" t="n">
-        <v>8.73</v>
+        <v>1.8916</v>
       </c>
       <c r="T335" t="n">
-        <v>8.66</v>
-[...3 lines deleted...]
-      <c r="W335" t="inlineStr"/>
+        <v>1.4017</v>
+      </c>
+      <c r="U335" t="n">
+        <v>2.11</v>
+      </c>
+      <c r="V335" t="n">
+        <v>0.27</v>
+      </c>
+      <c r="W335" t="n">
+        <v>40.81</v>
+      </c>
+      <c r="X335" t="n">
+        <v>39.58</v>
+      </c>
+      <c r="Y335" t="n">
+        <v>30.65</v>
+      </c>
+      <c r="Z335" t="inlineStr"/>
+      <c r="AA335" t="inlineStr"/>
+      <c r="AB335" t="inlineStr"/>
     </row>
     <row r="336">
       <c r="A336" t="inlineStr">
         <is>
           <t>110075</t>
         </is>
       </c>
       <c r="B336" t="inlineStr">
         <is>
           <t>南航转债</t>
         </is>
       </c>
       <c r="C336" t="inlineStr">
         <is>
+          <t>136.734</t>
+        </is>
+      </c>
+      <c r="D336" t="inlineStr">
+        <is>
+          <t>-0.212</t>
+        </is>
+      </c>
+      <c r="E336" t="n">
+        <v>9.85</v>
+      </c>
+      <c r="F336" t="n">
+        <v>124.4733</v>
+      </c>
+      <c r="G336" t="inlineStr">
+        <is>
           <t>600029</t>
         </is>
       </c>
-      <c r="D336" t="inlineStr">
+      <c r="H336" t="inlineStr">
         <is>
           <t>南方航空</t>
         </is>
       </c>
-      <c r="E336" t="inlineStr">
+      <c r="I336" t="n">
+        <v>7.68</v>
+      </c>
+      <c r="J336" t="n">
+        <v>-2.54</v>
+      </c>
+      <c r="K336" t="inlineStr">
         <is>
           <t>AAA</t>
         </is>
       </c>
-      <c r="F336" t="inlineStr">
+      <c r="L336" t="inlineStr">
         <is>
           <t>58.960</t>
         </is>
       </c>
-      <c r="G336" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H336" t="inlineStr">
+      <c r="M336" t="inlineStr">
+        <is>
+          <t>0.726</t>
+        </is>
+      </c>
+      <c r="N336" t="inlineStr">
         <is>
           <t>2026-10-15</t>
         </is>
       </c>
-      <c r="I336" t="inlineStr">
+      <c r="O336" t="inlineStr">
         <is>
           <t>106.50</t>
         </is>
       </c>
-      <c r="J336" t="inlineStr">
+      <c r="P336" t="inlineStr">
         <is>
           <t>8.021</t>
         </is>
       </c>
-      <c r="K336" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L336" t="n">
+      <c r="Q336" t="inlineStr">
+        <is>
+          <t>4/15 | 30</t>
+        </is>
+      </c>
+      <c r="R336" t="n">
         <v>83.3865</v>
       </c>
-      <c r="M336" t="n">
+      <c r="S336" t="n">
         <v>0.2932</v>
       </c>
-      <c r="N336" t="n">
+      <c r="T336" t="n">
         <v>0.2735</v>
       </c>
-      <c r="O336" t="n">
+      <c r="U336" t="n">
         <v>-16.96</v>
       </c>
-      <c r="P336" t="n">
+      <c r="V336" t="n">
         <v>-42.09</v>
       </c>
-      <c r="Q336" t="n">
-[...13 lines deleted...]
-      <c r="W336" t="inlineStr"/>
+      <c r="W336" t="n">
+        <v>13.88</v>
+      </c>
+      <c r="X336" t="n">
+        <v>13.85</v>
+      </c>
+      <c r="Y336" t="n">
+        <v>13.07</v>
+      </c>
+      <c r="Z336" t="inlineStr"/>
+      <c r="AA336" t="inlineStr"/>
+      <c r="AB336" t="inlineStr"/>
     </row>
     <row r="337">
       <c r="A337" t="inlineStr">
         <is>
-          <t>123072</t>
+          <t>113631</t>
         </is>
       </c>
       <c r="B337" t="inlineStr">
         <is>
-          <t>乐歌转债</t>
+          <t>皖天转债</t>
         </is>
       </c>
       <c r="C337" t="inlineStr">
         <is>
-          <t>300729</t>
+          <t>140.752</t>
         </is>
       </c>
       <c r="D337" t="inlineStr">
         <is>
-          <t>乐歌股份</t>
-[...10 lines deleted...]
-        </is>
+          <t>-0.241</t>
+        </is>
+      </c>
+      <c r="E337" t="n">
+        <v>12.77</v>
+      </c>
+      <c r="F337" t="n">
+        <v>124.8164</v>
       </c>
       <c r="G337" t="inlineStr">
         <is>
-          <t>0.877</t>
+          <t>603689</t>
         </is>
       </c>
       <c r="H337" t="inlineStr">
         <is>
-          <t>2026-10-21</t>
-[...10 lines deleted...]
-        </is>
+          <t>皖天然气</t>
+        </is>
+      </c>
+      <c r="I337" t="n">
+        <v>8.5</v>
+      </c>
+      <c r="J337" t="n">
+        <v>-0.23</v>
       </c>
       <c r="K337" t="inlineStr">
         <is>
+          <t>AA+</t>
+        </is>
+      </c>
+      <c r="L337" t="inlineStr">
+        <is>
+          <t>5.959</t>
+        </is>
+      </c>
+      <c r="M337" t="inlineStr">
+        <is>
+          <t>1.792</t>
+        </is>
+      </c>
+      <c r="N337" t="inlineStr">
+        <is>
+          <t>2027-11-08</t>
+        </is>
+      </c>
+      <c r="O337" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="P337" t="inlineStr">
+        <is>
+          <t>8.853</t>
+        </is>
+      </c>
+      <c r="Q337" t="inlineStr">
+        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L337" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R337" t="n">
-        <v>8.539999999999999</v>
+        <v>47.7105</v>
       </c>
       <c r="S337" t="n">
-        <v>10.83</v>
+        <v>0.6746</v>
       </c>
       <c r="T337" t="n">
-        <v>12.06</v>
-[...3 lines deleted...]
-      <c r="W337" t="inlineStr"/>
+        <v>0.6484</v>
+      </c>
+      <c r="U337" t="n">
+        <v>3.33</v>
+      </c>
+      <c r="V337" t="n">
+        <v>3.44</v>
+      </c>
+      <c r="W337" t="n">
+        <v>8.380000000000001</v>
+      </c>
+      <c r="X337" t="n">
+        <v>11.25</v>
+      </c>
+      <c r="Y337" t="n">
+        <v>12.77</v>
+      </c>
+      <c r="Z337" t="inlineStr"/>
+      <c r="AA337" t="inlineStr"/>
+      <c r="AB337" t="inlineStr"/>
     </row>
     <row r="338">
       <c r="A338" t="inlineStr">
         <is>
-          <t>123124</t>
+          <t>127040</t>
         </is>
       </c>
       <c r="B338" t="inlineStr">
         <is>
-          <t>晶瑞转2</t>
+          <t>国泰转债</t>
         </is>
       </c>
       <c r="C338" t="inlineStr">
         <is>
-          <t>300655</t>
+          <t>141.959</t>
         </is>
       </c>
       <c r="D338" t="inlineStr">
         <is>
-          <t>晶瑞电材</t>
-[...10 lines deleted...]
-        </is>
+          <t>-0.238</t>
+        </is>
+      </c>
+      <c r="E338" t="n">
+        <v>14.8</v>
+      </c>
+      <c r="F338" t="n">
+        <v>123.6601</v>
       </c>
       <c r="G338" t="inlineStr">
         <is>
-          <t>1.696</t>
+          <t>002091</t>
         </is>
       </c>
       <c r="H338" t="inlineStr">
         <is>
-          <t>2027-08-16</t>
-[...10 lines deleted...]
-        </is>
+          <t>江苏国泰</t>
+        </is>
+      </c>
+      <c r="I338" t="n">
+        <v>9.460000000000001</v>
+      </c>
+      <c r="J338" t="n">
+        <v>0.21</v>
       </c>
       <c r="K338" t="inlineStr">
         <is>
+          <t>AA+</t>
+        </is>
+      </c>
+      <c r="L338" t="inlineStr">
+        <is>
+          <t>39.864</t>
+        </is>
+      </c>
+      <c r="M338" t="inlineStr">
+        <is>
+          <t>1.452</t>
+        </is>
+      </c>
+      <c r="N338" t="inlineStr">
+        <is>
+          <t>2027-07-07</t>
+        </is>
+      </c>
+      <c r="O338" t="inlineStr">
+        <is>
+          <t>108.00</t>
+        </is>
+      </c>
+      <c r="P338" t="inlineStr">
+        <is>
+          <t>9.945</t>
+        </is>
+      </c>
+      <c r="Q338" t="inlineStr">
+        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L338" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R338" t="n">
-        <v>24.64</v>
+        <v>49.5978</v>
       </c>
       <c r="S338" t="n">
-        <v>18.88</v>
+        <v>2.025</v>
       </c>
       <c r="T338" t="n">
-        <v>15.23</v>
-[...3 lines deleted...]
-      <c r="W338" t="inlineStr"/>
+        <v>1.8386</v>
+      </c>
+      <c r="U338" t="n">
+        <v>11.06</v>
+      </c>
+      <c r="V338" t="n">
+        <v>16.04</v>
+      </c>
+      <c r="W338" t="n">
+        <v>11.56</v>
+      </c>
+      <c r="X338" t="n">
+        <v>17.07</v>
+      </c>
+      <c r="Y338" t="n">
+        <v>14.86</v>
+      </c>
+      <c r="Z338" t="inlineStr"/>
+      <c r="AA338" t="inlineStr"/>
+      <c r="AB338" t="inlineStr"/>
     </row>
     <row r="339">
       <c r="A339" t="inlineStr">
         <is>
-          <t>118032</t>
+          <t>113646</t>
         </is>
       </c>
       <c r="B339" t="inlineStr">
         <is>
-          <t>建龙转债</t>
+          <t>永吉转债</t>
         </is>
       </c>
       <c r="C339" t="inlineStr">
         <is>
-          <t>688357</t>
+          <t>166.205</t>
         </is>
       </c>
       <c r="D339" t="inlineStr">
         <is>
-          <t>建龙微纳</t>
-[...2 lines deleted...]
-      <c r="E339" t="inlineStr">
+          <t>-0.249</t>
+        </is>
+      </c>
+      <c r="E339" t="n">
+        <v>13.87</v>
+      </c>
+      <c r="F339" t="n">
+        <v>145.9627</v>
+      </c>
+      <c r="G339" t="inlineStr">
+        <is>
+          <t>603058</t>
+        </is>
+      </c>
+      <c r="H339" t="inlineStr">
+        <is>
+          <t>永吉股份</t>
+        </is>
+      </c>
+      <c r="I339" t="n">
+        <v>11.75</v>
+      </c>
+      <c r="J339" t="n">
+        <v>2.44</v>
+      </c>
+      <c r="K339" t="inlineStr">
         <is>
           <t>AA-</t>
         </is>
       </c>
-      <c r="F339" t="inlineStr">
-[...45 lines deleted...]
-        <v>1.98</v>
+      <c r="L339" t="inlineStr">
+        <is>
+          <t>1.374</t>
+        </is>
+      </c>
+      <c r="M339" t="inlineStr">
+        <is>
+          <t>2.225</t>
+        </is>
+      </c>
+      <c r="N339" t="inlineStr">
+        <is>
+          <t>2028-04-14</t>
+        </is>
+      </c>
+      <c r="O339" t="inlineStr">
+        <is>
+          <t>108.30</t>
+        </is>
+      </c>
+      <c r="P339" t="inlineStr">
+        <is>
+          <t>10.465</t>
+        </is>
+      </c>
+      <c r="Q339" t="inlineStr">
+        <is>
+          <t>6/15 | 30 2023-04-17 重新计</t>
+        </is>
       </c>
       <c r="R339" t="n">
-        <v>10.44</v>
+        <v>29.4562</v>
       </c>
       <c r="S339" t="n">
-        <v>10.78</v>
+        <v>2.8197</v>
       </c>
       <c r="T339" t="n">
-        <v>12.89</v>
-[...3 lines deleted...]
-      <c r="W339" t="inlineStr"/>
+        <v>2.1558</v>
+      </c>
+      <c r="U339" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="V339" t="n">
+        <v>1</v>
+      </c>
+      <c r="W339" t="n">
+        <v>39.98</v>
+      </c>
+      <c r="X339" t="n">
+        <v>25.5</v>
+      </c>
+      <c r="Y339" t="n">
+        <v>18.25</v>
+      </c>
+      <c r="Z339" t="inlineStr"/>
+      <c r="AA339" t="inlineStr"/>
+      <c r="AB339" t="inlineStr"/>
     </row>
     <row r="340">
       <c r="A340" t="inlineStr">
         <is>
-          <t>127070</t>
+          <t>127053</t>
         </is>
       </c>
       <c r="B340" t="inlineStr">
         <is>
-          <t>大中转债</t>
+          <t>豪美转债</t>
         </is>
       </c>
       <c r="C340" t="inlineStr">
         <is>
-          <t>001203</t>
+          <t>244.365</t>
         </is>
       </c>
       <c r="D340" t="inlineStr">
         <is>
-          <t>大中矿业</t>
-[...10 lines deleted...]
-        </is>
+          <t>-0.259</t>
+        </is>
+      </c>
+      <c r="E340" t="n">
+        <v>9.08</v>
+      </c>
+      <c r="F340" t="n">
+        <v>224.0279</v>
       </c>
       <c r="G340" t="inlineStr">
         <is>
-          <t>2.701</t>
+          <t>002988</t>
         </is>
       </c>
       <c r="H340" t="inlineStr">
         <is>
-          <t>2028-08-17</t>
-[...10 lines deleted...]
-        </is>
+          <t>豪美新材</t>
+        </is>
+      </c>
+      <c r="I340" t="n">
+        <v>38.6</v>
+      </c>
+      <c r="J340" t="n">
+        <v>1.77</v>
       </c>
       <c r="K340" t="inlineStr">
         <is>
-          <t>!</t>
-[...18 lines deleted...]
-        <v>10.93</v>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="L340" t="inlineStr">
+        <is>
+          <t>2.581</t>
+        </is>
+      </c>
+      <c r="M340" t="inlineStr">
+        <is>
+          <t>2.003</t>
+        </is>
+      </c>
+      <c r="N340" t="inlineStr">
+        <is>
+          <t>2028-01-24</t>
+        </is>
+      </c>
+      <c r="O340" t="inlineStr">
+        <is>
+          <t>118.00</t>
+        </is>
+      </c>
+      <c r="P340" t="inlineStr">
+        <is>
+          <t>22.399</t>
+        </is>
+      </c>
+      <c r="Q340" t="inlineStr">
+        <is>
+          <t>11/15 | 30 2026-01-09 重新计</t>
+        </is>
       </c>
       <c r="R340" t="n">
-        <v>81.17</v>
+        <v>59.4163</v>
       </c>
       <c r="S340" t="n">
-        <v>51.98</v>
+        <v>1.5144</v>
       </c>
       <c r="T340" t="n">
-        <v>32.79</v>
+        <v>1.2455</v>
       </c>
       <c r="U340" t="n">
-        <v>73.14</v>
+        <v>2.09</v>
       </c>
       <c r="V340" t="n">
-        <v>60.74</v>
+        <v>1.81</v>
       </c>
       <c r="W340" t="n">
-        <v>42.53</v>
-      </c>
+        <v>37.85</v>
+      </c>
+      <c r="X340" t="n">
+        <v>48.73</v>
+      </c>
+      <c r="Y340" t="n">
+        <v>41.25</v>
+      </c>
+      <c r="Z340" t="inlineStr"/>
+      <c r="AA340" t="inlineStr"/>
+      <c r="AB340" t="inlineStr"/>
     </row>
     <row r="341">
       <c r="A341" t="inlineStr">
         <is>
-          <t>127098</t>
+          <t>128134</t>
         </is>
       </c>
       <c r="B341" t="inlineStr">
         <is>
-          <t>欧晶转债</t>
+          <t>鸿路转债</t>
         </is>
       </c>
       <c r="C341" t="inlineStr">
         <is>
-          <t>001269</t>
+          <t>127.341</t>
         </is>
       </c>
       <c r="D341" t="inlineStr">
         <is>
-          <t>欧晶科技</t>
-[...10 lines deleted...]
-        </is>
+          <t>-0.280</t>
+        </is>
+      </c>
+      <c r="E341" t="n">
+        <v>89.83</v>
+      </c>
+      <c r="F341" t="n">
+        <v>67.0823</v>
       </c>
       <c r="G341" t="inlineStr">
         <is>
-          <t>3.973</t>
+          <t>002541</t>
         </is>
       </c>
       <c r="H341" t="inlineStr">
         <is>
-          <t>2029-11-24</t>
-[...10 lines deleted...]
-        </is>
+          <t>鸿路钢构</t>
+        </is>
+      </c>
+      <c r="I341" t="n">
+        <v>21.52</v>
+      </c>
+      <c r="J341" t="n">
+        <v>-2.18</v>
       </c>
       <c r="K341" t="inlineStr">
         <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="L341" t="inlineStr">
+        <is>
+          <t>15.726</t>
+        </is>
+      </c>
+      <c r="M341" t="inlineStr">
+        <is>
+          <t>0.710</t>
+        </is>
+      </c>
+      <c r="N341" t="inlineStr">
+        <is>
+          <t>2026-10-09</t>
+        </is>
+      </c>
+      <c r="O341" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="P341" t="inlineStr">
+        <is>
+          <t>41.704</t>
+        </is>
+      </c>
+      <c r="Q341" t="inlineStr">
+        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L341" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R341" t="n">
-        <v>8.16</v>
+        <v>64.65049999999999</v>
       </c>
       <c r="S341" t="n">
-        <v>14.45</v>
+        <v>1.4646</v>
       </c>
       <c r="T341" t="n">
-        <v>20.08</v>
+        <v>0.5911999999999999</v>
       </c>
       <c r="U341" t="n">
-        <v>26.96</v>
+        <v>7.72</v>
       </c>
       <c r="V341" t="n">
-        <v>37.73</v>
+        <v>11.79</v>
       </c>
       <c r="W341" t="n">
-        <v>51.23</v>
-      </c>
+        <v>16.19</v>
+      </c>
+      <c r="X341" t="n">
+        <v>11.81</v>
+      </c>
+      <c r="Y341" t="n">
+        <v>11.93</v>
+      </c>
+      <c r="Z341" t="inlineStr"/>
+      <c r="AA341" t="inlineStr"/>
+      <c r="AB341" t="inlineStr"/>
     </row>
     <row r="342">
       <c r="A342" t="inlineStr">
         <is>
-          <t>113059</t>
+          <t>123076</t>
         </is>
       </c>
       <c r="B342" t="inlineStr">
         <is>
-          <t>福莱转债</t>
+          <t>强力转债</t>
         </is>
       </c>
       <c r="C342" t="inlineStr">
         <is>
-          <t>601865</t>
+          <t>139.310</t>
         </is>
       </c>
       <c r="D342" t="inlineStr">
         <is>
-          <t>福莱特</t>
-[...10 lines deleted...]
-        </is>
+          <t>-0.390</t>
+        </is>
+      </c>
+      <c r="E342" t="n">
+        <v>6.01</v>
+      </c>
+      <c r="F342" t="n">
+        <v>131.4173</v>
       </c>
       <c r="G342" t="inlineStr">
         <is>
-          <t>2.458</t>
+          <t>300429</t>
         </is>
       </c>
       <c r="H342" t="inlineStr">
         <is>
-          <t>2028-05-20</t>
-[...10 lines deleted...]
-        </is>
+          <t>强力新材</t>
+        </is>
+      </c>
+      <c r="I342" t="n">
+        <v>16.69</v>
+      </c>
+      <c r="J342" t="n">
+        <v>0.6</v>
       </c>
       <c r="K342" t="inlineStr">
         <is>
-          <t>0/15 | 30</t>
-[...18 lines deleted...]
-        <v>21.23</v>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="L342" t="inlineStr">
+        <is>
+          <t>5.741</t>
+        </is>
+      </c>
+      <c r="M342" t="inlineStr">
+        <is>
+          <t>0.822</t>
+        </is>
+      </c>
+      <c r="N342" t="inlineStr">
+        <is>
+          <t>2026-11-19</t>
+        </is>
+      </c>
+      <c r="O342" t="inlineStr">
+        <is>
+          <t>113.00</t>
+        </is>
+      </c>
+      <c r="P342" t="inlineStr">
+        <is>
+          <t>16.510</t>
+        </is>
+      </c>
+      <c r="Q342" t="inlineStr">
+        <is>
+          <t>5/15 | 30</t>
+        </is>
       </c>
       <c r="R342" t="n">
-        <v>7.9</v>
+        <v>45.7552</v>
       </c>
       <c r="S342" t="n">
-        <v>10.55</v>
+        <v>1.8232</v>
       </c>
       <c r="T342" t="n">
-        <v>12.14</v>
-[...3 lines deleted...]
-      <c r="W342" t="inlineStr"/>
+        <v>1.0503</v>
+      </c>
+      <c r="U342" t="n">
+        <v>-1.82</v>
+      </c>
+      <c r="V342" t="n">
+        <v>-0.46</v>
+      </c>
+      <c r="W342" t="n">
+        <v>23.2</v>
+      </c>
+      <c r="X342" t="n">
+        <v>18.94</v>
+      </c>
+      <c r="Y342" t="n">
+        <v>24.1</v>
+      </c>
+      <c r="Z342" t="inlineStr"/>
+      <c r="AA342" t="inlineStr"/>
+      <c r="AB342" t="inlineStr"/>
     </row>
     <row r="343">
       <c r="A343" t="inlineStr">
         <is>
-          <t>123159</t>
+          <t>123146</t>
         </is>
       </c>
       <c r="B343" t="inlineStr">
         <is>
-          <t>崧盛转债</t>
+          <t>中环转2</t>
         </is>
       </c>
       <c r="C343" t="inlineStr">
         <is>
-          <t>301002</t>
+          <t>160.396</t>
         </is>
       </c>
       <c r="D343" t="inlineStr">
         <is>
-          <t>崧盛股份</t>
-[...2 lines deleted...]
-      <c r="E343" t="inlineStr">
+          <t>-0.437</t>
+        </is>
+      </c>
+      <c r="E343" t="n">
+        <v>6.65</v>
+      </c>
+      <c r="F343" t="n">
+        <v>150.4013</v>
+      </c>
+      <c r="G343" t="inlineStr">
+        <is>
+          <t>300692</t>
+        </is>
+      </c>
+      <c r="H343" t="inlineStr">
+        <is>
+          <t>中赋科技</t>
+        </is>
+      </c>
+      <c r="I343" t="n">
+        <v>9.369999999999999</v>
+      </c>
+      <c r="J343" t="n">
+        <v>-0.53</v>
+      </c>
+      <c r="K343" t="inlineStr">
         <is>
           <t>AA-</t>
         </is>
       </c>
-      <c r="F343" t="inlineStr">
-[...24 lines deleted...]
-      <c r="K343" t="inlineStr">
+      <c r="L343" t="inlineStr">
+        <is>
+          <t>6.356</t>
+        </is>
+      </c>
+      <c r="M343" t="inlineStr">
+        <is>
+          <t>2.285</t>
+        </is>
+      </c>
+      <c r="N343" t="inlineStr">
+        <is>
+          <t>2028-05-06</t>
+        </is>
+      </c>
+      <c r="O343" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="P343" t="inlineStr">
+        <is>
+          <t>8.099</t>
+        </is>
+      </c>
+      <c r="Q343" t="inlineStr">
         <is>
           <t>!</t>
         </is>
       </c>
-      <c r="L343" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R343" t="n">
-        <v>48.77</v>
+        <v>62.2521</v>
       </c>
       <c r="S343" t="n">
-        <v>41.32</v>
+        <v>1.6647</v>
       </c>
       <c r="T343" t="n">
-        <v>25.13</v>
+        <v>1.6551</v>
       </c>
       <c r="U343" t="n">
-        <v>55.37</v>
+        <v>0.59</v>
       </c>
       <c r="V343" t="n">
-        <v>65.59</v>
+        <v>1.08</v>
       </c>
       <c r="W343" t="n">
-        <v>57.57</v>
-      </c>
+        <v>26.66</v>
+      </c>
+      <c r="X343" t="n">
+        <v>45.44</v>
+      </c>
+      <c r="Y343" t="n">
+        <v>28.9</v>
+      </c>
+      <c r="Z343" t="inlineStr"/>
+      <c r="AA343" t="inlineStr"/>
+      <c r="AB343" t="inlineStr"/>
     </row>
     <row r="344">
       <c r="A344" t="inlineStr">
         <is>
-          <t>128138</t>
+          <t>123118</t>
         </is>
       </c>
       <c r="B344" t="inlineStr">
         <is>
-          <t>侨银转债</t>
+          <t>惠城转债</t>
         </is>
       </c>
       <c r="C344" t="inlineStr">
         <is>
-          <t>002973</t>
+          <t>1060.818</t>
         </is>
       </c>
       <c r="D344" t="inlineStr">
         <is>
-          <t>侨银股份</t>
-[...2 lines deleted...]
-      <c r="E344" t="inlineStr">
+          <t>-0.486</t>
+        </is>
+      </c>
+      <c r="E344" t="n">
+        <v>9.83</v>
+      </c>
+      <c r="F344" t="n">
+        <v>965.8866</v>
+      </c>
+      <c r="G344" t="inlineStr">
+        <is>
+          <t>300779</t>
+        </is>
+      </c>
+      <c r="H344" t="inlineStr">
+        <is>
+          <t>惠城环保</t>
+        </is>
+      </c>
+      <c r="I344" t="n">
+        <v>107.31</v>
+      </c>
+      <c r="J344" t="n">
+        <v>0.86</v>
+      </c>
+      <c r="K344" t="inlineStr">
         <is>
           <t>A+</t>
         </is>
       </c>
-      <c r="F344" t="inlineStr">
-[...45 lines deleted...]
-        <v>3.15</v>
+      <c r="L344" t="inlineStr">
+        <is>
+          <t>0.815</t>
+        </is>
+      </c>
+      <c r="M344" t="inlineStr">
+        <is>
+          <t>1.452</t>
+        </is>
+      </c>
+      <c r="N344" t="inlineStr">
+        <is>
+          <t>2027-07-07</t>
+        </is>
+      </c>
+      <c r="O344" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="P344" t="inlineStr">
+        <is>
+          <t>14.443</t>
+        </is>
+      </c>
+      <c r="Q344" t="inlineStr">
+        <is>
+          <t>6/15 | 30 2026-01-16 重新计</t>
+        </is>
       </c>
       <c r="R344" t="n">
-        <v>5.74</v>
+        <v>74.1063</v>
       </c>
       <c r="S344" t="n">
-        <v>6.8</v>
+        <v>0.8817</v>
       </c>
       <c r="T344" t="n">
-        <v>10.54</v>
-[...3 lines deleted...]
-      <c r="W344" t="inlineStr"/>
+        <v>0.5810999999999999</v>
+      </c>
+      <c r="U344" t="n">
+        <v>0.43</v>
+      </c>
+      <c r="V344" t="n">
+        <v>1.39</v>
+      </c>
+      <c r="W344" t="n">
+        <v>64.61</v>
+      </c>
+      <c r="X344" t="n">
+        <v>73.64</v>
+      </c>
+      <c r="Y344" t="n">
+        <v>73.52</v>
+      </c>
+      <c r="Z344" t="inlineStr"/>
+      <c r="AA344" t="inlineStr"/>
+      <c r="AB344" t="inlineStr"/>
     </row>
     <row r="345">
       <c r="A345" t="inlineStr">
         <is>
-          <t>113070</t>
+          <t>127050</t>
         </is>
       </c>
       <c r="B345" t="inlineStr">
         <is>
-          <t>渝水转债</t>
+          <t>麒麟转债</t>
         </is>
       </c>
       <c r="C345" t="inlineStr">
         <is>
-          <t>601158</t>
+          <t>145.600</t>
         </is>
       </c>
       <c r="D345" t="inlineStr">
         <is>
-          <t>重庆水务</t>
-[...10 lines deleted...]
-        </is>
+          <t>-0.506</t>
+        </is>
+      </c>
+      <c r="E345" t="n">
+        <v>32.96</v>
+      </c>
+      <c r="F345" t="n">
+        <v>109.5041</v>
       </c>
       <c r="G345" t="inlineStr">
         <is>
-          <t>5.099</t>
+          <t>002984</t>
         </is>
       </c>
       <c r="H345" t="inlineStr">
         <is>
-          <t>2031-01-09</t>
-[...10 lines deleted...]
-        </is>
+          <t>森麒麟</t>
+        </is>
+      </c>
+      <c r="I345" t="n">
+        <v>21.2</v>
+      </c>
+      <c r="J345" t="n">
+        <v>-0.33</v>
       </c>
       <c r="K345" t="inlineStr">
         <is>
-          <t>0/15 | 30</t>
-[...18 lines deleted...]
-        <v>19.1</v>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="L345" t="inlineStr">
+        <is>
+          <t>20.860</t>
+        </is>
+      </c>
+      <c r="M345" t="inlineStr">
+        <is>
+          <t>1.800</t>
+        </is>
+      </c>
+      <c r="N345" t="inlineStr">
+        <is>
+          <t>2027-11-11</t>
+        </is>
+      </c>
+      <c r="O345" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="P345" t="inlineStr">
+        <is>
+          <t>25.168</t>
+        </is>
+      </c>
+      <c r="Q345" t="inlineStr">
+        <is>
+          <t>0/15 | 30 2025-11-10 重新计</t>
+        </is>
       </c>
       <c r="R345" t="n">
-        <v>4.6</v>
+        <v>24.921</v>
       </c>
       <c r="S345" t="n">
-        <v>7.65</v>
-[...4 lines deleted...]
-      <c r="W345" t="inlineStr"/>
+        <v>3.9485</v>
+      </c>
+      <c r="T345" t="n">
+        <v>2.7948</v>
+      </c>
+      <c r="U345" t="n">
+        <v>21.86</v>
+      </c>
+      <c r="V345" t="n">
+        <v>13.69</v>
+      </c>
+      <c r="W345" t="n">
+        <v>17.58</v>
+      </c>
+      <c r="X345" t="n">
+        <v>13.92</v>
+      </c>
+      <c r="Y345" t="n">
+        <v>17.61</v>
+      </c>
+      <c r="Z345" t="inlineStr"/>
+      <c r="AA345" t="inlineStr"/>
+      <c r="AB345" t="inlineStr"/>
     </row>
     <row r="346">
       <c r="A346" t="inlineStr">
         <is>
-          <t>127025</t>
+          <t>118016</t>
         </is>
       </c>
       <c r="B346" t="inlineStr">
         <is>
-          <t>冀东转债</t>
+          <t>京源转债</t>
         </is>
       </c>
       <c r="C346" t="inlineStr">
         <is>
-          <t>000401</t>
+          <t>149.189</t>
         </is>
       </c>
       <c r="D346" t="inlineStr">
         <is>
-          <t>金隅冀东</t>
-[...10 lines deleted...]
-        </is>
+          <t>-0.506</t>
+        </is>
+      </c>
+      <c r="E346" t="n">
+        <v>10.61</v>
+      </c>
+      <c r="F346" t="n">
+        <v>134.877</v>
       </c>
       <c r="G346" t="inlineStr">
         <is>
-          <t>0.918</t>
+          <t>688096</t>
         </is>
       </c>
       <c r="H346" t="inlineStr">
         <is>
-          <t>2026-11-05</t>
-[...10 lines deleted...]
-        </is>
+          <t>京源环保</t>
+        </is>
+      </c>
+      <c r="I346" t="n">
+        <v>9.32</v>
+      </c>
+      <c r="J346" t="n">
+        <v>-0.32</v>
       </c>
       <c r="K346" t="inlineStr">
         <is>
-          <t>0/15 | 30</t>
-[...18 lines deleted...]
-        <v>13.58</v>
+          <t>A</t>
+        </is>
+      </c>
+      <c r="L346" t="inlineStr">
+        <is>
+          <t>1.675</t>
+        </is>
+      </c>
+      <c r="M346" t="inlineStr">
+        <is>
+          <t>2.534</t>
+        </is>
+      </c>
+      <c r="N346" t="inlineStr">
+        <is>
+          <t>2028-08-05</t>
+        </is>
+      </c>
+      <c r="O346" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="P346" t="inlineStr">
+        <is>
+          <t>8.983</t>
+        </is>
+      </c>
+      <c r="Q346" t="inlineStr">
+        <is>
+          <t>7/15 | 30 2025-10-19 重新计</t>
+        </is>
       </c>
       <c r="R346" t="n">
-        <v>5.27</v>
+        <v>52.0708</v>
       </c>
       <c r="S346" t="n">
-        <v>7.51</v>
+        <v>1.5865</v>
       </c>
       <c r="T346" t="n">
-        <v>4.79</v>
-[...3 lines deleted...]
-      <c r="W346" t="inlineStr"/>
+        <v>1.3172</v>
+      </c>
+      <c r="U346" t="n">
+        <v>-0.25</v>
+      </c>
+      <c r="V346" t="n">
+        <v>-0.29</v>
+      </c>
+      <c r="W346" t="n">
+        <v>19.15</v>
+      </c>
+      <c r="X346" t="n">
+        <v>15.12</v>
+      </c>
+      <c r="Y346" t="n">
+        <v>44.9</v>
+      </c>
+      <c r="Z346" t="inlineStr"/>
+      <c r="AA346" t="inlineStr"/>
+      <c r="AB346" t="inlineStr"/>
     </row>
     <row r="347">
       <c r="A347" t="inlineStr">
         <is>
-          <t>128128</t>
+          <t>123091</t>
         </is>
       </c>
       <c r="B347" t="inlineStr">
         <is>
-          <t>齐翔转2</t>
+          <t>长海转债</t>
         </is>
       </c>
       <c r="C347" t="inlineStr">
         <is>
-          <t>002408</t>
+          <t>139.245</t>
         </is>
       </c>
       <c r="D347" t="inlineStr">
         <is>
-          <t>齐翔腾达</t>
-[...2 lines deleted...]
-      <c r="E347" t="inlineStr">
+          <t>-0.532</t>
+        </is>
+      </c>
+      <c r="E347" t="n">
+        <v>29.22</v>
+      </c>
+      <c r="F347" t="n">
+        <v>107.7575</v>
+      </c>
+      <c r="G347" t="inlineStr">
+        <is>
+          <t>300196</t>
+        </is>
+      </c>
+      <c r="H347" t="inlineStr">
+        <is>
+          <t>长海股份</t>
+        </is>
+      </c>
+      <c r="I347" t="n">
+        <v>16.53</v>
+      </c>
+      <c r="J347" t="n">
+        <v>-2.71</v>
+      </c>
+      <c r="K347" t="inlineStr">
         <is>
           <t>AA</t>
         </is>
       </c>
-      <c r="F347" t="inlineStr">
-[...45 lines deleted...]
-        <v>6.34</v>
+      <c r="L347" t="inlineStr">
+        <is>
+          <t>5.497</t>
+        </is>
+      </c>
+      <c r="M347" t="inlineStr">
+        <is>
+          <t>0.915</t>
+        </is>
+      </c>
+      <c r="N347" t="inlineStr">
+        <is>
+          <t>2026-12-23</t>
+        </is>
+      </c>
+      <c r="O347" t="inlineStr">
+        <is>
+          <t>111.00</t>
+        </is>
+      </c>
+      <c r="P347" t="inlineStr">
+        <is>
+          <t>19.942</t>
+        </is>
+      </c>
+      <c r="Q347" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R347" t="n">
-        <v>12.8</v>
+        <v>36.3983</v>
       </c>
       <c r="S347" t="n">
-        <v>16.2</v>
+        <v>1.8414</v>
       </c>
       <c r="T347" t="n">
-        <v>20.24</v>
-[...3 lines deleted...]
-      <c r="W347" t="inlineStr"/>
+        <v>1.6325</v>
+      </c>
+      <c r="U347" t="n">
+        <v>2.75</v>
+      </c>
+      <c r="V347" t="n">
+        <v>2.96</v>
+      </c>
+      <c r="W347" t="n">
+        <v>17.19</v>
+      </c>
+      <c r="X347" t="n">
+        <v>15.34</v>
+      </c>
+      <c r="Y347" t="n">
+        <v>14.66</v>
+      </c>
+      <c r="Z347" t="inlineStr"/>
+      <c r="AA347" t="inlineStr"/>
+      <c r="AB347" t="inlineStr"/>
     </row>
     <row r="348">
       <c r="A348" t="inlineStr">
         <is>
-          <t>118034</t>
+          <t>123065</t>
         </is>
       </c>
       <c r="B348" t="inlineStr">
         <is>
-          <t>晶能转债</t>
+          <t>宝莱转债</t>
         </is>
       </c>
       <c r="C348" t="inlineStr">
         <is>
-          <t>688223</t>
+          <t>135.601</t>
         </is>
       </c>
       <c r="D348" t="inlineStr">
         <is>
-          <t>晶科能源</t>
-[...10 lines deleted...]
-        </is>
+          <t>-0.540</t>
+        </is>
+      </c>
+      <c r="E348" t="n">
+        <v>125.25</v>
+      </c>
+      <c r="F348" t="n">
+        <v>60.2003</v>
       </c>
       <c r="G348" t="inlineStr">
         <is>
-          <t>3.375</t>
+          <t>300246</t>
         </is>
       </c>
       <c r="H348" t="inlineStr">
         <is>
-          <t>2029-04-20</t>
-[...10 lines deleted...]
-        </is>
+          <t>宝莱特</t>
+        </is>
+      </c>
+      <c r="I348" t="n">
+        <v>14.43</v>
+      </c>
+      <c r="J348" t="n">
+        <v>-1.43</v>
       </c>
       <c r="K348" t="inlineStr">
         <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="L348" t="inlineStr">
+        <is>
+          <t>2.185</t>
+        </is>
+      </c>
+      <c r="M348" t="inlineStr">
+        <is>
+          <t>0.614</t>
+        </is>
+      </c>
+      <c r="N348" t="inlineStr">
+        <is>
+          <t>2026-09-04</t>
+        </is>
+      </c>
+      <c r="O348" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="P348" t="inlineStr">
+        <is>
+          <t>31.161</t>
+        </is>
+      </c>
+      <c r="Q348" t="inlineStr">
+        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L348" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R348" t="n">
-        <v>9.17</v>
+        <v>49.0935</v>
       </c>
       <c r="S348" t="n">
-        <v>13.9</v>
+        <v>1.6177</v>
       </c>
       <c r="T348" t="n">
-        <v>16.82</v>
-[...3 lines deleted...]
-      <c r="W348" t="inlineStr"/>
+        <v>1.2638</v>
+      </c>
+      <c r="U348" t="n">
+        <v>-0.71</v>
+      </c>
+      <c r="V348" t="n">
+        <v>-0.65</v>
+      </c>
+      <c r="W348" t="n">
+        <v>29.9</v>
+      </c>
+      <c r="X348" t="n">
+        <v>18.07</v>
+      </c>
+      <c r="Y348" t="n">
+        <v>13.91</v>
+      </c>
+      <c r="Z348" t="inlineStr"/>
+      <c r="AA348" t="inlineStr"/>
+      <c r="AB348" t="inlineStr"/>
     </row>
     <row r="349">
       <c r="A349" t="inlineStr">
         <is>
-          <t>123154</t>
+          <t>118060</t>
         </is>
       </c>
       <c r="B349" t="inlineStr">
         <is>
-          <t>火星转债</t>
+          <t>瑞可转债</t>
         </is>
       </c>
       <c r="C349" t="inlineStr">
         <is>
-          <t>300894</t>
+          <t>213.892</t>
         </is>
       </c>
       <c r="D349" t="inlineStr">
         <is>
-          <t>火星人</t>
-[...2 lines deleted...]
-      <c r="E349" t="inlineStr">
+          <t>-0.572</t>
+        </is>
+      </c>
+      <c r="E349" t="n">
+        <v>75.08</v>
+      </c>
+      <c r="F349" t="n">
+        <v>122.1666</v>
+      </c>
+      <c r="G349" t="inlineStr">
+        <is>
+          <t>688800</t>
+        </is>
+      </c>
+      <c r="H349" t="inlineStr">
+        <is>
+          <t>瑞可达</t>
+        </is>
+      </c>
+      <c r="I349" t="n">
+        <v>90.22</v>
+      </c>
+      <c r="J349" t="n">
+        <v>-3.92</v>
+      </c>
+      <c r="K349" t="inlineStr">
         <is>
           <t>AA-</t>
         </is>
       </c>
-      <c r="F349" t="inlineStr">
-[...24 lines deleted...]
-      <c r="K349" t="inlineStr">
+      <c r="L349" t="inlineStr">
+        <is>
+          <t>10.000</t>
+        </is>
+      </c>
+      <c r="M349" t="inlineStr">
+        <is>
+          <t>5.808</t>
+        </is>
+      </c>
+      <c r="N349" t="inlineStr">
+        <is>
+          <t>2031-11-13</t>
+        </is>
+      </c>
+      <c r="O349" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="P349" t="inlineStr">
+        <is>
+          <t>96.005</t>
+        </is>
+      </c>
+      <c r="Q349" t="inlineStr">
         <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L349" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R349" t="n">
-        <v>4.76</v>
+        <v>50.4331</v>
       </c>
       <c r="S349" t="n">
-        <v>8.630000000000001</v>
+        <v>1.7419</v>
       </c>
       <c r="T349" t="n">
-        <v>10.11</v>
+        <v>1.4481</v>
       </c>
       <c r="U349" t="n">
-        <v>23</v>
+        <v>1.75</v>
       </c>
       <c r="V349" t="n">
-        <v>27.33</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.37</v>
+      </c>
+      <c r="W349" t="inlineStr"/>
+      <c r="X349" t="inlineStr"/>
+      <c r="Y349" t="inlineStr"/>
+      <c r="Z349" t="inlineStr"/>
+      <c r="AA349" t="inlineStr"/>
+      <c r="AB349" t="inlineStr"/>
     </row>
     <row r="350">
       <c r="A350" t="inlineStr">
         <is>
-          <t>128121</t>
+          <t>127026</t>
         </is>
       </c>
       <c r="B350" t="inlineStr">
         <is>
-          <t>宏川转债</t>
+          <t>超声转债</t>
         </is>
       </c>
       <c r="C350" t="inlineStr">
         <is>
-          <t>002930</t>
+          <t>142.950</t>
         </is>
       </c>
       <c r="D350" t="inlineStr">
         <is>
-          <t>宏川智慧</t>
-[...10 lines deleted...]
-        </is>
+          <t>-0.633</t>
+        </is>
+      </c>
+      <c r="E350" t="n">
+        <v>16.92</v>
+      </c>
+      <c r="F350" t="n">
+        <v>122.2586</v>
       </c>
       <c r="G350" t="inlineStr">
         <is>
-          <t>0.614</t>
+          <t>000823</t>
         </is>
       </c>
       <c r="H350" t="inlineStr">
         <is>
-          <t>2026-07-17</t>
-[...2 lines deleted...]
-      <c r="I350" t="inlineStr">
+          <t>超声电子</t>
+        </is>
+      </c>
+      <c r="I350" t="n">
+        <v>14.94</v>
+      </c>
+      <c r="J350" t="n">
+        <v>-1.97</v>
+      </c>
+      <c r="K350" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="L350" t="inlineStr">
+        <is>
+          <t>6.996</t>
+        </is>
+      </c>
+      <c r="M350" t="inlineStr">
+        <is>
+          <t>0.874</t>
+        </is>
+      </c>
+      <c r="N350" t="inlineStr">
+        <is>
+          <t>2026-12-08</t>
+        </is>
+      </c>
+      <c r="O350" t="inlineStr">
         <is>
           <t>108.00</t>
         </is>
       </c>
-      <c r="J350" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K350" t="inlineStr">
+      <c r="P350" t="inlineStr">
+        <is>
+          <t>15.886</t>
+        </is>
+      </c>
+      <c r="Q350" t="inlineStr">
         <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L350" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R350" t="n">
-        <v>7.57</v>
+        <v>36.1888</v>
       </c>
       <c r="S350" t="n">
-        <v>10.1</v>
+        <v>2.5155</v>
       </c>
       <c r="T350" t="n">
-        <v>10.08</v>
-[...3 lines deleted...]
-      <c r="W350" t="inlineStr"/>
+        <v>1.99</v>
+      </c>
+      <c r="U350" t="n">
+        <v>2.16</v>
+      </c>
+      <c r="V350" t="n">
+        <v>1.96</v>
+      </c>
+      <c r="W350" t="n">
+        <v>18.41</v>
+      </c>
+      <c r="X350" t="n">
+        <v>19.71</v>
+      </c>
+      <c r="Y350" t="n">
+        <v>18.12</v>
+      </c>
+      <c r="Z350" t="inlineStr"/>
+      <c r="AA350" t="inlineStr"/>
+      <c r="AB350" t="inlineStr"/>
     </row>
     <row r="351">
       <c r="A351" t="inlineStr">
         <is>
-          <t>113665</t>
+          <t>111016</t>
         </is>
       </c>
       <c r="B351" t="inlineStr">
         <is>
-          <t>汇通转债</t>
+          <t>神通转债</t>
         </is>
       </c>
       <c r="C351" t="inlineStr">
         <is>
-          <t>603176</t>
+          <t>138.488</t>
         </is>
       </c>
       <c r="D351" t="inlineStr">
         <is>
-          <t>汇通集团</t>
-[...2 lines deleted...]
-      <c r="E351" t="inlineStr">
+          <t>-0.643</t>
+        </is>
+      </c>
+      <c r="E351" t="n">
+        <v>-0.51</v>
+      </c>
+      <c r="F351" t="n">
+        <v>139.1986</v>
+      </c>
+      <c r="G351" t="inlineStr">
+        <is>
+          <t>605228</t>
+        </is>
+      </c>
+      <c r="H351" t="inlineStr">
+        <is>
+          <t>神通科技</t>
+        </is>
+      </c>
+      <c r="I351" t="n">
+        <v>15.98</v>
+      </c>
+      <c r="J351" t="n">
+        <v>-0.93</v>
+      </c>
+      <c r="K351" t="inlineStr">
         <is>
           <t>AA-</t>
         </is>
       </c>
-      <c r="F351" t="inlineStr">
-[...14 lines deleted...]
-      <c r="I351" t="inlineStr">
+      <c r="L351" t="inlineStr">
+        <is>
+          <t>4.470</t>
+        </is>
+      </c>
+      <c r="M351" t="inlineStr">
+        <is>
+          <t>3.504</t>
+        </is>
+      </c>
+      <c r="N351" t="inlineStr">
+        <is>
+          <t>2029-07-25</t>
+        </is>
+      </c>
+      <c r="O351" t="inlineStr">
         <is>
           <t>115.00</t>
         </is>
       </c>
-      <c r="J351" t="inlineStr">
-[...25 lines deleted...]
-        <v>0.74</v>
+      <c r="P351" t="inlineStr">
+        <is>
+          <t>14.924</t>
+        </is>
+      </c>
+      <c r="Q351" t="inlineStr">
+        <is>
+          <t>!</t>
+        </is>
       </c>
       <c r="R351" t="n">
-        <v>12.52</v>
+        <v>44.0962</v>
       </c>
       <c r="S351" t="n">
-        <v>31.35</v>
+        <v>2.5406</v>
       </c>
       <c r="T351" t="n">
-        <v>26.66</v>
-[...3 lines deleted...]
-      <c r="W351" t="inlineStr"/>
+        <v>2.165</v>
+      </c>
+      <c r="U351" t="n">
+        <v>-0.32</v>
+      </c>
+      <c r="V351" t="n">
+        <v>0.55</v>
+      </c>
+      <c r="W351" t="n">
+        <v>42.08</v>
+      </c>
+      <c r="X351" t="n">
+        <v>36.54</v>
+      </c>
+      <c r="Y351" t="n">
+        <v>31.26</v>
+      </c>
+      <c r="Z351" t="inlineStr"/>
+      <c r="AA351" t="inlineStr"/>
+      <c r="AB351" t="inlineStr"/>
     </row>
     <row r="352">
       <c r="A352" t="inlineStr">
         <is>
-          <t>113698</t>
+          <t>118056</t>
         </is>
       </c>
       <c r="B352" t="inlineStr">
         <is>
-          <t>凯众转债</t>
+          <t>路维转债</t>
         </is>
       </c>
       <c r="C352" t="inlineStr">
         <is>
-          <t>603037</t>
+          <t>241.668</t>
         </is>
       </c>
       <c r="D352" t="inlineStr">
         <is>
-          <t>凯众股份</t>
-[...2 lines deleted...]
-      <c r="E352" t="inlineStr">
+          <t>-0.716</t>
+        </is>
+      </c>
+      <c r="E352" t="n">
+        <v>37.67</v>
+      </c>
+      <c r="F352" t="n">
+        <v>175.5352</v>
+      </c>
+      <c r="G352" t="inlineStr">
+        <is>
+          <t>688401</t>
+        </is>
+      </c>
+      <c r="H352" t="inlineStr">
+        <is>
+          <t>路维光电</t>
+        </is>
+      </c>
+      <c r="I352" t="n">
+        <v>57.4</v>
+      </c>
+      <c r="J352" t="n">
+        <v>0.38</v>
+      </c>
+      <c r="K352" t="inlineStr">
         <is>
           <t>AA-</t>
         </is>
       </c>
-      <c r="F352" t="inlineStr">
-[...45 lines deleted...]
-        <v>0.78</v>
+      <c r="L352" t="inlineStr">
+        <is>
+          <t>6.145</t>
+        </is>
+      </c>
+      <c r="M352" t="inlineStr">
+        <is>
+          <t>5.384</t>
+        </is>
+      </c>
+      <c r="N352" t="inlineStr">
+        <is>
+          <t>2031-06-11</t>
+        </is>
+      </c>
+      <c r="O352" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="P352" t="inlineStr">
+        <is>
+          <t>42.510</t>
+        </is>
+      </c>
+      <c r="Q352" t="inlineStr">
+        <is>
+          <t>!</t>
+        </is>
       </c>
       <c r="R352" t="n">
-        <v>18.99</v>
-[...5 lines deleted...]
-      <c r="W352" t="inlineStr"/>
+        <v>45.1202</v>
+      </c>
+      <c r="S352" t="n">
+        <v>2.3946</v>
+      </c>
+      <c r="T352" t="n">
+        <v>1.9495</v>
+      </c>
+      <c r="U352" t="n">
+        <v>1.91</v>
+      </c>
+      <c r="V352" t="n">
+        <v>1.49</v>
+      </c>
+      <c r="W352" t="n">
+        <v>44.51</v>
+      </c>
+      <c r="X352" t="n">
+        <v>47.49</v>
+      </c>
+      <c r="Y352" t="inlineStr"/>
+      <c r="Z352" t="inlineStr"/>
+      <c r="AA352" t="inlineStr"/>
+      <c r="AB352" t="inlineStr"/>
     </row>
     <row r="353">
       <c r="A353" t="inlineStr">
         <is>
-          <t>123258</t>
+          <t>123178</t>
         </is>
       </c>
       <c r="B353" t="inlineStr">
         <is>
-          <t>胜蓝转02</t>
+          <t>花园转债</t>
         </is>
       </c>
       <c r="C353" t="inlineStr">
         <is>
-          <t>300843</t>
+          <t>152.302</t>
         </is>
       </c>
       <c r="D353" t="inlineStr">
         <is>
-          <t>胜蓝股份</t>
-[...2 lines deleted...]
-      <c r="E353" t="inlineStr">
+          <t>-0.790</t>
+        </is>
+      </c>
+      <c r="E353" t="n">
+        <v>13.3</v>
+      </c>
+      <c r="F353" t="n">
+        <v>134.4238</v>
+      </c>
+      <c r="G353" t="inlineStr">
+        <is>
+          <t>300401</t>
+        </is>
+      </c>
+      <c r="H353" t="inlineStr">
+        <is>
+          <t>花园生物</t>
+        </is>
+      </c>
+      <c r="I353" t="n">
+        <v>18.08</v>
+      </c>
+      <c r="J353" t="n">
+        <v>-2.85</v>
+      </c>
+      <c r="K353" t="inlineStr">
         <is>
           <t>AA-</t>
         </is>
       </c>
-      <c r="F353" t="inlineStr">
-[...45 lines deleted...]
-        <v>0.6</v>
+      <c r="L353" t="inlineStr">
+        <is>
+          <t>11.760</t>
+        </is>
+      </c>
+      <c r="M353" t="inlineStr">
+        <is>
+          <t>3.118</t>
+        </is>
+      </c>
+      <c r="N353" t="inlineStr">
+        <is>
+          <t>2029-03-06</t>
+        </is>
+      </c>
+      <c r="O353" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="P353" t="inlineStr">
+        <is>
+          <t>17.485</t>
+        </is>
+      </c>
+      <c r="Q353" t="inlineStr">
+        <is>
+          <t>3/15 | 30</t>
+        </is>
       </c>
       <c r="R353" t="n">
-        <v>20.75</v>
-[...5 lines deleted...]
-      <c r="W353" t="inlineStr"/>
+        <v>42.1936</v>
+      </c>
+      <c r="S353" t="n">
+        <v>2.0583</v>
+      </c>
+      <c r="T353" t="n">
+        <v>1.4607</v>
+      </c>
+      <c r="U353" t="n">
+        <v>3.09</v>
+      </c>
+      <c r="V353" t="n">
+        <v>1.92</v>
+      </c>
+      <c r="W353" t="n">
+        <v>20.92</v>
+      </c>
+      <c r="X353" t="n">
+        <v>15.06</v>
+      </c>
+      <c r="Y353" t="n">
+        <v>18.84</v>
+      </c>
+      <c r="Z353" t="inlineStr"/>
+      <c r="AA353" t="inlineStr"/>
+      <c r="AB353" t="inlineStr"/>
     </row>
     <row r="354">
       <c r="A354" t="inlineStr">
         <is>
-          <t>110085</t>
+          <t>118029</t>
         </is>
       </c>
       <c r="B354" t="inlineStr">
         <is>
-          <t>通22转债</t>
+          <t>富淼转债</t>
         </is>
       </c>
       <c r="C354" t="inlineStr">
         <is>
-          <t>600438</t>
+          <t>146.155</t>
         </is>
       </c>
       <c r="D354" t="inlineStr">
         <is>
-          <t>通威股份</t>
-[...10 lines deleted...]
-        </is>
+          <t>-0.825</t>
+        </is>
+      </c>
+      <c r="E354" t="n">
+        <v>-0.42</v>
+      </c>
+      <c r="F354" t="n">
+        <v>146.7742</v>
       </c>
       <c r="G354" t="inlineStr">
         <is>
-          <t>2.222</t>
+          <t>688350</t>
         </is>
       </c>
       <c r="H354" t="inlineStr">
         <is>
-          <t>2028-02-24</t>
-[...10 lines deleted...]
-        </is>
+          <t>富淼科技</t>
+        </is>
+      </c>
+      <c r="I354" t="n">
+        <v>27.3</v>
+      </c>
+      <c r="J354" t="n">
+        <v>-0.73</v>
       </c>
       <c r="K354" t="inlineStr">
         <is>
-          <t>0/15 | 30</t>
-[...18 lines deleted...]
-        <v>257.34</v>
+          <t>A</t>
+        </is>
+      </c>
+      <c r="L354" t="inlineStr">
+        <is>
+          <t>2.189</t>
+        </is>
+      </c>
+      <c r="M354" t="inlineStr">
+        <is>
+          <t>2.896</t>
+        </is>
+      </c>
+      <c r="N354" t="inlineStr">
+        <is>
+          <t>2028-12-15</t>
+        </is>
+      </c>
+      <c r="O354" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="P354" t="inlineStr">
+        <is>
+          <t>24.180</t>
+        </is>
+      </c>
+      <c r="Q354" t="inlineStr">
+        <is>
+          <t>!</t>
+        </is>
       </c>
       <c r="R354" t="n">
-        <v>17.64</v>
+        <v>45.0142</v>
       </c>
       <c r="S354" t="n">
-        <v>18.24</v>
+        <v>2.9464</v>
       </c>
       <c r="T354" t="n">
-        <v>14.73</v>
-[...3 lines deleted...]
-      <c r="W354" t="inlineStr"/>
+        <v>2.6071</v>
+      </c>
+      <c r="U354" t="n">
+        <v>-0.05</v>
+      </c>
+      <c r="V354" t="n">
+        <v>0.27</v>
+      </c>
+      <c r="W354" t="n">
+        <v>43.98</v>
+      </c>
+      <c r="X354" t="n">
+        <v>30.03</v>
+      </c>
+      <c r="Y354" t="n">
+        <v>23.1</v>
+      </c>
+      <c r="Z354" t="inlineStr"/>
+      <c r="AA354" t="inlineStr"/>
+      <c r="AB354" t="inlineStr"/>
     </row>
     <row r="355">
       <c r="A355" t="inlineStr">
         <is>
-          <t>113682</t>
+          <t>123061</t>
         </is>
       </c>
       <c r="B355" t="inlineStr">
         <is>
-          <t>益丰转债</t>
+          <t>航新转债</t>
         </is>
       </c>
       <c r="C355" t="inlineStr">
         <is>
-          <t>603939</t>
+          <t>143.102</t>
         </is>
       </c>
       <c r="D355" t="inlineStr">
         <is>
-          <t>益丰药房</t>
-[...10 lines deleted...]
-        </is>
+          <t>-0.830</t>
+        </is>
+      </c>
+      <c r="E355" t="n">
+        <v>6.36</v>
+      </c>
+      <c r="F355" t="n">
+        <v>134.5479</v>
       </c>
       <c r="G355" t="inlineStr">
         <is>
-          <t>4.247</t>
+          <t>300424</t>
         </is>
       </c>
       <c r="H355" t="inlineStr">
         <is>
-          <t>2030-03-04</t>
-[...10 lines deleted...]
-        </is>
+          <t>航新科技</t>
+        </is>
+      </c>
+      <c r="I355" t="n">
+        <v>19.94</v>
+      </c>
+      <c r="J355" t="n">
+        <v>0.1</v>
       </c>
       <c r="K355" t="inlineStr">
         <is>
-          <t>0/15 | 30</t>
-[...18 lines deleted...]
-        <v>12.62</v>
+          <t>A-</t>
+        </is>
+      </c>
+      <c r="L355" t="inlineStr">
+        <is>
+          <t>1.675</t>
+        </is>
+      </c>
+      <c r="M355" t="inlineStr">
+        <is>
+          <t>0.493</t>
+        </is>
+      </c>
+      <c r="N355" t="inlineStr">
+        <is>
+          <t>2026-07-22</t>
+        </is>
+      </c>
+      <c r="O355" t="inlineStr">
+        <is>
+          <t>118.00</t>
+        </is>
+      </c>
+      <c r="P355" t="inlineStr">
+        <is>
+          <t>19.266</t>
+        </is>
+      </c>
+      <c r="Q355" t="inlineStr">
+        <is>
+          <t>9/15 | 30 2025-05-13 重新计</t>
+        </is>
       </c>
       <c r="R355" t="n">
-        <v>8.69</v>
+        <v>67.8634</v>
       </c>
       <c r="S355" t="n">
-        <v>10.56</v>
+        <v>1.2196</v>
       </c>
       <c r="T355" t="n">
-        <v>15.13</v>
-[...3 lines deleted...]
-      <c r="W355" t="inlineStr"/>
+        <v>0.7494</v>
+      </c>
+      <c r="U355" t="n">
+        <v>-0.95</v>
+      </c>
+      <c r="V355" t="n">
+        <v>0.24</v>
+      </c>
+      <c r="W355" t="n">
+        <v>27.76</v>
+      </c>
+      <c r="X355" t="n">
+        <v>23.48</v>
+      </c>
+      <c r="Y355" t="n">
+        <v>28.53</v>
+      </c>
+      <c r="Z355" t="inlineStr"/>
+      <c r="AA355" t="inlineStr"/>
+      <c r="AB355" t="inlineStr"/>
     </row>
     <row r="356">
       <c r="A356" t="inlineStr">
         <is>
-          <t>113042</t>
+          <t>123236</t>
         </is>
       </c>
       <c r="B356" t="inlineStr">
         <is>
-          <t>上银转债</t>
+          <t>家联转债</t>
         </is>
       </c>
       <c r="C356" t="inlineStr">
         <is>
-          <t>601229</t>
+          <t>199.301</t>
         </is>
       </c>
       <c r="D356" t="inlineStr">
         <is>
-          <t>上海银行</t>
-[...10 lines deleted...]
-        </is>
+          <t>-0.840</t>
+        </is>
+      </c>
+      <c r="E356" t="n">
+        <v>28.59</v>
+      </c>
+      <c r="F356" t="n">
+        <v>154.9902</v>
       </c>
       <c r="G356" t="inlineStr">
         <is>
-          <t>1.140</t>
+          <t>301193</t>
         </is>
       </c>
       <c r="H356" t="inlineStr">
         <is>
-          <t>2027-01-25</t>
-[...10 lines deleted...]
-        </is>
+          <t>家联科技</t>
+        </is>
+      </c>
+      <c r="I356" t="n">
+        <v>23.76</v>
+      </c>
+      <c r="J356" t="n">
+        <v>0.42</v>
       </c>
       <c r="K356" t="inlineStr">
         <is>
-          <t>0/15 | 30</t>
-[...14 lines deleted...]
-        <v>222.8</v>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="L356" t="inlineStr">
+        <is>
+          <t>7.012</t>
+        </is>
+      </c>
+      <c r="M356" t="inlineStr">
+        <is>
+          <t>3.915</t>
+        </is>
+      </c>
+      <c r="N356" t="inlineStr">
+        <is>
+          <t>2029-12-22</t>
+        </is>
+      </c>
+      <c r="O356" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="P356" t="inlineStr">
+        <is>
+          <t>19.929</t>
+        </is>
+      </c>
+      <c r="Q356" t="inlineStr">
+        <is>
+          <t>!</t>
+        </is>
       </c>
       <c r="R356" t="n">
-        <v>8.26</v>
+        <v>65.98690000000001</v>
       </c>
       <c r="S356" t="n">
-        <v>7.69</v>
+        <v>1.0121</v>
       </c>
       <c r="T356" t="n">
-        <v>5.79</v>
-[...3 lines deleted...]
-      <c r="W356" t="inlineStr"/>
+        <v>0.5513</v>
+      </c>
+      <c r="U356" t="n">
+        <v>0.57</v>
+      </c>
+      <c r="V356" t="n">
+        <v>0.45</v>
+      </c>
+      <c r="W356" t="n">
+        <v>35.95</v>
+      </c>
+      <c r="X356" t="n">
+        <v>30.88</v>
+      </c>
+      <c r="Y356" t="n">
+        <v>29.53</v>
+      </c>
+      <c r="Z356" t="inlineStr"/>
+      <c r="AA356" t="inlineStr"/>
+      <c r="AB356" t="inlineStr"/>
     </row>
     <row r="357">
       <c r="A357" t="inlineStr">
         <is>
-          <t>113052</t>
+          <t>127039</t>
         </is>
       </c>
       <c r="B357" t="inlineStr">
         <is>
-          <t>兴业转债</t>
+          <t>北港转债</t>
         </is>
       </c>
       <c r="C357" t="inlineStr">
         <is>
-          <t>601166</t>
+          <t>132.690</t>
         </is>
       </c>
       <c r="D357" t="inlineStr">
         <is>
-          <t>兴业银行</t>
-[...2 lines deleted...]
-      <c r="E357" t="inlineStr">
+          <t>-0.904</t>
+        </is>
+      </c>
+      <c r="E357" t="n">
+        <v>-0.41</v>
+      </c>
+      <c r="F357" t="n">
+        <v>133.2421</v>
+      </c>
+      <c r="G357" t="inlineStr">
+        <is>
+          <t>000582</t>
+        </is>
+      </c>
+      <c r="H357" t="inlineStr">
+        <is>
+          <t>北部湾港</t>
+        </is>
+      </c>
+      <c r="I357" t="n">
+        <v>9.74</v>
+      </c>
+      <c r="J357" t="n">
+        <v>-0.71</v>
+      </c>
+      <c r="K357" t="inlineStr">
         <is>
           <t>AAA</t>
         </is>
       </c>
-      <c r="F357" t="inlineStr">
-[...41 lines deleted...]
-        <v>913.77</v>
+      <c r="L357" t="inlineStr">
+        <is>
+          <t>9.437</t>
+        </is>
+      </c>
+      <c r="M357" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="N357" t="inlineStr">
+        <is>
+          <t>2027-06-29</t>
+        </is>
+      </c>
+      <c r="O357" t="inlineStr">
+        <is>
+          <t>108.00</t>
+        </is>
+      </c>
+      <c r="P357" t="inlineStr">
+        <is>
+          <t>9.503</t>
+        </is>
+      </c>
+      <c r="Q357" t="inlineStr">
+        <is>
+          <t>!</t>
+        </is>
       </c>
       <c r="R357" t="n">
-        <v>5.03</v>
+        <v>43.7535</v>
       </c>
       <c r="S357" t="n">
-        <v>7.18</v>
+        <v>0.8591</v>
       </c>
       <c r="T357" t="n">
-        <v>6.76</v>
+        <v>0.8522999999999999</v>
       </c>
       <c r="U357" t="n">
-        <v>17.69</v>
+        <v>12.19</v>
       </c>
       <c r="V357" t="n">
-        <v>17.98</v>
+        <v>11.27</v>
       </c>
       <c r="W357" t="n">
-        <v>23.17</v>
-      </c>
+        <v>20.32</v>
+      </c>
+      <c r="X357" t="n">
+        <v>14.98</v>
+      </c>
+      <c r="Y357" t="n">
+        <v>17.06</v>
+      </c>
+      <c r="Z357" t="inlineStr"/>
+      <c r="AA357" t="inlineStr"/>
+      <c r="AB357" t="inlineStr"/>
     </row>
     <row r="358">
       <c r="A358" t="inlineStr">
         <is>
-          <t>123221</t>
+          <t>118049</t>
         </is>
       </c>
       <c r="B358" t="inlineStr">
         <is>
-          <t>力诺转债</t>
+          <t>汇成转债</t>
         </is>
       </c>
       <c r="C358" t="inlineStr">
         <is>
-          <t>301188</t>
+          <t>355.164</t>
         </is>
       </c>
       <c r="D358" t="inlineStr">
         <is>
-          <t>力诺药包</t>
-[...10 lines deleted...]
-        </is>
+          <t>-0.914</t>
+        </is>
+      </c>
+      <c r="E358" t="n">
+        <v>24.32</v>
+      </c>
+      <c r="F358" t="n">
+        <v>285.6767</v>
       </c>
       <c r="G358" t="inlineStr">
         <is>
-          <t>3.718</t>
+          <t>688403</t>
         </is>
       </c>
       <c r="H358" t="inlineStr">
         <is>
-          <t>2029-08-23</t>
-[...10 lines deleted...]
-        </is>
+          <t>汇成股份</t>
+        </is>
+      </c>
+      <c r="I358" t="n">
+        <v>21.74</v>
+      </c>
+      <c r="J358" t="n">
+        <v>1.92</v>
       </c>
       <c r="K358" t="inlineStr">
         <is>
-          <t>0/15 | 30 2025-09-08 重新计</t>
-[...18 lines deleted...]
-        <v>1.17</v>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="L358" t="inlineStr">
+        <is>
+          <t>9.300</t>
+        </is>
+      </c>
+      <c r="M358" t="inlineStr">
+        <is>
+          <t>4.540</t>
+        </is>
+      </c>
+      <c r="N358" t="inlineStr">
+        <is>
+          <t>2030-08-07</t>
+        </is>
+      </c>
+      <c r="O358" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="P358" t="inlineStr">
+        <is>
+          <t>9.893</t>
+        </is>
+      </c>
+      <c r="Q358" t="inlineStr">
+        <is>
+          <t>!</t>
+        </is>
       </c>
       <c r="R358" t="n">
-        <v>12.84</v>
+        <v>28.252</v>
       </c>
       <c r="S358" t="n">
-        <v>30.74</v>
+        <v>6.2859</v>
       </c>
       <c r="T358" t="n">
-        <v>29.8</v>
+        <v>4.9449</v>
       </c>
       <c r="U358" t="n">
-        <v>19.22</v>
+        <v>1.6</v>
       </c>
       <c r="V358" t="n">
-        <v>34.49</v>
+        <v>1.96</v>
       </c>
       <c r="W358" t="n">
-        <v>45.92</v>
-      </c>
+        <v>56.73</v>
+      </c>
+      <c r="X358" t="n">
+        <v>55.43</v>
+      </c>
+      <c r="Y358" t="inlineStr"/>
+      <c r="Z358" t="inlineStr"/>
+      <c r="AA358" t="inlineStr"/>
+      <c r="AB358" t="inlineStr"/>
     </row>
     <row r="359">
       <c r="A359" t="inlineStr">
         <is>
-          <t>128135</t>
+          <t>110076</t>
         </is>
       </c>
       <c r="B359" t="inlineStr">
         <is>
-          <t>洽洽转债</t>
+          <t>华海转债</t>
         </is>
       </c>
       <c r="C359" t="inlineStr">
         <is>
-          <t>002557</t>
+          <t>122.448</t>
         </is>
       </c>
       <c r="D359" t="inlineStr">
         <is>
-          <t>洽洽食品</t>
-[...2 lines deleted...]
-      <c r="E359" t="inlineStr">
+          <t>-0.972</t>
+        </is>
+      </c>
+      <c r="E359" t="n">
+        <v>136.32</v>
+      </c>
+      <c r="F359" t="n">
+        <v>51.8149</v>
+      </c>
+      <c r="G359" t="inlineStr">
+        <is>
+          <t>600521</t>
+        </is>
+      </c>
+      <c r="H359" t="inlineStr">
+        <is>
+          <t>华海药业</t>
+        </is>
+      </c>
+      <c r="I359" t="n">
+        <v>17.13</v>
+      </c>
+      <c r="J359" t="n">
+        <v>2.64</v>
+      </c>
+      <c r="K359" t="inlineStr">
         <is>
           <t>AA</t>
         </is>
       </c>
-      <c r="F359" t="inlineStr">
-[...24 lines deleted...]
-      <c r="K359" t="inlineStr">
+      <c r="L359" t="inlineStr">
+        <is>
+          <t>18.424</t>
+        </is>
+      </c>
+      <c r="M359" t="inlineStr">
+        <is>
+          <t>0.775</t>
+        </is>
+      </c>
+      <c r="N359" t="inlineStr">
+        <is>
+          <t>2026-11-02</t>
+        </is>
+      </c>
+      <c r="O359" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="P359" t="inlineStr">
+        <is>
+          <t>42.978</t>
+        </is>
+      </c>
+      <c r="Q359" t="inlineStr">
         <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L359" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R359" t="n">
-        <v>5.28</v>
+        <v>54.6177</v>
       </c>
       <c r="S359" t="n">
-        <v>5.29</v>
+        <v>1.3235</v>
       </c>
       <c r="T359" t="n">
-        <v>5.09</v>
-[...3 lines deleted...]
-      <c r="W359" t="inlineStr"/>
+        <v>0.7399</v>
+      </c>
+      <c r="U359" t="n">
+        <v>11.19</v>
+      </c>
+      <c r="V359" t="n">
+        <v>8.300000000000001</v>
+      </c>
+      <c r="W359" t="n">
+        <v>12.89</v>
+      </c>
+      <c r="X359" t="n">
+        <v>12.14</v>
+      </c>
+      <c r="Y359" t="n">
+        <v>11.56</v>
+      </c>
+      <c r="Z359" t="inlineStr"/>
+      <c r="AA359" t="inlineStr"/>
+      <c r="AB359" t="inlineStr"/>
     </row>
     <row r="360">
       <c r="A360" t="inlineStr">
         <is>
-          <t>128124</t>
+          <t>118057</t>
         </is>
       </c>
       <c r="B360" t="inlineStr">
         <is>
-          <t>科华转债</t>
+          <t>甬矽转债</t>
         </is>
       </c>
       <c r="C360" t="inlineStr">
         <is>
-          <t>002022</t>
+          <t>233.764</t>
         </is>
       </c>
       <c r="D360" t="inlineStr">
         <is>
-          <t>科华生物</t>
-[...2 lines deleted...]
-      <c r="E360" t="inlineStr">
+          <t>-0.994</t>
+        </is>
+      </c>
+      <c r="E360" t="n">
+        <v>36.66</v>
+      </c>
+      <c r="F360" t="n">
+        <v>171.0508</v>
+      </c>
+      <c r="G360" t="inlineStr">
+        <is>
+          <t>688362</t>
+        </is>
+      </c>
+      <c r="H360" t="inlineStr">
+        <is>
+          <t>甬矽电子</t>
+        </is>
+      </c>
+      <c r="I360" t="n">
+        <v>48.51</v>
+      </c>
+      <c r="J360" t="n">
+        <v>-0.39</v>
+      </c>
+      <c r="K360" t="inlineStr">
         <is>
           <t>A+</t>
         </is>
       </c>
-      <c r="F360" t="inlineStr">
-[...45 lines deleted...]
-        <v>9.720000000000001</v>
+      <c r="L360" t="inlineStr">
+        <is>
+          <t>11.648</t>
+        </is>
+      </c>
+      <c r="M360" t="inlineStr">
+        <is>
+          <t>5.425</t>
+        </is>
+      </c>
+      <c r="N360" t="inlineStr">
+        <is>
+          <t>2031-06-26</t>
+        </is>
+      </c>
+      <c r="O360" t="inlineStr">
+        <is>
+          <t>113.00</t>
+        </is>
+      </c>
+      <c r="P360" t="inlineStr">
+        <is>
+          <t>36.868</t>
+        </is>
+      </c>
+      <c r="Q360" t="inlineStr">
+        <is>
+          <t>13/15 | 30</t>
+        </is>
       </c>
       <c r="R360" t="n">
-        <v>3.57</v>
+        <v>73.3853</v>
       </c>
       <c r="S360" t="n">
-        <v>17</v>
+        <v>0.9056999999999999</v>
       </c>
       <c r="T360" t="n">
-        <v>21.22</v>
-[...3 lines deleted...]
-      <c r="W360" t="inlineStr"/>
+        <v>0.8091</v>
+      </c>
+      <c r="U360" t="n">
+        <v>0.66</v>
+      </c>
+      <c r="V360" t="n">
+        <v>-0.93</v>
+      </c>
+      <c r="W360" t="n">
+        <v>50.46</v>
+      </c>
+      <c r="X360" t="n">
+        <v>45.35</v>
+      </c>
+      <c r="Y360" t="inlineStr"/>
+      <c r="Z360" t="inlineStr"/>
+      <c r="AA360" t="inlineStr"/>
+      <c r="AB360" t="inlineStr"/>
     </row>
     <row r="361">
       <c r="A361" t="inlineStr">
         <is>
-          <t>113563</t>
+          <t>118052</t>
         </is>
       </c>
       <c r="B361" t="inlineStr">
         <is>
-          <t>柳药转债</t>
+          <t>浩瀚转债</t>
         </is>
       </c>
       <c r="C361" t="inlineStr">
         <is>
-          <t>603368</t>
+          <t>184.974</t>
         </is>
       </c>
       <c r="D361" t="inlineStr">
         <is>
-          <t>柳药集团</t>
-[...10 lines deleted...]
-        </is>
+          <t>-1.014</t>
+        </is>
+      </c>
+      <c r="E361" t="n">
+        <v>30.34</v>
+      </c>
+      <c r="F361" t="n">
+        <v>141.9209</v>
       </c>
       <c r="G361" t="inlineStr">
         <is>
-          <t>0.115</t>
+          <t>688292</t>
         </is>
       </c>
       <c r="H361" t="inlineStr">
         <is>
-          <t>2026-01-16</t>
-[...10 lines deleted...]
-        </is>
+          <t>浩瀚深度</t>
+        </is>
+      </c>
+      <c r="I361" t="n">
+        <v>34.43</v>
+      </c>
+      <c r="J361" t="n">
+        <v>11.35</v>
       </c>
       <c r="K361" t="inlineStr">
         <is>
-          <t>0/15 | 30</t>
-[...18 lines deleted...]
-        <v>7.02</v>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="L361" t="inlineStr">
+        <is>
+          <t>3.539</t>
+        </is>
+      </c>
+      <c r="M361" t="inlineStr">
+        <is>
+          <t>5.137</t>
+        </is>
+      </c>
+      <c r="N361" t="inlineStr">
+        <is>
+          <t>2031-03-13</t>
+        </is>
+      </c>
+      <c r="O361" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="P361" t="inlineStr">
+        <is>
+          <t>31.538</t>
+        </is>
+      </c>
+      <c r="Q361" t="inlineStr">
+        <is>
+          <t>7/15 | 30</t>
+        </is>
       </c>
       <c r="R361" t="n">
-        <v>7.27</v>
+        <v>29.9726</v>
       </c>
       <c r="S361" t="n">
-        <v>12.05</v>
+        <v>8.8444</v>
       </c>
       <c r="T361" t="n">
-        <v>14.53</v>
-[...3 lines deleted...]
-      <c r="W361" t="inlineStr"/>
+        <v>8.0343</v>
+      </c>
+      <c r="U361" t="n">
+        <v>0.36</v>
+      </c>
+      <c r="V361" t="n">
+        <v>0.63</v>
+      </c>
+      <c r="W361" t="n">
+        <v>83.34999999999999</v>
+      </c>
+      <c r="X361" t="n">
+        <v>51.68</v>
+      </c>
+      <c r="Y361" t="inlineStr"/>
+      <c r="Z361" t="inlineStr"/>
+      <c r="AA361" t="inlineStr"/>
+      <c r="AB361" t="inlineStr"/>
     </row>
     <row r="362">
       <c r="A362" t="inlineStr">
         <is>
-          <t>127017</t>
+          <t>127096</t>
         </is>
       </c>
       <c r="B362" t="inlineStr">
         <is>
-          <t>万青转债</t>
+          <t>泰坦转债</t>
         </is>
       </c>
       <c r="C362" t="inlineStr">
         <is>
-          <t>000789</t>
+          <t>162.920</t>
         </is>
       </c>
       <c r="D362" t="inlineStr">
         <is>
-          <t>万年青</t>
-[...10 lines deleted...]
-        </is>
+          <t>-1.141</t>
+        </is>
+      </c>
+      <c r="E362" t="n">
+        <v>28.61</v>
+      </c>
+      <c r="F362" t="n">
+        <v>126.6767</v>
       </c>
       <c r="G362" t="inlineStr">
         <is>
-          <t>0.493</t>
+          <t>003036</t>
         </is>
       </c>
       <c r="H362" t="inlineStr">
         <is>
-          <t>2026-06-03</t>
-[...10 lines deleted...]
-        </is>
+          <t>泰坦股份</t>
+        </is>
+      </c>
+      <c r="I362" t="n">
+        <v>16.81</v>
+      </c>
+      <c r="J362" t="n">
+        <v>-1.12</v>
       </c>
       <c r="K362" t="inlineStr">
         <is>
-          <t>0/15 | 30</t>
-[...18 lines deleted...]
-        <v>3.89</v>
+          <t>A</t>
+        </is>
+      </c>
+      <c r="L362" t="inlineStr">
+        <is>
+          <t>2.919</t>
+        </is>
+      </c>
+      <c r="M362" t="inlineStr">
+        <is>
+          <t>3.756</t>
+        </is>
+      </c>
+      <c r="N362" t="inlineStr">
+        <is>
+          <t>2029-10-25</t>
+        </is>
+      </c>
+      <c r="O362" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="P362" t="inlineStr">
+        <is>
+          <t>17.251</t>
+        </is>
+      </c>
+      <c r="Q362" t="inlineStr">
+        <is>
+          <t>!</t>
+        </is>
       </c>
       <c r="R362" t="n">
-        <v>2.26</v>
+        <v>52.4634</v>
       </c>
       <c r="S362" t="n">
-        <v>7.49</v>
+        <v>1.8854</v>
       </c>
       <c r="T362" t="n">
-        <v>6.33</v>
-[...3 lines deleted...]
-      <c r="W362" t="inlineStr"/>
+        <v>1.5284</v>
+      </c>
+      <c r="U362" t="n">
+        <v>0.89</v>
+      </c>
+      <c r="V362" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="W362" t="n">
+        <v>17.34</v>
+      </c>
+      <c r="X362" t="n">
+        <v>53.11</v>
+      </c>
+      <c r="Y362" t="n">
+        <v>43.29</v>
+      </c>
+      <c r="Z362" t="inlineStr"/>
+      <c r="AA362" t="inlineStr"/>
+      <c r="AB362" t="inlineStr"/>
     </row>
     <row r="363">
       <c r="A363" t="inlineStr">
         <is>
-          <t>128097</t>
+          <t>123160</t>
         </is>
       </c>
       <c r="B363" t="inlineStr">
         <is>
-          <t>奥佳转债</t>
+          <t>泰福转债</t>
         </is>
       </c>
       <c r="C363" t="inlineStr">
         <is>
-          <t>002614</t>
+          <t>188.100</t>
         </is>
       </c>
       <c r="D363" t="inlineStr">
         <is>
-          <t>奥佳华</t>
-[...10 lines deleted...]
-        </is>
+          <t>-1.146</t>
+        </is>
+      </c>
+      <c r="E363" t="n">
+        <v>11.74</v>
+      </c>
+      <c r="F363" t="n">
+        <v>168.3359</v>
       </c>
       <c r="G363" t="inlineStr">
         <is>
-          <t>0.225</t>
+          <t>300992</t>
         </is>
       </c>
       <c r="H363" t="inlineStr">
         <is>
-          <t>2026-02-25</t>
-[...10 lines deleted...]
-        </is>
+          <t>泰福泵业</t>
+        </is>
+      </c>
+      <c r="I363" t="n">
+        <v>33.28</v>
+      </c>
+      <c r="J363" t="n">
+        <v>-2.12</v>
       </c>
       <c r="K363" t="inlineStr">
         <is>
-          <t>0/15 | 30 2022-01-04 重新计</t>
-[...18 lines deleted...]
-        <v>1.02</v>
+          <t>A</t>
+        </is>
+      </c>
+      <c r="L363" t="inlineStr">
+        <is>
+          <t>2.316</t>
+        </is>
+      </c>
+      <c r="M363" t="inlineStr">
+        <is>
+          <t>2.682</t>
+        </is>
+      </c>
+      <c r="N363" t="inlineStr">
+        <is>
+          <t>2028-09-28</t>
+        </is>
+      </c>
+      <c r="O363" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="P363" t="inlineStr">
+        <is>
+          <t>25.701</t>
+        </is>
+      </c>
+      <c r="Q363" t="inlineStr">
+        <is>
+          <t>!</t>
+        </is>
       </c>
       <c r="R363" t="n">
-        <v>2.3</v>
+        <v>49.315</v>
       </c>
       <c r="S363" t="n">
-        <v>6.16</v>
+        <v>1.7985</v>
       </c>
       <c r="T363" t="n">
-        <v>7.65</v>
-[...3 lines deleted...]
-      <c r="W363" t="inlineStr"/>
+        <v>1.2246</v>
+      </c>
+      <c r="U363" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="V363" t="n">
+        <v>0.54</v>
+      </c>
+      <c r="W363" t="n">
+        <v>43.74</v>
+      </c>
+      <c r="X363" t="n">
+        <v>29.86</v>
+      </c>
+      <c r="Y363" t="n">
+        <v>31.99</v>
+      </c>
+      <c r="Z363" t="inlineStr"/>
+      <c r="AA363" t="inlineStr"/>
+      <c r="AB363" t="inlineStr"/>
     </row>
     <row r="364">
       <c r="A364" t="inlineStr">
         <is>
-          <t>113631</t>
+          <t>127092</t>
         </is>
       </c>
       <c r="B364" t="inlineStr">
         <is>
-          <t>皖天转债</t>
+          <t>运机转债</t>
         </is>
       </c>
       <c r="C364" t="inlineStr">
         <is>
-          <t>603689</t>
+          <t>378.000</t>
         </is>
       </c>
       <c r="D364" t="inlineStr">
         <is>
-          <t>皖天然气</t>
-[...10 lines deleted...]
-        </is>
+          <t>-1.305</t>
+        </is>
+      </c>
+      <c r="E364" t="n">
+        <v>31.78</v>
+      </c>
+      <c r="F364" t="n">
+        <v>286.8486</v>
       </c>
       <c r="G364" t="inlineStr">
         <is>
-          <t>1.926</t>
+          <t>001288</t>
         </is>
       </c>
       <c r="H364" t="inlineStr">
         <is>
-          <t>2027-11-08</t>
-[...10 lines deleted...]
-        </is>
+          <t>运机集团</t>
+        </is>
+      </c>
+      <c r="I364" t="n">
+        <v>34.68</v>
+      </c>
+      <c r="J364" t="n">
+        <v>-0.89</v>
       </c>
       <c r="K364" t="inlineStr">
         <is>
-          <t>9/15 | 30</t>
-[...18 lines deleted...]
-        <v>2.55</v>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="L364" t="inlineStr">
+        <is>
+          <t>5.250</t>
+        </is>
+      </c>
+      <c r="M364" t="inlineStr">
+        <is>
+          <t>3.663</t>
+        </is>
+      </c>
+      <c r="N364" t="inlineStr">
+        <is>
+          <t>2029-09-21</t>
+        </is>
+      </c>
+      <c r="O364" t="inlineStr">
+        <is>
+          <t>116.00</t>
+        </is>
+      </c>
+      <c r="P364" t="inlineStr">
+        <is>
+          <t>15.717</t>
+        </is>
+      </c>
+      <c r="Q364" t="inlineStr">
+        <is>
+          <t>!</t>
+        </is>
       </c>
       <c r="R364" t="n">
-        <v>14.25</v>
+        <v>53.9198</v>
       </c>
       <c r="S364" t="n">
-        <v>14.05</v>
+        <v>1.9527</v>
       </c>
       <c r="T364" t="n">
-        <v>12.96</v>
+        <v>1.6561</v>
       </c>
       <c r="U364" t="n">
-        <v>17.89</v>
+        <v>1.57</v>
       </c>
       <c r="V364" t="n">
-        <v>15.35</v>
+        <v>1.02</v>
       </c>
       <c r="W364" t="n">
-        <v>23.04</v>
-      </c>
+        <v>51.51</v>
+      </c>
+      <c r="X364" t="n">
+        <v>43.72</v>
+      </c>
+      <c r="Y364" t="n">
+        <v>40.54</v>
+      </c>
+      <c r="Z364" t="inlineStr"/>
+      <c r="AA364" t="inlineStr"/>
+      <c r="AB364" t="inlineStr"/>
     </row>
     <row r="365">
       <c r="A365" t="inlineStr">
         <is>
-          <t>127018</t>
+          <t>127079</t>
         </is>
       </c>
       <c r="B365" t="inlineStr">
         <is>
-          <t>本钢转债</t>
+          <t>华亚转债</t>
         </is>
       </c>
       <c r="C365" t="inlineStr">
         <is>
-          <t>000761</t>
+          <t>205.393</t>
         </is>
       </c>
       <c r="D365" t="inlineStr">
         <is>
-          <t>本钢板材</t>
-[...10 lines deleted...]
-        </is>
+          <t>-1.396</t>
+        </is>
+      </c>
+      <c r="E365" t="n">
+        <v>18.35</v>
+      </c>
+      <c r="F365" t="n">
+        <v>173.5438</v>
       </c>
       <c r="G365" t="inlineStr">
         <is>
-          <t>0.564</t>
+          <t>003043</t>
         </is>
       </c>
       <c r="H365" t="inlineStr">
         <is>
-          <t>2026-06-29</t>
-[...10 lines deleted...]
-        </is>
+          <t>华亚智能</t>
+        </is>
+      </c>
+      <c r="I365" t="n">
+        <v>53.33</v>
+      </c>
+      <c r="J365" t="n">
+        <v>-0.84</v>
       </c>
       <c r="K365" t="inlineStr">
         <is>
-          <t>0/15 | 30</t>
-[...18 lines deleted...]
-        <v>-12.33</v>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="L365" t="inlineStr">
+        <is>
+          <t>3.106</t>
+        </is>
+      </c>
+      <c r="M365" t="inlineStr">
+        <is>
+          <t>2.899</t>
+        </is>
+      </c>
+      <c r="N365" t="inlineStr">
+        <is>
+          <t>2028-12-16</t>
+        </is>
+      </c>
+      <c r="O365" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="P365" t="inlineStr">
+        <is>
+          <t>39.949</t>
+        </is>
+      </c>
+      <c r="Q365" t="inlineStr">
+        <is>
+          <t>!</t>
+        </is>
       </c>
       <c r="R365" t="n">
-        <v>3.27</v>
+        <v>31.5465</v>
       </c>
       <c r="S365" t="n">
-        <v>7.49</v>
+        <v>2.4238</v>
       </c>
       <c r="T365" t="n">
-        <v>7.26</v>
-[...3 lines deleted...]
-      <c r="W365" t="inlineStr"/>
+        <v>1.8823</v>
+      </c>
+      <c r="U365" t="n">
+        <v>0.8100000000000001</v>
+      </c>
+      <c r="V365" t="n">
+        <v>0.88</v>
+      </c>
+      <c r="W365" t="n">
+        <v>32.8</v>
+      </c>
+      <c r="X365" t="n">
+        <v>38.93</v>
+      </c>
+      <c r="Y365" t="n">
+        <v>28.36</v>
+      </c>
+      <c r="Z365" t="inlineStr"/>
+      <c r="AA365" t="inlineStr"/>
+      <c r="AB365" t="inlineStr"/>
     </row>
     <row r="366">
       <c r="A366" t="inlineStr">
         <is>
-          <t>118025</t>
+          <t>123114</t>
         </is>
       </c>
       <c r="B366" t="inlineStr">
         <is>
-          <t>奕瑞转债</t>
+          <t>三角转债</t>
         </is>
       </c>
       <c r="C366" t="inlineStr">
         <is>
-          <t>688301</t>
+          <t>160.016</t>
         </is>
       </c>
       <c r="D366" t="inlineStr">
         <is>
-          <t>奕瑞科技</t>
-[...10 lines deleted...]
-        </is>
+          <t>-1.461</t>
+        </is>
+      </c>
+      <c r="E366" t="n">
+        <v>31.9</v>
+      </c>
+      <c r="F366" t="n">
+        <v>121.3125</v>
       </c>
       <c r="G366" t="inlineStr">
         <is>
-          <t>2.888</t>
+          <t>300775</t>
         </is>
       </c>
       <c r="H366" t="inlineStr">
         <is>
-          <t>2028-10-24</t>
-[...10 lines deleted...]
-        </is>
+          <t>三角防务</t>
+        </is>
+      </c>
+      <c r="I366" t="n">
+        <v>38.08</v>
+      </c>
+      <c r="J366" t="n">
+        <v>-3.57</v>
       </c>
       <c r="K366" t="inlineStr">
         <is>
-          <t>0/15 | 30</t>
-[...18 lines deleted...]
-        <v>6.41</v>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="L366" t="inlineStr">
+        <is>
+          <t>9.001</t>
+        </is>
+      </c>
+      <c r="M366" t="inlineStr">
+        <is>
+          <t>1.334</t>
+        </is>
+      </c>
+      <c r="N366" t="inlineStr">
+        <is>
+          <t>2027-05-25</t>
+        </is>
+      </c>
+      <c r="O366" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="P366" t="inlineStr">
+        <is>
+          <t>40.807</t>
+        </is>
+      </c>
+      <c r="Q366" t="inlineStr">
+        <is>
+          <t>0/20 | 30 2023-01-26 重新计</t>
+        </is>
       </c>
       <c r="R366" t="n">
-        <v>21.72</v>
+        <v>30.0194</v>
       </c>
       <c r="S366" t="n">
-        <v>18.94</v>
+        <v>4.0844</v>
       </c>
       <c r="T366" t="n">
-        <v>18.69</v>
-[...3 lines deleted...]
-      <c r="W366" t="inlineStr"/>
+        <v>3.3444</v>
+      </c>
+      <c r="U366" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="V366" t="n">
+        <v>7.47</v>
+      </c>
+      <c r="W366" t="n">
+        <v>34.43</v>
+      </c>
+      <c r="X366" t="n">
+        <v>27.97</v>
+      </c>
+      <c r="Y366" t="n">
+        <v>19.78</v>
+      </c>
+      <c r="Z366" t="inlineStr"/>
+      <c r="AA366" t="inlineStr"/>
+      <c r="AB366" t="inlineStr"/>
     </row>
     <row r="367">
       <c r="A367" t="inlineStr">
         <is>
-          <t>128108</t>
+          <t>111024</t>
         </is>
       </c>
       <c r="B367" t="inlineStr">
         <is>
-          <t>蓝帆转债</t>
+          <t>澳弘转债</t>
         </is>
       </c>
       <c r="C367" t="inlineStr">
         <is>
-          <t>002382</t>
+          <t>182.006</t>
         </is>
       </c>
       <c r="D367" t="inlineStr">
         <is>
-          <t>蓝帆医疗</t>
-[...2 lines deleted...]
-      <c r="E367" t="inlineStr">
+          <t>-1.494</t>
+        </is>
+      </c>
+      <c r="E367" t="n">
+        <v>93.06999999999999</v>
+      </c>
+      <c r="F367" t="n">
+        <v>94.2714</v>
+      </c>
+      <c r="G367" t="inlineStr">
+        <is>
+          <t>605058</t>
+        </is>
+      </c>
+      <c r="H367" t="inlineStr">
+        <is>
+          <t>澳弘电子</t>
+        </is>
+      </c>
+      <c r="I367" t="n">
+        <v>32.09</v>
+      </c>
+      <c r="J367" t="n">
+        <v>-0.16</v>
+      </c>
+      <c r="K367" t="inlineStr">
         <is>
           <t>AA-</t>
         </is>
       </c>
-      <c r="F367" t="inlineStr">
-[...45 lines deleted...]
-        <v>-3.72</v>
+      <c r="L367" t="inlineStr">
+        <is>
+          <t>5.800</t>
+        </is>
+      </c>
+      <c r="M367" t="inlineStr">
+        <is>
+          <t>5.882</t>
+        </is>
+      </c>
+      <c r="N367" t="inlineStr">
+        <is>
+          <t>2031-12-10</t>
+        </is>
+      </c>
+      <c r="O367" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="P367" t="inlineStr">
+        <is>
+          <t>44.252</t>
+        </is>
+      </c>
+      <c r="Q367" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R367" t="n">
-        <v>1.82</v>
+        <v>39.1964</v>
       </c>
       <c r="S367" t="n">
-        <v>6.91</v>
+        <v>2.0034</v>
       </c>
       <c r="T367" t="n">
-        <v>15.8</v>
-[...2 lines deleted...]
-      <c r="V367" t="inlineStr"/>
+        <v>1.7382</v>
+      </c>
+      <c r="U367" t="n">
+        <v>1.41</v>
+      </c>
+      <c r="V367" t="n">
+        <v>1.33</v>
+      </c>
       <c r="W367" t="inlineStr"/>
+      <c r="X367" t="inlineStr"/>
+      <c r="Y367" t="inlineStr"/>
+      <c r="Z367" t="inlineStr"/>
+      <c r="AA367" t="inlineStr"/>
+      <c r="AB367" t="inlineStr"/>
     </row>
     <row r="368">
       <c r="A368" t="inlineStr">
         <is>
-          <t>118054</t>
+          <t>123243</t>
         </is>
       </c>
       <c r="B368" t="inlineStr">
         <is>
-          <t>安集转债</t>
+          <t>严牌转债</t>
         </is>
       </c>
       <c r="C368" t="inlineStr">
         <is>
-          <t>688019</t>
+          <t>167.433</t>
         </is>
       </c>
       <c r="D368" t="inlineStr">
         <is>
-          <t>安集科技</t>
-[...10 lines deleted...]
-        </is>
+          <t>-1.807</t>
+        </is>
+      </c>
+      <c r="E368" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="F368" t="n">
+        <v>165.6121</v>
       </c>
       <c r="G368" t="inlineStr">
         <is>
-          <t>5.340</t>
+          <t>301081</t>
         </is>
       </c>
       <c r="H368" t="inlineStr">
         <is>
-          <t>2031-04-07</t>
-[...10 lines deleted...]
-        </is>
+          <t>严牌股份</t>
+        </is>
+      </c>
+      <c r="I368" t="n">
+        <v>12.04</v>
+      </c>
+      <c r="J368" t="n">
+        <v>-1.55</v>
       </c>
       <c r="K368" t="inlineStr">
         <is>
-          <t>!</t>
-[...18 lines deleted...]
-        <v>3.01</v>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="L368" t="inlineStr">
+        <is>
+          <t>3.081</t>
+        </is>
+      </c>
+      <c r="M368" t="inlineStr">
+        <is>
+          <t>4.463</t>
+        </is>
+      </c>
+      <c r="N368" t="inlineStr">
+        <is>
+          <t>2030-07-10</t>
+        </is>
+      </c>
+      <c r="O368" t="inlineStr">
+        <is>
+          <t>114.00</t>
+        </is>
+      </c>
+      <c r="P368" t="inlineStr">
+        <is>
+          <t>9.451</t>
+        </is>
+      </c>
+      <c r="Q368" t="inlineStr">
+        <is>
+          <t>8/15 | 30 2026-01-14 重新计</t>
+        </is>
       </c>
       <c r="R368" t="n">
-        <v>45.21</v>
+        <v>52.6067</v>
       </c>
       <c r="S368" t="n">
-        <v>40.18</v>
-[...4 lines deleted...]
-      <c r="W368" t="inlineStr"/>
+        <v>1.6505</v>
+      </c>
+      <c r="T368" t="n">
+        <v>1.1276</v>
+      </c>
+      <c r="U368" t="n">
+        <v>0.42</v>
+      </c>
+      <c r="V368" t="n">
+        <v>0.66</v>
+      </c>
+      <c r="W368" t="n">
+        <v>27.71</v>
+      </c>
+      <c r="X368" t="n">
+        <v>24.02</v>
+      </c>
+      <c r="Y368" t="n">
+        <v>33.76</v>
+      </c>
+      <c r="Z368" t="inlineStr"/>
+      <c r="AA368" t="inlineStr"/>
+      <c r="AB368" t="inlineStr"/>
     </row>
     <row r="369">
       <c r="A369" t="inlineStr">
         <is>
-          <t>123254</t>
+          <t>118009</t>
         </is>
       </c>
       <c r="B369" t="inlineStr">
         <is>
-          <t>亿纬转债</t>
+          <t>华锐转债</t>
         </is>
       </c>
       <c r="C369" t="inlineStr">
         <is>
-          <t>300014</t>
+          <t>154.247</t>
         </is>
       </c>
       <c r="D369" t="inlineStr">
         <is>
-          <t>亿纬锂能</t>
-[...10 lines deleted...]
-        </is>
+          <t>-1.902</t>
+        </is>
+      </c>
+      <c r="E369" t="n">
+        <v>-0.04</v>
+      </c>
+      <c r="F369" t="n">
+        <v>154.306</v>
       </c>
       <c r="G369" t="inlineStr">
         <is>
-          <t>5.301</t>
+          <t>688059</t>
         </is>
       </c>
       <c r="H369" t="inlineStr">
         <is>
-          <t>2031-03-24</t>
-[...10 lines deleted...]
-        </is>
+          <t>华锐精密</t>
+        </is>
+      </c>
+      <c r="I369" t="n">
+        <v>95.5</v>
+      </c>
+      <c r="J369" t="n">
+        <v>-2.31</v>
       </c>
       <c r="K369" t="inlineStr">
         <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="L369" t="inlineStr">
+        <is>
+          <t>0.900</t>
+        </is>
+      </c>
+      <c r="M369" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="N369" t="inlineStr">
+        <is>
+          <t>2028-06-24</t>
+        </is>
+      </c>
+      <c r="O369" t="inlineStr">
+        <is>
+          <t>113.00</t>
+        </is>
+      </c>
+      <c r="P369" t="inlineStr">
+        <is>
+          <t>80.457</t>
+        </is>
+      </c>
+      <c r="Q369" t="inlineStr">
+        <is>
           <t>!</t>
         </is>
       </c>
-      <c r="L369" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R369" t="n">
-        <v>56.16</v>
+        <v>47.9764</v>
       </c>
       <c r="S369" t="n">
-        <v>40.26</v>
-[...4 lines deleted...]
-      <c r="W369" t="inlineStr"/>
+        <v>1.8589</v>
+      </c>
+      <c r="T369" t="n">
+        <v>1.2724</v>
+      </c>
+      <c r="U369" t="n">
+        <v>1.07</v>
+      </c>
+      <c r="V369" t="n">
+        <v>1.58</v>
+      </c>
+      <c r="W369" t="n">
+        <v>40.54</v>
+      </c>
+      <c r="X369" t="n">
+        <v>31.58</v>
+      </c>
+      <c r="Y369" t="n">
+        <v>23.39</v>
+      </c>
+      <c r="Z369" t="inlineStr"/>
+      <c r="AA369" t="inlineStr"/>
+      <c r="AB369" t="inlineStr"/>
     </row>
     <row r="370">
       <c r="A370" t="inlineStr">
         <is>
-          <t>113037</t>
+          <t>123241</t>
         </is>
       </c>
       <c r="B370" t="inlineStr">
         <is>
-          <t>紫银转债</t>
+          <t>欧通转债</t>
         </is>
       </c>
       <c r="C370" t="inlineStr">
         <is>
-          <t>601860</t>
+          <t>687.795</t>
         </is>
       </c>
       <c r="D370" t="inlineStr">
         <is>
-          <t>紫金银行</t>
-[...10 lines deleted...]
-        </is>
+          <t>-1.986</t>
+        </is>
+      </c>
+      <c r="E370" t="n">
+        <v>37.4</v>
+      </c>
+      <c r="F370" t="n">
+        <v>500.574</v>
       </c>
       <c r="G370" t="inlineStr">
         <is>
-          <t>0.630</t>
+          <t>300870</t>
         </is>
       </c>
       <c r="H370" t="inlineStr">
         <is>
-          <t>2026-07-23</t>
-[...10 lines deleted...]
-        </is>
+          <t>欧陆通</t>
+        </is>
+      </c>
+      <c r="I370" t="n">
+        <v>218</v>
+      </c>
+      <c r="J370" t="n">
+        <v>-3.45</v>
       </c>
       <c r="K370" t="inlineStr">
         <is>
-          <t>0/15 | 30</t>
-[...14 lines deleted...]
-        <v>16</v>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="L370" t="inlineStr">
+        <is>
+          <t>2.605</t>
+        </is>
+      </c>
+      <c r="M370" t="inlineStr">
+        <is>
+          <t>4.449</t>
+        </is>
+      </c>
+      <c r="N370" t="inlineStr">
+        <is>
+          <t>2030-07-05</t>
+        </is>
+      </c>
+      <c r="O370" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="P370" t="inlineStr">
+        <is>
+          <t>56.615</t>
+        </is>
+      </c>
+      <c r="Q370" t="inlineStr">
+        <is>
+          <t>!</t>
+        </is>
       </c>
       <c r="R370" t="n">
-        <v>2.53</v>
+        <v>52.1953</v>
       </c>
       <c r="S370" t="n">
-        <v>7.39</v>
+        <v>1.5619</v>
       </c>
       <c r="T370" t="n">
-        <v>4.77</v>
-[...3 lines deleted...]
-      <c r="W370" t="inlineStr"/>
+        <v>1.3152</v>
+      </c>
+      <c r="U370" t="n">
+        <v>2.68</v>
+      </c>
+      <c r="V370" t="n">
+        <v>1.96</v>
+      </c>
+      <c r="W370" t="n">
+        <v>53.98</v>
+      </c>
+      <c r="X370" t="n">
+        <v>53.83</v>
+      </c>
+      <c r="Y370" t="n">
+        <v>67.45</v>
+      </c>
+      <c r="Z370" t="inlineStr"/>
+      <c r="AA370" t="inlineStr"/>
+      <c r="AB370" t="inlineStr"/>
     </row>
     <row r="371">
       <c r="A371" t="inlineStr">
         <is>
-          <t>127085</t>
+          <t>123221</t>
         </is>
       </c>
       <c r="B371" t="inlineStr">
         <is>
-          <t>韵达转债</t>
+          <t>力诺转债</t>
         </is>
       </c>
       <c r="C371" t="inlineStr">
         <is>
-          <t>002120</t>
+          <t>145.618</t>
         </is>
       </c>
       <c r="D371" t="inlineStr">
         <is>
-          <t>韵达股份</t>
-[...10 lines deleted...]
-        </is>
+          <t>-2.005</t>
+        </is>
+      </c>
+      <c r="E371" t="n">
+        <v>8.83</v>
+      </c>
+      <c r="F371" t="n">
+        <v>133.8028</v>
       </c>
       <c r="G371" t="inlineStr">
         <is>
-          <t>3.351</t>
+          <t>301188</t>
         </is>
       </c>
       <c r="H371" t="inlineStr">
         <is>
-          <t>2029-04-11</t>
-[...2 lines deleted...]
-      <c r="I371" t="inlineStr">
+          <t>力诺药包</t>
+        </is>
+      </c>
+      <c r="I371" t="n">
+        <v>19</v>
+      </c>
+      <c r="J371" t="n">
+        <v>1.88</v>
+      </c>
+      <c r="K371" t="inlineStr">
+        <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="L371" t="inlineStr">
+        <is>
+          <t>4.053</t>
+        </is>
+      </c>
+      <c r="M371" t="inlineStr">
+        <is>
+          <t>3.584</t>
+        </is>
+      </c>
+      <c r="N371" t="inlineStr">
+        <is>
+          <t>2029-08-23</t>
+        </is>
+      </c>
+      <c r="O371" t="inlineStr">
         <is>
           <t>108.00</t>
         </is>
       </c>
-      <c r="J371" t="inlineStr">
-[...25 lines deleted...]
-        <v>14.83</v>
+      <c r="P371" t="inlineStr">
+        <is>
+          <t>18.460</t>
+        </is>
+      </c>
+      <c r="Q371" t="inlineStr">
+        <is>
+          <t>7/15 | 30 2025-09-08 重新计</t>
+        </is>
       </c>
       <c r="R371" t="n">
-        <v>6.61</v>
+        <v>37.3627</v>
       </c>
       <c r="S371" t="n">
-        <v>12.89</v>
+        <v>2.7766</v>
       </c>
       <c r="T371" t="n">
-        <v>12.2</v>
-[...3 lines deleted...]
-      <c r="W371" t="inlineStr"/>
+        <v>1.8624</v>
+      </c>
+      <c r="U371" t="n">
+        <v>0.66</v>
+      </c>
+      <c r="V371" t="n">
+        <v>0.66</v>
+      </c>
+      <c r="W371" t="n">
+        <v>14.33</v>
+      </c>
+      <c r="X371" t="n">
+        <v>15.56</v>
+      </c>
+      <c r="Y371" t="n">
+        <v>28.84</v>
+      </c>
+      <c r="Z371" t="inlineStr"/>
+      <c r="AA371" t="inlineStr"/>
+      <c r="AB371" t="inlineStr"/>
     </row>
     <row r="372">
       <c r="A372" t="inlineStr">
         <is>
-          <t>123039</t>
+          <t>123210</t>
         </is>
       </c>
       <c r="B372" t="inlineStr">
         <is>
-          <t>开润转债</t>
+          <t>信服转债</t>
         </is>
       </c>
       <c r="C372" t="inlineStr">
         <is>
-          <t>300577</t>
+          <t>174.901</t>
         </is>
       </c>
       <c r="D372" t="inlineStr">
         <is>
-          <t>开润股份</t>
-[...10 lines deleted...]
-        </is>
+          <t>-2.453</t>
+        </is>
+      </c>
+      <c r="E372" t="n">
+        <v>16.01</v>
+      </c>
+      <c r="F372" t="n">
+        <v>150.7617</v>
       </c>
       <c r="G372" t="inlineStr">
         <is>
-          <t>0.058</t>
+          <t>300454</t>
         </is>
       </c>
       <c r="H372" t="inlineStr">
         <is>
-          <t>2025-12-26</t>
-[...10 lines deleted...]
-        </is>
+          <t>深信服</t>
+        </is>
+      </c>
+      <c r="I372" t="n">
+        <v>167.24</v>
+      </c>
+      <c r="J372" t="n">
+        <v>0.11</v>
       </c>
       <c r="K372" t="inlineStr">
         <is>
-          <t>0/15 | 30</t>
-[...18 lines deleted...]
-        <v>0.47</v>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="L372" t="inlineStr">
+        <is>
+          <t>12.140</t>
+        </is>
+      </c>
+      <c r="M372" t="inlineStr">
+        <is>
+          <t>3.510</t>
+        </is>
+      </c>
+      <c r="N372" t="inlineStr">
+        <is>
+          <t>2029-07-27</t>
+        </is>
+      </c>
+      <c r="O372" t="inlineStr">
+        <is>
+          <t>108.00</t>
+        </is>
+      </c>
+      <c r="P372" t="inlineStr">
+        <is>
+          <t>144.209</t>
+        </is>
+      </c>
+      <c r="Q372" t="inlineStr">
+        <is>
+          <t>7/15 | 30</t>
+        </is>
       </c>
       <c r="R372" t="n">
-        <v>3.8</v>
+        <v>38.1253</v>
       </c>
       <c r="S372" t="n">
-        <v>6.93</v>
+        <v>1.9645</v>
       </c>
       <c r="T372" t="n">
-        <v>10.92</v>
-[...3 lines deleted...]
-      <c r="W372" t="inlineStr"/>
+        <v>1.8334</v>
+      </c>
+      <c r="U372" t="n">
+        <v>1.97</v>
+      </c>
+      <c r="V372" t="n">
+        <v>1.98</v>
+      </c>
+      <c r="W372" t="n">
+        <v>77.31999999999999</v>
+      </c>
+      <c r="X372" t="n">
+        <v>51.13</v>
+      </c>
+      <c r="Y372" t="n">
+        <v>33.76</v>
+      </c>
+      <c r="Z372" t="inlineStr"/>
+      <c r="AA372" t="inlineStr"/>
+      <c r="AB372" t="inlineStr"/>
     </row>
     <row r="373">
       <c r="A373" t="inlineStr">
         <is>
-          <t>113033</t>
+          <t>118000</t>
         </is>
       </c>
       <c r="B373" t="inlineStr">
         <is>
-          <t>利群转债</t>
+          <t>嘉元转债</t>
         </is>
       </c>
       <c r="C373" t="inlineStr">
         <is>
-          <t>601366</t>
+          <t>137.364</t>
         </is>
       </c>
       <c r="D373" t="inlineStr">
         <is>
-          <t>利群股份</t>
-[...10 lines deleted...]
-        </is>
+          <t>-2.777</t>
+        </is>
+      </c>
+      <c r="E373" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="F373" t="n">
+        <v>137.3116</v>
       </c>
       <c r="G373" t="inlineStr">
         <is>
-          <t>0.321</t>
+          <t>688388</t>
         </is>
       </c>
       <c r="H373" t="inlineStr">
         <is>
-          <t>2026-04-01</t>
-[...10 lines deleted...]
-        </is>
+          <t>嘉元科技</t>
+        </is>
+      </c>
+      <c r="I373" t="n">
+        <v>45.56</v>
+      </c>
+      <c r="J373" t="n">
+        <v>-2.46</v>
       </c>
       <c r="K373" t="inlineStr">
         <is>
-          <t>0/15 | 30</t>
-[...18 lines deleted...]
-        <v>-1.73</v>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="L373" t="inlineStr">
+        <is>
+          <t>9.084</t>
+        </is>
+      </c>
+      <c r="M373" t="inlineStr">
+        <is>
+          <t>1.085</t>
+        </is>
+      </c>
+      <c r="N373" t="inlineStr">
+        <is>
+          <t>2027-02-23</t>
+        </is>
+      </c>
+      <c r="O373" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="P373" t="inlineStr">
+        <is>
+          <t>43.134</t>
+        </is>
+      </c>
+      <c r="Q373" t="inlineStr">
+        <is>
+          <t>9/15 | 30 2022-07-19 重新计</t>
+        </is>
       </c>
       <c r="R373" t="n">
-        <v>3.34</v>
+        <v>49.9828</v>
       </c>
       <c r="S373" t="n">
-        <v>8.359999999999999</v>
+        <v>2.0801</v>
       </c>
       <c r="T373" t="n">
-        <v>18.8</v>
+        <v>1.6531</v>
       </c>
       <c r="U373" t="n">
-        <v>9.210000000000001</v>
+        <v>-2.39</v>
       </c>
       <c r="V373" t="n">
-        <v>12.81</v>
+        <v>0.19</v>
       </c>
       <c r="W373" t="n">
-        <v>26.7</v>
-      </c>
+        <v>24.35</v>
+      </c>
+      <c r="X373" t="n">
+        <v>23.72</v>
+      </c>
+      <c r="Y373" t="n">
+        <v>14.95</v>
+      </c>
+      <c r="Z373" t="inlineStr"/>
+      <c r="AA373" t="inlineStr"/>
+      <c r="AB373" t="inlineStr"/>
     </row>
     <row r="374">
       <c r="A374" t="inlineStr">
         <is>
-          <t>127027</t>
+          <t>113575</t>
         </is>
       </c>
       <c r="B374" t="inlineStr">
         <is>
-          <t>能化转债</t>
+          <t>东时转债</t>
         </is>
       </c>
       <c r="C374" t="inlineStr">
         <is>
-          <t>000552</t>
+          <t>209.767</t>
         </is>
       </c>
       <c r="D374" t="inlineStr">
         <is>
-          <t>甘肃能化</t>
-[...10 lines deleted...]
-        </is>
+          <t>-3.092</t>
+        </is>
+      </c>
+      <c r="E374" t="n">
+        <v>138.35</v>
+      </c>
+      <c r="F374" t="n">
+        <v>88.009</v>
       </c>
       <c r="G374" t="inlineStr">
         <is>
-          <t>1.014</t>
+          <t>603377</t>
         </is>
       </c>
       <c r="H374" t="inlineStr">
         <is>
-          <t>2026-12-10</t>
-[...10 lines deleted...]
-        </is>
+          <t>ST东时</t>
+        </is>
+      </c>
+      <c r="I374" t="n">
+        <v>3.89</v>
+      </c>
+      <c r="J374" t="n">
+        <v>-0.26</v>
       </c>
       <c r="K374" t="inlineStr">
         <is>
-          <t>0/15 | 30 2022-08-22 重新计</t>
-[...18 lines deleted...]
-        <v>31.69</v>
+          <t>CCC</t>
+        </is>
+      </c>
+      <c r="L374" t="inlineStr">
+        <is>
+          <t>0.972</t>
+        </is>
+      </c>
+      <c r="M374" t="inlineStr">
+        <is>
+          <t>0.208</t>
+        </is>
+      </c>
+      <c r="N374" t="inlineStr">
+        <is>
+          <t>2026-04-09</t>
+        </is>
+      </c>
+      <c r="O374" t="inlineStr">
+        <is>
+          <t>108.00</t>
+        </is>
+      </c>
+      <c r="P374" t="inlineStr">
+        <is>
+          <t>5.746</t>
+        </is>
+      </c>
+      <c r="Q374" t="inlineStr">
+        <is>
+          <t>0/15 | 30 2021-02-05 重新计</t>
+        </is>
       </c>
       <c r="R374" t="n">
-        <v>7.91</v>
+        <v>73.52200000000001</v>
       </c>
       <c r="S374" t="n">
-        <v>12.65</v>
+        <v>0.2777</v>
       </c>
       <c r="T374" t="n">
-        <v>13.45</v>
-[...3 lines deleted...]
-      <c r="W374" t="inlineStr"/>
+        <v>0.27</v>
+      </c>
+      <c r="U374" t="n">
+        <v>-9.029999999999999</v>
+      </c>
+      <c r="V374" t="n">
+        <v>-3.62</v>
+      </c>
+      <c r="W374" t="n">
+        <v>93.09</v>
+      </c>
+      <c r="X374" t="n">
+        <v>86.8</v>
+      </c>
+      <c r="Y374" t="n">
+        <v>93.31</v>
+      </c>
+      <c r="Z374" t="n">
+        <v>35.54</v>
+      </c>
+      <c r="AA374" t="n">
+        <v>40.86</v>
+      </c>
+      <c r="AB374" t="n">
+        <v>53.1</v>
+      </c>
     </row>
     <row r="375">
       <c r="A375" t="inlineStr">
         <is>
-          <t>127015</t>
+          <t>113639</t>
         </is>
       </c>
       <c r="B375" t="inlineStr">
         <is>
-          <t>希望转债</t>
+          <t>华正转债</t>
         </is>
       </c>
       <c r="C375" t="inlineStr">
         <is>
-          <t>000876</t>
+          <t>178.960</t>
         </is>
       </c>
       <c r="D375" t="inlineStr">
         <is>
-          <t>新 希 望</t>
-[...10 lines deleted...]
-        </is>
+          <t>-3.152</t>
+        </is>
+      </c>
+      <c r="E375" t="n">
+        <v>-0.41</v>
+      </c>
+      <c r="F375" t="n">
+        <v>179.6936</v>
       </c>
       <c r="G375" t="inlineStr">
         <is>
-          <t>0.080</t>
+          <t>603186</t>
         </is>
       </c>
       <c r="H375" t="inlineStr">
         <is>
-          <t>2026-01-03</t>
-[...10 lines deleted...]
-        </is>
+          <t>华正新材</t>
+        </is>
+      </c>
+      <c r="I375" t="n">
+        <v>69.2</v>
+      </c>
+      <c r="J375" t="n">
+        <v>-3.38</v>
       </c>
       <c r="K375" t="inlineStr">
         <is>
-          <t>0/15 | 30</t>
-[...18 lines deleted...]
-        <v>-14.6</v>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="L375" t="inlineStr">
+        <is>
+          <t>5.630</t>
+        </is>
+      </c>
+      <c r="M375" t="inlineStr">
+        <is>
+          <t>2.003</t>
+        </is>
+      </c>
+      <c r="N375" t="inlineStr">
+        <is>
+          <t>2028-01-24</t>
+        </is>
+      </c>
+      <c r="O375" t="inlineStr">
+        <is>
+          <t>108.00</t>
+        </is>
+      </c>
+      <c r="P375" t="inlineStr">
+        <is>
+          <t>50.063</t>
+        </is>
+      </c>
+      <c r="Q375" t="inlineStr">
+        <is>
+          <t>已满足强赎条件 !</t>
+        </is>
       </c>
       <c r="R375" t="n">
-        <v>4.22</v>
+        <v>75.8995</v>
       </c>
       <c r="S375" t="n">
-        <v>9.91</v>
+        <v>0.9076</v>
       </c>
       <c r="T375" t="n">
-        <v>13.07</v>
-[...3 lines deleted...]
-      <c r="W375" t="inlineStr"/>
+        <v>0.769</v>
+      </c>
+      <c r="U375" t="n">
+        <v>-0.97</v>
+      </c>
+      <c r="V375" t="n">
+        <v>-1.21</v>
+      </c>
+      <c r="W375" t="n">
+        <v>36.14</v>
+      </c>
+      <c r="X375" t="n">
+        <v>32.74</v>
+      </c>
+      <c r="Y375" t="n">
+        <v>26.28</v>
+      </c>
+      <c r="Z375" t="n">
+        <v>60.63</v>
+      </c>
+      <c r="AA375" t="n">
+        <v>62.61</v>
+      </c>
+      <c r="AB375" t="n">
+        <v>57.61</v>
+      </c>
     </row>
     <row r="376">
       <c r="A376" t="inlineStr">
         <is>
-          <t>113067</t>
+          <t>113045</t>
         </is>
       </c>
       <c r="B376" t="inlineStr">
         <is>
-          <t>燃23转债</t>
+          <t>Z环旭转</t>
         </is>
       </c>
       <c r="C376" t="inlineStr">
         <is>
-          <t>601139</t>
+          <t>163.745</t>
         </is>
       </c>
       <c r="D376" t="inlineStr">
         <is>
-          <t>深圳燃气</t>
-[...10 lines deleted...]
-        </is>
+          <t>-3.690</t>
+        </is>
+      </c>
+      <c r="E376" t="n">
+        <v>-0.51</v>
+      </c>
+      <c r="F376" t="n">
+        <v>164.5856</v>
       </c>
       <c r="G376" t="inlineStr">
         <is>
-          <t>3.644</t>
+          <t>601231</t>
         </is>
       </c>
       <c r="H376" t="inlineStr">
         <is>
-          <t>2029-07-27</t>
-[...10 lines deleted...]
-        </is>
+          <t>环旭电子</t>
+        </is>
+      </c>
+      <c r="I376" t="n">
+        <v>30.58</v>
+      </c>
+      <c r="J376" t="n">
+        <v>-3.87</v>
       </c>
       <c r="K376" t="inlineStr">
         <is>
-          <t>0/15 | 30</t>
-[...18 lines deleted...]
-        <v>12.22</v>
+          <t>AA+</t>
+        </is>
+      </c>
+      <c r="L376" t="inlineStr">
+        <is>
+          <t>0.852</t>
+        </is>
+      </c>
+      <c r="M376" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="N376" t="inlineStr">
+        <is>
+          <t>2027-03-04</t>
+        </is>
+      </c>
+      <c r="O376" t="inlineStr">
+        <is>
+          <t>108.00</t>
+        </is>
+      </c>
+      <c r="P376" t="inlineStr">
+        <is>
+          <t>24.154</t>
+        </is>
+      </c>
+      <c r="Q376" t="inlineStr">
+        <is>
+          <t>!</t>
+        </is>
       </c>
       <c r="R376" t="n">
-        <v>6.83</v>
+        <v>55.0884</v>
       </c>
       <c r="S376" t="n">
-        <v>10.61</v>
+        <v>1.7751</v>
       </c>
       <c r="T376" t="n">
-        <v>11.74</v>
-[...3 lines deleted...]
-      <c r="W376" t="inlineStr"/>
+        <v>1.3371</v>
+      </c>
+      <c r="U376" t="n">
+        <v>16.52</v>
+      </c>
+      <c r="V376" t="n">
+        <v>19.48</v>
+      </c>
+      <c r="W376" t="n">
+        <v>70.12</v>
+      </c>
+      <c r="X376" t="n">
+        <v>46.01</v>
+      </c>
+      <c r="Y376" t="n">
+        <v>27.9</v>
+      </c>
+      <c r="Z376" t="n">
+        <v>74.16</v>
+      </c>
+      <c r="AA376" t="n">
+        <v>64.78</v>
+      </c>
+      <c r="AB376" t="n">
+        <v>49.26</v>
+      </c>
     </row>
     <row r="377">
       <c r="A377" t="inlineStr">
         <is>
-          <t>110064</t>
+          <t>113676</t>
         </is>
       </c>
       <c r="B377" t="inlineStr">
         <is>
-          <t>建工转债</t>
+          <t>荣23转债</t>
         </is>
       </c>
       <c r="C377" t="inlineStr">
         <is>
-          <t>600939</t>
+          <t>140.903</t>
         </is>
       </c>
       <c r="D377" t="inlineStr">
         <is>
-          <t>重庆建工</t>
-[...10 lines deleted...]
-        </is>
+          <t>-4.513</t>
+        </is>
+      </c>
+      <c r="E377" t="n">
+        <v>1.08</v>
+      </c>
+      <c r="F377" t="n">
+        <v>139.3911</v>
       </c>
       <c r="G377" t="inlineStr">
         <is>
-          <t>0.041</t>
+          <t>603165</t>
         </is>
       </c>
       <c r="H377" t="inlineStr">
         <is>
-          <t>2025-12-20</t>
-[...10 lines deleted...]
-        </is>
+          <t>荣晟环保</t>
+        </is>
+      </c>
+      <c r="I377" t="n">
+        <v>14.65</v>
+      </c>
+      <c r="J377" t="n">
+        <v>-2.4</v>
       </c>
       <c r="K377" t="inlineStr">
         <is>
-          <t>0/15 | 30</t>
-[...18 lines deleted...]
-        <v>1.51</v>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="L377" t="inlineStr">
+        <is>
+          <t>5.758</t>
+        </is>
+      </c>
+      <c r="M377" t="inlineStr">
+        <is>
+          <t>3.570</t>
+        </is>
+      </c>
+      <c r="N377" t="inlineStr">
+        <is>
+          <t>2029-08-18</t>
+        </is>
+      </c>
+      <c r="O377" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="P377" t="inlineStr">
+        <is>
+          <t>13.663</t>
+        </is>
+      </c>
+      <c r="Q377" t="inlineStr">
+        <is>
+          <t>5/15 | 30</t>
+        </is>
       </c>
       <c r="R377" t="n">
-        <v>12.01</v>
+        <v>56.7389</v>
       </c>
       <c r="S377" t="n">
-        <v>14.36</v>
+        <v>1.7938</v>
       </c>
       <c r="T377" t="n">
-        <v>10.25</v>
-[...3 lines deleted...]
-      <c r="W377" t="inlineStr"/>
+        <v>1.7493</v>
+      </c>
+      <c r="U377" t="n">
+        <v>2.86</v>
+      </c>
+      <c r="V377" t="n">
+        <v>2.71</v>
+      </c>
+      <c r="W377" t="n">
+        <v>19.74</v>
+      </c>
+      <c r="X377" t="n">
+        <v>18.11</v>
+      </c>
+      <c r="Y377" t="n">
+        <v>19.04</v>
+      </c>
+      <c r="Z377" t="n">
+        <v>31.24</v>
+      </c>
+      <c r="AA377" t="n">
+        <v>34.66</v>
+      </c>
+      <c r="AB377" t="n">
+        <v>35.2</v>
+      </c>
     </row>
     <row r="378">
       <c r="A378" t="inlineStr">
         <is>
-          <t>111004</t>
+          <t>113589</t>
         </is>
       </c>
       <c r="B378" t="inlineStr">
         <is>
-          <t>明新转债</t>
+          <t>天创转债</t>
         </is>
       </c>
       <c r="C378" t="inlineStr">
         <is>
-          <t>605068</t>
+          <t>322.481</t>
         </is>
       </c>
       <c r="D378" t="inlineStr">
         <is>
-          <t>明新旭腾</t>
-[...10 lines deleted...]
-        </is>
+          <t>-5.402</t>
+        </is>
+      </c>
+      <c r="E378" t="n">
+        <v>231.38</v>
+      </c>
+      <c r="F378" t="n">
+        <v>97.31489999999999</v>
       </c>
       <c r="G378" t="inlineStr">
         <is>
-          <t>2.318</t>
+          <t>603608</t>
         </is>
       </c>
       <c r="H378" t="inlineStr">
         <is>
-          <t>2028-03-30</t>
-[...10 lines deleted...]
-        </is>
+          <t>天创时尚</t>
+        </is>
+      </c>
+      <c r="I378" t="n">
+        <v>11.96</v>
+      </c>
+      <c r="J378" t="n">
+        <v>-0.75</v>
       </c>
       <c r="K378" t="inlineStr">
         <is>
-          <t>0/15 | 30</t>
-[...18 lines deleted...]
-        <v>1.01</v>
+          <t>A-</t>
+        </is>
+      </c>
+      <c r="L378" t="inlineStr">
+        <is>
+          <t>0.665</t>
+        </is>
+      </c>
+      <c r="M378" t="inlineStr">
+        <is>
+          <t>0.416</t>
+        </is>
+      </c>
+      <c r="N378" t="inlineStr">
+        <is>
+          <t>2026-06-24</t>
+        </is>
+      </c>
+      <c r="O378" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="P378" t="inlineStr">
+        <is>
+          <t>15.977</t>
+        </is>
+      </c>
+      <c r="Q378" t="inlineStr">
+        <is>
+          <t>0/20 | 30</t>
+        </is>
       </c>
       <c r="R378" t="n">
-        <v>25.06</v>
+        <v>28.6034</v>
       </c>
       <c r="S378" t="n">
-        <v>23.46</v>
+        <v>3.4048</v>
       </c>
       <c r="T378" t="n">
-        <v>20.08</v>
-[...3 lines deleted...]
-      <c r="W378" t="inlineStr"/>
+        <v>2.3868</v>
+      </c>
+      <c r="U378" t="n">
+        <v>-0.91</v>
+      </c>
+      <c r="V378" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="W378" t="n">
+        <v>110.04</v>
+      </c>
+      <c r="X378" t="n">
+        <v>64.39</v>
+      </c>
+      <c r="Y378" t="n">
+        <v>54.56</v>
+      </c>
+      <c r="Z378" t="n">
+        <v>82.3</v>
+      </c>
+      <c r="AA378" t="n">
+        <v>64.48</v>
+      </c>
+      <c r="AB378" t="n">
+        <v>46.05</v>
+      </c>
     </row>
     <row r="379">
       <c r="A379" t="inlineStr">
         <is>
-          <t>128129</t>
+          <t>118065</t>
         </is>
       </c>
       <c r="B379" t="inlineStr">
         <is>
-          <t>青农转债</t>
-[...21 lines deleted...]
-      </c>
+          <t>艾为转债</t>
+        </is>
+      </c>
+      <c r="C379" t="inlineStr"/>
+      <c r="D379" t="inlineStr"/>
+      <c r="E379" t="inlineStr"/>
+      <c r="F379" t="inlineStr"/>
       <c r="G379" t="inlineStr">
         <is>
-          <t>0.721</t>
+          <t>688798</t>
         </is>
       </c>
       <c r="H379" t="inlineStr">
         <is>
-          <t>2026-08-25</t>
-[...2 lines deleted...]
-      <c r="I379" t="inlineStr">
+          <t>艾为电子</t>
+        </is>
+      </c>
+      <c r="I379" t="inlineStr"/>
+      <c r="J379" t="inlineStr"/>
+      <c r="K379" t="inlineStr">
+        <is>
+          <t>AA+</t>
+        </is>
+      </c>
+      <c r="L379" t="inlineStr">
+        <is>
+          <t>19.010</t>
+        </is>
+      </c>
+      <c r="M379" t="inlineStr">
+        <is>
+          <t>5.997</t>
+        </is>
+      </c>
+      <c r="N379" t="inlineStr">
+        <is>
+          <t>2032-01-21</t>
+        </is>
+      </c>
+      <c r="O379" t="inlineStr">
         <is>
           <t>108.00</t>
         </is>
       </c>
-      <c r="J379" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K379" t="inlineStr">
+      <c r="P379" t="inlineStr">
+        <is>
+          <t>103.779</t>
+        </is>
+      </c>
+      <c r="Q379" t="inlineStr">
         <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L379" t="n">
-[...12 lines deleted...]
-      </c>
       <c r="R379" t="n">
-        <v>6.64</v>
+        <v>20.4482</v>
       </c>
       <c r="S379" t="n">
-        <v>10.83</v>
+        <v>3.5595</v>
       </c>
       <c r="T379" t="n">
-        <v>6.76</v>
-[...2 lines deleted...]
-      <c r="V379" t="inlineStr"/>
+        <v>2.9321</v>
+      </c>
+      <c r="U379" t="n">
+        <v>2.55</v>
+      </c>
+      <c r="V379" t="n">
+        <v>0.51</v>
+      </c>
       <c r="W379" t="inlineStr"/>
+      <c r="X379" t="inlineStr"/>
+      <c r="Y379" t="inlineStr"/>
+      <c r="Z379" t="n">
+        <v>29.78</v>
+      </c>
+      <c r="AA379" t="n">
+        <v>34.59</v>
+      </c>
+      <c r="AB379" t="n">
+        <v>53.1</v>
+      </c>
     </row>
     <row r="380">
       <c r="A380" t="inlineStr">
         <is>
-          <t>113589</t>
+          <t>110100</t>
         </is>
       </c>
       <c r="B380" t="inlineStr">
         <is>
-          <t>天创转债</t>
-[...21 lines deleted...]
-      </c>
+          <t>龙建转债</t>
+        </is>
+      </c>
+      <c r="C380" t="inlineStr"/>
+      <c r="D380" t="inlineStr"/>
+      <c r="E380" t="inlineStr"/>
+      <c r="F380" t="inlineStr"/>
       <c r="G380" t="inlineStr">
         <is>
-          <t>0.551</t>
+          <t>600853</t>
         </is>
       </c>
       <c r="H380" t="inlineStr">
         <is>
-          <t>2026-06-24</t>
-[...2 lines deleted...]
-      <c r="I380" t="inlineStr">
+          <t>龙建股份</t>
+        </is>
+      </c>
+      <c r="I380" t="inlineStr"/>
+      <c r="J380" t="inlineStr"/>
+      <c r="K380" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="L380" t="inlineStr">
+        <is>
+          <t>10.000</t>
+        </is>
+      </c>
+      <c r="M380" t="inlineStr">
+        <is>
+          <t>5.997</t>
+        </is>
+      </c>
+      <c r="N380" t="inlineStr">
+        <is>
+          <t>2032-01-21</t>
+        </is>
+      </c>
+      <c r="O380" t="inlineStr">
         <is>
           <t>110.00</t>
         </is>
       </c>
-      <c r="J380" t="inlineStr">
-[...25 lines deleted...]
-        <v>-1.79</v>
+      <c r="P380" t="inlineStr">
+        <is>
+          <t>6.019</t>
+        </is>
+      </c>
+      <c r="Q380" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R380" t="n">
-        <v>12.63</v>
+        <v>81.37739999999999</v>
       </c>
       <c r="S380" t="n">
-        <v>12.24</v>
+        <v>0.9631</v>
       </c>
       <c r="T380" t="n">
-        <v>45.27</v>
-[...2 lines deleted...]
-      <c r="V380" t="inlineStr"/>
+        <v>0.9039</v>
+      </c>
+      <c r="U380" t="n">
+        <v>4.13</v>
+      </c>
+      <c r="V380" t="n">
+        <v>3.34</v>
+      </c>
       <c r="W380" t="inlineStr"/>
+      <c r="X380" t="inlineStr"/>
+      <c r="Y380" t="inlineStr"/>
+      <c r="Z380" t="n">
+        <v>38.2</v>
+      </c>
+      <c r="AA380" t="n">
+        <v>30.1</v>
+      </c>
+      <c r="AB380" t="n">
+        <v>34.88</v>
+      </c>
     </row>
     <row r="381">
       <c r="A381" t="inlineStr">
         <is>
-          <t>118004</t>
+          <t>127112</t>
         </is>
       </c>
       <c r="B381" t="inlineStr">
         <is>
-          <t>博瑞转债</t>
-[...21 lines deleted...]
-      </c>
+          <t>尚太转债</t>
+        </is>
+      </c>
+      <c r="C381" t="inlineStr"/>
+      <c r="D381" t="inlineStr"/>
+      <c r="E381" t="inlineStr"/>
+      <c r="F381" t="inlineStr"/>
       <c r="G381" t="inlineStr">
         <is>
-          <t>2.082</t>
+          <t>001301</t>
         </is>
       </c>
       <c r="H381" t="inlineStr">
         <is>
-          <t>2028-01-04</t>
-[...11 lines deleted...]
-      </c>
+          <t>尚太科技</t>
+        </is>
+      </c>
+      <c r="I381" t="inlineStr"/>
+      <c r="J381" t="inlineStr"/>
       <c r="K381" t="inlineStr">
         <is>
-          <t>!</t>
-[...18 lines deleted...]
-        <v>2.4</v>
+          <t>AA+</t>
+        </is>
+      </c>
+      <c r="L381" t="inlineStr">
+        <is>
+          <t>17.340</t>
+        </is>
+      </c>
+      <c r="M381" t="inlineStr">
+        <is>
+          <t>5.981</t>
+        </is>
+      </c>
+      <c r="N381" t="inlineStr">
+        <is>
+          <t>2032-01-15</t>
+        </is>
+      </c>
+      <c r="O381" t="inlineStr">
+        <is>
+          <t>107.00</t>
+        </is>
+      </c>
+      <c r="P381" t="inlineStr">
+        <is>
+          <t>110.123</t>
+        </is>
+      </c>
+      <c r="Q381" t="inlineStr">
+        <is>
+          <t>0/15 | 30</t>
+        </is>
       </c>
       <c r="R381" t="n">
-        <v>56.64</v>
+        <v>38.637</v>
       </c>
       <c r="S381" t="n">
-        <v>71.75</v>
+        <v>3.503</v>
       </c>
       <c r="T381" t="n">
-        <v>43.36</v>
+        <v>2.6969</v>
       </c>
       <c r="U381" t="n">
-        <v>58.91</v>
+        <v>8.380000000000001</v>
       </c>
       <c r="V381" t="n">
-        <v>70.92</v>
-[...2 lines deleted...]
-        <v>64.28</v>
+        <v>7.23</v>
+      </c>
+      <c r="W381" t="inlineStr"/>
+      <c r="X381" t="inlineStr"/>
+      <c r="Y381" t="inlineStr"/>
+      <c r="Z381" t="n">
+        <v>43.08</v>
+      </c>
+      <c r="AA381" t="n">
+        <v>58.65</v>
+      </c>
+      <c r="AB381" t="n">
+        <v>53.96</v>
       </c>
     </row>
     <row r="382">
       <c r="A382" t="inlineStr">
         <is>
-          <t>110063</t>
+          <t>123265</t>
         </is>
       </c>
       <c r="B382" t="inlineStr">
         <is>
-          <t>鹰19转债</t>
-[...21 lines deleted...]
-      </c>
+          <t>耐普转02</t>
+        </is>
+      </c>
+      <c r="C382" t="inlineStr"/>
+      <c r="D382" t="inlineStr"/>
+      <c r="E382" t="inlineStr"/>
+      <c r="F382" t="inlineStr"/>
       <c r="G382" t="inlineStr">
         <is>
-          <t>0.022</t>
+          <t>300818</t>
         </is>
       </c>
       <c r="H382" t="inlineStr">
         <is>
-          <t>2025-12-13</t>
-[...11 lines deleted...]
-      </c>
+          <t>耐普矿机</t>
+        </is>
+      </c>
+      <c r="I382" t="inlineStr"/>
+      <c r="J382" t="inlineStr"/>
       <c r="K382" t="inlineStr">
         <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="L382" t="inlineStr">
+        <is>
+          <t>4.500</t>
+        </is>
+      </c>
+      <c r="M382" t="inlineStr">
+        <is>
+          <t>5.981</t>
+        </is>
+      </c>
+      <c r="N382" t="inlineStr">
+        <is>
+          <t>2032-01-15</t>
+        </is>
+      </c>
+      <c r="O382" t="inlineStr">
+        <is>
+          <t>114.00</t>
+        </is>
+      </c>
+      <c r="P382" t="inlineStr">
+        <is>
+          <t>49.972</t>
+        </is>
+      </c>
+      <c r="Q382" t="inlineStr">
+        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L382" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="R382" t="n">
-        <v>17.87</v>
+        <v>41.1209</v>
       </c>
       <c r="S382" t="n">
-        <v>16</v>
+        <v>1.8333</v>
       </c>
       <c r="T382" t="n">
-        <v>31.11</v>
-[...2 lines deleted...]
-      <c r="V382" t="inlineStr"/>
+        <v>1.413</v>
+      </c>
+      <c r="U382" t="n">
+        <v>1.16</v>
+      </c>
+      <c r="V382" t="n">
+        <v>0.8</v>
+      </c>
       <c r="W382" t="inlineStr"/>
+      <c r="X382" t="inlineStr"/>
+      <c r="Y382" t="inlineStr"/>
+      <c r="Z382" t="n">
+        <v>49.03</v>
+      </c>
+      <c r="AA382" t="n">
+        <v>58.74</v>
+      </c>
+      <c r="AB382" t="n">
+        <v>49.66</v>
+      </c>
     </row>
     <row r="383">
       <c r="A383" t="inlineStr">
         <is>
-          <t>113056</t>
+          <t>118064</t>
         </is>
       </c>
       <c r="B383" t="inlineStr">
         <is>
-          <t>重银转债</t>
-[...21 lines deleted...]
-      </c>
+          <t>联瑞转债</t>
+        </is>
+      </c>
+      <c r="C383" t="inlineStr"/>
+      <c r="D383" t="inlineStr"/>
+      <c r="E383" t="inlineStr"/>
+      <c r="F383" t="inlineStr"/>
       <c r="G383" t="inlineStr">
         <is>
-          <t>2.299</t>
+          <t>688300</t>
         </is>
       </c>
       <c r="H383" t="inlineStr">
         <is>
-          <t>2028-03-23</t>
-[...2 lines deleted...]
-      <c r="I383" t="inlineStr">
+          <t>联瑞新材</t>
+        </is>
+      </c>
+      <c r="I383" t="inlineStr"/>
+      <c r="J383" t="inlineStr"/>
+      <c r="K383" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="L383" t="inlineStr">
+        <is>
+          <t>6.950</t>
+        </is>
+      </c>
+      <c r="M383" t="inlineStr">
+        <is>
+          <t>5.959</t>
+        </is>
+      </c>
+      <c r="N383" t="inlineStr">
+        <is>
+          <t>2032-01-07</t>
+        </is>
+      </c>
+      <c r="O383" t="inlineStr">
         <is>
           <t>110.00</t>
         </is>
       </c>
-      <c r="J383" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K383" t="inlineStr">
+      <c r="P383" t="inlineStr">
+        <is>
+          <t>82.615</t>
+        </is>
+      </c>
+      <c r="Q383" t="inlineStr">
         <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="L383" t="n">
-[...12 lines deleted...]
-      </c>
       <c r="R383" t="n">
-        <v>8.140000000000001</v>
+        <v>26.3761</v>
       </c>
       <c r="S383" t="n">
-        <v>8.779999999999999</v>
+        <v>3.0714</v>
       </c>
       <c r="T383" t="n">
-        <v>7.45</v>
-[...2 lines deleted...]
-      <c r="V383" t="inlineStr"/>
+        <v>2.7712</v>
+      </c>
+      <c r="U383" t="n">
+        <v>2.51</v>
+      </c>
+      <c r="V383" t="n">
+        <v>1.74</v>
+      </c>
       <c r="W383" t="inlineStr"/>
+      <c r="X383" t="inlineStr"/>
+      <c r="Y383" t="inlineStr"/>
+      <c r="Z383" t="n">
+        <v>48.48</v>
+      </c>
+      <c r="AA383" t="n">
+        <v>46.98</v>
+      </c>
+      <c r="AB383" t="n">
+        <v>53.45</v>
+      </c>
     </row>
     <row r="384">
       <c r="A384" t="inlineStr">
         <is>
-          <t>113062</t>
+          <t>127033</t>
         </is>
       </c>
       <c r="B384" t="inlineStr">
         <is>
-          <t>常银转债</t>
+          <t>中装转2</t>
         </is>
       </c>
       <c r="C384" t="inlineStr">
         <is>
-          <t>601128</t>
+          <t>0.000</t>
         </is>
       </c>
       <c r="D384" t="inlineStr">
         <is>
-          <t>常熟银行</t>
-[...10 lines deleted...]
-        </is>
+          <t>0.000</t>
+        </is>
+      </c>
+      <c r="E384" t="n">
+        <v>-7.84</v>
+      </c>
+      <c r="F384" t="n">
+        <v>97.36150000000001</v>
       </c>
       <c r="G384" t="inlineStr">
         <is>
-          <t>2.781</t>
+          <t>002822</t>
         </is>
       </c>
       <c r="H384" t="inlineStr">
         <is>
-          <t>2028-09-15</t>
-[...10 lines deleted...]
-        </is>
+          <t>ST中装</t>
+        </is>
+      </c>
+      <c r="I384" t="n">
+        <v>3.69</v>
+      </c>
+      <c r="J384" t="n">
+        <v>-1.07</v>
       </c>
       <c r="K384" t="inlineStr">
         <is>
-          <t>0/15 | 30</t>
-[...15 lines deleted...]
-      </c>
+          <t>B-</t>
+        </is>
+      </c>
+      <c r="L384" t="inlineStr">
+        <is>
+          <t>1.926</t>
+        </is>
+      </c>
+      <c r="M384" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="N384" t="inlineStr">
+        <is>
+          <t>2027-04-16</t>
+        </is>
+      </c>
+      <c r="O384" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="P384" t="inlineStr">
+        <is>
+          <t>4.927</t>
+        </is>
+      </c>
+      <c r="Q384" t="inlineStr"/>
       <c r="R384" t="n">
-        <v>5.17</v>
+        <v>76.7693</v>
       </c>
       <c r="S384" t="n">
-        <v>7.69</v>
+        <v>1.069</v>
       </c>
       <c r="T384" t="n">
-        <v>11.37</v>
-[...1346 lines deleted...]
-      <c r="N400" t="n">
         <v>0.9016999999999999</v>
       </c>
-      <c r="O400" t="n">
+      <c r="U384" t="n">
         <v>-17.87</v>
       </c>
-      <c r="P400" t="n">
+      <c r="V384" t="n">
         <v>-7.02</v>
       </c>
-      <c r="Q400" t="n">
-[...2 lines deleted...]
-      <c r="R400" t="n">
+      <c r="W384" t="n">
         <v>47.06</v>
       </c>
-      <c r="S400" t="n">
+      <c r="X384" t="n">
         <v>31.52</v>
       </c>
-      <c r="T400" t="n">
+      <c r="Y384" t="n">
         <v>73.29000000000001</v>
       </c>
-      <c r="U400" t="inlineStr"/>
-[...1 lines deleted...]
-      <c r="W400" t="inlineStr"/>
+      <c r="Z384" t="n">
+        <v>34.81</v>
+      </c>
+      <c r="AA384" t="n">
+        <v>41.22</v>
+      </c>
+      <c r="AB384" t="n">
+        <v>45.13</v>
+      </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>