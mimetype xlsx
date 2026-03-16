--- v1 (2026-01-26)
+++ v2 (2026-03-16)
@@ -422,40762 +422,30776 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AB384"/>
+  <dimension ref="A1:V368"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>转债代码</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>转债名称</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
-          <t>现价</t>
+          <t>正股代码</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
-          <t>涨跌幅</t>
+          <t>正股名称</t>
         </is>
       </c>
       <c r="E1" s="1" t="inlineStr">
         <is>
-          <t>溢价率</t>
+          <t>评级</t>
         </is>
       </c>
       <c r="F1" s="1" t="inlineStr">
         <is>
-          <t>转股价值</t>
+          <t>剩余规模</t>
         </is>
       </c>
       <c r="G1" s="1" t="inlineStr">
         <is>
-          <t>正股代码</t>
+          <t>剩余年限</t>
         </is>
       </c>
       <c r="H1" s="1" t="inlineStr">
         <is>
-          <t>正股名称</t>
+          <t>到期日</t>
         </is>
       </c>
       <c r="I1" s="1" t="inlineStr">
         <is>
-          <t>正股价</t>
+          <t>赎回价</t>
         </is>
       </c>
       <c r="J1" s="1" t="inlineStr">
         <is>
-          <t>正股涨跌</t>
+          <t>强赎触发价</t>
         </is>
       </c>
       <c r="K1" s="1" t="inlineStr">
         <is>
-          <t>评级</t>
+          <t>强赎状态</t>
         </is>
       </c>
       <c r="L1" s="1" t="inlineStr">
         <is>
-          <t>剩余规模</t>
+          <t>资产负债率</t>
         </is>
       </c>
       <c r="M1" s="1" t="inlineStr">
         <is>
-          <t>剩余年限</t>
+          <t>流动比率</t>
         </is>
       </c>
       <c r="N1" s="1" t="inlineStr">
         <is>
-          <t>到期日</t>
+          <t>速动比率</t>
         </is>
       </c>
       <c r="O1" s="1" t="inlineStr">
         <is>
-          <t>赎回价</t>
+          <t>24年净利</t>
         </is>
       </c>
       <c r="P1" s="1" t="inlineStr">
         <is>
-          <t>强赎触发价</t>
+          <t>23年净利</t>
         </is>
       </c>
       <c r="Q1" s="1" t="inlineStr">
         <is>
-          <t>强赎状态</t>
+          <t>转债30日波</t>
         </is>
       </c>
       <c r="R1" s="1" t="inlineStr">
         <is>
-          <t>资产负债率</t>
+          <t>转债90日波</t>
         </is>
       </c>
       <c r="S1" s="1" t="inlineStr">
         <is>
-          <t>流动比率</t>
+          <t>转债360日波</t>
         </is>
       </c>
       <c r="T1" s="1" t="inlineStr">
         <is>
-          <t>速动比率</t>
+          <t>正股30日波</t>
         </is>
       </c>
       <c r="U1" s="1" t="inlineStr">
         <is>
-          <t>24年净利</t>
+          <t>正股90日波</t>
         </is>
       </c>
       <c r="V1" s="1" t="inlineStr">
-        <is>
-[...28 lines deleted...]
-      <c r="AB1" s="1" t="inlineStr">
         <is>
           <t>正股360日波</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
-          <t>110095</t>
+          <t>123149</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>双良转债</t>
+          <t>通裕转债</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>166.911</t>
+          <t>300185</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
-          <t>19.989</t>
-[...6 lines deleted...]
-        <v>127.0227</v>
+          <t>通裕重工</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>14.836</t>
+        </is>
       </c>
       <c r="G2" t="inlineStr">
         <is>
-          <t>600481</t>
+          <t>2.274</t>
         </is>
       </c>
       <c r="H2" t="inlineStr">
         <is>
-          <t>双良节能</t>
-[...6 lines deleted...]
-        <v>9.94</v>
+          <t>2028-06-20</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>3.523</t>
+        </is>
       </c>
       <c r="K2" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...30 lines deleted...]
-        </is>
+          <t>1/15 | 30</t>
+        </is>
+      </c>
+      <c r="L2" t="n">
+        <v>53.3631</v>
+      </c>
+      <c r="M2" t="n">
+        <v>1.4356</v>
+      </c>
+      <c r="N2" t="n">
+        <v>0.8235</v>
+      </c>
+      <c r="O2" t="n">
+        <v>0.41</v>
+      </c>
+      <c r="P2" t="n">
+        <v>2.04</v>
+      </c>
+      <c r="Q2" t="n">
+        <v>32.95</v>
       </c>
       <c r="R2" t="n">
-        <v>81.9068</v>
+        <v>22.31</v>
       </c>
       <c r="S2" t="n">
-        <v>0.6029</v>
+        <v>20.9</v>
       </c>
       <c r="T2" t="n">
-        <v>0.5032</v>
+        <v>59.67</v>
       </c>
       <c r="U2" t="n">
-        <v>-21.34</v>
+        <v>41.94</v>
       </c>
       <c r="V2" t="n">
-        <v>15.02</v>
-[...17 lines deleted...]
-        <v>57.39</v>
+        <v>51.45</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>118030</t>
+          <t>128108</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
-          <t>睿创转债</t>
+          <t>蓝帆转债</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>384.384</t>
+          <t>002382</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
-          <t>10.208</t>
-[...6 lines deleted...]
-        <v>315.1291</v>
+          <t>蓝帆医疗</t>
+        </is>
+      </c>
+      <c r="E3" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F3" t="inlineStr">
+        <is>
+          <t>15.203</t>
+        </is>
       </c>
       <c r="G3" t="inlineStr">
         <is>
-          <t>688002</t>
+          <t>0.208</t>
         </is>
       </c>
       <c r="H3" t="inlineStr">
         <is>
-          <t>睿创微纳</t>
-[...6 lines deleted...]
-        <v>20</v>
+          <t>2026-05-28</t>
+        </is>
+      </c>
+      <c r="I3" t="inlineStr">
+        <is>
+          <t>108.00</t>
+        </is>
+      </c>
+      <c r="J3" t="inlineStr">
+        <is>
+          <t>11.050</t>
+        </is>
       </c>
       <c r="K3" t="inlineStr">
         <is>
-          <t>AA</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30 2021-02-08 重新计</t>
+        </is>
+      </c>
+      <c r="L3" t="n">
+        <v>41.01</v>
+      </c>
+      <c r="M3" t="n">
+        <v>0.8689</v>
+      </c>
+      <c r="N3" t="n">
+        <v>0.6706</v>
+      </c>
+      <c r="O3" t="n">
+        <v>-4.46</v>
+      </c>
+      <c r="P3" t="n">
+        <v>-5.68</v>
+      </c>
+      <c r="Q3" t="n">
+        <v>10.46</v>
       </c>
       <c r="R3" t="n">
-        <v>36.8954</v>
+        <v>10.49</v>
       </c>
       <c r="S3" t="n">
-        <v>2.8895</v>
-[...27 lines deleted...]
-      </c>
+        <v>9.199999999999999</v>
+      </c>
+      <c r="T3" t="inlineStr"/>
+      <c r="U3" t="inlineStr"/>
+      <c r="V3" t="inlineStr"/>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
-          <t>127042</t>
+          <t>123071</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
-          <t>嘉美转债</t>
+          <t>天能转债</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t>508.000</t>
+          <t>300569</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
-          <t>9.585</t>
-[...6 lines deleted...]
-        <v>509.2308</v>
+          <t>天能重工</t>
+        </is>
+      </c>
+      <c r="E4" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F4" t="inlineStr">
+        <is>
+          <t>6.937</t>
+        </is>
       </c>
       <c r="G4" t="inlineStr">
         <is>
-          <t>002969</t>
+          <t>0.608</t>
         </is>
       </c>
       <c r="H4" t="inlineStr">
         <is>
-          <t>嘉美包装</t>
-[...6 lines deleted...]
-        <v>8.52</v>
+          <t>2026-10-21</t>
+        </is>
+      </c>
+      <c r="I4" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J4" t="inlineStr">
+        <is>
+          <t>8.710</t>
+        </is>
       </c>
       <c r="K4" t="inlineStr">
         <is>
-          <t>AA</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30 2022-10-17 重新计</t>
+        </is>
+      </c>
+      <c r="L4" t="n">
+        <v>57.1607</v>
+      </c>
+      <c r="M4" t="n">
+        <v>1.4826</v>
+      </c>
+      <c r="N4" t="n">
+        <v>0.9385</v>
+      </c>
+      <c r="O4" t="n">
+        <v>-2.62</v>
+      </c>
+      <c r="P4" t="n">
+        <v>2.51</v>
+      </c>
+      <c r="Q4" t="n">
+        <v>17.65</v>
       </c>
       <c r="R4" t="n">
-        <v>44.2338</v>
+        <v>13.88</v>
       </c>
       <c r="S4" t="n">
-        <v>1.4674</v>
-[...27 lines deleted...]
-      </c>
+        <v>11.69</v>
+      </c>
+      <c r="T4" t="inlineStr"/>
+      <c r="U4" t="inlineStr"/>
+      <c r="V4" t="inlineStr"/>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
-          <t>123260</t>
+          <t>113618</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
-          <t>卓镁转债</t>
+          <t>美诺转债</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>206.900</t>
+          <t>603538</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
-          <t>8.609</t>
-[...6 lines deleted...]
-        <v>127.1702</v>
+          <t>美诺华</t>
+        </is>
+      </c>
+      <c r="E5" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F5" t="inlineStr">
+        <is>
+          <t>4.764</t>
+        </is>
       </c>
       <c r="G5" t="inlineStr">
         <is>
-          <t>301398</t>
+          <t>0.841</t>
         </is>
       </c>
       <c r="H5" t="inlineStr">
         <is>
-          <t>星源卓镁</t>
-[...6 lines deleted...]
-        <v>7.22</v>
+          <t>2027-01-14</t>
+        </is>
+      </c>
+      <c r="I5" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="J5" t="inlineStr">
+        <is>
+          <t>27.664</t>
+        </is>
       </c>
       <c r="K5" t="inlineStr">
         <is>
-          <t>A+</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30 2022-05-02 重新计</t>
+        </is>
+      </c>
+      <c r="L5" t="n">
+        <v>49.0513</v>
+      </c>
+      <c r="M5" t="n">
+        <v>1.2827</v>
+      </c>
+      <c r="N5" t="n">
+        <v>0.7165</v>
+      </c>
+      <c r="O5" t="n">
+        <v>0.67</v>
+      </c>
+      <c r="P5" t="n">
+        <v>0.12</v>
+      </c>
+      <c r="Q5" t="n">
+        <v>21.57</v>
       </c>
       <c r="R5" t="n">
-        <v>13.659</v>
+        <v>15.64</v>
       </c>
       <c r="S5" t="n">
-        <v>4.6772</v>
-[...23 lines deleted...]
-      </c>
+        <v>17.04</v>
+      </c>
+      <c r="T5" t="inlineStr"/>
+      <c r="U5" t="inlineStr"/>
+      <c r="V5" t="inlineStr"/>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
-          <t>123180</t>
+          <t>110070</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
-          <t>浙矿转债</t>
+          <t>凌钢转债</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>177.780</t>
+          <t>600231</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
-          <t>8.469</t>
-[...6 lines deleted...]
-        <v>119.4613</v>
+          <t>凌钢股份</t>
+        </is>
+      </c>
+      <c r="E6" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F6" t="inlineStr">
+        <is>
+          <t>1.782</t>
+        </is>
       </c>
       <c r="G6" t="inlineStr">
         <is>
-          <t>300837</t>
+          <t>0.085</t>
         </is>
       </c>
       <c r="H6" t="inlineStr">
         <is>
-          <t>浙矿股份</t>
-[...6 lines deleted...]
-        <v>10.25</v>
+          <t>2026-04-13</t>
+        </is>
+      </c>
+      <c r="I6" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="J6" t="inlineStr">
+        <is>
+          <t>2.561</t>
+        </is>
       </c>
       <c r="K6" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L6" t="n">
+        <v>68.52549999999999</v>
+      </c>
+      <c r="M6" t="n">
+        <v>0.4356</v>
+      </c>
+      <c r="N6" t="n">
+        <v>0.2684</v>
+      </c>
+      <c r="O6" t="n">
+        <v>-16.78</v>
+      </c>
+      <c r="P6" t="n">
+        <v>-6.81</v>
+      </c>
+      <c r="Q6" t="n">
+        <v>32.79</v>
+      </c>
       <c r="R6" t="n">
-        <v>35.5334</v>
+        <v>24.65</v>
       </c>
       <c r="S6" t="n">
-        <v>3.1301</v>
-[...27 lines deleted...]
-      </c>
+        <v>20.02</v>
+      </c>
+      <c r="T6" t="inlineStr"/>
+      <c r="U6" t="inlineStr"/>
+      <c r="V6" t="inlineStr"/>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
-          <t>123158</t>
+          <t>123049</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
-          <t>宙邦转债</t>
+          <t>维尔转债</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
-          <t>191.449</t>
+          <t>300190</t>
         </is>
       </c>
       <c r="D7" t="inlineStr">
         <is>
-          <t>8.368</t>
-[...6 lines deleted...]
-        <v>141.7783</v>
+          <t>维尔利</t>
+        </is>
+      </c>
+      <c r="E7" t="inlineStr">
+        <is>
+          <t>A-</t>
+        </is>
+      </c>
+      <c r="F7" t="inlineStr">
+        <is>
+          <t>4.127</t>
+        </is>
       </c>
       <c r="G7" t="inlineStr">
         <is>
-          <t>300037</t>
+          <t>0.085</t>
         </is>
       </c>
       <c r="H7" t="inlineStr">
         <is>
-          <t>新宙邦</t>
-[...6 lines deleted...]
-        <v>3.37</v>
+          <t>2026-04-13</t>
+        </is>
+      </c>
+      <c r="I7" t="inlineStr">
+        <is>
+          <t>118.00</t>
+        </is>
+      </c>
+      <c r="J7" t="inlineStr">
+        <is>
+          <t>4.615</t>
+        </is>
       </c>
       <c r="K7" t="inlineStr">
         <is>
-          <t>AA</t>
-[...30 lines deleted...]
-        </is>
+          <t>9/15 | 30</t>
+        </is>
+      </c>
+      <c r="L7" t="n">
+        <v>56.6741</v>
+      </c>
+      <c r="M7" t="n">
+        <v>1.3948</v>
+      </c>
+      <c r="N7" t="n">
+        <v>1.205</v>
+      </c>
+      <c r="O7" t="n">
+        <v>-7.36</v>
+      </c>
+      <c r="P7" t="n">
+        <v>-1.97</v>
+      </c>
+      <c r="Q7" t="n">
+        <v>20.33</v>
       </c>
       <c r="R7" t="n">
-        <v>41.8098</v>
+        <v>16.97</v>
       </c>
       <c r="S7" t="n">
-        <v>1.9178</v>
-[...27 lines deleted...]
-      </c>
+        <v>14.74</v>
+      </c>
+      <c r="T7" t="inlineStr"/>
+      <c r="U7" t="inlineStr"/>
+      <c r="V7" t="inlineStr"/>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
-          <t>113661</t>
+          <t>127078</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
-          <t>福22转债</t>
+          <t>优彩转债</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
-          <t>154.534</t>
+          <t>002998</t>
         </is>
       </c>
       <c r="D8" t="inlineStr">
         <is>
-          <t>8.149</t>
-[...6 lines deleted...]
-        <v>117.4355</v>
+          <t>优彩资源</t>
+        </is>
+      </c>
+      <c r="E8" t="inlineStr">
+        <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="F8" t="inlineStr">
+        <is>
+          <t>4.159</t>
+        </is>
       </c>
       <c r="G8" t="inlineStr">
         <is>
-          <t>603806</t>
+          <t>2.759</t>
         </is>
       </c>
       <c r="H8" t="inlineStr">
         <is>
-          <t>福斯特</t>
-[...6 lines deleted...]
-        <v>9.970000000000001</v>
+          <t>2028-12-14</t>
+        </is>
+      </c>
+      <c r="I8" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J8" t="inlineStr">
+        <is>
+          <t>8.424</t>
+        </is>
       </c>
       <c r="K8" t="inlineStr">
         <is>
-          <t>AA</t>
-[...30 lines deleted...]
-        </is>
+          <t>!</t>
+        </is>
+      </c>
+      <c r="L8" t="n">
+        <v>36.5404</v>
+      </c>
+      <c r="M8" t="n">
+        <v>3.8531</v>
+      </c>
+      <c r="N8" t="n">
+        <v>2.3635</v>
+      </c>
+      <c r="O8" t="n">
+        <v>0.84</v>
+      </c>
+      <c r="P8" t="n">
+        <v>1.37</v>
+      </c>
+      <c r="Q8" t="n">
+        <v>60.36</v>
       </c>
       <c r="R8" t="n">
-        <v>19.7415</v>
+        <v>36.54</v>
       </c>
       <c r="S8" t="n">
-        <v>13.1082</v>
-[...27 lines deleted...]
-      </c>
+        <v>36.11</v>
+      </c>
+      <c r="T8" t="inlineStr"/>
+      <c r="U8" t="inlineStr"/>
+      <c r="V8" t="inlineStr"/>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
-          <t>118042</t>
+          <t>111000</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
-          <t>奥维转债</t>
+          <t>起帆转债</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
-          <t>153.733</t>
+          <t>605222</t>
         </is>
       </c>
       <c r="D9" t="inlineStr">
         <is>
-          <t>7.751</t>
-[...6 lines deleted...]
-        <v>106.5964</v>
+          <t>起帆电缆</t>
+        </is>
+      </c>
+      <c r="E9" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F9" t="inlineStr">
+        <is>
+          <t>9.992</t>
+        </is>
       </c>
       <c r="G9" t="inlineStr">
         <is>
-          <t>688516</t>
+          <t>1.197</t>
         </is>
       </c>
       <c r="H9" t="inlineStr">
         <is>
-          <t>奥特维</t>
-[...6 lines deleted...]
-        <v>20</v>
+          <t>2027-05-24</t>
+        </is>
+      </c>
+      <c r="I9" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J9" t="inlineStr">
+        <is>
+          <t>22.555</t>
+        </is>
       </c>
       <c r="K9" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...30 lines deleted...]
-        </is>
+          <t>2/15 | 30 2023-05-09 重新计</t>
+        </is>
+      </c>
+      <c r="L9" t="n">
+        <v>68.30249999999999</v>
+      </c>
+      <c r="M9" t="n">
+        <v>1.4602</v>
+      </c>
+      <c r="N9" t="n">
+        <v>0.896</v>
+      </c>
+      <c r="O9" t="n">
+        <v>1.36</v>
+      </c>
+      <c r="P9" t="n">
+        <v>4.23</v>
+      </c>
+      <c r="Q9" t="n">
+        <v>21.69</v>
       </c>
       <c r="R9" t="n">
-        <v>72.7818</v>
+        <v>18.39</v>
       </c>
       <c r="S9" t="n">
-        <v>1.3904</v>
-[...27 lines deleted...]
-      </c>
+        <v>14.64</v>
+      </c>
+      <c r="T9" t="inlineStr"/>
+      <c r="U9" t="inlineStr"/>
+      <c r="V9" t="inlineStr"/>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
-          <t>123121</t>
+          <t>127022</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
-          <t>帝尔转债</t>
+          <t>恒逸转债</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
-          <t>161.384</t>
+          <t>000703</t>
         </is>
       </c>
       <c r="D10" t="inlineStr">
         <is>
-          <t>7.716</t>
-[...6 lines deleted...]
-        <v>125.3127</v>
+          <t>恒逸石化</t>
+        </is>
+      </c>
+      <c r="E10" t="inlineStr">
+        <is>
+          <t>AA+</t>
+        </is>
+      </c>
+      <c r="F10" t="inlineStr">
+        <is>
+          <t>4.320</t>
+        </is>
       </c>
       <c r="G10" t="inlineStr">
         <is>
-          <t>300776</t>
+          <t>-</t>
         </is>
       </c>
       <c r="H10" t="inlineStr">
         <is>
-          <t>帝尔激光</t>
-[...6 lines deleted...]
-        <v>12.46</v>
+          <t>2026-10-16</t>
+        </is>
+      </c>
+      <c r="I10" t="inlineStr">
+        <is>
+          <t>105.00</t>
+        </is>
+      </c>
+      <c r="J10" t="inlineStr">
+        <is>
+          <t>11.882</t>
+        </is>
       </c>
       <c r="K10" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...30 lines deleted...]
-        </is>
+          <t>!</t>
+        </is>
+      </c>
+      <c r="L10" t="n">
+        <v>72.6872</v>
+      </c>
+      <c r="M10" t="n">
+        <v>0.6179</v>
+      </c>
+      <c r="N10" t="n">
+        <v>0.3743</v>
+      </c>
+      <c r="O10" t="n">
+        <v>2.34</v>
+      </c>
+      <c r="P10" t="n">
+        <v>4.35</v>
+      </c>
+      <c r="Q10" t="n">
+        <v>49.11</v>
       </c>
       <c r="R10" t="n">
-        <v>41.5724</v>
+        <v>32.7</v>
       </c>
       <c r="S10" t="n">
-        <v>3.1724</v>
-[...27 lines deleted...]
-      </c>
+        <v>18.55</v>
+      </c>
+      <c r="T10" t="inlineStr"/>
+      <c r="U10" t="inlineStr"/>
+      <c r="V10" t="inlineStr"/>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
-          <t>127070</t>
+          <t>127067</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
-          <t>大中转债</t>
+          <t>恒逸转2</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
-          <t>391.127</t>
+          <t>000703</t>
         </is>
       </c>
       <c r="D11" t="inlineStr">
         <is>
-          <t>7.217</t>
-[...6 lines deleted...]
-        <v>308.0855</v>
+          <t>恒逸石化</t>
+        </is>
+      </c>
+      <c r="E11" t="inlineStr">
+        <is>
+          <t>AA+</t>
+        </is>
+      </c>
+      <c r="F11" t="inlineStr">
+        <is>
+          <t>29.994</t>
+        </is>
       </c>
       <c r="G11" t="inlineStr">
         <is>
-          <t>001203</t>
+          <t>2.359</t>
         </is>
       </c>
       <c r="H11" t="inlineStr">
         <is>
-          <t>大中矿业</t>
-[...6 lines deleted...]
-        <v>9.99</v>
+          <t>2028-07-21</t>
+        </is>
+      </c>
+      <c r="I11" t="inlineStr">
+        <is>
+          <t>109.00</t>
+        </is>
+      </c>
+      <c r="J11" t="inlineStr">
+        <is>
+          <t>13.481</t>
+        </is>
       </c>
       <c r="K11" t="inlineStr">
         <is>
-          <t>AA</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30</t>
+        </is>
+      </c>
+      <c r="L11" t="n">
+        <v>72.6872</v>
+      </c>
+      <c r="M11" t="n">
+        <v>0.6179</v>
+      </c>
+      <c r="N11" t="n">
+        <v>0.3743</v>
+      </c>
+      <c r="O11" t="n">
+        <v>2.34</v>
+      </c>
+      <c r="P11" t="n">
+        <v>4.35</v>
+      </c>
+      <c r="Q11" t="n">
+        <v>24.46</v>
       </c>
       <c r="R11" t="n">
-        <v>61.0632</v>
+        <v>19.3</v>
       </c>
       <c r="S11" t="n">
-        <v>0.4445</v>
-[...27 lines deleted...]
-      </c>
+        <v>14.74</v>
+      </c>
+      <c r="T11" t="inlineStr"/>
+      <c r="U11" t="inlineStr"/>
+      <c r="V11" t="inlineStr"/>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
-          <t>113695</t>
+          <t>113638</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
-          <t>华辰转债</t>
+          <t>台21转债</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
-          <t>202.073</t>
+          <t>603055</t>
         </is>
       </c>
       <c r="D12" t="inlineStr">
         <is>
-          <t>6.238</t>
-[...6 lines deleted...]
-        <v>149.5963</v>
+          <t>台华新材</t>
+        </is>
+      </c>
+      <c r="E12" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F12" t="inlineStr">
+        <is>
+          <t>5.997</t>
+        </is>
       </c>
       <c r="G12" t="inlineStr">
         <is>
-          <t>603097</t>
+          <t>1.797</t>
         </is>
       </c>
       <c r="H12" t="inlineStr">
         <is>
-          <t>江苏华辰</t>
-[...6 lines deleted...]
-        <v>-1.95</v>
+          <t>2027-12-29</t>
+        </is>
+      </c>
+      <c r="I12" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="J12" t="inlineStr">
+        <is>
+          <t>21.047</t>
+        </is>
       </c>
       <c r="K12" t="inlineStr">
         <is>
-          <t>A+</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30</t>
+        </is>
+      </c>
+      <c r="L12" t="n">
+        <v>54.7052</v>
+      </c>
+      <c r="M12" t="n">
+        <v>1.2247</v>
+      </c>
+      <c r="N12" t="n">
+        <v>0.624</v>
+      </c>
+      <c r="O12" t="n">
+        <v>7.26</v>
+      </c>
+      <c r="P12" t="n">
+        <v>4.49</v>
+      </c>
+      <c r="Q12" t="n">
+        <v>12.03</v>
       </c>
       <c r="R12" t="n">
-        <v>63.0661</v>
+        <v>9.06</v>
       </c>
       <c r="S12" t="n">
-        <v>1.5221</v>
-[...25 lines deleted...]
-      </c>
+        <v>12.62</v>
+      </c>
+      <c r="T12" t="inlineStr"/>
+      <c r="U12" t="inlineStr"/>
+      <c r="V12" t="inlineStr"/>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
-          <t>123259</t>
+          <t>118011</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
-          <t>锦浪转02</t>
+          <t>银微转债</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
-          <t>174.570</t>
+          <t>688689</t>
         </is>
       </c>
       <c r="D13" t="inlineStr">
         <is>
-          <t>6.058</t>
-[...6 lines deleted...]
-        <v>116.7471</v>
+          <t>银河微电</t>
+        </is>
+      </c>
+      <c r="E13" t="inlineStr">
+        <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="F13" t="inlineStr">
+        <is>
+          <t>4.997</t>
+        </is>
       </c>
       <c r="G13" t="inlineStr">
         <is>
-          <t>300763</t>
+          <t>2.312</t>
         </is>
       </c>
       <c r="H13" t="inlineStr">
         <is>
-          <t>锦浪科技</t>
-[...6 lines deleted...]
-        <v>5.39</v>
+          <t>2028-07-04</t>
+        </is>
+      </c>
+      <c r="I13" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J13" t="inlineStr">
+        <is>
+          <t>40.690</t>
+        </is>
       </c>
       <c r="K13" t="inlineStr">
         <is>
-          <t>AA</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L13" t="n">
+        <v>38.5293</v>
+      </c>
+      <c r="M13" t="n">
+        <v>4.3867</v>
+      </c>
+      <c r="N13" t="n">
+        <v>3.8111</v>
+      </c>
+      <c r="O13" t="n">
+        <v>0.72</v>
+      </c>
+      <c r="P13" t="n">
+        <v>0.64</v>
+      </c>
+      <c r="Q13" t="n">
+        <v>25.45</v>
+      </c>
       <c r="R13" t="n">
-        <v>54.4774</v>
+        <v>17.3</v>
       </c>
       <c r="S13" t="n">
-        <v>1.1937</v>
-[...23 lines deleted...]
-      </c>
+        <v>16.05</v>
+      </c>
+      <c r="T13" t="inlineStr"/>
+      <c r="U13" t="inlineStr"/>
+      <c r="V13" t="inlineStr"/>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
-          <t>127109</t>
+          <t>118051</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
-          <t>电化转债</t>
+          <t>皓元转债</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
-          <t>189.001</t>
+          <t>688131</t>
         </is>
       </c>
       <c r="D14" t="inlineStr">
         <is>
-          <t>5.888</t>
-[...6 lines deleted...]
-        <v>151.7822</v>
+          <t>皓元医药</t>
+        </is>
+      </c>
+      <c r="E14" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F14" t="inlineStr">
+        <is>
+          <t>8.218</t>
+        </is>
       </c>
       <c r="G14" t="inlineStr">
         <is>
-          <t>002125</t>
+          <t>4.715</t>
         </is>
       </c>
       <c r="H14" t="inlineStr">
         <is>
-          <t>湘潭电化</t>
-[...6 lines deleted...]
-        <v>8.34</v>
+          <t>2030-11-28</t>
+        </is>
+      </c>
+      <c r="I14" t="inlineStr">
+        <is>
+          <t>113.00</t>
+        </is>
+      </c>
+      <c r="J14" t="inlineStr">
+        <is>
+          <t>52.611</t>
+        </is>
       </c>
       <c r="K14" t="inlineStr">
         <is>
-          <t>AA</t>
-[...28 lines deleted...]
-        <is>
           <t>!</t>
         </is>
       </c>
+      <c r="L14" t="n">
+        <v>48.3794</v>
+      </c>
+      <c r="M14" t="n">
+        <v>2.3062</v>
+      </c>
+      <c r="N14" t="n">
+        <v>1.4598</v>
+      </c>
+      <c r="O14" t="n">
+        <v>2.02</v>
+      </c>
+      <c r="P14" t="n">
+        <v>1.27</v>
+      </c>
+      <c r="Q14" t="n">
+        <v>46.8</v>
+      </c>
       <c r="R14" t="n">
-        <v>39.9351</v>
-[...28 lines deleted...]
-      </c>
+        <v>47.82</v>
+      </c>
+      <c r="S14" t="inlineStr"/>
+      <c r="T14" t="inlineStr"/>
+      <c r="U14" t="inlineStr"/>
+      <c r="V14" t="inlineStr"/>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
-          <t>128128</t>
+          <t>127112</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
-          <t>齐翔转2</t>
+          <t>尚太转债</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
-          <t>139.000</t>
+          <t>001301</t>
         </is>
       </c>
       <c r="D15" t="inlineStr">
         <is>
-          <t>5.865</t>
-[...6 lines deleted...]
-        <v>113.4078</v>
+          <t>尚太科技</t>
+        </is>
+      </c>
+      <c r="E15" t="inlineStr">
+        <is>
+          <t>AA+</t>
+        </is>
+      </c>
+      <c r="F15" t="inlineStr">
+        <is>
+          <t>17.340</t>
+        </is>
       </c>
       <c r="G15" t="inlineStr">
         <is>
-          <t>002408</t>
+          <t>5.847</t>
         </is>
       </c>
       <c r="H15" t="inlineStr">
         <is>
-          <t>齐翔腾达</t>
-[...6 lines deleted...]
-        <v>7.03</v>
+          <t>2032-01-15</t>
+        </is>
+      </c>
+      <c r="I15" t="inlineStr">
+        <is>
+          <t>107.00</t>
+        </is>
+      </c>
+      <c r="J15" t="inlineStr">
+        <is>
+          <t>110.123</t>
+        </is>
       </c>
       <c r="K15" t="inlineStr">
         <is>
-          <t>AA</t>
-[...64 lines deleted...]
-      </c>
+          <t>0/15 | 30</t>
+        </is>
+      </c>
+      <c r="L15" t="n">
+        <v>38.637</v>
+      </c>
+      <c r="M15" t="n">
+        <v>3.503</v>
+      </c>
+      <c r="N15" t="n">
+        <v>2.6969</v>
+      </c>
+      <c r="O15" t="n">
+        <v>8.380000000000001</v>
+      </c>
+      <c r="P15" t="n">
+        <v>7.23</v>
+      </c>
+      <c r="Q15" t="inlineStr"/>
+      <c r="R15" t="inlineStr"/>
+      <c r="S15" t="inlineStr"/>
+      <c r="T15" t="inlineStr"/>
+      <c r="U15" t="inlineStr"/>
+      <c r="V15" t="inlineStr"/>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
-          <t>113698</t>
+          <t>113680</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
-          <t>凯众转债</t>
+          <t>丽岛转债</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
-          <t>208.831</t>
+          <t>603937</t>
         </is>
       </c>
       <c r="D16" t="inlineStr">
         <is>
-          <t>5.842</t>
-[...6 lines deleted...]
-        <v>156.7504</v>
+          <t>丽岛新材</t>
+        </is>
+      </c>
+      <c r="E16" t="inlineStr">
+        <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="F16" t="inlineStr">
+        <is>
+          <t>2.999</t>
+        </is>
       </c>
       <c r="G16" t="inlineStr">
         <is>
-          <t>603037</t>
+          <t>3.680</t>
         </is>
       </c>
       <c r="H16" t="inlineStr">
         <is>
-          <t>凯众股份</t>
-[...6 lines deleted...]
-        <v>6.28</v>
+          <t>2029-11-15</t>
+        </is>
+      </c>
+      <c r="I16" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J16" t="inlineStr">
+        <is>
+          <t>16.783</t>
+        </is>
       </c>
       <c r="K16" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L16" t="n">
+        <v>39.3172</v>
+      </c>
+      <c r="M16" t="n">
+        <v>2.1259</v>
+      </c>
+      <c r="N16" t="n">
+        <v>1.2868</v>
+      </c>
+      <c r="O16" t="n">
+        <v>-0.34</v>
+      </c>
+      <c r="P16" t="n">
+        <v>0.67</v>
+      </c>
+      <c r="Q16" t="n">
+        <v>15.65</v>
+      </c>
       <c r="R16" t="n">
-        <v>40.3564</v>
+        <v>13.46</v>
       </c>
       <c r="S16" t="n">
-        <v>2.9903</v>
-[...23 lines deleted...]
-      </c>
+        <v>21.87</v>
+      </c>
+      <c r="T16" t="inlineStr"/>
+      <c r="U16" t="inlineStr"/>
+      <c r="V16" t="inlineStr"/>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
-          <t>118018</t>
+          <t>123146</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
-          <t>瑞科转债</t>
+          <t>中环转2</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
-          <t>138.318</t>
+          <t>300692</t>
         </is>
       </c>
       <c r="D17" t="inlineStr">
         <is>
-          <t>5.799</t>
-[...6 lines deleted...]
-        <v>83.824</v>
+          <t>中赋科技</t>
+        </is>
+      </c>
+      <c r="E17" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F17" t="inlineStr">
+        <is>
+          <t>1.343</t>
+        </is>
       </c>
       <c r="G17" t="inlineStr">
         <is>
-          <t>688323</t>
+          <t>-</t>
         </is>
       </c>
       <c r="H17" t="inlineStr">
         <is>
-          <t>瑞华泰</t>
-[...6 lines deleted...]
-        <v>20.01</v>
+          <t>2028-05-06</t>
+        </is>
+      </c>
+      <c r="I17" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J17" t="inlineStr">
+        <is>
+          <t>8.099</t>
+        </is>
       </c>
       <c r="K17" t="inlineStr">
         <is>
-          <t>A</t>
-[...30 lines deleted...]
-        </is>
+          <t>!</t>
+        </is>
+      </c>
+      <c r="L17" t="n">
+        <v>62.2521</v>
+      </c>
+      <c r="M17" t="n">
+        <v>1.6647</v>
+      </c>
+      <c r="N17" t="n">
+        <v>1.6551</v>
+      </c>
+      <c r="O17" t="n">
+        <v>0.59</v>
+      </c>
+      <c r="P17" t="n">
+        <v>1.08</v>
+      </c>
+      <c r="Q17" t="n">
+        <v>31.76</v>
       </c>
       <c r="R17" t="n">
-        <v>65.42400000000001</v>
+        <v>27.87</v>
       </c>
       <c r="S17" t="n">
-        <v>0.6039</v>
-[...27 lines deleted...]
-      </c>
+        <v>30.29</v>
+      </c>
+      <c r="T17" t="inlineStr"/>
+      <c r="U17" t="inlineStr"/>
+      <c r="V17" t="inlineStr"/>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
-          <t>127088</t>
+          <t>110100</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
-          <t>赫达转债</t>
+          <t>龙建转债</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
-          <t>150.890</t>
+          <t>600853</t>
         </is>
       </c>
       <c r="D18" t="inlineStr">
         <is>
-          <t>5.628</t>
-[...6 lines deleted...]
-        <v>110.9189</v>
+          <t>龙建股份</t>
+        </is>
+      </c>
+      <c r="E18" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F18" t="inlineStr">
+        <is>
+          <t>10.000</t>
+        </is>
       </c>
       <c r="G18" t="inlineStr">
         <is>
-          <t>002810</t>
+          <t>5.863</t>
         </is>
       </c>
       <c r="H18" t="inlineStr">
         <is>
-          <t>山东赫达</t>
-[...6 lines deleted...]
-        <v>10</v>
+          <t>2032-01-21</t>
+        </is>
+      </c>
+      <c r="I18" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="J18" t="inlineStr">
+        <is>
+          <t>6.019</t>
+        </is>
       </c>
       <c r="K18" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="R18" t="n">
-[...31 lines deleted...]
-      </c>
+      <c r="L18" t="n">
+        <v>81.37739999999999</v>
+      </c>
+      <c r="M18" t="n">
+        <v>0.9631</v>
+      </c>
+      <c r="N18" t="n">
+        <v>0.9039</v>
+      </c>
+      <c r="O18" t="n">
+        <v>4.13</v>
+      </c>
+      <c r="P18" t="n">
+        <v>3.34</v>
+      </c>
+      <c r="Q18" t="inlineStr"/>
+      <c r="R18" t="inlineStr"/>
+      <c r="S18" t="inlineStr"/>
+      <c r="T18" t="inlineStr"/>
+      <c r="U18" t="inlineStr"/>
+      <c r="V18" t="inlineStr"/>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
-          <t>113691</t>
+          <t>113039</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
-          <t>和邦转债</t>
+          <t>嘉泽转债</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
-          <t>163.822</t>
+          <t>601619</t>
         </is>
       </c>
       <c r="D19" t="inlineStr">
         <is>
-          <t>4.954</t>
-[...6 lines deleted...]
-        <v>134.5</v>
+          <t>嘉泽新能</t>
+        </is>
+      </c>
+      <c r="E19" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F19" t="inlineStr">
+        <is>
+          <t>2.866</t>
+        </is>
       </c>
       <c r="G19" t="inlineStr">
         <is>
-          <t>603077</t>
+          <t>0.449</t>
         </is>
       </c>
       <c r="H19" t="inlineStr">
         <is>
-          <t>和邦生物</t>
-[...6 lines deleted...]
-        <v>3.46</v>
+          <t>2026-08-24</t>
+        </is>
+      </c>
+      <c r="I19" t="inlineStr">
+        <is>
+          <t>108.00</t>
+        </is>
+      </c>
+      <c r="J19" t="inlineStr">
+        <is>
+          <t>3.783</t>
+        </is>
       </c>
       <c r="K19" t="inlineStr">
         <is>
-          <t>AA</t>
-[...30 lines deleted...]
-        </is>
+          <t>!</t>
+        </is>
+      </c>
+      <c r="L19" t="n">
+        <v>66.5291</v>
+      </c>
+      <c r="M19" t="n">
+        <v>1.9523</v>
+      </c>
+      <c r="N19" t="n">
+        <v>1.9523</v>
+      </c>
+      <c r="O19" t="n">
+        <v>6.3</v>
+      </c>
+      <c r="P19" t="n">
+        <v>8.029999999999999</v>
+      </c>
+      <c r="Q19" t="n">
+        <v>75.97</v>
       </c>
       <c r="R19" t="n">
-        <v>35.9407</v>
+        <v>57.99</v>
       </c>
       <c r="S19" t="n">
-        <v>3.0658</v>
-[...25 lines deleted...]
-      </c>
+        <v>45.71</v>
+      </c>
+      <c r="T19" t="inlineStr"/>
+      <c r="U19" t="inlineStr"/>
+      <c r="V19" t="inlineStr"/>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
-          <t>123263</t>
+          <t>110092</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
-          <t>鼎捷转债</t>
+          <t>三房转债</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
-          <t>241.568</t>
+          <t>600370</t>
         </is>
       </c>
       <c r="D20" t="inlineStr">
         <is>
-          <t>4.629</t>
-[...6 lines deleted...]
-        <v>136.6789</v>
+          <t>三房巷</t>
+        </is>
+      </c>
+      <c r="E20" t="inlineStr">
+        <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="F20" t="inlineStr">
+        <is>
+          <t>24.990</t>
+        </is>
       </c>
       <c r="G20" t="inlineStr">
         <is>
-          <t>300378</t>
+          <t>2.822</t>
         </is>
       </c>
       <c r="H20" t="inlineStr">
         <is>
-          <t>鼎捷数智</t>
-[...6 lines deleted...]
-        <v>3.88</v>
+          <t>2029-01-06</t>
+        </is>
+      </c>
+      <c r="I20" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="J20" t="inlineStr">
+        <is>
+          <t>3.926</t>
+        </is>
       </c>
       <c r="K20" t="inlineStr">
         <is>
-          <t>AA</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L20" t="n">
+        <v>73.1404</v>
+      </c>
+      <c r="M20" t="n">
+        <v>0.9687</v>
+      </c>
+      <c r="N20" t="n">
+        <v>0.6659</v>
+      </c>
+      <c r="O20" t="n">
+        <v>-4.87</v>
+      </c>
+      <c r="P20" t="n">
+        <v>-2.75</v>
+      </c>
+      <c r="Q20" t="n">
+        <v>32.76</v>
+      </c>
       <c r="R20" t="n">
-        <v>31.9865</v>
+        <v>26.61</v>
       </c>
       <c r="S20" t="n">
-        <v>1.6788</v>
-[...21 lines deleted...]
-      </c>
+        <v>30.57</v>
+      </c>
+      <c r="T20" t="inlineStr"/>
+      <c r="U20" t="inlineStr"/>
+      <c r="V20" t="inlineStr"/>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
-          <t>113671</t>
+          <t>123257</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
-          <t>武进转债</t>
+          <t>安克转债</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
-          <t>151.630</t>
+          <t>300866</t>
         </is>
       </c>
       <c r="D21" t="inlineStr">
         <is>
-          <t>4.621</t>
-[...6 lines deleted...]
-        <v>113.2409</v>
+          <t>安克创新</t>
+        </is>
+      </c>
+      <c r="E21" t="inlineStr">
+        <is>
+          <t>AA+</t>
+        </is>
+      </c>
+      <c r="F21" t="inlineStr">
+        <is>
+          <t>11.047</t>
+        </is>
       </c>
       <c r="G21" t="inlineStr">
         <is>
-          <t>603878</t>
+          <t>5.263</t>
         </is>
       </c>
       <c r="H21" t="inlineStr">
         <is>
-          <t>武进不锈</t>
-[...6 lines deleted...]
-        <v>10.05</v>
+          <t>2031-06-16</t>
+        </is>
+      </c>
+      <c r="I21" t="inlineStr">
+        <is>
+          <t>108.00</t>
+        </is>
+      </c>
+      <c r="J21" t="inlineStr">
+        <is>
+          <t>143.754</t>
+        </is>
       </c>
       <c r="K21" t="inlineStr">
         <is>
-          <t>AA</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L21" t="n">
+        <v>49.5173</v>
+      </c>
+      <c r="M21" t="n">
+        <v>2.175</v>
+      </c>
+      <c r="N21" t="n">
+        <v>1.3375</v>
+      </c>
+      <c r="O21" t="n">
+        <v>21.14</v>
+      </c>
+      <c r="P21" t="n">
+        <v>16.15</v>
+      </c>
+      <c r="Q21" t="n">
+        <v>21.58</v>
+      </c>
       <c r="R21" t="n">
-        <v>37.0597</v>
-[...30 lines deleted...]
-      </c>
+        <v>23.56</v>
+      </c>
+      <c r="S21" t="inlineStr"/>
+      <c r="T21" t="inlineStr"/>
+      <c r="U21" t="inlineStr"/>
+      <c r="V21" t="inlineStr"/>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
-          <t>127080</t>
+          <t>123264</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
-          <t>声迅转债</t>
+          <t>双乐转债</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
-          <t>192.900</t>
+          <t>301036</t>
         </is>
       </c>
       <c r="D22" t="inlineStr">
         <is>
-          <t>4.562</t>
-[...6 lines deleted...]
-        <v>102.5225</v>
+          <t>双乐股份</t>
+        </is>
+      </c>
+      <c r="E22" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F22" t="inlineStr">
+        <is>
+          <t>8.000</t>
+        </is>
       </c>
       <c r="G22" t="inlineStr">
         <is>
-          <t>003004</t>
+          <t>5.789</t>
         </is>
       </c>
       <c r="H22" t="inlineStr">
         <is>
-          <t>*ST声迅</t>
-[...6 lines deleted...]
-        <v>4.99</v>
+          <t>2031-12-25</t>
+        </is>
+      </c>
+      <c r="I22" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="J22" t="inlineStr">
+        <is>
+          <t>47.710</t>
+        </is>
       </c>
       <c r="K22" t="inlineStr">
         <is>
-          <t>A</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="R22" t="n">
-[...31 lines deleted...]
-      </c>
+      <c r="L22" t="n">
+        <v>10.4786</v>
+      </c>
+      <c r="M22" t="n">
+        <v>4.4799</v>
+      </c>
+      <c r="N22" t="n">
+        <v>3.1384</v>
+      </c>
+      <c r="O22" t="n">
+        <v>1.21</v>
+      </c>
+      <c r="P22" t="n">
+        <v>0.47</v>
+      </c>
+      <c r="Q22" t="n">
+        <v>30.36</v>
+      </c>
+      <c r="R22" t="inlineStr"/>
+      <c r="S22" t="inlineStr"/>
+      <c r="T22" t="inlineStr"/>
+      <c r="U22" t="inlineStr"/>
+      <c r="V22" t="inlineStr"/>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
-          <t>123261</t>
+          <t>113062</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
-          <t>普联转债</t>
+          <t>常银转债</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
-          <t>182.719</t>
+          <t>601128</t>
         </is>
       </c>
       <c r="D23" t="inlineStr">
         <is>
-          <t>4.483</t>
-[...6 lines deleted...]
-        <v>100.5476</v>
+          <t>常熟银行</t>
+        </is>
+      </c>
+      <c r="E23" t="inlineStr">
+        <is>
+          <t>AAA</t>
+        </is>
+      </c>
+      <c r="F23" t="inlineStr">
+        <is>
+          <t>59.994</t>
+        </is>
       </c>
       <c r="G23" t="inlineStr">
         <is>
-          <t>300996</t>
+          <t>2.512</t>
         </is>
       </c>
       <c r="H23" t="inlineStr">
         <is>
-          <t>普联软件</t>
-[...6 lines deleted...]
-        <v>1.77</v>
+          <t>2028-09-15</t>
+        </is>
+      </c>
+      <c r="I23" t="inlineStr">
+        <is>
+          <t>107.00</t>
+        </is>
+      </c>
+      <c r="J23" t="inlineStr">
+        <is>
+          <t>7.657</t>
+        </is>
       </c>
       <c r="K23" t="inlineStr">
         <is>
-          <t>A+</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L23" t="n">
+        <v>91.8974</v>
+      </c>
+      <c r="M23" t="inlineStr"/>
+      <c r="N23" t="inlineStr"/>
+      <c r="O23" t="n">
+        <v>38.13</v>
+      </c>
+      <c r="P23" t="n">
+        <v>32.82</v>
+      </c>
+      <c r="Q23" t="n">
+        <v>7.09</v>
+      </c>
       <c r="R23" t="n">
-        <v>11.5708</v>
+        <v>5.88</v>
       </c>
       <c r="S23" t="n">
-        <v>7.427</v>
-[...21 lines deleted...]
-      </c>
+        <v>10.11</v>
+      </c>
+      <c r="T23" t="inlineStr"/>
+      <c r="U23" t="inlineStr"/>
+      <c r="V23" t="inlineStr"/>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
-          <t>127082</t>
+          <t>113042</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
-          <t>亚科转债</t>
+          <t>上银转债</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
-          <t>192.300</t>
+          <t>601229</t>
         </is>
       </c>
       <c r="D24" t="inlineStr">
         <is>
-          <t>4.341</t>
-[...6 lines deleted...]
-        <v>149.5274</v>
+          <t>上海银行</t>
+        </is>
+      </c>
+      <c r="E24" t="inlineStr">
+        <is>
+          <t>AAA</t>
+        </is>
+      </c>
+      <c r="F24" t="inlineStr">
+        <is>
+          <t>199.777</t>
+        </is>
       </c>
       <c r="G24" t="inlineStr">
         <is>
-          <t>002540</t>
+          <t>0.871</t>
         </is>
       </c>
       <c r="H24" t="inlineStr">
         <is>
-          <t>亚太科技</t>
-[...6 lines deleted...]
-        <v>3.53</v>
+          <t>2027-01-25</t>
+        </is>
+      </c>
+      <c r="I24" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="J24" t="inlineStr">
+        <is>
+          <t>11.141</t>
+        </is>
       </c>
       <c r="K24" t="inlineStr">
         <is>
-          <t>AA</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30</t>
+        </is>
+      </c>
+      <c r="L24" t="n">
+        <v>92.1246</v>
+      </c>
+      <c r="M24" t="inlineStr"/>
+      <c r="N24" t="inlineStr"/>
+      <c r="O24" t="n">
+        <v>235.6</v>
+      </c>
+      <c r="P24" t="n">
+        <v>225.45</v>
+      </c>
+      <c r="Q24" t="n">
+        <v>10.42</v>
       </c>
       <c r="R24" t="n">
-        <v>32.3785</v>
+        <v>7.29</v>
       </c>
       <c r="S24" t="n">
-        <v>3.8123</v>
-[...27 lines deleted...]
-      </c>
+        <v>6.68</v>
+      </c>
+      <c r="T24" t="inlineStr"/>
+      <c r="U24" t="inlineStr"/>
+      <c r="V24" t="inlineStr"/>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
-          <t>118031</t>
+          <t>113058</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
-          <t>天23转债</t>
+          <t>友发转债</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
-          <t>138.601</t>
+          <t>601686</t>
         </is>
       </c>
       <c r="D25" t="inlineStr">
         <is>
-          <t>4.225</t>
-[...6 lines deleted...]
-        <v>130.5625</v>
+          <t>友发集团</t>
+        </is>
+      </c>
+      <c r="E25" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F25" t="inlineStr">
+        <is>
+          <t>18.638</t>
+        </is>
       </c>
       <c r="G25" t="inlineStr">
         <is>
-          <t>688599</t>
+          <t>2.049</t>
         </is>
       </c>
       <c r="H25" t="inlineStr">
         <is>
-          <t>天合光能</t>
-[...6 lines deleted...]
-        <v>16.77</v>
+          <t>2028-03-30</t>
+        </is>
+      </c>
+      <c r="I25" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="J25" t="inlineStr">
+        <is>
+          <t>5.824</t>
+        </is>
       </c>
       <c r="K25" t="inlineStr">
         <is>
-          <t>AA</t>
-[...30 lines deleted...]
-        </is>
+          <t>!</t>
+        </is>
+      </c>
+      <c r="L25" t="n">
+        <v>71.4436</v>
+      </c>
+      <c r="M25" t="n">
+        <v>1.194</v>
+      </c>
+      <c r="N25" t="n">
+        <v>0.9729</v>
+      </c>
+      <c r="O25" t="n">
+        <v>4.25</v>
+      </c>
+      <c r="P25" t="n">
+        <v>5.7</v>
+      </c>
+      <c r="Q25" t="n">
+        <v>28.35</v>
       </c>
       <c r="R25" t="n">
-        <v>77.9914</v>
+        <v>19.55</v>
       </c>
       <c r="S25" t="n">
-        <v>1.2385</v>
-[...27 lines deleted...]
-      </c>
+        <v>18.81</v>
+      </c>
+      <c r="T25" t="inlineStr"/>
+      <c r="U25" t="inlineStr"/>
+      <c r="V25" t="inlineStr"/>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
-          <t>118055</t>
+          <t>127103</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
-          <t>伟测转债</t>
+          <t>东南转债</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
-          <t>291.301</t>
+          <t>002135</t>
         </is>
       </c>
       <c r="D26" t="inlineStr">
         <is>
-          <t>4.117</t>
-[...6 lines deleted...]
-        <v>225.6983</v>
+          <t>东南网架</t>
+        </is>
+      </c>
+      <c r="E26" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F26" t="inlineStr">
+        <is>
+          <t>19.999</t>
+        </is>
       </c>
       <c r="G26" t="inlineStr">
         <is>
-          <t>688372</t>
+          <t>3.814</t>
         </is>
       </c>
       <c r="H26" t="inlineStr">
         <is>
-          <t>伟测科技</t>
-[...6 lines deleted...]
-        <v>2.06</v>
+          <t>2030-01-03</t>
+        </is>
+      </c>
+      <c r="I26" t="inlineStr">
+        <is>
+          <t>108.00</t>
+        </is>
+      </c>
+      <c r="J26" t="inlineStr">
+        <is>
+          <t>7.280</t>
+        </is>
       </c>
       <c r="K26" t="inlineStr">
         <is>
-          <t>AA</t>
-[...30 lines deleted...]
-        </is>
+          <t>1/15 | 30</t>
+        </is>
+      </c>
+      <c r="L26" t="n">
+        <v>69.7312</v>
+      </c>
+      <c r="M26" t="n">
+        <v>1.5108</v>
+      </c>
+      <c r="N26" t="n">
+        <v>1.3604</v>
+      </c>
+      <c r="O26" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="P26" t="n">
+        <v>3.29</v>
+      </c>
+      <c r="Q26" t="n">
+        <v>16.46</v>
       </c>
       <c r="R26" t="n">
-        <v>58.7016</v>
+        <v>13.65</v>
       </c>
       <c r="S26" t="n">
-        <v>1.2781</v>
-[...25 lines deleted...]
-      </c>
+        <v>17.98</v>
+      </c>
+      <c r="T26" t="inlineStr"/>
+      <c r="U26" t="inlineStr"/>
+      <c r="V26" t="inlineStr"/>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
-          <t>127108</t>
+          <t>113652</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
-          <t>太能转债</t>
+          <t>伟22转债</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
-          <t>136.010</t>
+          <t>603568</t>
         </is>
       </c>
       <c r="D27" t="inlineStr">
         <is>
-          <t>4.030</t>
-[...6 lines deleted...]
-        <v>102.5225</v>
+          <t>伟明环保</t>
+        </is>
+      </c>
+      <c r="E27" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F27" t="inlineStr">
+        <is>
+          <t>14.767</t>
+        </is>
       </c>
       <c r="G27" t="inlineStr">
         <is>
-          <t>000591</t>
+          <t>2.362</t>
         </is>
       </c>
       <c r="H27" t="inlineStr">
         <is>
-          <t>太阳能</t>
-[...6 lines deleted...]
-        <v>10.06</v>
+          <t>2028-07-22</t>
+        </is>
+      </c>
+      <c r="I27" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="J27" t="inlineStr">
+        <is>
+          <t>35.451</t>
+        </is>
       </c>
       <c r="K27" t="inlineStr">
         <is>
-          <t>AA+</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L27" t="n">
+        <v>44.8693</v>
+      </c>
+      <c r="M27" t="n">
+        <v>2.0216</v>
+      </c>
+      <c r="N27" t="n">
+        <v>1.9638</v>
+      </c>
+      <c r="O27" t="n">
+        <v>27.04</v>
+      </c>
+      <c r="P27" t="n">
+        <v>20.48</v>
+      </c>
+      <c r="Q27" t="n">
+        <v>28.22</v>
+      </c>
       <c r="R27" t="n">
-        <v>53.763</v>
+        <v>19.64</v>
       </c>
       <c r="S27" t="n">
-        <v>2.2421</v>
-[...25 lines deleted...]
-      </c>
+        <v>15.12</v>
+      </c>
+      <c r="T27" t="inlineStr"/>
+      <c r="U27" t="inlineStr"/>
+      <c r="V27" t="inlineStr"/>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
-          <t>123182</t>
+          <t>110075</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
-          <t>广联转债</t>
+          <t>南航转债</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
-          <t>162.500</t>
+          <t>600029</t>
         </is>
       </c>
       <c r="D28" t="inlineStr">
         <is>
-          <t>3.900</t>
-[...6 lines deleted...]
-        <v>162.3905</v>
+          <t>南方航空</t>
+        </is>
+      </c>
+      <c r="E28" t="inlineStr">
+        <is>
+          <t>AAA</t>
+        </is>
+      </c>
+      <c r="F28" t="inlineStr">
+        <is>
+          <t>58.959</t>
+        </is>
       </c>
       <c r="G28" t="inlineStr">
         <is>
-          <t>300900</t>
+          <t>0.592</t>
         </is>
       </c>
       <c r="H28" t="inlineStr">
         <is>
-          <t>广联航空</t>
-[...6 lines deleted...]
-        <v>6.28</v>
+          <t>2026-10-15</t>
+        </is>
+      </c>
+      <c r="I28" t="inlineStr">
+        <is>
+          <t>106.50</t>
+        </is>
+      </c>
+      <c r="J28" t="inlineStr">
+        <is>
+          <t>8.021</t>
+        </is>
       </c>
       <c r="K28" t="inlineStr">
         <is>
-          <t>A+</t>
-[...30 lines deleted...]
-        </is>
+          <t>5/15 | 30</t>
+        </is>
+      </c>
+      <c r="L28" t="n">
+        <v>83.3865</v>
+      </c>
+      <c r="M28" t="n">
+        <v>0.2932</v>
+      </c>
+      <c r="N28" t="n">
+        <v>0.2735</v>
+      </c>
+      <c r="O28" t="n">
+        <v>-16.96</v>
+      </c>
+      <c r="P28" t="n">
+        <v>-42.09</v>
+      </c>
+      <c r="Q28" t="n">
+        <v>17.14</v>
       </c>
       <c r="R28" t="n">
-        <v>68.1233</v>
+        <v>16.02</v>
       </c>
       <c r="S28" t="n">
-        <v>1.3777</v>
-[...27 lines deleted...]
-      </c>
+        <v>13.53</v>
+      </c>
+      <c r="T28" t="inlineStr"/>
+      <c r="U28" t="inlineStr"/>
+      <c r="V28" t="inlineStr"/>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
-          <t>118040</t>
+          <t>123211</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
-          <t>宏微转债</t>
+          <t>阳谷转债</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
-          <t>158.206</t>
+          <t>300121</t>
         </is>
       </c>
       <c r="D29" t="inlineStr">
         <is>
-          <t>3.876</t>
-[...6 lines deleted...]
-        <v>122.6236</v>
+          <t>阳谷华泰</t>
+        </is>
+      </c>
+      <c r="E29" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F29" t="inlineStr">
+        <is>
+          <t>3.070</t>
+        </is>
       </c>
       <c r="G29" t="inlineStr">
         <is>
-          <t>688711</t>
+          <t>3.375</t>
         </is>
       </c>
       <c r="H29" t="inlineStr">
         <is>
-          <t>宏微科技</t>
-[...6 lines deleted...]
-        <v>6.26</v>
+          <t>2029-07-27</t>
+        </is>
+      </c>
+      <c r="I29" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J29" t="inlineStr">
+        <is>
+          <t>12.064</t>
+        </is>
       </c>
       <c r="K29" t="inlineStr">
         <is>
-          <t>A</t>
-[...30 lines deleted...]
-        </is>
+          <t>!</t>
+        </is>
+      </c>
+      <c r="L29" t="n">
+        <v>21.4511</v>
+      </c>
+      <c r="M29" t="n">
+        <v>4.0554</v>
+      </c>
+      <c r="N29" t="n">
+        <v>3.3007</v>
+      </c>
+      <c r="O29" t="n">
+        <v>1.92</v>
+      </c>
+      <c r="P29" t="n">
+        <v>3.04</v>
+      </c>
+      <c r="Q29" t="n">
+        <v>34.27</v>
       </c>
       <c r="R29" t="n">
-        <v>57.722</v>
+        <v>40.32</v>
       </c>
       <c r="S29" t="n">
-        <v>1.3871</v>
-[...27 lines deleted...]
-      </c>
+        <v>48.13</v>
+      </c>
+      <c r="T29" t="inlineStr"/>
+      <c r="U29" t="inlineStr"/>
+      <c r="V29" t="inlineStr"/>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
-          <t>113605</t>
+          <t>123225</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
-          <t>大参转债</t>
+          <t>翔丰转债</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
-          <t>138.859</t>
+          <t>300890</t>
         </is>
       </c>
       <c r="D30" t="inlineStr">
         <is>
-          <t>3.870</t>
-[...6 lines deleted...]
-        <v>122.5937</v>
+          <t>翔丰华</t>
+        </is>
+      </c>
+      <c r="E30" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F30" t="inlineStr">
+        <is>
+          <t>5.704</t>
+        </is>
       </c>
       <c r="G30" t="inlineStr">
         <is>
-          <t>603233</t>
+          <t>3.581</t>
         </is>
       </c>
       <c r="H30" t="inlineStr">
         <is>
-          <t>大参林</t>
-[...6 lines deleted...]
-        <v>6.88</v>
+          <t>2029-10-10</t>
+        </is>
+      </c>
+      <c r="I30" t="inlineStr">
+        <is>
+          <t>118.00</t>
+        </is>
+      </c>
+      <c r="J30" t="inlineStr">
+        <is>
+          <t>35.672</t>
+        </is>
       </c>
       <c r="K30" t="inlineStr">
         <is>
-          <t>AA</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L30" t="n">
+        <v>53.7176</v>
+      </c>
+      <c r="M30" t="n">
+        <v>1.7417</v>
+      </c>
+      <c r="N30" t="n">
+        <v>1.1747</v>
+      </c>
+      <c r="O30" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="P30" t="n">
+        <v>0.83</v>
+      </c>
+      <c r="Q30" t="n">
+        <v>20.23</v>
+      </c>
       <c r="R30" t="n">
-        <v>67.4466</v>
+        <v>19.78</v>
       </c>
       <c r="S30" t="n">
-        <v>0.9634</v>
-[...27 lines deleted...]
-      </c>
+        <v>24.84</v>
+      </c>
+      <c r="T30" t="inlineStr"/>
+      <c r="U30" t="inlineStr"/>
+      <c r="V30" t="inlineStr"/>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
-          <t>123222</t>
+          <t>113052</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
-          <t>博俊转债</t>
+          <t>兴业转债</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
-          <t>250.300</t>
+          <t>601166</t>
         </is>
       </c>
       <c r="D31" t="inlineStr">
         <is>
-          <t>3.700</t>
-[...6 lines deleted...]
-        <v>195.6235</v>
+          <t>兴业银行</t>
+        </is>
+      </c>
+      <c r="E31" t="inlineStr">
+        <is>
+          <t>AAA</t>
+        </is>
+      </c>
+      <c r="F31" t="inlineStr">
+        <is>
+          <t>413.500</t>
+        </is>
       </c>
       <c r="G31" t="inlineStr">
         <is>
-          <t>300926</t>
+          <t>1.792</t>
         </is>
       </c>
       <c r="H31" t="inlineStr">
         <is>
-          <t>博俊科技</t>
-[...6 lines deleted...]
-        <v>1.87</v>
+          <t>2027-12-27</t>
+        </is>
+      </c>
+      <c r="I31" t="inlineStr">
+        <is>
+          <t>109.00</t>
+        </is>
+      </c>
+      <c r="J31" t="inlineStr">
+        <is>
+          <t>26.819</t>
+        </is>
       </c>
       <c r="K31" t="inlineStr">
         <is>
-          <t>A+</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30</t>
+        </is>
+      </c>
+      <c r="L31" t="n">
+        <v>91.5446</v>
+      </c>
+      <c r="M31" t="inlineStr"/>
+      <c r="N31" t="inlineStr"/>
+      <c r="O31" t="n">
+        <v>772.05</v>
+      </c>
+      <c r="P31" t="n">
+        <v>771.16</v>
+      </c>
+      <c r="Q31" t="n">
+        <v>4.77</v>
       </c>
       <c r="R31" t="n">
-        <v>59.6608</v>
+        <v>5.12</v>
       </c>
       <c r="S31" t="n">
-        <v>1.0401</v>
-[...27 lines deleted...]
-      </c>
+        <v>7.01</v>
+      </c>
+      <c r="T31" t="inlineStr"/>
+      <c r="U31" t="inlineStr"/>
+      <c r="V31" t="inlineStr"/>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
-          <t>113699</t>
+          <t>128128</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
-          <t>金25转债</t>
+          <t>齐翔转2</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
-          <t>208.965</t>
+          <t>002408</t>
         </is>
       </c>
       <c r="D32" t="inlineStr">
         <is>
-          <t>3.691</t>
-[...6 lines deleted...]
-        <v>123.9679</v>
+          <t>齐翔腾达</t>
+        </is>
+      </c>
+      <c r="E32" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F32" t="inlineStr">
+        <is>
+          <t>6.793</t>
+        </is>
       </c>
       <c r="G32" t="inlineStr">
         <is>
-          <t>603979</t>
+          <t>0.438</t>
         </is>
       </c>
       <c r="H32" t="inlineStr">
         <is>
-          <t>金诚信</t>
-[...6 lines deleted...]
-        <v>0.51</v>
+          <t>2026-08-20</t>
+        </is>
+      </c>
+      <c r="I32" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="J32" t="inlineStr">
+        <is>
+          <t>6.981</t>
+        </is>
       </c>
       <c r="K32" t="inlineStr">
         <is>
-          <t>AA</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30 2023-02-13 重新计</t>
+        </is>
+      </c>
+      <c r="L32" t="n">
+        <v>52.855</v>
+      </c>
+      <c r="M32" t="n">
+        <v>0.7046</v>
+      </c>
+      <c r="N32" t="n">
+        <v>0.5477</v>
+      </c>
+      <c r="O32" t="n">
+        <v>0.32</v>
+      </c>
+      <c r="P32" t="n">
+        <v>-3.84</v>
+      </c>
+      <c r="Q32" t="n">
+        <v>31.43</v>
       </c>
       <c r="R32" t="n">
-        <v>45.8924</v>
+        <v>21.82</v>
       </c>
       <c r="S32" t="n">
-        <v>1.7385</v>
-[...23 lines deleted...]
-      </c>
+        <v>18.01</v>
+      </c>
+      <c r="T32" t="inlineStr"/>
+      <c r="U32" t="inlineStr"/>
+      <c r="V32" t="inlineStr"/>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
-          <t>123224</t>
+          <t>113056</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
-          <t>宇邦转债</t>
+          <t>重银转债</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
-          <t>154.472</t>
+          <t>601963</t>
         </is>
       </c>
       <c r="D33" t="inlineStr">
         <is>
-          <t>3.662</t>
-[...6 lines deleted...]
-        <v>120.8039</v>
+          <t>重庆银行</t>
+        </is>
+      </c>
+      <c r="E33" t="inlineStr">
+        <is>
+          <t>AAA</t>
+        </is>
+      </c>
+      <c r="F33" t="inlineStr">
+        <is>
+          <t>129.987</t>
+        </is>
       </c>
       <c r="G33" t="inlineStr">
         <is>
-          <t>301266</t>
+          <t>2.030</t>
         </is>
       </c>
       <c r="H33" t="inlineStr">
         <is>
-          <t>宇邦新材</t>
-[...6 lines deleted...]
-        <v>5.4</v>
+          <t>2028-03-23</t>
+        </is>
+      </c>
+      <c r="I33" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="J33" t="inlineStr">
+        <is>
+          <t>12.350</t>
+        </is>
       </c>
       <c r="K33" t="inlineStr">
         <is>
-          <t>A+</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L33" t="n">
+        <v>93.5466</v>
+      </c>
+      <c r="M33" t="inlineStr"/>
+      <c r="N33" t="inlineStr"/>
+      <c r="O33" t="n">
+        <v>51.17</v>
+      </c>
+      <c r="P33" t="n">
+        <v>49.3</v>
+      </c>
+      <c r="Q33" t="n">
+        <v>6.18</v>
+      </c>
       <c r="R33" t="n">
-        <v>44.6857</v>
+        <v>5.16</v>
       </c>
       <c r="S33" t="n">
-        <v>2.3193</v>
-[...27 lines deleted...]
-      </c>
+        <v>7.66</v>
+      </c>
+      <c r="T33" t="inlineStr"/>
+      <c r="U33" t="inlineStr"/>
+      <c r="V33" t="inlineStr"/>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
-          <t>123187</t>
+          <t>118003</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
-          <t>超达转债</t>
+          <t>华兴转债</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
-          <t>202.220</t>
+          <t>688001</t>
         </is>
       </c>
       <c r="D34" t="inlineStr">
         <is>
-          <t>3.596</t>
-[...6 lines deleted...]
-        <v>174.5965</v>
+          <t>华兴源创</t>
+        </is>
+      </c>
+      <c r="E34" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F34" t="inlineStr">
+        <is>
+          <t>7.109</t>
+        </is>
       </c>
       <c r="G34" t="inlineStr">
         <is>
-          <t>301186</t>
+          <t>1.715</t>
         </is>
       </c>
       <c r="H34" t="inlineStr">
         <is>
-          <t>超达装备</t>
-[...6 lines deleted...]
-        <v>0.82</v>
+          <t>2027-11-29</t>
+        </is>
+      </c>
+      <c r="I34" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="J34" t="inlineStr">
+        <is>
+          <t>34.086</t>
+        </is>
       </c>
       <c r="K34" t="inlineStr">
         <is>
-          <t>A</t>
-[...30 lines deleted...]
-        </is>
+          <t>8/15 | 30</t>
+        </is>
+      </c>
+      <c r="L34" t="n">
+        <v>38.5931</v>
+      </c>
+      <c r="M34" t="n">
+        <v>2.6205</v>
+      </c>
+      <c r="N34" t="n">
+        <v>1.9295</v>
+      </c>
+      <c r="O34" t="n">
+        <v>-4.97</v>
+      </c>
+      <c r="P34" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="Q34" t="n">
+        <v>33.33</v>
       </c>
       <c r="R34" t="n">
-        <v>29.9069</v>
+        <v>25.42</v>
       </c>
       <c r="S34" t="n">
-        <v>4.6304</v>
-[...27 lines deleted...]
-      </c>
+        <v>28.73</v>
+      </c>
+      <c r="T34" t="inlineStr"/>
+      <c r="U34" t="inlineStr"/>
+      <c r="V34" t="inlineStr"/>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
-          <t>118004</t>
+          <t>110085</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
-          <t>博瑞转债</t>
+          <t>通22转债</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
-          <t>199.741</t>
+          <t>600438</t>
         </is>
       </c>
       <c r="D35" t="inlineStr">
         <is>
-          <t>3.591</t>
-[...6 lines deleted...]
-        <v>146.2579</v>
+          <t>通威股份</t>
+        </is>
+      </c>
+      <c r="E35" t="inlineStr">
+        <is>
+          <t>AAA</t>
+        </is>
+      </c>
+      <c r="F35" t="inlineStr">
+        <is>
+          <t>119.831</t>
+        </is>
       </c>
       <c r="G35" t="inlineStr">
         <is>
-          <t>688166</t>
+          <t>1.953</t>
         </is>
       </c>
       <c r="H35" t="inlineStr">
         <is>
-          <t>博瑞医药</t>
-[...6 lines deleted...]
-        <v>1.6</v>
+          <t>2028-02-24</t>
+        </is>
+      </c>
+      <c r="I35" t="inlineStr">
+        <is>
+          <t>109.00</t>
+        </is>
+      </c>
+      <c r="J35" t="inlineStr">
+        <is>
+          <t>44.980</t>
+        </is>
       </c>
       <c r="K35" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30</t>
+        </is>
+      </c>
+      <c r="L35" t="n">
+        <v>71.9541</v>
+      </c>
+      <c r="M35" t="n">
+        <v>1.2379</v>
+      </c>
+      <c r="N35" t="n">
+        <v>0.987</v>
+      </c>
+      <c r="O35" t="n">
+        <v>-70.39</v>
+      </c>
+      <c r="P35" t="n">
+        <v>135.74</v>
+      </c>
+      <c r="Q35" t="n">
+        <v>11.12</v>
       </c>
       <c r="R35" t="n">
-        <v>52.7671</v>
+        <v>13.58</v>
       </c>
       <c r="S35" t="n">
-        <v>1.2567</v>
-[...27 lines deleted...]
-      </c>
+        <v>14.55</v>
+      </c>
+      <c r="T35" t="inlineStr"/>
+      <c r="U35" t="inlineStr"/>
+      <c r="V35" t="inlineStr"/>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
-          <t>113601</t>
+          <t>127018</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
-          <t>塞力转债</t>
+          <t>本钢转债</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
-          <t>258.234</t>
+          <t>000761</t>
         </is>
       </c>
       <c r="D36" t="inlineStr">
         <is>
-          <t>3.545</t>
-[...6 lines deleted...]
-        <v>210.5833</v>
+          <t>本钢板材</t>
+        </is>
+      </c>
+      <c r="E36" t="inlineStr">
+        <is>
+          <t>AA+</t>
+        </is>
+      </c>
+      <c r="F36" t="inlineStr">
+        <is>
+          <t>56.309</t>
+        </is>
       </c>
       <c r="G36" t="inlineStr">
         <is>
-          <t>603716</t>
+          <t>0.296</t>
         </is>
       </c>
       <c r="H36" t="inlineStr">
         <is>
-          <t>塞力医疗</t>
-[...6 lines deleted...]
-        <v>3.06</v>
+          <t>2026-06-29</t>
+        </is>
+      </c>
+      <c r="I36" t="inlineStr">
+        <is>
+          <t>119.00</t>
+        </is>
+      </c>
+      <c r="J36" t="inlineStr">
+        <is>
+          <t>4.277</t>
+        </is>
       </c>
       <c r="K36" t="inlineStr">
         <is>
-          <t>BB+</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30</t>
+        </is>
+      </c>
+      <c r="L36" t="n">
+        <v>78.0005</v>
+      </c>
+      <c r="M36" t="n">
+        <v>0.4015</v>
+      </c>
+      <c r="N36" t="n">
+        <v>0.1654</v>
+      </c>
+      <c r="O36" t="n">
+        <v>-50.37</v>
+      </c>
+      <c r="P36" t="n">
+        <v>-17.21</v>
+      </c>
+      <c r="Q36" t="n">
+        <v>10.74</v>
       </c>
       <c r="R36" t="n">
-        <v>49.6112</v>
+        <v>7.9</v>
       </c>
       <c r="S36" t="n">
-        <v>1.3748</v>
-[...27 lines deleted...]
-      </c>
+        <v>7.84</v>
+      </c>
+      <c r="T36" t="inlineStr"/>
+      <c r="U36" t="inlineStr"/>
+      <c r="V36" t="inlineStr"/>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
-          <t>118013</t>
+          <t>110093</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
-          <t>道通转债</t>
+          <t>神马转债</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
-          <t>242.872</t>
+          <t>600810</t>
         </is>
       </c>
       <c r="D37" t="inlineStr">
         <is>
-          <t>3.534</t>
-[...6 lines deleted...]
-        <v>172.202</v>
+          <t>神马股份</t>
+        </is>
+      </c>
+      <c r="E37" t="inlineStr">
+        <is>
+          <t>AA+</t>
+        </is>
+      </c>
+      <c r="F37" t="inlineStr">
+        <is>
+          <t>22.199</t>
+        </is>
       </c>
       <c r="G37" t="inlineStr">
         <is>
-          <t>688208</t>
+          <t>3.011</t>
         </is>
       </c>
       <c r="H37" t="inlineStr">
         <is>
-          <t>道通科技</t>
-[...6 lines deleted...]
-        <v>1.75</v>
+          <t>2029-03-16</t>
+        </is>
+      </c>
+      <c r="I37" t="inlineStr">
+        <is>
+          <t>107.00</t>
+        </is>
+      </c>
+      <c r="J37" t="inlineStr">
+        <is>
+          <t>10.543</t>
+        </is>
       </c>
       <c r="K37" t="inlineStr">
         <is>
-          <t>AA</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30 2025-09-10 重新计</t>
+        </is>
+      </c>
+      <c r="L37" t="n">
+        <v>62.4943</v>
+      </c>
+      <c r="M37" t="n">
+        <v>1.3453</v>
+      </c>
+      <c r="N37" t="n">
+        <v>1.1623</v>
+      </c>
+      <c r="O37" t="n">
+        <v>0.34</v>
+      </c>
+      <c r="P37" t="n">
+        <v>1.49</v>
+      </c>
+      <c r="Q37" t="n">
+        <v>16.04</v>
       </c>
       <c r="R37" t="n">
-        <v>50.2343</v>
+        <v>17</v>
       </c>
       <c r="S37" t="n">
-        <v>2.8703</v>
-[...21 lines deleted...]
-      <c r="AB37" t="inlineStr"/>
+        <v>17.04</v>
+      </c>
+      <c r="T37" t="inlineStr"/>
+      <c r="U37" t="inlineStr"/>
+      <c r="V37" t="inlineStr"/>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
-          <t>127071</t>
+          <t>113584</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
-          <t>天箭转债</t>
+          <t>家悦转债</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
-          <t>146.621</t>
+          <t>603708</t>
         </is>
       </c>
       <c r="D38" t="inlineStr">
         <is>
-          <t>3.439</t>
-[...6 lines deleted...]
-        <v>145.0076</v>
+          <t>家家悦</t>
+        </is>
+      </c>
+      <c r="E38" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F38" t="inlineStr">
+        <is>
+          <t>6.448</t>
+        </is>
       </c>
       <c r="G38" t="inlineStr">
         <is>
-          <t>003009</t>
+          <t>0.230</t>
         </is>
       </c>
       <c r="H38" t="inlineStr">
         <is>
-          <t>中天火箭</t>
-[...6 lines deleted...]
-        <v>6</v>
+          <t>2026-06-05</t>
+        </is>
+      </c>
+      <c r="I38" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="J38" t="inlineStr">
+        <is>
+          <t>16.185</t>
+        </is>
       </c>
       <c r="K38" t="inlineStr">
         <is>
-          <t>AA</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30</t>
+        </is>
+      </c>
+      <c r="L38" t="n">
+        <v>81.8948</v>
+      </c>
+      <c r="M38" t="n">
+        <v>0.7413999999999999</v>
+      </c>
+      <c r="N38" t="n">
+        <v>0.4968</v>
+      </c>
+      <c r="O38" t="n">
+        <v>1.32</v>
+      </c>
+      <c r="P38" t="n">
+        <v>1.36</v>
+      </c>
+      <c r="Q38" t="n">
+        <v>22.43</v>
       </c>
       <c r="R38" t="n">
-        <v>46.5149</v>
+        <v>21.77</v>
       </c>
       <c r="S38" t="n">
-        <v>2.2392</v>
-[...21 lines deleted...]
-      <c r="AB38" t="inlineStr"/>
+        <v>16.97</v>
+      </c>
+      <c r="T38" t="inlineStr"/>
+      <c r="U38" t="inlineStr"/>
+      <c r="V38" t="inlineStr"/>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
-          <t>123159</t>
+          <t>111015</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
-          <t>崧盛转债</t>
+          <t>东亚转债</t>
         </is>
       </c>
       <c r="C39" t="inlineStr">
         <is>
-          <t>177.816</t>
+          <t>605177</t>
         </is>
       </c>
       <c r="D39" t="inlineStr">
         <is>
-          <t>3.381</t>
-[...6 lines deleted...]
-        <v>178.193</v>
+          <t>东亚药业</t>
+        </is>
+      </c>
+      <c r="E39" t="inlineStr">
+        <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="F39" t="inlineStr">
+        <is>
+          <t>6.662</t>
+        </is>
       </c>
       <c r="G39" t="inlineStr">
         <is>
-          <t>301002</t>
+          <t>3.318</t>
         </is>
       </c>
       <c r="H39" t="inlineStr">
         <is>
-          <t>崧盛股份</t>
-[...6 lines deleted...]
-        <v>3.06</v>
+          <t>2029-07-06</t>
+        </is>
+      </c>
+      <c r="I39" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J39" t="inlineStr">
+        <is>
+          <t>26.364</t>
+        </is>
       </c>
       <c r="K39" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30</t>
+        </is>
+      </c>
+      <c r="L39" t="n">
+        <v>46.4624</v>
+      </c>
+      <c r="M39" t="n">
+        <v>1.6602</v>
+      </c>
+      <c r="N39" t="n">
+        <v>0.7512</v>
+      </c>
+      <c r="O39" t="n">
+        <v>-1.01</v>
+      </c>
+      <c r="P39" t="n">
+        <v>1.21</v>
+      </c>
+      <c r="Q39" t="n">
+        <v>12.49</v>
       </c>
       <c r="R39" t="n">
-        <v>45.0694</v>
+        <v>13.65</v>
       </c>
       <c r="S39" t="n">
-        <v>2.203</v>
-[...21 lines deleted...]
-      <c r="AB39" t="inlineStr"/>
+        <v>17.94</v>
+      </c>
+      <c r="T39" t="inlineStr"/>
+      <c r="U39" t="inlineStr"/>
+      <c r="V39" t="inlineStr"/>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
-          <t>123165</t>
+          <t>128124</t>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
-          <t>回天转债</t>
+          <t>科华转债</t>
         </is>
       </c>
       <c r="C40" t="inlineStr">
         <is>
-          <t>136.000</t>
+          <t>002022</t>
         </is>
       </c>
       <c r="D40" t="inlineStr">
         <is>
-          <t>3.251</t>
-[...6 lines deleted...]
-        <v>87.3026</v>
+          <t>科华生物</t>
+        </is>
+      </c>
+      <c r="E40" t="inlineStr">
+        <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="F40" t="inlineStr">
+        <is>
+          <t>2.246</t>
+        </is>
       </c>
       <c r="G40" t="inlineStr">
         <is>
-          <t>300041</t>
+          <t>0.375</t>
         </is>
       </c>
       <c r="H40" t="inlineStr">
         <is>
-          <t>回天新材</t>
-[...6 lines deleted...]
-        <v>6.67</v>
+          <t>2026-07-28</t>
+        </is>
+      </c>
+      <c r="I40" t="inlineStr">
+        <is>
+          <t>106.00</t>
+        </is>
+      </c>
+      <c r="J40" t="inlineStr">
+        <is>
+          <t>26.832</t>
+        </is>
       </c>
       <c r="K40" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L40" t="n">
+        <v>27.5318</v>
+      </c>
+      <c r="M40" t="n">
+        <v>2.2077</v>
+      </c>
+      <c r="N40" t="n">
+        <v>1.5312</v>
+      </c>
+      <c r="O40" t="n">
+        <v>-6.41</v>
+      </c>
+      <c r="P40" t="n">
+        <v>-2.34</v>
+      </c>
+      <c r="Q40" t="n">
+        <v>33.92</v>
+      </c>
       <c r="R40" t="n">
-        <v>53.7085</v>
+        <v>19.67</v>
       </c>
       <c r="S40" t="n">
-        <v>1.6997</v>
-[...21 lines deleted...]
-      <c r="AB40" t="inlineStr"/>
+        <v>23.27</v>
+      </c>
+      <c r="T40" t="inlineStr"/>
+      <c r="U40" t="inlineStr"/>
+      <c r="V40" t="inlineStr"/>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
-          <t>113053</t>
+          <t>118027</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
-          <t>隆22转债</t>
+          <t>宏图转债</t>
         </is>
       </c>
       <c r="C41" t="inlineStr">
         <is>
-          <t>138.065</t>
+          <t>688066</t>
         </is>
       </c>
       <c r="D41" t="inlineStr">
         <is>
-          <t>3.219</t>
-[...6 lines deleted...]
-        <v>110.5714</v>
+          <t>航天宏图</t>
+        </is>
+      </c>
+      <c r="E41" t="inlineStr">
+        <is>
+          <t>BB+</t>
+        </is>
+      </c>
+      <c r="F41" t="inlineStr">
+        <is>
+          <t>10.087</t>
+        </is>
       </c>
       <c r="G41" t="inlineStr">
         <is>
-          <t>601012</t>
+          <t>2.715</t>
         </is>
       </c>
       <c r="H41" t="inlineStr">
         <is>
-          <t>隆基绿能</t>
-[...6 lines deleted...]
-        <v>10.01</v>
+          <t>2028-11-28</t>
+        </is>
+      </c>
+      <c r="I41" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J41" t="inlineStr">
+        <is>
+          <t>53.222</t>
+        </is>
       </c>
       <c r="K41" t="inlineStr">
         <is>
-          <t>AAA</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L41" t="n">
+        <v>80.04649999999999</v>
+      </c>
+      <c r="M41" t="n">
+        <v>1.239</v>
+      </c>
+      <c r="N41" t="n">
+        <v>0.7433</v>
+      </c>
+      <c r="O41" t="n">
+        <v>-13.93</v>
+      </c>
+      <c r="P41" t="n">
+        <v>-3.74</v>
+      </c>
+      <c r="Q41" t="n">
+        <v>41.58</v>
+      </c>
       <c r="R41" t="n">
-        <v>62.431</v>
+        <v>33.26</v>
       </c>
       <c r="S41" t="n">
-        <v>1.4329</v>
-[...21 lines deleted...]
-      <c r="AB41" t="inlineStr"/>
+        <v>29.17</v>
+      </c>
+      <c r="T41" t="inlineStr"/>
+      <c r="U41" t="inlineStr"/>
+      <c r="V41" t="inlineStr"/>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
-          <t>123245</t>
+          <t>127094</t>
         </is>
       </c>
       <c r="B42" t="inlineStr">
         <is>
-          <t>集智转债</t>
+          <t>红墙转债</t>
         </is>
       </c>
       <c r="C42" t="inlineStr">
         <is>
-          <t>324.700</t>
+          <t>002809</t>
         </is>
       </c>
       <c r="D42" t="inlineStr">
         <is>
-          <t>3.210</t>
-[...6 lines deleted...]
-        <v>263.9978</v>
+          <t>红墙股份</t>
+        </is>
+      </c>
+      <c r="E42" t="inlineStr">
+        <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="F42" t="inlineStr">
+        <is>
+          <t>2.519</t>
+        </is>
       </c>
       <c r="G42" t="inlineStr">
         <is>
-          <t>300553</t>
+          <t>-</t>
         </is>
       </c>
       <c r="H42" t="inlineStr">
         <is>
-          <t>集智股份</t>
-[...6 lines deleted...]
-        <v>3.19</v>
+          <t>2029-10-18</t>
+        </is>
+      </c>
+      <c r="I42" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J42" t="inlineStr">
+        <is>
+          <t>13.572</t>
+        </is>
       </c>
       <c r="K42" t="inlineStr">
         <is>
-          <t>A</t>
-[...28 lines deleted...]
-        <is>
           <t>!</t>
         </is>
       </c>
+      <c r="L42" t="n">
+        <v>38.7242</v>
+      </c>
+      <c r="M42" t="n">
+        <v>4.7866</v>
+      </c>
+      <c r="N42" t="n">
+        <v>4.5326</v>
+      </c>
+      <c r="O42" t="n">
+        <v>0.49</v>
+      </c>
+      <c r="P42" t="n">
+        <v>0.86</v>
+      </c>
+      <c r="Q42" t="n">
+        <v>36.28</v>
+      </c>
       <c r="R42" t="n">
-        <v>38.3078</v>
+        <v>29.16</v>
       </c>
       <c r="S42" t="n">
-        <v>2.5889</v>
-[...19 lines deleted...]
-      <c r="AB42" t="inlineStr"/>
+        <v>31.11</v>
+      </c>
+      <c r="T42" t="inlineStr"/>
+      <c r="U42" t="inlineStr"/>
+      <c r="V42" t="inlineStr"/>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
-          <t>113697</t>
+          <t>127105</t>
         </is>
       </c>
       <c r="B43" t="inlineStr">
         <is>
-          <t>应流转债</t>
+          <t>龙星转债</t>
         </is>
       </c>
       <c r="C43" t="inlineStr">
         <is>
-          <t>261.299</t>
+          <t>002442</t>
         </is>
       </c>
       <c r="D43" t="inlineStr">
         <is>
-          <t>3.156</t>
-[...6 lines deleted...]
-        <v>171.2176</v>
+          <t>龙星科技</t>
+        </is>
+      </c>
+      <c r="E43" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F43" t="inlineStr">
+        <is>
+          <t>7.540</t>
+        </is>
       </c>
       <c r="G43" t="inlineStr">
         <is>
-          <t>603308</t>
+          <t>3.890</t>
         </is>
       </c>
       <c r="H43" t="inlineStr">
         <is>
-          <t>应流股份</t>
-[...6 lines deleted...]
-        <v>1.09</v>
+          <t>2030-01-31</t>
+        </is>
+      </c>
+      <c r="I43" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J43" t="inlineStr">
+        <is>
+          <t>7.540</t>
+        </is>
       </c>
       <c r="K43" t="inlineStr">
         <is>
-          <t>AA+</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L43" t="n">
+        <v>59.1077</v>
+      </c>
+      <c r="M43" t="n">
+        <v>1.9138</v>
+      </c>
+      <c r="N43" t="n">
+        <v>1.4789</v>
+      </c>
+      <c r="O43" t="n">
+        <v>1.42</v>
+      </c>
+      <c r="P43" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="Q43" t="n">
+        <v>18.56</v>
+      </c>
       <c r="R43" t="n">
-        <v>62.5008</v>
+        <v>13.88</v>
       </c>
       <c r="S43" t="n">
-        <v>1.6554</v>
-[...17 lines deleted...]
-      <c r="AB43" t="inlineStr"/>
+        <v>17.93</v>
+      </c>
+      <c r="T43" t="inlineStr"/>
+      <c r="U43" t="inlineStr"/>
+      <c r="V43" t="inlineStr"/>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
-          <t>118048</t>
+          <t>127053</t>
         </is>
       </c>
       <c r="B44" t="inlineStr">
         <is>
-          <t>利扬转债</t>
+          <t>豪美转债</t>
         </is>
       </c>
       <c r="C44" t="inlineStr">
         <is>
-          <t>295.818</t>
+          <t>002988</t>
         </is>
       </c>
       <c r="D44" t="inlineStr">
         <is>
-          <t>3.127</t>
-[...6 lines deleted...]
-        <v>230.1489</v>
+          <t>豪美新材</t>
+        </is>
+      </c>
+      <c r="E44" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F44" t="inlineStr">
+        <is>
+          <t>2.581</t>
+        </is>
       </c>
       <c r="G44" t="inlineStr">
         <is>
-          <t>688135</t>
+          <t>1.869</t>
         </is>
       </c>
       <c r="H44" t="inlineStr">
         <is>
-          <t>利扬芯片</t>
-[...6 lines deleted...]
-        <v>0.38</v>
+          <t>2028-01-24</t>
+        </is>
+      </c>
+      <c r="I44" t="inlineStr">
+        <is>
+          <t>118.00</t>
+        </is>
+      </c>
+      <c r="J44" t="inlineStr">
+        <is>
+          <t>22.399</t>
+        </is>
       </c>
       <c r="K44" t="inlineStr">
         <is>
-          <t>A+</t>
-[...28 lines deleted...]
-        <is>
           <t>!</t>
         </is>
       </c>
+      <c r="L44" t="n">
+        <v>59.4163</v>
+      </c>
+      <c r="M44" t="n">
+        <v>1.5144</v>
+      </c>
+      <c r="N44" t="n">
+        <v>1.2455</v>
+      </c>
+      <c r="O44" t="n">
+        <v>2.09</v>
+      </c>
+      <c r="P44" t="n">
+        <v>1.81</v>
+      </c>
+      <c r="Q44" t="n">
+        <v>41.76</v>
+      </c>
       <c r="R44" t="n">
-        <v>55.2464</v>
+        <v>42.47</v>
       </c>
       <c r="S44" t="n">
-        <v>1.2423</v>
-[...21 lines deleted...]
-      <c r="AB44" t="inlineStr"/>
+        <v>42.47</v>
+      </c>
+      <c r="T44" t="inlineStr"/>
+      <c r="U44" t="inlineStr"/>
+      <c r="V44" t="inlineStr"/>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
-          <t>113682</t>
+          <t>123108</t>
         </is>
       </c>
       <c r="B45" t="inlineStr">
         <is>
-          <t>益丰转债</t>
+          <t>乐普转2</t>
         </is>
       </c>
       <c r="C45" t="inlineStr">
         <is>
-          <t>133.618</t>
+          <t>300003</t>
         </is>
       </c>
       <c r="D45" t="inlineStr">
         <is>
-          <t>3.024</t>
-[...6 lines deleted...]
-        <v>77.9209</v>
+          <t>乐普医疗</t>
+        </is>
+      </c>
+      <c r="E45" t="inlineStr">
+        <is>
+          <t>AA+</t>
+        </is>
+      </c>
+      <c r="F45" t="inlineStr">
+        <is>
+          <t>16.374</t>
+        </is>
       </c>
       <c r="G45" t="inlineStr">
         <is>
-          <t>603939</t>
+          <t>0.047</t>
         </is>
       </c>
       <c r="H45" t="inlineStr">
         <is>
-          <t>益丰药房</t>
-[...6 lines deleted...]
-        <v>10.02</v>
+          <t>2026-03-30</t>
+        </is>
+      </c>
+      <c r="I45" t="inlineStr">
+        <is>
+          <t>107.80</t>
+        </is>
+      </c>
+      <c r="J45" t="inlineStr">
+        <is>
+          <t>36.218</t>
+        </is>
       </c>
       <c r="K45" t="inlineStr">
         <is>
-          <t>AA</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L45" t="n">
+        <v>30.7137</v>
+      </c>
+      <c r="M45" t="n">
+        <v>1.8928</v>
+      </c>
+      <c r="N45" t="n">
+        <v>1.4791</v>
+      </c>
+      <c r="O45" t="n">
+        <v>2.47</v>
+      </c>
+      <c r="P45" t="n">
+        <v>12.58</v>
+      </c>
+      <c r="Q45" t="n">
+        <v>5.05</v>
+      </c>
       <c r="R45" t="n">
-        <v>54.4234</v>
+        <v>10.05</v>
       </c>
       <c r="S45" t="n">
-        <v>1.4218</v>
-[...21 lines deleted...]
-      <c r="AB45" t="inlineStr"/>
+        <v>11.37</v>
+      </c>
+      <c r="T45" t="inlineStr"/>
+      <c r="U45" t="inlineStr"/>
+      <c r="V45" t="inlineStr"/>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
-          <t>118034</t>
+          <t>113579</t>
         </is>
       </c>
       <c r="B46" t="inlineStr">
         <is>
-          <t>晶能转债</t>
+          <t>健友转债</t>
         </is>
       </c>
       <c r="C46" t="inlineStr">
         <is>
-          <t>129.697</t>
+          <t>603707</t>
         </is>
       </c>
       <c r="D46" t="inlineStr">
         <is>
-          <t>2.969</t>
-[...6 lines deleted...]
-        <v>108.6614</v>
+          <t>健友股份</t>
+        </is>
+      </c>
+      <c r="E46" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F46" t="inlineStr">
+        <is>
+          <t>5.025</t>
+        </is>
       </c>
       <c r="G46" t="inlineStr">
         <is>
-          <t>688223</t>
+          <t>0.112</t>
         </is>
       </c>
       <c r="H46" t="inlineStr">
         <is>
-          <t>晶科能源</t>
-[...6 lines deleted...]
-        <v>20</v>
+          <t>2026-04-23</t>
+        </is>
+      </c>
+      <c r="I46" t="inlineStr">
+        <is>
+          <t>109.00</t>
+        </is>
+      </c>
+      <c r="J46" t="inlineStr">
+        <is>
+          <t>31.642</t>
+        </is>
       </c>
       <c r="K46" t="inlineStr">
         <is>
-          <t>AA+</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L46" t="n">
+        <v>34.502</v>
+      </c>
+      <c r="M46" t="n">
+        <v>2.4587</v>
+      </c>
+      <c r="N46" t="n">
+        <v>1.3474</v>
+      </c>
+      <c r="O46" t="n">
+        <v>8.26</v>
+      </c>
+      <c r="P46" t="n">
+        <v>-1.89</v>
+      </c>
+      <c r="Q46" t="n">
+        <v>0.76</v>
+      </c>
       <c r="R46" t="n">
-        <v>74.4834</v>
+        <v>3.25</v>
       </c>
       <c r="S46" t="n">
-        <v>1.3356</v>
-[...21 lines deleted...]
-      <c r="AB46" t="inlineStr"/>
+        <v>7.89</v>
+      </c>
+      <c r="T46" t="inlineStr"/>
+      <c r="U46" t="inlineStr"/>
+      <c r="V46" t="inlineStr"/>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
-          <t>118008</t>
+          <t>127016</t>
         </is>
       </c>
       <c r="B47" t="inlineStr">
         <is>
-          <t>海优转债</t>
+          <t>鲁泰转债</t>
         </is>
       </c>
       <c r="C47" t="inlineStr">
         <is>
-          <t>150.548</t>
+          <t>000726</t>
         </is>
       </c>
       <c r="D47" t="inlineStr">
         <is>
-          <t>2.880</t>
-[...6 lines deleted...]
-        <v>141.6026</v>
+          <t>鲁  泰Ａ</t>
+        </is>
+      </c>
+      <c r="E47" t="inlineStr">
+        <is>
+          <t>AA+</t>
+        </is>
+      </c>
+      <c r="F47" t="inlineStr">
+        <is>
+          <t>13.998</t>
+        </is>
       </c>
       <c r="G47" t="inlineStr">
         <is>
-          <t>688680</t>
+          <t>0.074</t>
         </is>
       </c>
       <c r="H47" t="inlineStr">
         <is>
-          <t>海优新材</t>
-[...6 lines deleted...]
-        <v>8.18</v>
+          <t>2026-04-09</t>
+        </is>
+      </c>
+      <c r="I47" t="inlineStr">
+        <is>
+          <t>111.00</t>
+        </is>
+      </c>
+      <c r="J47" t="inlineStr">
+        <is>
+          <t>10.907</t>
+        </is>
       </c>
       <c r="K47" t="inlineStr">
         <is>
-          <t>A</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30</t>
+        </is>
+      </c>
+      <c r="L47" t="n">
+        <v>28.9218</v>
+      </c>
+      <c r="M47" t="n">
+        <v>4.0891</v>
+      </c>
+      <c r="N47" t="n">
+        <v>2.7586</v>
+      </c>
+      <c r="O47" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="P47" t="n">
+        <v>4.03</v>
+      </c>
+      <c r="Q47" t="n">
+        <v>3.89</v>
       </c>
       <c r="R47" t="n">
-        <v>51.1065</v>
+        <v>4.79</v>
       </c>
       <c r="S47" t="n">
-        <v>2.4967</v>
-[...21 lines deleted...]
-      <c r="AB47" t="inlineStr"/>
+        <v>6.48</v>
+      </c>
+      <c r="T47" t="inlineStr"/>
+      <c r="U47" t="inlineStr"/>
+      <c r="V47" t="inlineStr"/>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
-          <t>118012</t>
+          <t>123198</t>
         </is>
       </c>
       <c r="B48" t="inlineStr">
         <is>
-          <t>微芯转债</t>
+          <t>金埔转债</t>
         </is>
       </c>
       <c r="C48" t="inlineStr">
         <is>
-          <t>184.207</t>
+          <t>301098</t>
         </is>
       </c>
       <c r="D48" t="inlineStr">
         <is>
-          <t>2.858</t>
-[...6 lines deleted...]
-        <v>137.7276</v>
+          <t>金埔园林</t>
+        </is>
+      </c>
+      <c r="E48" t="inlineStr">
+        <is>
+          <t>A</t>
+        </is>
+      </c>
+      <c r="F48" t="inlineStr">
+        <is>
+          <t>3.259</t>
+        </is>
       </c>
       <c r="G48" t="inlineStr">
         <is>
-          <t>688321</t>
+          <t>3.241</t>
         </is>
       </c>
       <c r="H48" t="inlineStr">
         <is>
-          <t>微芯生物</t>
-[...6 lines deleted...]
-        <v>1.73</v>
+          <t>2029-06-08</t>
+        </is>
+      </c>
+      <c r="I48" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J48" t="inlineStr">
+        <is>
+          <t>9.815</t>
+        </is>
       </c>
       <c r="K48" t="inlineStr">
         <is>
-          <t>A+</t>
-[...30 lines deleted...]
-        </is>
+          <t>4/15 | 30</t>
+        </is>
+      </c>
+      <c r="L48" t="n">
+        <v>61.9488</v>
+      </c>
+      <c r="M48" t="n">
+        <v>1.7599</v>
+      </c>
+      <c r="N48" t="n">
+        <v>1.681</v>
+      </c>
+      <c r="O48" t="n">
+        <v>0.23</v>
+      </c>
+      <c r="P48" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="Q48" t="n">
+        <v>11.32</v>
       </c>
       <c r="R48" t="n">
-        <v>54.4235</v>
+        <v>11.86</v>
       </c>
       <c r="S48" t="n">
-        <v>1.8693</v>
-[...21 lines deleted...]
-      <c r="AB48" t="inlineStr"/>
+        <v>23.34</v>
+      </c>
+      <c r="T48" t="inlineStr"/>
+      <c r="U48" t="inlineStr"/>
+      <c r="V48" t="inlineStr"/>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
-          <t>128137</t>
+          <t>127111</t>
         </is>
       </c>
       <c r="B49" t="inlineStr">
         <is>
-          <t>洁美转债</t>
+          <t>金威转债</t>
         </is>
       </c>
       <c r="C49" t="inlineStr">
         <is>
-          <t>158.001</t>
+          <t>002626</t>
         </is>
       </c>
       <c r="D49" t="inlineStr">
         <is>
-          <t>2.853</t>
-[...6 lines deleted...]
-        <v>145.2759</v>
+          <t>金达威</t>
+        </is>
+      </c>
+      <c r="E49" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F49" t="inlineStr">
+        <is>
+          <t>12.924</t>
+        </is>
       </c>
       <c r="G49" t="inlineStr">
         <is>
-          <t>002859</t>
+          <t>5.441</t>
         </is>
       </c>
       <c r="H49" t="inlineStr">
         <is>
-          <t>洁美科技</t>
-[...6 lines deleted...]
-        <v>6.78</v>
+          <t>2031-08-20</t>
+        </is>
+      </c>
+      <c r="I49" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="J49" t="inlineStr">
+        <is>
+          <t>25.467</t>
+        </is>
       </c>
       <c r="K49" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30</t>
+        </is>
+      </c>
+      <c r="L49" t="n">
+        <v>45.3064</v>
+      </c>
+      <c r="M49" t="n">
+        <v>2.6373</v>
+      </c>
+      <c r="N49" t="n">
+        <v>2.1175</v>
+      </c>
+      <c r="O49" t="n">
+        <v>3.42</v>
+      </c>
+      <c r="P49" t="n">
+        <v>2.77</v>
+      </c>
+      <c r="Q49" t="n">
+        <v>22.17</v>
       </c>
       <c r="R49" t="n">
-        <v>56.5949</v>
-[...24 lines deleted...]
-      <c r="AB49" t="inlineStr"/>
+        <v>19.68</v>
+      </c>
+      <c r="S49" t="inlineStr"/>
+      <c r="T49" t="inlineStr"/>
+      <c r="U49" t="inlineStr"/>
+      <c r="V49" t="inlineStr"/>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
-          <t>123088</t>
+          <t>113053</t>
         </is>
       </c>
       <c r="B50" t="inlineStr">
         <is>
-          <t>威唐转债</t>
+          <t>隆22转债</t>
         </is>
       </c>
       <c r="C50" t="inlineStr">
         <is>
-          <t>156.180</t>
+          <t>601012</t>
         </is>
       </c>
       <c r="D50" t="inlineStr">
         <is>
-          <t>2.851</t>
-[...6 lines deleted...]
-        <v>153.3422</v>
+          <t>隆基绿能</t>
+        </is>
+      </c>
+      <c r="E50" t="inlineStr">
+        <is>
+          <t>AAA</t>
+        </is>
+      </c>
+      <c r="F50" t="inlineStr">
+        <is>
+          <t>69.951</t>
+        </is>
       </c>
       <c r="G50" t="inlineStr">
         <is>
-          <t>300707</t>
+          <t>1.816</t>
         </is>
       </c>
       <c r="H50" t="inlineStr">
         <is>
-          <t>威唐工业</t>
-[...6 lines deleted...]
-        <v>14.81</v>
+          <t>2028-01-05</t>
+        </is>
+      </c>
+      <c r="I50" t="inlineStr">
+        <is>
+          <t>107.00</t>
+        </is>
+      </c>
+      <c r="J50" t="inlineStr">
+        <is>
+          <t>22.750</t>
+        </is>
       </c>
       <c r="K50" t="inlineStr">
         <is>
-          <t>A+</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30</t>
+        </is>
+      </c>
+      <c r="L50" t="n">
+        <v>62.431</v>
+      </c>
+      <c r="M50" t="n">
+        <v>1.4329</v>
+      </c>
+      <c r="N50" t="n">
+        <v>1.1996</v>
+      </c>
+      <c r="O50" t="n">
+        <v>-86.18000000000001</v>
+      </c>
+      <c r="P50" t="n">
+        <v>107.51</v>
+      </c>
+      <c r="Q50" t="n">
+        <v>18.54</v>
       </c>
       <c r="R50" t="n">
-        <v>38.3278</v>
+        <v>17.33</v>
       </c>
       <c r="S50" t="n">
-        <v>3.2175</v>
-[...21 lines deleted...]
-      <c r="AB50" t="inlineStr"/>
+        <v>15.2</v>
+      </c>
+      <c r="T50" t="inlineStr"/>
+      <c r="U50" t="inlineStr"/>
+      <c r="V50" t="inlineStr"/>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
-          <t>123253</t>
+          <t>127056</t>
         </is>
       </c>
       <c r="B51" t="inlineStr">
         <is>
-          <t>永贵转债</t>
+          <t>中特转债</t>
         </is>
       </c>
       <c r="C51" t="inlineStr">
         <is>
-          <t>151.260</t>
+          <t>000708</t>
         </is>
       </c>
       <c r="D51" t="inlineStr">
         <is>
-          <t>2.783</t>
-[...6 lines deleted...]
-        <v>106.034</v>
+          <t>中信特钢</t>
+        </is>
+      </c>
+      <c r="E51" t="inlineStr">
+        <is>
+          <t>AAA</t>
+        </is>
+      </c>
+      <c r="F51" t="inlineStr">
+        <is>
+          <t>49.996</t>
+        </is>
       </c>
       <c r="G51" t="inlineStr">
         <is>
-          <t>300351</t>
+          <t>1.956</t>
         </is>
       </c>
       <c r="H51" t="inlineStr">
         <is>
-          <t>永贵电器</t>
-[...6 lines deleted...]
-        <v>3.09</v>
+          <t>2028-02-25</t>
+        </is>
+      </c>
+      <c r="I51" t="inlineStr">
+        <is>
+          <t>106.00</t>
+        </is>
+      </c>
+      <c r="J51" t="inlineStr">
+        <is>
+          <t>28.899</t>
+        </is>
       </c>
       <c r="K51" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L51" t="n">
+        <v>60.2772</v>
+      </c>
+      <c r="M51" t="n">
+        <v>1.155</v>
+      </c>
+      <c r="N51" t="n">
+        <v>0.8097</v>
+      </c>
+      <c r="O51" t="n">
+        <v>51.26</v>
+      </c>
+      <c r="P51" t="n">
+        <v>57.21</v>
+      </c>
+      <c r="Q51" t="n">
+        <v>11.79</v>
+      </c>
       <c r="R51" t="n">
-        <v>46.1212</v>
+        <v>11.17</v>
       </c>
       <c r="S51" t="n">
-        <v>2.969</v>
-[...19 lines deleted...]
-      <c r="AB51" t="inlineStr"/>
+        <v>9.359999999999999</v>
+      </c>
+      <c r="T51" t="inlineStr"/>
+      <c r="U51" t="inlineStr"/>
+      <c r="V51" t="inlineStr"/>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
-          <t>113618</t>
+          <t>111004</t>
         </is>
       </c>
       <c r="B52" t="inlineStr">
         <is>
-          <t>美诺转债</t>
+          <t>明新转债</t>
         </is>
       </c>
       <c r="C52" t="inlineStr">
         <is>
-          <t>140.835</t>
+          <t>605068</t>
         </is>
       </c>
       <c r="D52" t="inlineStr">
         <is>
-          <t>2.761</t>
-[...6 lines deleted...]
-        <v>86.4486</v>
+          <t>明新旭腾</t>
+        </is>
+      </c>
+      <c r="E52" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F52" t="inlineStr">
+        <is>
+          <t>6.715</t>
+        </is>
       </c>
       <c r="G52" t="inlineStr">
         <is>
-          <t>603538</t>
+          <t>2.049</t>
         </is>
       </c>
       <c r="H52" t="inlineStr">
         <is>
-          <t>美诺华</t>
-[...6 lines deleted...]
-        <v>6.83</v>
+          <t>2028-03-30</t>
+        </is>
+      </c>
+      <c r="I52" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J52" t="inlineStr">
+        <is>
+          <t>31.733</t>
+        </is>
       </c>
       <c r="K52" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30</t>
+        </is>
+      </c>
+      <c r="L52" t="n">
+        <v>56.4874</v>
+      </c>
+      <c r="M52" t="n">
+        <v>1.7119</v>
+      </c>
+      <c r="N52" t="n">
+        <v>0.9305</v>
+      </c>
+      <c r="O52" t="n">
+        <v>-1.72</v>
+      </c>
+      <c r="P52" t="n">
+        <v>0.55</v>
+      </c>
+      <c r="Q52" t="n">
+        <v>22.51</v>
       </c>
       <c r="R52" t="n">
-        <v>49.0513</v>
+        <v>19.12</v>
       </c>
       <c r="S52" t="n">
-        <v>1.2827</v>
-[...21 lines deleted...]
-      <c r="AB52" t="inlineStr"/>
+        <v>19.06</v>
+      </c>
+      <c r="T52" t="inlineStr"/>
+      <c r="U52" t="inlineStr"/>
+      <c r="V52" t="inlineStr"/>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
-          <t>123256</t>
+          <t>113033</t>
         </is>
       </c>
       <c r="B53" t="inlineStr">
         <is>
-          <t>恒帅转债</t>
+          <t>利群转债</t>
         </is>
       </c>
       <c r="C53" t="inlineStr">
         <is>
-          <t>289.000</t>
+          <t>601366</t>
         </is>
       </c>
       <c r="D53" t="inlineStr">
         <is>
-          <t>2.733</t>
-[...6 lines deleted...]
-        <v>232.1343</v>
+          <t>利群股份</t>
+        </is>
+      </c>
+      <c r="E53" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F53" t="inlineStr">
+        <is>
+          <t>9.289</t>
+        </is>
       </c>
       <c r="G53" t="inlineStr">
         <is>
-          <t>300969</t>
+          <t>0.052</t>
         </is>
       </c>
       <c r="H53" t="inlineStr">
         <is>
-          <t>恒帅股份</t>
-[...6 lines deleted...]
-        <v>-3.2</v>
+          <t>2026-04-01</t>
+        </is>
+      </c>
+      <c r="I53" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="J53" t="inlineStr">
+        <is>
+          <t>6.292</t>
+        </is>
       </c>
       <c r="K53" t="inlineStr">
         <is>
-          <t>A+</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30</t>
+        </is>
+      </c>
+      <c r="L53" t="n">
+        <v>73.2796</v>
+      </c>
+      <c r="M53" t="n">
+        <v>0.5296999999999999</v>
+      </c>
+      <c r="N53" t="n">
+        <v>0.2829</v>
+      </c>
+      <c r="O53" t="n">
+        <v>0.27</v>
+      </c>
+      <c r="P53" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="Q53" t="n">
+        <v>9.09</v>
       </c>
       <c r="R53" t="n">
-        <v>30.1246</v>
+        <v>17.47</v>
       </c>
       <c r="S53" t="n">
-        <v>6.0557</v>
-[...19 lines deleted...]
-      <c r="AB53" t="inlineStr"/>
+        <v>19.1</v>
+      </c>
+      <c r="T53" t="inlineStr"/>
+      <c r="U53" t="inlineStr"/>
+      <c r="V53" t="inlineStr"/>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
-          <t>123247</t>
+          <t>127017</t>
         </is>
       </c>
       <c r="B54" t="inlineStr">
         <is>
-          <t>万凯转债</t>
+          <t>万青转债</t>
         </is>
       </c>
       <c r="C54" t="inlineStr">
         <is>
-          <t>252.631</t>
+          <t>000789</t>
         </is>
       </c>
       <c r="D54" t="inlineStr">
         <is>
-          <t>2.696</t>
-[...6 lines deleted...]
-        <v>211.7699</v>
+          <t>万年青</t>
+        </is>
+      </c>
+      <c r="E54" t="inlineStr">
+        <is>
+          <t>AA+</t>
+        </is>
+      </c>
+      <c r="F54" t="inlineStr">
+        <is>
+          <t>9.995</t>
+        </is>
       </c>
       <c r="G54" t="inlineStr">
         <is>
-          <t>301216</t>
+          <t>0.225</t>
         </is>
       </c>
       <c r="H54" t="inlineStr">
         <is>
-          <t>万凯新材</t>
-[...6 lines deleted...]
-        <v>0.59</v>
+          <t>2026-06-03</t>
+        </is>
+      </c>
+      <c r="I54" t="inlineStr">
+        <is>
+          <t>113.00</t>
+        </is>
+      </c>
+      <c r="J54" t="inlineStr">
+        <is>
+          <t>11.089</t>
+        </is>
       </c>
       <c r="K54" t="inlineStr">
         <is>
-          <t>AA</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30</t>
+        </is>
+      </c>
+      <c r="L54" t="n">
+        <v>37.0679</v>
+      </c>
+      <c r="M54" t="n">
+        <v>1.744</v>
+      </c>
+      <c r="N54" t="n">
+        <v>1.6316</v>
+      </c>
+      <c r="O54" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="P54" t="n">
+        <v>2.29</v>
+      </c>
+      <c r="Q54" t="n">
+        <v>5.8</v>
       </c>
       <c r="R54" t="n">
-        <v>65.6219</v>
+        <v>3.91</v>
       </c>
       <c r="S54" t="n">
-        <v>1.2308</v>
-[...19 lines deleted...]
-      <c r="AB54" t="inlineStr"/>
+        <v>5.68</v>
+      </c>
+      <c r="T54" t="inlineStr"/>
+      <c r="U54" t="inlineStr"/>
+      <c r="V54" t="inlineStr"/>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
-          <t>113692</t>
+          <t>113666</t>
         </is>
       </c>
       <c r="B55" t="inlineStr">
         <is>
-          <t>保隆转债</t>
+          <t>爱玛转债</t>
         </is>
       </c>
       <c r="C55" t="inlineStr">
         <is>
-          <t>143.382</t>
+          <t>603529</t>
         </is>
       </c>
       <c r="D55" t="inlineStr">
         <is>
-          <t>2.647</t>
-[...6 lines deleted...]
-        <v>99.5937</v>
+          <t>爱玛科技</t>
+        </is>
+      </c>
+      <c r="E55" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F55" t="inlineStr">
+        <is>
+          <t>19.994</t>
+        </is>
       </c>
       <c r="G55" t="inlineStr">
         <is>
-          <t>603197</t>
+          <t>2.953</t>
         </is>
       </c>
       <c r="H55" t="inlineStr">
         <is>
-          <t>保隆科技</t>
-[...6 lines deleted...]
-        <v>2.11</v>
+          <t>2029-02-23</t>
+        </is>
+      </c>
+      <c r="I55" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="J55" t="inlineStr">
+        <is>
+          <t>48.685</t>
+        </is>
       </c>
       <c r="K55" t="inlineStr">
         <is>
-          <t>AA</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L55" t="n">
+        <v>63.3439</v>
+      </c>
+      <c r="M55" t="n">
+        <v>0.9675</v>
+      </c>
+      <c r="N55" t="n">
+        <v>0.9154</v>
+      </c>
+      <c r="O55" t="n">
+        <v>19.88</v>
+      </c>
+      <c r="P55" t="n">
+        <v>18.81</v>
+      </c>
+      <c r="Q55" t="n">
+        <v>12.35</v>
+      </c>
       <c r="R55" t="n">
-        <v>69.9044</v>
+        <v>9.210000000000001</v>
       </c>
       <c r="S55" t="n">
-        <v>1.2049</v>
-[...19 lines deleted...]
-      <c r="AB55" t="inlineStr"/>
+        <v>15.77</v>
+      </c>
+      <c r="T55" t="inlineStr"/>
+      <c r="U55" t="inlineStr"/>
+      <c r="V55" t="inlineStr"/>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
-          <t>123225</t>
+          <t>128129</t>
         </is>
       </c>
       <c r="B56" t="inlineStr">
         <is>
-          <t>翔丰转债</t>
+          <t>青农转债</t>
         </is>
       </c>
       <c r="C56" t="inlineStr">
         <is>
-          <t>146.955</t>
+          <t>002958</t>
         </is>
       </c>
       <c r="D56" t="inlineStr">
         <is>
-          <t>2.647</t>
-[...6 lines deleted...]
-        <v>118.5131</v>
+          <t>青农商行</t>
+        </is>
+      </c>
+      <c r="E56" t="inlineStr">
+        <is>
+          <t>AAA</t>
+        </is>
+      </c>
+      <c r="F56" t="inlineStr">
+        <is>
+          <t>49.997</t>
+        </is>
       </c>
       <c r="G56" t="inlineStr">
         <is>
-          <t>300890</t>
+          <t>0.452</t>
         </is>
       </c>
       <c r="H56" t="inlineStr">
         <is>
-          <t>翔丰华</t>
-[...6 lines deleted...]
-        <v>3.14</v>
+          <t>2026-08-25</t>
+        </is>
+      </c>
+      <c r="I56" t="inlineStr">
+        <is>
+          <t>108.00</t>
+        </is>
+      </c>
+      <c r="J56" t="inlineStr">
+        <is>
+          <t>5.200</t>
+        </is>
       </c>
       <c r="K56" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L56" t="n">
+        <v>90.7508</v>
+      </c>
+      <c r="M56" t="inlineStr"/>
+      <c r="N56" t="inlineStr"/>
+      <c r="O56" t="n">
+        <v>28.56</v>
+      </c>
+      <c r="P56" t="n">
+        <v>25.68</v>
+      </c>
+      <c r="Q56" t="n">
+        <v>1.39</v>
+      </c>
       <c r="R56" t="n">
-        <v>53.7176</v>
+        <v>2.88</v>
       </c>
       <c r="S56" t="n">
-        <v>1.7417</v>
-[...21 lines deleted...]
-      <c r="AB56" t="inlineStr"/>
+        <v>6.72</v>
+      </c>
+      <c r="T56" t="inlineStr"/>
+      <c r="U56" t="inlineStr"/>
+      <c r="V56" t="inlineStr"/>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
-          <t>113588</t>
+          <t>128135</t>
         </is>
       </c>
       <c r="B57" t="inlineStr">
         <is>
-          <t>润达转债</t>
+          <t>洽洽转债</t>
         </is>
       </c>
       <c r="C57" t="inlineStr">
         <is>
-          <t>182.343</t>
+          <t>002557</t>
         </is>
       </c>
       <c r="D57" t="inlineStr">
         <is>
-          <t>2.635</t>
-[...6 lines deleted...]
-        <v>136.623</v>
+          <t>洽洽食品</t>
+        </is>
+      </c>
+      <c r="E57" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F57" t="inlineStr">
+        <is>
+          <t>13.398</t>
+        </is>
       </c>
       <c r="G57" t="inlineStr">
         <is>
-          <t>603108</t>
+          <t>0.606</t>
         </is>
       </c>
       <c r="H57" t="inlineStr">
         <is>
-          <t>润达医疗</t>
-[...6 lines deleted...]
-        <v>5.48</v>
+          <t>2026-10-20</t>
+        </is>
+      </c>
+      <c r="I57" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J57" t="inlineStr">
+        <is>
+          <t>72.709</t>
+        </is>
       </c>
       <c r="K57" t="inlineStr">
         <is>
-          <t>AA</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30</t>
+        </is>
+      </c>
+      <c r="L57" t="n">
+        <v>39.2991</v>
+      </c>
+      <c r="M57" t="n">
+        <v>3.2332</v>
+      </c>
+      <c r="N57" t="n">
+        <v>2.8965</v>
+      </c>
+      <c r="O57" t="n">
+        <v>8.49</v>
+      </c>
+      <c r="P57" t="n">
+        <v>8.029999999999999</v>
+      </c>
+      <c r="Q57" t="n">
+        <v>6.49</v>
       </c>
       <c r="R57" t="n">
-        <v>61.6005</v>
+        <v>4.93</v>
       </c>
       <c r="S57" t="n">
-        <v>1.2005</v>
-[...21 lines deleted...]
-      <c r="AB57" t="inlineStr"/>
+        <v>4.99</v>
+      </c>
+      <c r="T57" t="inlineStr"/>
+      <c r="U57" t="inlineStr"/>
+      <c r="V57" t="inlineStr"/>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
-          <t>118037</t>
+          <t>110097</t>
         </is>
       </c>
       <c r="B58" t="inlineStr">
         <is>
-          <t>上声转债</t>
+          <t>天润转债</t>
         </is>
       </c>
       <c r="C58" t="inlineStr">
         <is>
-          <t>145.961</t>
+          <t>600419</t>
         </is>
       </c>
       <c r="D58" t="inlineStr">
         <is>
-          <t>2.598</t>
-[...6 lines deleted...]
-        <v>116.0769</v>
+          <t>天润乳业</t>
+        </is>
+      </c>
+      <c r="E58" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F58" t="inlineStr">
+        <is>
+          <t>9.890</t>
+        </is>
       </c>
       <c r="G58" t="inlineStr">
         <is>
-          <t>688533</t>
+          <t>4.619</t>
         </is>
       </c>
       <c r="H58" t="inlineStr">
         <is>
-          <t>上声电子</t>
-[...6 lines deleted...]
-        <v>5.1</v>
+          <t>2030-10-24</t>
+        </is>
+      </c>
+      <c r="I58" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="J58" t="inlineStr">
+        <is>
+          <t>10.673</t>
+        </is>
       </c>
       <c r="K58" t="inlineStr">
         <is>
-          <t>A+</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30 2025-11-17 重新计</t>
+        </is>
+      </c>
+      <c r="L58" t="n">
+        <v>54.9264</v>
+      </c>
+      <c r="M58" t="n">
+        <v>1.0654</v>
+      </c>
+      <c r="N58" t="n">
+        <v>0.7005</v>
+      </c>
+      <c r="O58" t="n">
+        <v>0.44</v>
+      </c>
+      <c r="P58" t="n">
+        <v>1.42</v>
+      </c>
+      <c r="Q58" t="n">
+        <v>18.86</v>
       </c>
       <c r="R58" t="n">
-        <v>50.1305</v>
-[...24 lines deleted...]
-      <c r="AB58" t="inlineStr"/>
+        <v>17.71</v>
+      </c>
+      <c r="S58" t="inlineStr"/>
+      <c r="T58" t="inlineStr"/>
+      <c r="U58" t="inlineStr"/>
+      <c r="V58" t="inlineStr"/>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr">
         <is>
-          <t>127037</t>
+          <t>113049</t>
         </is>
       </c>
       <c r="B59" t="inlineStr">
         <is>
-          <t>银轮转债</t>
+          <t>长汽转债</t>
         </is>
       </c>
       <c r="C59" t="inlineStr">
         <is>
-          <t>548.457</t>
+          <t>601633</t>
         </is>
       </c>
       <c r="D59" t="inlineStr">
         <is>
-          <t>2.602</t>
-[...6 lines deleted...]
-        <v>385.4668</v>
+          <t>长城汽车</t>
+        </is>
+      </c>
+      <c r="E59" t="inlineStr">
+        <is>
+          <t>AAA</t>
+        </is>
+      </c>
+      <c r="F59" t="inlineStr">
+        <is>
+          <t>34.951</t>
+        </is>
       </c>
       <c r="G59" t="inlineStr">
         <is>
-          <t>002126</t>
+          <t>1.244</t>
         </is>
       </c>
       <c r="H59" t="inlineStr">
         <is>
-          <t>银轮股份</t>
-[...6 lines deleted...]
-        <v>-0.5</v>
+          <t>2027-06-10</t>
+        </is>
+      </c>
+      <c r="I59" t="inlineStr">
+        <is>
+          <t>107.00</t>
+        </is>
+      </c>
+      <c r="J59" t="inlineStr">
+        <is>
+          <t>50.908</t>
+        </is>
       </c>
       <c r="K59" t="inlineStr">
         <is>
-          <t>AA</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30</t>
+        </is>
+      </c>
+      <c r="L59" t="n">
+        <v>60.8833</v>
+      </c>
+      <c r="M59" t="n">
+        <v>1.1072</v>
+      </c>
+      <c r="N59" t="n">
+        <v>0.8647</v>
+      </c>
+      <c r="O59" t="n">
+        <v>126.92</v>
+      </c>
+      <c r="P59" t="n">
+        <v>70.22</v>
+      </c>
+      <c r="Q59" t="n">
+        <v>10.76</v>
       </c>
       <c r="R59" t="n">
-        <v>62.5687</v>
+        <v>8.99</v>
       </c>
       <c r="S59" t="n">
-        <v>1.1694</v>
-[...21 lines deleted...]
-      <c r="AB59" t="inlineStr"/>
+        <v>11.33</v>
+      </c>
+      <c r="T59" t="inlineStr"/>
+      <c r="U59" t="inlineStr"/>
+      <c r="V59" t="inlineStr"/>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr">
         <is>
-          <t>118006</t>
+          <t>123122</t>
         </is>
       </c>
       <c r="B60" t="inlineStr">
         <is>
-          <t>阿拉转债</t>
+          <t>富瀚转债</t>
         </is>
       </c>
       <c r="C60" t="inlineStr">
         <is>
-          <t>159.302</t>
+          <t>300613</t>
         </is>
       </c>
       <c r="D60" t="inlineStr">
         <is>
-          <t>2.460</t>
-[...6 lines deleted...]
-        <v>126.1261</v>
+          <t>富瀚微</t>
+        </is>
+      </c>
+      <c r="E60" t="inlineStr">
+        <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="F60" t="inlineStr">
+        <is>
+          <t>5.802</t>
+        </is>
       </c>
       <c r="G60" t="inlineStr">
         <is>
-          <t>688179</t>
+          <t>1.400</t>
         </is>
       </c>
       <c r="H60" t="inlineStr">
         <is>
-          <t>阿拉丁</t>
-[...6 lines deleted...]
-        <v>1.82</v>
+          <t>2027-08-06</t>
+        </is>
+      </c>
+      <c r="I60" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J60" t="inlineStr">
+        <is>
+          <t>119.197</t>
+        </is>
       </c>
       <c r="K60" t="inlineStr">
         <is>
-          <t>A+</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30</t>
+        </is>
+      </c>
+      <c r="L60" t="n">
+        <v>24.7642</v>
+      </c>
+      <c r="M60" t="n">
+        <v>7.7286</v>
+      </c>
+      <c r="N60" t="n">
+        <v>6.6514</v>
+      </c>
+      <c r="O60" t="n">
+        <v>2.58</v>
+      </c>
+      <c r="P60" t="n">
+        <v>2.52</v>
+      </c>
+      <c r="Q60" t="n">
+        <v>14.83</v>
       </c>
       <c r="R60" t="n">
-        <v>51.0591</v>
+        <v>10.34</v>
       </c>
       <c r="S60" t="n">
-        <v>2.3212</v>
-[...21 lines deleted...]
-      <c r="AB60" t="inlineStr"/>
+        <v>12.95</v>
+      </c>
+      <c r="T60" t="inlineStr"/>
+      <c r="U60" t="inlineStr"/>
+      <c r="V60" t="inlineStr"/>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
-          <t>123188</t>
+          <t>113037</t>
         </is>
       </c>
       <c r="B61" t="inlineStr">
         <is>
-          <t>水羊转债</t>
+          <t>紫银转债</t>
         </is>
       </c>
       <c r="C61" t="inlineStr">
         <is>
-          <t>211.047</t>
+          <t>601860</t>
         </is>
       </c>
       <c r="D61" t="inlineStr">
         <is>
-          <t>2.450</t>
-[...6 lines deleted...]
-        <v>181.6839</v>
+          <t>紫金银行</t>
+        </is>
+      </c>
+      <c r="E61" t="inlineStr">
+        <is>
+          <t>AA+</t>
+        </is>
+      </c>
+      <c r="F61" t="inlineStr">
+        <is>
+          <t>44.995</t>
+        </is>
       </c>
       <c r="G61" t="inlineStr">
         <is>
-          <t>300740</t>
+          <t>0.362</t>
         </is>
       </c>
       <c r="H61" t="inlineStr">
         <is>
-          <t>水羊股份</t>
-[...6 lines deleted...]
-        <v>1.4</v>
+          <t>2026-07-23</t>
+        </is>
+      </c>
+      <c r="I61" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="J61" t="inlineStr">
+        <is>
+          <t>4.680</t>
+        </is>
       </c>
       <c r="K61" t="inlineStr">
         <is>
-          <t>A+</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30</t>
+        </is>
+      </c>
+      <c r="L61" t="n">
+        <v>92.858</v>
+      </c>
+      <c r="M61" t="inlineStr"/>
+      <c r="N61" t="inlineStr"/>
+      <c r="O61" t="n">
+        <v>16.24</v>
+      </c>
+      <c r="P61" t="n">
+        <v>16.19</v>
+      </c>
+      <c r="Q61" t="n">
+        <v>1.07</v>
       </c>
       <c r="R61" t="n">
-        <v>50.6177</v>
+        <v>1.33</v>
       </c>
       <c r="S61" t="n">
-        <v>1.96</v>
-[...21 lines deleted...]
-      <c r="AB61" t="inlineStr"/>
+        <v>4.51</v>
+      </c>
+      <c r="T61" t="inlineStr"/>
+      <c r="U61" t="inlineStr"/>
+      <c r="V61" t="inlineStr"/>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
-          <t>111010</t>
+          <t>127025</t>
         </is>
       </c>
       <c r="B62" t="inlineStr">
         <is>
-          <t>立昂转债</t>
+          <t>冀东转债</t>
         </is>
       </c>
       <c r="C62" t="inlineStr">
         <is>
-          <t>151.818</t>
+          <t>000401</t>
         </is>
       </c>
       <c r="D62" t="inlineStr">
         <is>
-          <t>2.415</t>
-[...6 lines deleted...]
-        <v>131.5868</v>
+          <t>金隅冀东</t>
+        </is>
+      </c>
+      <c r="E62" t="inlineStr">
+        <is>
+          <t>AAA</t>
+        </is>
+      </c>
+      <c r="F62" t="inlineStr">
+        <is>
+          <t>17.764</t>
+        </is>
       </c>
       <c r="G62" t="inlineStr">
         <is>
-          <t>605358</t>
+          <t>0.649</t>
         </is>
       </c>
       <c r="H62" t="inlineStr">
         <is>
-          <t>立昂微</t>
-[...6 lines deleted...]
-        <v>5.64</v>
+          <t>2026-11-05</t>
+        </is>
+      </c>
+      <c r="I62" t="inlineStr">
+        <is>
+          <t>106.00</t>
+        </is>
+      </c>
+      <c r="J62" t="inlineStr">
+        <is>
+          <t>16.913</t>
+        </is>
       </c>
       <c r="K62" t="inlineStr">
         <is>
-          <t>AA</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30</t>
+        </is>
+      </c>
+      <c r="L62" t="n">
+        <v>49.5901</v>
+      </c>
+      <c r="M62" t="n">
+        <v>0.8833</v>
+      </c>
+      <c r="N62" t="n">
+        <v>0.6998</v>
+      </c>
+      <c r="O62" t="n">
+        <v>-9.91</v>
+      </c>
+      <c r="P62" t="n">
+        <v>-14.82</v>
+      </c>
+      <c r="Q62" t="n">
+        <v>3.01</v>
       </c>
       <c r="R62" t="n">
-        <v>57.6818</v>
+        <v>3.67</v>
       </c>
       <c r="S62" t="n">
-        <v>1.4863</v>
-[...21 lines deleted...]
-      <c r="AB62" t="inlineStr"/>
+        <v>4.71</v>
+      </c>
+      <c r="T62" t="inlineStr"/>
+      <c r="U62" t="inlineStr"/>
+      <c r="V62" t="inlineStr"/>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
-          <t>118059</t>
+          <t>128141</t>
         </is>
       </c>
       <c r="B63" t="inlineStr">
         <is>
-          <t>颀中转债</t>
+          <t>旺能转债</t>
         </is>
       </c>
       <c r="C63" t="inlineStr">
         <is>
-          <t>186.851</t>
+          <t>002034</t>
         </is>
       </c>
       <c r="D63" t="inlineStr">
         <is>
-          <t>2.385</t>
-[...6 lines deleted...]
-        <v>111.8545</v>
+          <t>旺能环境</t>
+        </is>
+      </c>
+      <c r="E63" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F63" t="inlineStr">
+        <is>
+          <t>11.576</t>
+        </is>
       </c>
       <c r="G63" t="inlineStr">
         <is>
-          <t>688352</t>
+          <t>0.764</t>
         </is>
       </c>
       <c r="H63" t="inlineStr">
         <is>
-          <t>颀中科技</t>
-[...6 lines deleted...]
-        <v>-0.52</v>
+          <t>2026-12-17</t>
+        </is>
+      </c>
+      <c r="I63" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="J63" t="inlineStr">
+        <is>
+          <t>18.174</t>
+        </is>
       </c>
       <c r="K63" t="inlineStr">
         <is>
-          <t>AA+</t>
-[...30 lines deleted...]
-        </is>
+          <t>2/15 | 30 2022-10-21 重新计</t>
+        </is>
+      </c>
+      <c r="L63" t="n">
+        <v>49.4313</v>
+      </c>
+      <c r="M63" t="n">
+        <v>1.1356</v>
+      </c>
+      <c r="N63" t="n">
+        <v>1.1101</v>
+      </c>
+      <c r="O63" t="n">
+        <v>5.61</v>
+      </c>
+      <c r="P63" t="n">
+        <v>6.02</v>
+      </c>
+      <c r="Q63" t="n">
+        <v>13.91</v>
       </c>
       <c r="R63" t="n">
-        <v>17.5059</v>
+        <v>10.85</v>
       </c>
       <c r="S63" t="n">
-        <v>3.1945</v>
-[...17 lines deleted...]
-      <c r="AB63" t="inlineStr"/>
+        <v>16.27</v>
+      </c>
+      <c r="T63" t="inlineStr"/>
+      <c r="U63" t="inlineStr"/>
+      <c r="V63" t="inlineStr"/>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
-          <t>127084</t>
+          <t>110099</t>
         </is>
       </c>
       <c r="B64" t="inlineStr">
         <is>
-          <t>柳工转2</t>
+          <t>福能转债</t>
         </is>
       </c>
       <c r="C64" t="inlineStr">
         <is>
-          <t>216.000</t>
+          <t>600483</t>
         </is>
       </c>
       <c r="D64" t="inlineStr">
         <is>
-          <t>2.394</t>
-[...6 lines deleted...]
-        <v>163.0137</v>
+          <t>福能股份</t>
+        </is>
+      </c>
+      <c r="E64" t="inlineStr">
+        <is>
+          <t>AA+</t>
+        </is>
+      </c>
+      <c r="F64" t="inlineStr">
+        <is>
+          <t>38.020</t>
+        </is>
       </c>
       <c r="G64" t="inlineStr">
         <is>
-          <t>000528</t>
+          <t>5.589</t>
         </is>
       </c>
       <c r="H64" t="inlineStr">
         <is>
-          <t>柳    工</t>
-[...6 lines deleted...]
-        <v>1.1</v>
+          <t>2031-10-13</t>
+        </is>
+      </c>
+      <c r="I64" t="inlineStr">
+        <is>
+          <t>106.00</t>
+        </is>
+      </c>
+      <c r="J64" t="inlineStr">
+        <is>
+          <t>12.792</t>
+        </is>
       </c>
       <c r="K64" t="inlineStr">
         <is>
-          <t>AAA</t>
-[...58 lines deleted...]
-      <c r="AB64" t="inlineStr"/>
+          <t>0/15 | 30</t>
+        </is>
+      </c>
+      <c r="L64" t="n">
+        <v>38.2604</v>
+      </c>
+      <c r="M64" t="n">
+        <v>2.538</v>
+      </c>
+      <c r="N64" t="n">
+        <v>2.4313</v>
+      </c>
+      <c r="O64" t="n">
+        <v>27.93</v>
+      </c>
+      <c r="P64" t="n">
+        <v>26.23</v>
+      </c>
+      <c r="Q64" t="n">
+        <v>16.48</v>
+      </c>
+      <c r="R64" t="inlineStr"/>
+      <c r="S64" t="inlineStr"/>
+      <c r="T64" t="inlineStr"/>
+      <c r="U64" t="inlineStr"/>
+      <c r="V64" t="inlineStr"/>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
-          <t>127066</t>
+          <t>127034</t>
         </is>
       </c>
       <c r="B65" t="inlineStr">
         <is>
-          <t>科利转债</t>
+          <t>绿茵转债</t>
         </is>
       </c>
       <c r="C65" t="inlineStr">
         <is>
-          <t>161.379</t>
+          <t>002887</t>
         </is>
       </c>
       <c r="D65" t="inlineStr">
         <is>
-          <t>2.385</t>
-[...6 lines deleted...]
-        <v>114.573</v>
+          <t>绿茵生态</t>
+        </is>
+      </c>
+      <c r="E65" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F65" t="inlineStr">
+        <is>
+          <t>4.279</t>
+        </is>
       </c>
       <c r="G65" t="inlineStr">
         <is>
-          <t>002850</t>
+          <t>1.132</t>
         </is>
       </c>
       <c r="H65" t="inlineStr">
         <is>
-          <t>科达利</t>
-[...6 lines deleted...]
-        <v>2.59</v>
+          <t>2027-04-30</t>
+        </is>
+      </c>
+      <c r="I65" t="inlineStr">
+        <is>
+          <t>113.00</t>
+        </is>
+      </c>
+      <c r="J65" t="inlineStr">
+        <is>
+          <t>14.963</t>
+        </is>
       </c>
       <c r="K65" t="inlineStr">
         <is>
-          <t>AA</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L65" t="n">
+        <v>38.2866</v>
+      </c>
+      <c r="M65" t="n">
+        <v>4.3621</v>
+      </c>
+      <c r="N65" t="n">
+        <v>4.348</v>
+      </c>
+      <c r="O65" t="n">
+        <v>1</v>
+      </c>
+      <c r="P65" t="n">
+        <v>1.14</v>
+      </c>
+      <c r="Q65" t="n">
+        <v>14.53</v>
+      </c>
       <c r="R65" t="n">
-        <v>40.7256</v>
+        <v>11.41</v>
       </c>
       <c r="S65" t="n">
-        <v>1.945</v>
-[...21 lines deleted...]
-      <c r="AB65" t="inlineStr"/>
+        <v>13.01</v>
+      </c>
+      <c r="T65" t="inlineStr"/>
+      <c r="U65" t="inlineStr"/>
+      <c r="V65" t="inlineStr"/>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
-          <t>118058</t>
+          <t>123223</t>
         </is>
       </c>
       <c r="B66" t="inlineStr">
         <is>
-          <t>微导转债</t>
+          <t>九典转02</t>
         </is>
       </c>
       <c r="C66" t="inlineStr">
         <is>
-          <t>378.373</t>
+          <t>300705</t>
         </is>
       </c>
       <c r="D66" t="inlineStr">
         <is>
-          <t>2.356</t>
-[...6 lines deleted...]
-        <v>231.0992</v>
+          <t>九典制药</t>
+        </is>
+      </c>
+      <c r="E66" t="inlineStr">
+        <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="F66" t="inlineStr">
+        <is>
+          <t>2.053</t>
+        </is>
       </c>
       <c r="G66" t="inlineStr">
         <is>
-          <t>688147</t>
+          <t>3.512</t>
         </is>
       </c>
       <c r="H66" t="inlineStr">
         <is>
-          <t>微导纳米</t>
-[...6 lines deleted...]
-        <v>3.94</v>
+          <t>2029-09-15</t>
+        </is>
+      </c>
+      <c r="I66" t="inlineStr">
+        <is>
+          <t>113.00</t>
+        </is>
+      </c>
+      <c r="J66" t="inlineStr">
+        <is>
+          <t>19.435</t>
+        </is>
       </c>
       <c r="K66" t="inlineStr">
         <is>
-          <t>AA</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30 2025-05-02 重新计</t>
+        </is>
+      </c>
+      <c r="L66" t="n">
+        <v>26.585</v>
+      </c>
+      <c r="M66" t="n">
+        <v>4.8053</v>
+      </c>
+      <c r="N66" t="n">
+        <v>3.5997</v>
+      </c>
+      <c r="O66" t="n">
+        <v>5.12</v>
+      </c>
+      <c r="P66" t="n">
+        <v>3.68</v>
+      </c>
+      <c r="Q66" t="n">
+        <v>14.98</v>
       </c>
       <c r="R66" t="n">
-        <v>69.9969</v>
+        <v>11.66</v>
       </c>
       <c r="S66" t="n">
-        <v>1.8781</v>
-[...19 lines deleted...]
-      <c r="AB66" t="inlineStr"/>
+        <v>25.8</v>
+      </c>
+      <c r="T66" t="inlineStr"/>
+      <c r="U66" t="inlineStr"/>
+      <c r="V66" t="inlineStr"/>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
-          <t>118062</t>
+          <t>123183</t>
         </is>
       </c>
       <c r="B67" t="inlineStr">
         <is>
-          <t>天准转债</t>
+          <t>海顺转债</t>
         </is>
       </c>
       <c r="C67" t="inlineStr">
         <is>
-          <t>229.563</t>
+          <t>300501</t>
         </is>
       </c>
       <c r="D67" t="inlineStr">
         <is>
-          <t>2.307</t>
-[...6 lines deleted...]
-        <v>132.9266</v>
+          <t>海顺新材</t>
+        </is>
+      </c>
+      <c r="E67" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F67" t="inlineStr">
+        <is>
+          <t>6.329</t>
+        </is>
       </c>
       <c r="G67" t="inlineStr">
         <is>
-          <t>688003</t>
+          <t>3.030</t>
         </is>
       </c>
       <c r="H67" t="inlineStr">
         <is>
-          <t>天准科技</t>
-[...6 lines deleted...]
-        <v>4.51</v>
+          <t>2029-03-23</t>
+        </is>
+      </c>
+      <c r="I67" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J67" t="inlineStr">
+        <is>
+          <t>22.477</t>
+        </is>
       </c>
       <c r="K67" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L67" t="n">
+        <v>38.5635</v>
+      </c>
+      <c r="M67" t="n">
+        <v>2.6191</v>
+      </c>
+      <c r="N67" t="n">
+        <v>2.1118</v>
+      </c>
+      <c r="O67" t="n">
+        <v>0.75</v>
+      </c>
+      <c r="P67" t="n">
+        <v>0.85</v>
+      </c>
+      <c r="Q67" t="n">
+        <v>14.68</v>
+      </c>
       <c r="R67" t="n">
-        <v>51.3821</v>
+        <v>12.6</v>
       </c>
       <c r="S67" t="n">
-        <v>1.4766</v>
-[...15 lines deleted...]
-      <c r="AB67" t="inlineStr"/>
+        <v>15.26</v>
+      </c>
+      <c r="T67" t="inlineStr"/>
+      <c r="U67" t="inlineStr"/>
+      <c r="V67" t="inlineStr"/>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
-          <t>127089</t>
+          <t>123091</t>
         </is>
       </c>
       <c r="B68" t="inlineStr">
         <is>
-          <t>晶澳转债</t>
+          <t>长海转债</t>
         </is>
       </c>
       <c r="C68" t="inlineStr">
         <is>
-          <t>130.001</t>
+          <t>300196</t>
         </is>
       </c>
       <c r="D68" t="inlineStr">
         <is>
-          <t>2.248</t>
-[...6 lines deleted...]
-        <v>106.4322</v>
+          <t>长海股份</t>
+        </is>
+      </c>
+      <c r="E68" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F68" t="inlineStr">
+        <is>
+          <t>5.497</t>
+        </is>
       </c>
       <c r="G68" t="inlineStr">
         <is>
-          <t>002459</t>
+          <t>0.781</t>
         </is>
       </c>
       <c r="H68" t="inlineStr">
         <is>
-          <t>晶澳科技</t>
-[...6 lines deleted...]
-        <v>8.859999999999999</v>
+          <t>2026-12-23</t>
+        </is>
+      </c>
+      <c r="I68" t="inlineStr">
+        <is>
+          <t>111.00</t>
+        </is>
+      </c>
+      <c r="J68" t="inlineStr">
+        <is>
+          <t>19.942</t>
+        </is>
       </c>
       <c r="K68" t="inlineStr">
         <is>
-          <t>AA+</t>
-[...30 lines deleted...]
-        </is>
+          <t>6/15 | 30</t>
+        </is>
+      </c>
+      <c r="L68" t="n">
+        <v>36.3983</v>
+      </c>
+      <c r="M68" t="n">
+        <v>1.8414</v>
+      </c>
+      <c r="N68" t="n">
+        <v>1.6325</v>
+      </c>
+      <c r="O68" t="n">
+        <v>2.75</v>
+      </c>
+      <c r="P68" t="n">
+        <v>2.96</v>
+      </c>
+      <c r="Q68" t="n">
+        <v>30.59</v>
       </c>
       <c r="R68" t="n">
-        <v>77.90309999999999</v>
+        <v>21.86</v>
       </c>
       <c r="S68" t="n">
-        <v>1.2279</v>
-[...21 lines deleted...]
-      <c r="AB68" t="inlineStr"/>
+        <v>16.87</v>
+      </c>
+      <c r="T68" t="inlineStr"/>
+      <c r="U68" t="inlineStr"/>
+      <c r="V68" t="inlineStr"/>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
-          <t>113652</t>
+          <t>123178</t>
         </is>
       </c>
       <c r="B69" t="inlineStr">
         <is>
-          <t>伟22转债</t>
+          <t>花园转债</t>
         </is>
       </c>
       <c r="C69" t="inlineStr">
         <is>
-          <t>145.204</t>
+          <t>300401</t>
         </is>
       </c>
       <c r="D69" t="inlineStr">
         <is>
-          <t>2.253</t>
-[...6 lines deleted...]
-        <v>102.6403</v>
+          <t>花园生物</t>
+        </is>
+      </c>
+      <c r="E69" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F69" t="inlineStr">
+        <is>
+          <t>11.731</t>
+        </is>
       </c>
       <c r="G69" t="inlineStr">
         <is>
-          <t>603568</t>
+          <t>2.984</t>
         </is>
       </c>
       <c r="H69" t="inlineStr">
         <is>
-          <t>伟明环保</t>
-[...6 lines deleted...]
-        <v>2.83</v>
+          <t>2029-03-06</t>
+        </is>
+      </c>
+      <c r="I69" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J69" t="inlineStr">
+        <is>
+          <t>17.485</t>
+        </is>
       </c>
       <c r="K69" t="inlineStr">
         <is>
-          <t>AA</t>
-[...30 lines deleted...]
-        </is>
+          <t>12/15 | 30</t>
+        </is>
+      </c>
+      <c r="L69" t="n">
+        <v>42.1936</v>
+      </c>
+      <c r="M69" t="n">
+        <v>2.0583</v>
+      </c>
+      <c r="N69" t="n">
+        <v>1.4607</v>
+      </c>
+      <c r="O69" t="n">
+        <v>3.09</v>
+      </c>
+      <c r="P69" t="n">
+        <v>1.92</v>
+      </c>
+      <c r="Q69" t="n">
+        <v>36.42</v>
       </c>
       <c r="R69" t="n">
-        <v>44.8693</v>
+        <v>24.98</v>
       </c>
       <c r="S69" t="n">
-        <v>2.0216</v>
-[...21 lines deleted...]
-      <c r="AB69" t="inlineStr"/>
+        <v>20.66</v>
+      </c>
+      <c r="T69" t="inlineStr"/>
+      <c r="U69" t="inlineStr"/>
+      <c r="V69" t="inlineStr"/>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr">
         <is>
-          <t>123207</t>
+          <t>128138</t>
         </is>
       </c>
       <c r="B70" t="inlineStr">
         <is>
-          <t>冠中转债</t>
+          <t>侨银转债</t>
         </is>
       </c>
       <c r="C70" t="inlineStr">
         <is>
-          <t>254.500</t>
+          <t>002973</t>
         </is>
       </c>
       <c r="D70" t="inlineStr">
         <is>
-          <t>2.086</t>
-[...6 lines deleted...]
-        <v>251.6284</v>
+          <t>侨银股份</t>
+        </is>
+      </c>
+      <c r="E70" t="inlineStr">
+        <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="F70" t="inlineStr">
+        <is>
+          <t>4.199</t>
+        </is>
       </c>
       <c r="G70" t="inlineStr">
         <is>
-          <t>300948</t>
+          <t>0.682</t>
         </is>
       </c>
       <c r="H70" t="inlineStr">
         <is>
-          <t>冠中生态</t>
-[...6 lines deleted...]
-        <v>2.34</v>
+          <t>2026-11-17</t>
+        </is>
+      </c>
+      <c r="I70" t="inlineStr">
+        <is>
+          <t>130.00</t>
+        </is>
+      </c>
+      <c r="J70" t="inlineStr">
+        <is>
+          <t>23.270</t>
+        </is>
       </c>
       <c r="K70" t="inlineStr">
         <is>
-          <t>A-</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30</t>
+        </is>
+      </c>
+      <c r="L70" t="n">
+        <v>66.864</v>
+      </c>
+      <c r="M70" t="n">
+        <v>1.3785</v>
+      </c>
+      <c r="N70" t="n">
+        <v>1.3685</v>
+      </c>
+      <c r="O70" t="n">
+        <v>2.89</v>
+      </c>
+      <c r="P70" t="n">
+        <v>3.17</v>
+      </c>
+      <c r="Q70" t="n">
+        <v>6.61</v>
       </c>
       <c r="R70" t="n">
-        <v>49.5841</v>
+        <v>5.83</v>
       </c>
       <c r="S70" t="n">
-        <v>3.2561</v>
-[...21 lines deleted...]
-      <c r="AB70" t="inlineStr"/>
+        <v>8.26</v>
+      </c>
+      <c r="T70" t="inlineStr"/>
+      <c r="U70" t="inlineStr"/>
+      <c r="V70" t="inlineStr"/>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr">
         <is>
-          <t>118021</t>
+          <t>127027</t>
         </is>
       </c>
       <c r="B71" t="inlineStr">
         <is>
-          <t>新致转债</t>
+          <t>能化转债</t>
         </is>
       </c>
       <c r="C71" t="inlineStr">
         <is>
-          <t>266.260</t>
+          <t>000552</t>
         </is>
       </c>
       <c r="D71" t="inlineStr">
         <is>
-          <t>2.025</t>
-[...6 lines deleted...]
-        <v>211.301</v>
+          <t>甘肃能化</t>
+        </is>
+      </c>
+      <c r="E71" t="inlineStr">
+        <is>
+          <t>AAA</t>
+        </is>
+      </c>
+      <c r="F71" t="inlineStr">
+        <is>
+          <t>19.464</t>
+        </is>
       </c>
       <c r="G71" t="inlineStr">
         <is>
-          <t>688590</t>
+          <t>0.745</t>
         </is>
       </c>
       <c r="H71" t="inlineStr">
         <is>
-          <t>新致软件</t>
-[...6 lines deleted...]
-        <v>2.11</v>
+          <t>2026-12-10</t>
+        </is>
+      </c>
+      <c r="I71" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="J71" t="inlineStr">
+        <is>
+          <t>3.809</t>
+        </is>
       </c>
       <c r="K71" t="inlineStr">
         <is>
-          <t>A</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30 2022-08-22 重新计</t>
+        </is>
+      </c>
+      <c r="L71" t="n">
+        <v>50.856</v>
+      </c>
+      <c r="M71" t="n">
+        <v>1.3661</v>
+      </c>
+      <c r="N71" t="n">
+        <v>1.1496</v>
+      </c>
+      <c r="O71" t="n">
+        <v>12.14</v>
+      </c>
+      <c r="P71" t="n">
+        <v>17.38</v>
+      </c>
+      <c r="Q71" t="n">
+        <v>19.87</v>
       </c>
       <c r="R71" t="n">
-        <v>53.132</v>
+        <v>13.93</v>
       </c>
       <c r="S71" t="n">
-        <v>1.8275</v>
-[...21 lines deleted...]
-      <c r="AB71" t="inlineStr"/>
+        <v>13.06</v>
+      </c>
+      <c r="T71" t="inlineStr"/>
+      <c r="U71" t="inlineStr"/>
+      <c r="V71" t="inlineStr"/>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr">
         <is>
-          <t>127030</t>
+          <t>110081</t>
         </is>
       </c>
       <c r="B72" t="inlineStr">
         <is>
-          <t>盛虹转债</t>
+          <t>闻泰转债</t>
         </is>
       </c>
       <c r="C72" t="inlineStr">
         <is>
-          <t>133.110</t>
+          <t>600745</t>
         </is>
       </c>
       <c r="D72" t="inlineStr">
         <is>
-          <t>2.000</t>
-[...6 lines deleted...]
-        <v>91.44589999999999</v>
+          <t>闻泰科技</t>
+        </is>
+      </c>
+      <c r="E72" t="inlineStr">
+        <is>
+          <t>A</t>
+        </is>
+      </c>
+      <c r="F72" t="inlineStr">
+        <is>
+          <t>85.966</t>
+        </is>
       </c>
       <c r="G72" t="inlineStr">
         <is>
-          <t>000301</t>
+          <t>1.375</t>
         </is>
       </c>
       <c r="H72" t="inlineStr">
         <is>
-          <t>东方盛虹</t>
-[...6 lines deleted...]
-        <v>6.43</v>
+          <t>2027-07-28</t>
+        </is>
+      </c>
+      <c r="I72" t="inlineStr">
+        <is>
+          <t>108.00</t>
+        </is>
+      </c>
+      <c r="J72" t="inlineStr">
+        <is>
+          <t>56.680</t>
+        </is>
       </c>
       <c r="K72" t="inlineStr">
         <is>
-          <t>AA+</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30</t>
+        </is>
+      </c>
+      <c r="L72" t="n">
+        <v>33.8611</v>
+      </c>
+      <c r="M72" t="n">
+        <v>2.5225</v>
+      </c>
+      <c r="N72" t="n">
+        <v>1.8089</v>
+      </c>
+      <c r="O72" t="n">
+        <v>-28.33</v>
+      </c>
+      <c r="P72" t="n">
+        <v>11.81</v>
+      </c>
+      <c r="Q72" t="n">
+        <v>22.34</v>
       </c>
       <c r="R72" t="n">
-        <v>82.26349999999999</v>
+        <v>17.04</v>
       </c>
       <c r="S72" t="n">
-        <v>0.4453</v>
-[...21 lines deleted...]
-      <c r="AB72" t="inlineStr"/>
+        <v>23.5</v>
+      </c>
+      <c r="T72" t="inlineStr"/>
+      <c r="U72" t="inlineStr"/>
+      <c r="V72" t="inlineStr"/>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr">
         <is>
-          <t>127104</t>
+          <t>127059</t>
         </is>
       </c>
       <c r="B73" t="inlineStr">
         <is>
-          <t>姚记转债</t>
+          <t>永东转2</t>
         </is>
       </c>
       <c r="C73" t="inlineStr">
         <is>
-          <t>181.562</t>
+          <t>002753</t>
         </is>
       </c>
       <c r="D73" t="inlineStr">
         <is>
-          <t>1.995</t>
-[...6 lines deleted...]
-        <v>134.2971</v>
+          <t>永东股份</t>
+        </is>
+      </c>
+      <c r="E73" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F73" t="inlineStr">
+        <is>
+          <t>3.791</t>
+        </is>
       </c>
       <c r="G73" t="inlineStr">
         <is>
-          <t>002605</t>
+          <t>2.074</t>
         </is>
       </c>
       <c r="H73" t="inlineStr">
         <is>
-          <t>姚记科技</t>
-[...6 lines deleted...]
-        <v>1.55</v>
+          <t>2028-04-08</t>
+        </is>
+      </c>
+      <c r="I73" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J73" t="inlineStr">
+        <is>
+          <t>10.608</t>
+        </is>
       </c>
       <c r="K73" t="inlineStr">
         <is>
-          <t>A+</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30</t>
+        </is>
+      </c>
+      <c r="L73" t="n">
+        <v>30.7389</v>
+      </c>
+      <c r="M73" t="n">
+        <v>4.725</v>
+      </c>
+      <c r="N73" t="n">
+        <v>3.4207</v>
+      </c>
+      <c r="O73" t="n">
+        <v>1.11</v>
+      </c>
+      <c r="P73" t="n">
+        <v>1.01</v>
+      </c>
+      <c r="Q73" t="n">
+        <v>15.36</v>
       </c>
       <c r="R73" t="n">
-        <v>28.096</v>
+        <v>13.21</v>
       </c>
       <c r="S73" t="n">
-        <v>2.9289</v>
-[...21 lines deleted...]
-      <c r="AB73" t="inlineStr"/>
+        <v>14.11</v>
+      </c>
+      <c r="T73" t="inlineStr"/>
+      <c r="U73" t="inlineStr"/>
+      <c r="V73" t="inlineStr"/>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr">
         <is>
-          <t>113058</t>
+          <t>118022</t>
         </is>
       </c>
       <c r="B74" t="inlineStr">
         <is>
-          <t>友发转债</t>
+          <t>锂科转债</t>
         </is>
       </c>
       <c r="C74" t="inlineStr">
         <is>
-          <t>163.462</t>
+          <t>688779</t>
         </is>
       </c>
       <c r="D74" t="inlineStr">
         <is>
-          <t>1.962</t>
-[...6 lines deleted...]
-        <v>143.0804</v>
+          <t>五矿新能</t>
+        </is>
+      </c>
+      <c r="E74" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F74" t="inlineStr">
+        <is>
+          <t>32.497</t>
+        </is>
       </c>
       <c r="G74" t="inlineStr">
         <is>
-          <t>601686</t>
+          <t>2.584</t>
         </is>
       </c>
       <c r="H74" t="inlineStr">
         <is>
-          <t>友发集团</t>
-[...6 lines deleted...]
-        <v>0</v>
+          <t>2028-10-11</t>
+        </is>
+      </c>
+      <c r="I74" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="J74" t="inlineStr">
+        <is>
+          <t>20.189</t>
+        </is>
       </c>
       <c r="K74" t="inlineStr">
         <is>
-          <t>AA</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30</t>
+        </is>
+      </c>
+      <c r="L74" t="n">
+        <v>50.2686</v>
+      </c>
+      <c r="M74" t="n">
+        <v>2.4959</v>
+      </c>
+      <c r="N74" t="n">
+        <v>1.9471</v>
+      </c>
+      <c r="O74" t="n">
+        <v>-5.08</v>
+      </c>
+      <c r="P74" t="n">
+        <v>-1.24</v>
+      </c>
+      <c r="Q74" t="n">
+        <v>13.1</v>
       </c>
       <c r="R74" t="n">
-        <v>71.4436</v>
+        <v>11.29</v>
       </c>
       <c r="S74" t="n">
-        <v>1.194</v>
-[...21 lines deleted...]
-      <c r="AB74" t="inlineStr"/>
+        <v>8.220000000000001</v>
+      </c>
+      <c r="T74" t="inlineStr"/>
+      <c r="U74" t="inlineStr"/>
+      <c r="V74" t="inlineStr"/>
     </row>
     <row r="75">
       <c r="A75" t="inlineStr">
         <is>
-          <t>128101</t>
+          <t>123179</t>
         </is>
       </c>
       <c r="B75" t="inlineStr">
         <is>
-          <t>联创转债</t>
+          <t>立高转债</t>
         </is>
       </c>
       <c r="C75" t="inlineStr">
         <is>
-          <t>129.559</t>
+          <t>300973</t>
         </is>
       </c>
       <c r="D75" t="inlineStr">
         <is>
-          <t>1.919</t>
-[...6 lines deleted...]
-        <v>110.1968</v>
+          <t>立高食品</t>
+        </is>
+      </c>
+      <c r="E75" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F75" t="inlineStr">
+        <is>
+          <t>9.499</t>
+        </is>
       </c>
       <c r="G75" t="inlineStr">
         <is>
-          <t>002036</t>
+          <t>2.986</t>
         </is>
       </c>
       <c r="H75" t="inlineStr">
         <is>
-          <t>联创电子</t>
-[...6 lines deleted...]
-        <v>7.98</v>
+          <t>2029-03-07</t>
+        </is>
+      </c>
+      <c r="I75" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J75" t="inlineStr">
+        <is>
+          <t>123.669</t>
+        </is>
       </c>
       <c r="K75" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30</t>
+        </is>
+      </c>
+      <c r="L75" t="n">
+        <v>39.7863</v>
+      </c>
+      <c r="M75" t="n">
+        <v>1.8804</v>
+      </c>
+      <c r="N75" t="n">
+        <v>1.422</v>
+      </c>
+      <c r="O75" t="n">
+        <v>2.68</v>
+      </c>
+      <c r="P75" t="n">
+        <v>0.73</v>
+      </c>
+      <c r="Q75" t="n">
+        <v>10.6</v>
       </c>
       <c r="R75" t="n">
-        <v>84.43770000000001</v>
+        <v>8.279999999999999</v>
       </c>
       <c r="S75" t="n">
-        <v>0.6645</v>
-[...21 lines deleted...]
-      <c r="AB75" t="inlineStr"/>
+        <v>10.06</v>
+      </c>
+      <c r="T75" t="inlineStr"/>
+      <c r="U75" t="inlineStr"/>
+      <c r="V75" t="inlineStr"/>
     </row>
     <row r="76">
       <c r="A76" t="inlineStr">
         <is>
-          <t>123104</t>
+          <t>128127</t>
         </is>
       </c>
       <c r="B76" t="inlineStr">
         <is>
-          <t>卫宁转债</t>
+          <t>文科转债</t>
         </is>
       </c>
       <c r="C76" t="inlineStr">
         <is>
-          <t>133.854</t>
+          <t>002775</t>
         </is>
       </c>
       <c r="D76" t="inlineStr">
         <is>
-          <t>1.895</t>
-[...6 lines deleted...]
-        <v>69.7863</v>
+          <t>文科股份</t>
+        </is>
+      </c>
+      <c r="E76" t="inlineStr">
+        <is>
+          <t>A-</t>
+        </is>
+      </c>
+      <c r="F76" t="inlineStr">
+        <is>
+          <t>8.036</t>
+        </is>
       </c>
       <c r="G76" t="inlineStr">
         <is>
-          <t>300253</t>
+          <t>0.438</t>
         </is>
       </c>
       <c r="H76" t="inlineStr">
         <is>
-          <t>卫宁健康</t>
-[...6 lines deleted...]
-        <v>4.95</v>
+          <t>2026-08-20</t>
+        </is>
+      </c>
+      <c r="I76" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J76" t="inlineStr">
+        <is>
+          <t>5.746</t>
+        </is>
       </c>
       <c r="K76" t="inlineStr">
         <is>
-          <t>AA</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L76" t="n">
+        <v>93.8228</v>
+      </c>
+      <c r="M76" t="n">
+        <v>0.7487</v>
+      </c>
+      <c r="N76" t="n">
+        <v>0.6425999999999999</v>
+      </c>
+      <c r="O76" t="n">
+        <v>-1.18</v>
+      </c>
+      <c r="P76" t="n">
+        <v>-1.49</v>
+      </c>
+      <c r="Q76" t="n">
+        <v>9.279999999999999</v>
+      </c>
       <c r="R76" t="n">
-        <v>31.3132</v>
+        <v>10.16</v>
       </c>
       <c r="S76" t="n">
-        <v>3.2807</v>
-[...21 lines deleted...]
-      <c r="AB76" t="inlineStr"/>
+        <v>15.71</v>
+      </c>
+      <c r="T76" t="inlineStr"/>
+      <c r="U76" t="inlineStr"/>
+      <c r="V76" t="inlineStr"/>
     </row>
     <row r="77">
       <c r="A77" t="inlineStr">
         <is>
-          <t>118038</t>
+          <t>110073</t>
         </is>
       </c>
       <c r="B77" t="inlineStr">
         <is>
-          <t>金宏转债</t>
+          <t>国投转债</t>
         </is>
       </c>
       <c r="C77" t="inlineStr">
         <is>
-          <t>156.793</t>
+          <t>600061</t>
         </is>
       </c>
       <c r="D77" t="inlineStr">
         <is>
-          <t>1.869</t>
-[...6 lines deleted...]
-        <v>127.4644</v>
+          <t>国投资本</t>
+        </is>
+      </c>
+      <c r="E77" t="inlineStr">
+        <is>
+          <t>AAA</t>
+        </is>
+      </c>
+      <c r="F77" t="inlineStr">
+        <is>
+          <t>79.991</t>
+        </is>
       </c>
       <c r="G77" t="inlineStr">
         <is>
-          <t>688106</t>
+          <t>0.364</t>
         </is>
       </c>
       <c r="H77" t="inlineStr">
         <is>
-          <t>金宏气体</t>
-[...6 lines deleted...]
-        <v>2.59</v>
+          <t>2026-07-24</t>
+        </is>
+      </c>
+      <c r="I77" t="inlineStr">
+        <is>
+          <t>107.00</t>
+        </is>
+      </c>
+      <c r="J77" t="inlineStr">
+        <is>
+          <t>12.246</t>
+        </is>
       </c>
       <c r="K77" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30</t>
+        </is>
+      </c>
+      <c r="L77" t="n">
+        <v>81.3083</v>
+      </c>
+      <c r="M77" t="n">
+        <v>1.2078</v>
+      </c>
+      <c r="N77" t="n">
+        <v>1.2073</v>
+      </c>
+      <c r="O77" t="n">
+        <v>26.94</v>
+      </c>
+      <c r="P77" t="n">
+        <v>23.57</v>
+      </c>
+      <c r="Q77" t="n">
+        <v>8.27</v>
       </c>
       <c r="R77" t="n">
-        <v>57.0663</v>
+        <v>10.69</v>
       </c>
       <c r="S77" t="n">
-        <v>1.116</v>
-[...21 lines deleted...]
-      <c r="AB77" t="inlineStr"/>
+        <v>14.81</v>
+      </c>
+      <c r="T77" t="inlineStr"/>
+      <c r="U77" t="inlineStr"/>
+      <c r="V77" t="inlineStr"/>
     </row>
     <row r="78">
       <c r="A78" t="inlineStr">
         <is>
-          <t>123155</t>
+          <t>118018</t>
         </is>
       </c>
       <c r="B78" t="inlineStr">
         <is>
-          <t>中陆转债</t>
+          <t>瑞科转债</t>
         </is>
       </c>
       <c r="C78" t="inlineStr">
         <is>
-          <t>140.920</t>
+          <t>688323</t>
         </is>
       </c>
       <c r="D78" t="inlineStr">
         <is>
-          <t>1.858</t>
-[...6 lines deleted...]
-        <v>100.6612</v>
+          <t>瑞华泰</t>
+        </is>
+      </c>
+      <c r="E78" t="inlineStr">
+        <is>
+          <t>A</t>
+        </is>
+      </c>
+      <c r="F78" t="inlineStr">
+        <is>
+          <t>4.299</t>
+        </is>
       </c>
       <c r="G78" t="inlineStr">
         <is>
-          <t>301040</t>
+          <t>2.436</t>
         </is>
       </c>
       <c r="H78" t="inlineStr">
         <is>
-          <t>中环海陆</t>
-[...6 lines deleted...]
-        <v>5.51</v>
+          <t>2028-08-18</t>
+        </is>
+      </c>
+      <c r="I78" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="J78" t="inlineStr">
+        <is>
+          <t>40.183</t>
+        </is>
       </c>
       <c r="K78" t="inlineStr">
         <is>
-          <t>A+</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L78" t="n">
+        <v>65.42400000000001</v>
+      </c>
+      <c r="M78" t="n">
+        <v>0.6039</v>
+      </c>
+      <c r="N78" t="n">
+        <v>0.4616</v>
+      </c>
+      <c r="O78" t="n">
+        <v>-0.57</v>
+      </c>
+      <c r="P78" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="Q78" t="n">
+        <v>29.11</v>
+      </c>
       <c r="R78" t="n">
-        <v>47.1796</v>
+        <v>22.06</v>
       </c>
       <c r="S78" t="n">
-        <v>2.4741</v>
-[...21 lines deleted...]
-      <c r="AB78" t="inlineStr"/>
+        <v>19.29</v>
+      </c>
+      <c r="T78" t="inlineStr"/>
+      <c r="U78" t="inlineStr"/>
+      <c r="V78" t="inlineStr"/>
     </row>
     <row r="79">
       <c r="A79" t="inlineStr">
         <is>
-          <t>127062</t>
+          <t>113624</t>
         </is>
       </c>
       <c r="B79" t="inlineStr">
         <is>
-          <t>垒知转债</t>
+          <t>正川转债</t>
         </is>
       </c>
       <c r="C79" t="inlineStr">
         <is>
-          <t>138.400</t>
+          <t>603976</t>
         </is>
       </c>
       <c r="D79" t="inlineStr">
         <is>
-          <t>1.840</t>
-[...6 lines deleted...]
-        <v>84.4532</v>
+          <t>正川股份</t>
+        </is>
+      </c>
+      <c r="E79" t="inlineStr">
+        <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="F79" t="inlineStr">
+        <is>
+          <t>4.048</t>
+        </is>
       </c>
       <c r="G79" t="inlineStr">
         <is>
-          <t>002398</t>
+          <t>1.126</t>
         </is>
       </c>
       <c r="H79" t="inlineStr">
         <is>
-          <t>垒知集团</t>
-[...6 lines deleted...]
-        <v>5.08</v>
+          <t>2027-04-28</t>
+        </is>
+      </c>
+      <c r="I79" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J79" t="inlineStr">
+        <is>
+          <t>26.091</t>
+        </is>
       </c>
       <c r="K79" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L79" t="n">
+        <v>36.4199</v>
+      </c>
+      <c r="M79" t="n">
+        <v>3.9591</v>
+      </c>
+      <c r="N79" t="n">
+        <v>2.7904</v>
+      </c>
+      <c r="O79" t="n">
+        <v>0.53</v>
+      </c>
+      <c r="P79" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="Q79" t="n">
+        <v>14.49</v>
+      </c>
       <c r="R79" t="n">
-        <v>36.3708</v>
+        <v>13.57</v>
       </c>
       <c r="S79" t="n">
-        <v>2.676</v>
-[...21 lines deleted...]
-      <c r="AB79" t="inlineStr"/>
+        <v>10.09</v>
+      </c>
+      <c r="T79" t="inlineStr"/>
+      <c r="U79" t="inlineStr"/>
+      <c r="V79" t="inlineStr"/>
     </row>
     <row r="80">
       <c r="A80" t="inlineStr">
         <is>
-          <t>123235</t>
+          <t>118016</t>
         </is>
       </c>
       <c r="B80" t="inlineStr">
         <is>
-          <t>亿田转债</t>
+          <t>京源转债</t>
         </is>
       </c>
       <c r="C80" t="inlineStr">
         <is>
-          <t>206.500</t>
+          <t>688096</t>
         </is>
       </c>
       <c r="D80" t="inlineStr">
         <is>
-          <t>1.824</t>
-[...6 lines deleted...]
-        <v>173.909</v>
+          <t>京源环保</t>
+        </is>
+      </c>
+      <c r="E80" t="inlineStr">
+        <is>
+          <t>A</t>
+        </is>
+      </c>
+      <c r="F80" t="inlineStr">
+        <is>
+          <t>1.675</t>
+        </is>
       </c>
       <c r="G80" t="inlineStr">
         <is>
-          <t>300911</t>
+          <t>2.400</t>
         </is>
       </c>
       <c r="H80" t="inlineStr">
         <is>
-          <t>亿田智能</t>
-[...6 lines deleted...]
-        <v>3.12</v>
+          <t>2028-08-05</t>
+        </is>
+      </c>
+      <c r="I80" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J80" t="inlineStr">
+        <is>
+          <t>8.983</t>
+        </is>
       </c>
       <c r="K80" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...28 lines deleted...]
-        <is>
           <t>!</t>
         </is>
       </c>
+      <c r="L80" t="n">
+        <v>52.0708</v>
+      </c>
+      <c r="M80" t="n">
+        <v>1.5865</v>
+      </c>
+      <c r="N80" t="n">
+        <v>1.3172</v>
+      </c>
+      <c r="O80" t="n">
+        <v>-0.25</v>
+      </c>
+      <c r="P80" t="n">
+        <v>-0.29</v>
+      </c>
+      <c r="Q80" t="n">
+        <v>42.07</v>
+      </c>
       <c r="R80" t="n">
-        <v>42.4164</v>
+        <v>27.22</v>
       </c>
       <c r="S80" t="n">
-        <v>3.9046</v>
-[...21 lines deleted...]
-      <c r="AB80" t="inlineStr"/>
+        <v>46.09</v>
+      </c>
+      <c r="T80" t="inlineStr"/>
+      <c r="U80" t="inlineStr"/>
+      <c r="V80" t="inlineStr"/>
     </row>
     <row r="81">
       <c r="A81" t="inlineStr">
         <is>
-          <t>123080</t>
+          <t>123256</t>
         </is>
       </c>
       <c r="B81" t="inlineStr">
         <is>
-          <t>海波转债</t>
+          <t>恒帅转债</t>
         </is>
       </c>
       <c r="C81" t="inlineStr">
         <is>
-          <t>146.000</t>
+          <t>300969</t>
         </is>
       </c>
       <c r="D81" t="inlineStr">
         <is>
-          <t>1.771</t>
-[...6 lines deleted...]
-        <v>112.8295</v>
+          <t>恒帅股份</t>
+        </is>
+      </c>
+      <c r="E81" t="inlineStr">
+        <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="F81" t="inlineStr">
+        <is>
+          <t>3.273</t>
+        </is>
       </c>
       <c r="G81" t="inlineStr">
         <is>
-          <t>300517</t>
+          <t>5.214</t>
         </is>
       </c>
       <c r="H81" t="inlineStr">
         <is>
-          <t>海波重科</t>
-[...6 lines deleted...]
-        <v>4.39</v>
+          <t>2031-05-29</t>
+        </is>
+      </c>
+      <c r="I81" t="inlineStr">
+        <is>
+          <t>114.00</t>
+        </is>
+      </c>
+      <c r="J81" t="inlineStr">
+        <is>
+          <t>81.315</t>
+        </is>
       </c>
       <c r="K81" t="inlineStr">
         <is>
-          <t>A+</t>
-[...30 lines deleted...]
-        </is>
+          <t>!</t>
+        </is>
+      </c>
+      <c r="L81" t="n">
+        <v>30.1246</v>
+      </c>
+      <c r="M81" t="n">
+        <v>6.0557</v>
+      </c>
+      <c r="N81" t="n">
+        <v>5.5851</v>
+      </c>
+      <c r="O81" t="n">
+        <v>2.14</v>
+      </c>
+      <c r="P81" t="n">
+        <v>2.02</v>
+      </c>
+      <c r="Q81" t="n">
+        <v>71.2</v>
       </c>
       <c r="R81" t="n">
-        <v>26.2658</v>
-[...24 lines deleted...]
-      <c r="AB81" t="inlineStr"/>
+        <v>64.90000000000001</v>
+      </c>
+      <c r="S81" t="inlineStr"/>
+      <c r="T81" t="inlineStr"/>
+      <c r="U81" t="inlineStr"/>
+      <c r="V81" t="inlineStr"/>
     </row>
     <row r="82">
       <c r="A82" t="inlineStr">
         <is>
-          <t>127098</t>
+          <t>127060</t>
         </is>
       </c>
       <c r="B82" t="inlineStr">
         <is>
-          <t>欧晶转债</t>
+          <t>湘佳转债</t>
         </is>
       </c>
       <c r="C82" t="inlineStr">
         <is>
-          <t>128.900</t>
+          <t>002982</t>
         </is>
       </c>
       <c r="D82" t="inlineStr">
         <is>
-          <t>1.753</t>
-[...6 lines deleted...]
-        <v>60.8333</v>
+          <t>湘佳股份</t>
+        </is>
+      </c>
+      <c r="E82" t="inlineStr">
+        <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="F82" t="inlineStr">
+        <is>
+          <t>6.399</t>
+        </is>
       </c>
       <c r="G82" t="inlineStr">
         <is>
-          <t>001269</t>
+          <t>2.104</t>
         </is>
       </c>
       <c r="H82" t="inlineStr">
         <is>
-          <t>欧晶科技</t>
-[...6 lines deleted...]
-        <v>5.45</v>
+          <t>2028-04-19</t>
+        </is>
+      </c>
+      <c r="I82" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="J82" t="inlineStr">
+        <is>
+          <t>27.469</t>
+        </is>
       </c>
       <c r="K82" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L82" t="n">
+        <v>58.3273</v>
+      </c>
+      <c r="M82" t="n">
+        <v>1.3784</v>
+      </c>
+      <c r="N82" t="n">
+        <v>0.799</v>
+      </c>
+      <c r="O82" t="n">
+        <v>0.98</v>
+      </c>
+      <c r="P82" t="n">
+        <v>-1.47</v>
+      </c>
+      <c r="Q82" t="n">
+        <v>10.52</v>
+      </c>
       <c r="R82" t="n">
-        <v>53.0491</v>
+        <v>8.77</v>
       </c>
       <c r="S82" t="n">
-        <v>2.318</v>
-[...21 lines deleted...]
-      <c r="AB82" t="inlineStr"/>
+        <v>14.27</v>
+      </c>
+      <c r="T82" t="inlineStr"/>
+      <c r="U82" t="inlineStr"/>
+      <c r="V82" t="inlineStr"/>
     </row>
     <row r="83">
       <c r="A83" t="inlineStr">
         <is>
-          <t>123085</t>
+          <t>123220</t>
         </is>
       </c>
       <c r="B83" t="inlineStr">
         <is>
-          <t>万顺转2</t>
+          <t>易瑞转债</t>
         </is>
       </c>
       <c r="C83" t="inlineStr">
         <is>
-          <t>142.501</t>
+          <t>300942</t>
         </is>
       </c>
       <c r="D83" t="inlineStr">
         <is>
-          <t>1.715</t>
-[...6 lines deleted...]
-        <v>125.8517</v>
+          <t>易瑞生物</t>
+        </is>
+      </c>
+      <c r="E83" t="inlineStr">
+        <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="F83" t="inlineStr">
+        <is>
+          <t>2.908</t>
+        </is>
       </c>
       <c r="G83" t="inlineStr">
         <is>
-          <t>300057</t>
+          <t>3.436</t>
         </is>
       </c>
       <c r="H83" t="inlineStr">
         <is>
-          <t>万顺新材</t>
-[...6 lines deleted...]
-        <v>2.95</v>
+          <t>2029-08-18</t>
+        </is>
+      </c>
+      <c r="I83" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J83" t="inlineStr">
+        <is>
+          <t>11.531</t>
+        </is>
       </c>
       <c r="K83" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30 2025-11-21 重新计</t>
+        </is>
+      </c>
+      <c r="L83" t="n">
+        <v>38.5545</v>
+      </c>
+      <c r="M83" t="n">
+        <v>5.1587</v>
+      </c>
+      <c r="N83" t="n">
+        <v>4.7734</v>
+      </c>
+      <c r="O83" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="P83" t="n">
+        <v>-1.85</v>
+      </c>
+      <c r="Q83" t="n">
+        <v>20.19</v>
       </c>
       <c r="R83" t="n">
-        <v>50.9525</v>
+        <v>16.37</v>
       </c>
       <c r="S83" t="n">
-        <v>1.2841</v>
-[...21 lines deleted...]
-      <c r="AB83" t="inlineStr"/>
+        <v>26.63</v>
+      </c>
+      <c r="T83" t="inlineStr"/>
+      <c r="U83" t="inlineStr"/>
+      <c r="V83" t="inlineStr"/>
     </row>
     <row r="84">
       <c r="A84" t="inlineStr">
         <is>
-          <t>118043</t>
+          <t>118020</t>
         </is>
       </c>
       <c r="B84" t="inlineStr">
         <is>
-          <t>福立转债</t>
+          <t>芳源转债</t>
         </is>
       </c>
       <c r="C84" t="inlineStr">
         <is>
-          <t>164.694</t>
+          <t>688148</t>
         </is>
       </c>
       <c r="D84" t="inlineStr">
         <is>
-          <t>1.701</t>
-[...6 lines deleted...]
-        <v>165.2349</v>
+          <t>芳源股份</t>
+        </is>
+      </c>
+      <c r="E84" t="inlineStr">
+        <is>
+          <t>BBB</t>
+        </is>
+      </c>
+      <c r="F84" t="inlineStr">
+        <is>
+          <t>6.417</t>
+        </is>
       </c>
       <c r="G84" t="inlineStr">
         <is>
-          <t>688678</t>
+          <t>2.534</t>
         </is>
       </c>
       <c r="H84" t="inlineStr">
         <is>
-          <t>福立旺</t>
-[...6 lines deleted...]
-        <v>2.07</v>
+          <t>2028-09-23</t>
+        </is>
+      </c>
+      <c r="I84" t="inlineStr">
+        <is>
+          <t>120.00</t>
+        </is>
+      </c>
+      <c r="J84" t="inlineStr">
+        <is>
+          <t>18.200</t>
+        </is>
       </c>
       <c r="K84" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30</t>
+        </is>
+      </c>
+      <c r="L84" t="n">
+        <v>84.3169</v>
+      </c>
+      <c r="M84" t="n">
+        <v>0.9513</v>
+      </c>
+      <c r="N84" t="n">
+        <v>0.6176</v>
+      </c>
+      <c r="O84" t="n">
+        <v>-4.27</v>
+      </c>
+      <c r="P84" t="n">
+        <v>-4.55</v>
+      </c>
+      <c r="Q84" t="n">
+        <v>11.57</v>
       </c>
       <c r="R84" t="n">
-        <v>53.5242</v>
+        <v>13.1</v>
       </c>
       <c r="S84" t="n">
-        <v>1.2155</v>
-[...21 lines deleted...]
-      <c r="AB84" t="inlineStr"/>
+        <v>22.41</v>
+      </c>
+      <c r="T84" t="inlineStr"/>
+      <c r="U84" t="inlineStr"/>
+      <c r="V84" t="inlineStr"/>
     </row>
     <row r="85">
       <c r="A85" t="inlineStr">
         <is>
-          <t>118003</t>
+          <t>123113</t>
         </is>
       </c>
       <c r="B85" t="inlineStr">
         <is>
-          <t>华兴转债</t>
+          <t>仙乐转债</t>
         </is>
       </c>
       <c r="C85" t="inlineStr">
         <is>
-          <t>161.984</t>
+          <t>300791</t>
         </is>
       </c>
       <c r="D85" t="inlineStr">
         <is>
-          <t>1.690</t>
-[...6 lines deleted...]
-        <v>128.7896</v>
+          <t>仙乐健康</t>
+        </is>
+      </c>
+      <c r="E85" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F85" t="inlineStr">
+        <is>
+          <t>10.248</t>
+        </is>
       </c>
       <c r="G85" t="inlineStr">
         <is>
-          <t>688001</t>
+          <t>1.101</t>
         </is>
       </c>
       <c r="H85" t="inlineStr">
         <is>
-          <t>华兴源创</t>
-[...6 lines deleted...]
-        <v>1.93</v>
+          <t>2027-04-19</t>
+        </is>
+      </c>
+      <c r="I85" t="inlineStr">
+        <is>
+          <t>113.00</t>
+        </is>
+      </c>
+      <c r="J85" t="inlineStr">
+        <is>
+          <t>41.418</t>
+        </is>
       </c>
       <c r="K85" t="inlineStr">
         <is>
-          <t>AA</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/20 | 30</t>
+        </is>
+      </c>
+      <c r="L85" t="n">
+        <v>53.2205</v>
+      </c>
+      <c r="M85" t="n">
+        <v>1.893</v>
+      </c>
+      <c r="N85" t="n">
+        <v>1.3893</v>
+      </c>
+      <c r="O85" t="n">
+        <v>3.25</v>
+      </c>
+      <c r="P85" t="n">
+        <v>2.81</v>
+      </c>
+      <c r="Q85" t="n">
+        <v>9.210000000000001</v>
       </c>
       <c r="R85" t="n">
-        <v>38.5931</v>
+        <v>8.65</v>
       </c>
       <c r="S85" t="n">
-        <v>2.6205</v>
-[...21 lines deleted...]
-      <c r="AB85" t="inlineStr"/>
+        <v>10.32</v>
+      </c>
+      <c r="T85" t="inlineStr"/>
+      <c r="U85" t="inlineStr"/>
+      <c r="V85" t="inlineStr"/>
     </row>
     <row r="86">
       <c r="A86" t="inlineStr">
         <is>
-          <t>123215</t>
+          <t>118033</t>
         </is>
       </c>
       <c r="B86" t="inlineStr">
         <is>
-          <t>铭利转债</t>
+          <t>华特转债</t>
         </is>
       </c>
       <c r="C86" t="inlineStr">
         <is>
-          <t>141.998</t>
+          <t>688268</t>
         </is>
       </c>
       <c r="D86" t="inlineStr">
         <is>
-          <t>1.686</t>
-[...6 lines deleted...]
-        <v>106.25</v>
+          <t>华特气体</t>
+        </is>
+      </c>
+      <c r="E86" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F86" t="inlineStr">
+        <is>
+          <t>6.459</t>
+        </is>
       </c>
       <c r="G86" t="inlineStr">
         <is>
-          <t>301268</t>
+          <t>3.025</t>
         </is>
       </c>
       <c r="H86" t="inlineStr">
         <is>
-          <t>铭利达</t>
-[...6 lines deleted...]
-        <v>1.29</v>
+          <t>2029-03-21</t>
+        </is>
+      </c>
+      <c r="I86" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J86" t="inlineStr">
+        <is>
+          <t>107.575</t>
+        </is>
       </c>
       <c r="K86" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L86" t="n">
+        <v>41.8401</v>
+      </c>
+      <c r="M86" t="n">
+        <v>3.191</v>
+      </c>
+      <c r="N86" t="n">
+        <v>2.8544</v>
+      </c>
+      <c r="O86" t="n">
+        <v>1.85</v>
+      </c>
+      <c r="P86" t="n">
+        <v>1.71</v>
+      </c>
+      <c r="Q86" t="n">
+        <v>16.34</v>
+      </c>
       <c r="R86" t="n">
-        <v>71.4624</v>
+        <v>13.71</v>
       </c>
       <c r="S86" t="n">
-        <v>0.9916</v>
-[...21 lines deleted...]
-      <c r="AB86" t="inlineStr"/>
+        <v>13.85</v>
+      </c>
+      <c r="T86" t="inlineStr"/>
+      <c r="U86" t="inlineStr"/>
+      <c r="V86" t="inlineStr"/>
     </row>
     <row r="87">
       <c r="A87" t="inlineStr">
         <is>
-          <t>111022</t>
+          <t>111014</t>
         </is>
       </c>
       <c r="B87" t="inlineStr">
         <is>
-          <t>锡振转债</t>
+          <t>李子转债</t>
         </is>
       </c>
       <c r="C87" t="inlineStr">
         <is>
-          <t>160.415</t>
+          <t>605337</t>
         </is>
       </c>
       <c r="D87" t="inlineStr">
         <is>
-          <t>1.667</t>
-[...6 lines deleted...]
-        <v>110.8216</v>
+          <t>李子园</t>
+        </is>
+      </c>
+      <c r="E87" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F87" t="inlineStr">
+        <is>
+          <t>5.999</t>
+        </is>
       </c>
       <c r="G87" t="inlineStr">
         <is>
-          <t>605319</t>
+          <t>3.274</t>
         </is>
       </c>
       <c r="H87" t="inlineStr">
         <is>
-          <t>无锡振华</t>
-[...6 lines deleted...]
-        <v>2.32</v>
+          <t>2029-06-20</t>
+        </is>
+      </c>
+      <c r="I87" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="J87" t="inlineStr">
+        <is>
+          <t>23.881</t>
+        </is>
       </c>
       <c r="K87" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L87" t="n">
+        <v>49.7418</v>
+      </c>
+      <c r="M87" t="n">
+        <v>1.4079</v>
+      </c>
+      <c r="N87" t="n">
+        <v>1.2111</v>
+      </c>
+      <c r="O87" t="n">
+        <v>2.24</v>
+      </c>
+      <c r="P87" t="n">
+        <v>2.37</v>
+      </c>
+      <c r="Q87" t="n">
+        <v>12.11</v>
+      </c>
       <c r="R87" t="n">
-        <v>52.5754</v>
+        <v>9.56</v>
       </c>
       <c r="S87" t="n">
-        <v>1.1422</v>
-[...19 lines deleted...]
-      <c r="AB87" t="inlineStr"/>
+        <v>12.04</v>
+      </c>
+      <c r="T87" t="inlineStr"/>
+      <c r="U87" t="inlineStr"/>
+      <c r="V87" t="inlineStr"/>
     </row>
     <row r="88">
       <c r="A88" t="inlineStr">
         <is>
-          <t>113059</t>
+          <t>127045</t>
         </is>
       </c>
       <c r="B88" t="inlineStr">
         <is>
-          <t>福莱转债</t>
+          <t>牧原转债</t>
         </is>
       </c>
       <c r="C88" t="inlineStr">
         <is>
-          <t>126.917</t>
+          <t>002714</t>
         </is>
       </c>
       <c r="D88" t="inlineStr">
         <is>
-          <t>1.656</t>
-[...6 lines deleted...]
-        <v>42.8914</v>
+          <t>牧原股份</t>
+        </is>
+      </c>
+      <c r="E88" t="inlineStr">
+        <is>
+          <t>AA+</t>
+        </is>
+      </c>
+      <c r="F88" t="inlineStr">
+        <is>
+          <t>95.430</t>
+        </is>
       </c>
       <c r="G88" t="inlineStr">
         <is>
-          <t>601865</t>
+          <t>1.427</t>
         </is>
       </c>
       <c r="H88" t="inlineStr">
         <is>
-          <t>福莱特</t>
-[...6 lines deleted...]
-        <v>7.9</v>
+          <t>2027-08-16</t>
+        </is>
+      </c>
+      <c r="I88" t="inlineStr">
+        <is>
+          <t>107.00</t>
+        </is>
+      </c>
+      <c r="J88" t="inlineStr">
+        <is>
+          <t>56.862</t>
+        </is>
       </c>
       <c r="K88" t="inlineStr">
         <is>
-          <t>AA</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L88" t="n">
+        <v>55.4981</v>
+      </c>
+      <c r="M88" t="n">
+        <v>0.7885</v>
+      </c>
+      <c r="N88" t="n">
+        <v>0.3129</v>
+      </c>
+      <c r="O88" t="n">
+        <v>178.81</v>
+      </c>
+      <c r="P88" t="n">
+        <v>-42.63</v>
+      </c>
+      <c r="Q88" t="n">
+        <v>13.04</v>
+      </c>
       <c r="R88" t="n">
-        <v>46.8093</v>
+        <v>13.37</v>
       </c>
       <c r="S88" t="n">
-        <v>1.8456</v>
-[...21 lines deleted...]
-      <c r="AB88" t="inlineStr"/>
+        <v>13.09</v>
+      </c>
+      <c r="T88" t="inlineStr"/>
+      <c r="U88" t="inlineStr"/>
+      <c r="V88" t="inlineStr"/>
     </row>
     <row r="89">
       <c r="A89" t="inlineStr">
         <is>
-          <t>127038</t>
+          <t>128119</t>
         </is>
       </c>
       <c r="B89" t="inlineStr">
         <is>
-          <t>国微转债</t>
+          <t>龙大转债</t>
         </is>
       </c>
       <c r="C89" t="inlineStr">
         <is>
-          <t>144.688</t>
+          <t>002726</t>
         </is>
       </c>
       <c r="D89" t="inlineStr">
         <is>
-          <t>1.615</t>
-[...6 lines deleted...]
-        <v>90.3597</v>
+          <t>龙大美食</t>
+        </is>
+      </c>
+      <c r="E89" t="inlineStr">
+        <is>
+          <t>BBB</t>
+        </is>
+      </c>
+      <c r="F89" t="inlineStr">
+        <is>
+          <t>9.460</t>
+        </is>
       </c>
       <c r="G89" t="inlineStr">
         <is>
-          <t>002049</t>
+          <t>0.334</t>
         </is>
       </c>
       <c r="H89" t="inlineStr">
         <is>
-          <t>紫光国微</t>
-[...6 lines deleted...]
-        <v>3.41</v>
+          <t>2026-07-13</t>
+        </is>
+      </c>
+      <c r="I89" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J89" t="inlineStr">
+        <is>
+          <t>5.460</t>
+        </is>
       </c>
       <c r="K89" t="inlineStr">
         <is>
-          <t>AA+</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30 2021-02-10 重新计</t>
+        </is>
+      </c>
+      <c r="L89" t="n">
+        <v>73.5784</v>
+      </c>
+      <c r="M89" t="n">
+        <v>0.7955</v>
+      </c>
+      <c r="N89" t="n">
+        <v>0.4215</v>
+      </c>
+      <c r="O89" t="n">
+        <v>-0.02</v>
+      </c>
+      <c r="P89" t="n">
+        <v>-15.62</v>
+      </c>
+      <c r="Q89" t="n">
+        <v>14</v>
       </c>
       <c r="R89" t="n">
-        <v>27.0229</v>
+        <v>12.22</v>
       </c>
       <c r="S89" t="n">
-        <v>4.7061</v>
-[...21 lines deleted...]
-      <c r="AB89" t="inlineStr"/>
+        <v>10.66</v>
+      </c>
+      <c r="T89" t="inlineStr"/>
+      <c r="U89" t="inlineStr"/>
+      <c r="V89" t="inlineStr"/>
     </row>
     <row r="90">
       <c r="A90" t="inlineStr">
         <is>
-          <t>110098</t>
+          <t>127054</t>
         </is>
       </c>
       <c r="B90" t="inlineStr">
         <is>
-          <t>南药转债</t>
+          <t>双箭转债</t>
         </is>
       </c>
       <c r="C90" t="inlineStr">
         <is>
-          <t>140.189</t>
+          <t>002381</t>
         </is>
       </c>
       <c r="D90" t="inlineStr">
         <is>
-          <t>1.586</t>
-[...6 lines deleted...]
-        <v>110.7422</v>
+          <t>双箭股份</t>
+        </is>
+      </c>
+      <c r="E90" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F90" t="inlineStr">
+        <is>
+          <t>5.136</t>
+        </is>
       </c>
       <c r="G90" t="inlineStr">
         <is>
-          <t>600713</t>
+          <t>1.918</t>
         </is>
       </c>
       <c r="H90" t="inlineStr">
         <is>
-          <t>南京医药</t>
-[...6 lines deleted...]
-        <v>2.35</v>
+          <t>2028-02-11</t>
+        </is>
+      </c>
+      <c r="I90" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="J90" t="inlineStr">
+        <is>
+          <t>9.178</t>
+        </is>
       </c>
       <c r="K90" t="inlineStr">
         <is>
-          <t>AA+</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L90" t="n">
+        <v>43.1766</v>
+      </c>
+      <c r="M90" t="n">
+        <v>2.338</v>
+      </c>
+      <c r="N90" t="n">
+        <v>1.8017</v>
+      </c>
+      <c r="O90" t="n">
+        <v>1.54</v>
+      </c>
+      <c r="P90" t="n">
+        <v>2.42</v>
+      </c>
+      <c r="Q90" t="n">
+        <v>13.48</v>
+      </c>
       <c r="R90" t="n">
-        <v>76.62439999999999</v>
+        <v>11.14</v>
       </c>
       <c r="S90" t="n">
-        <v>1.4457</v>
-[...19 lines deleted...]
-      <c r="AB90" t="inlineStr"/>
+        <v>14.76</v>
+      </c>
+      <c r="T90" t="inlineStr"/>
+      <c r="U90" t="inlineStr"/>
+      <c r="V90" t="inlineStr"/>
     </row>
     <row r="91">
       <c r="A91" t="inlineStr">
         <is>
-          <t>123255</t>
+          <t>123144</t>
         </is>
       </c>
       <c r="B91" t="inlineStr">
         <is>
-          <t>鼎龙转债</t>
+          <t>裕兴转债</t>
         </is>
       </c>
       <c r="C91" t="inlineStr">
         <is>
-          <t>281.001</t>
+          <t>300305</t>
         </is>
       </c>
       <c r="D91" t="inlineStr">
         <is>
-          <t>1.587</t>
-[...6 lines deleted...]
-        <v>165.8153</v>
+          <t>裕兴股份</t>
+        </is>
+      </c>
+      <c r="E91" t="inlineStr">
+        <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="F91" t="inlineStr">
+        <is>
+          <t>5.997</t>
+        </is>
       </c>
       <c r="G91" t="inlineStr">
         <is>
-          <t>300054</t>
+          <t>2.082</t>
         </is>
       </c>
       <c r="H91" t="inlineStr">
         <is>
-          <t>鼎龙股份</t>
-[...6 lines deleted...]
-        <v>2.33</v>
+          <t>2028-04-11</t>
+        </is>
+      </c>
+      <c r="I91" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J91" t="inlineStr">
+        <is>
+          <t>11.050</t>
+        </is>
       </c>
       <c r="K91" t="inlineStr">
         <is>
-          <t>AA</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30</t>
+        </is>
+      </c>
+      <c r="L91" t="n">
+        <v>38.6134</v>
+      </c>
+      <c r="M91" t="n">
+        <v>2.6532</v>
+      </c>
+      <c r="N91" t="n">
+        <v>2.1238</v>
+      </c>
+      <c r="O91" t="n">
+        <v>-3.57</v>
+      </c>
+      <c r="P91" t="n">
+        <v>0.09</v>
+      </c>
+      <c r="Q91" t="n">
+        <v>10.45</v>
       </c>
       <c r="R91" t="n">
-        <v>41.1127</v>
+        <v>10.33</v>
       </c>
       <c r="S91" t="n">
-        <v>3.2269</v>
-[...19 lines deleted...]
-      <c r="AB91" t="inlineStr"/>
+        <v>11.31</v>
+      </c>
+      <c r="T91" t="inlineStr"/>
+      <c r="U91" t="inlineStr"/>
+      <c r="V91" t="inlineStr"/>
     </row>
     <row r="92">
       <c r="A92" t="inlineStr">
         <is>
-          <t>118027</t>
+          <t>123080</t>
         </is>
       </c>
       <c r="B92" t="inlineStr">
         <is>
-          <t>宏图转债</t>
+          <t>海波转债</t>
         </is>
       </c>
       <c r="C92" t="inlineStr">
         <is>
-          <t>129.752</t>
+          <t>300517</t>
         </is>
       </c>
       <c r="D92" t="inlineStr">
         <is>
-          <t>1.575</t>
-[...6 lines deleted...]
-        <v>99.38939999999999</v>
+          <t>海波重科</t>
+        </is>
+      </c>
+      <c r="E92" t="inlineStr">
+        <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="F92" t="inlineStr">
+        <is>
+          <t>1.486</t>
+        </is>
       </c>
       <c r="G92" t="inlineStr">
         <is>
-          <t>688066</t>
+          <t>0.723</t>
         </is>
       </c>
       <c r="H92" t="inlineStr">
         <is>
-          <t>航天宏图</t>
-[...6 lines deleted...]
-        <v>7.65</v>
+          <t>2026-12-02</t>
+        </is>
+      </c>
+      <c r="I92" t="inlineStr">
+        <is>
+          <t>120.00</t>
+        </is>
+      </c>
+      <c r="J92" t="inlineStr">
+        <is>
+          <t>14.794</t>
+        </is>
       </c>
       <c r="K92" t="inlineStr">
         <is>
-          <t>BBB</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30 2023-04-06 重新计</t>
+        </is>
+      </c>
+      <c r="L92" t="n">
+        <v>26.2658</v>
+      </c>
+      <c r="M92" t="n">
+        <v>5.2231</v>
+      </c>
+      <c r="N92" t="n">
+        <v>4.954</v>
+      </c>
+      <c r="O92" t="n">
+        <v>0.23</v>
+      </c>
+      <c r="P92" t="n">
+        <v>0.06</v>
+      </c>
+      <c r="Q92" t="n">
+        <v>15.34</v>
       </c>
       <c r="R92" t="n">
-        <v>80.04649999999999</v>
+        <v>13.36</v>
       </c>
       <c r="S92" t="n">
-        <v>1.239</v>
-[...21 lines deleted...]
-      <c r="AB92" t="inlineStr"/>
+        <v>33.95</v>
+      </c>
+      <c r="T92" t="inlineStr"/>
+      <c r="U92" t="inlineStr"/>
+      <c r="V92" t="inlineStr"/>
     </row>
     <row r="93">
       <c r="A93" t="inlineStr">
         <is>
-          <t>113627</t>
+          <t>127089</t>
         </is>
       </c>
       <c r="B93" t="inlineStr">
         <is>
-          <t>太平转债</t>
+          <t>晶澳转债</t>
         </is>
       </c>
       <c r="C93" t="inlineStr">
         <is>
-          <t>128.093</t>
+          <t>002459</t>
         </is>
       </c>
       <c r="D93" t="inlineStr">
         <is>
-          <t>1.580</t>
-[...6 lines deleted...]
-        <v>81.5613</v>
+          <t>晶澳科技</t>
+        </is>
+      </c>
+      <c r="E93" t="inlineStr">
+        <is>
+          <t>AA+</t>
+        </is>
+      </c>
+      <c r="F93" t="inlineStr">
+        <is>
+          <t>89.589</t>
+        </is>
       </c>
       <c r="G93" t="inlineStr">
         <is>
-          <t>603877</t>
+          <t>3.351</t>
         </is>
       </c>
       <c r="H93" t="inlineStr">
         <is>
-          <t>太平鸟</t>
-[...6 lines deleted...]
-        <v>3.71</v>
+          <t>2029-07-18</t>
+        </is>
+      </c>
+      <c r="I93" t="inlineStr">
+        <is>
+          <t>108.00</t>
+        </is>
+      </c>
+      <c r="J93" t="inlineStr">
+        <is>
+          <t>15.158</t>
+        </is>
       </c>
       <c r="K93" t="inlineStr">
         <is>
-          <t>AA</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L93" t="n">
+        <v>77.90309999999999</v>
+      </c>
+      <c r="M93" t="n">
+        <v>1.2279</v>
+      </c>
+      <c r="N93" t="n">
+        <v>0.9799</v>
+      </c>
+      <c r="O93" t="n">
+        <v>-46.56</v>
+      </c>
+      <c r="P93" t="n">
+        <v>70.39</v>
+      </c>
+      <c r="Q93" t="n">
+        <v>13.26</v>
+      </c>
       <c r="R93" t="n">
-        <v>42.6185</v>
+        <v>15.03</v>
       </c>
       <c r="S93" t="n">
-        <v>2.4275</v>
-[...21 lines deleted...]
-      <c r="AB93" t="inlineStr"/>
+        <v>19.5</v>
+      </c>
+      <c r="T93" t="inlineStr"/>
+      <c r="U93" t="inlineStr"/>
+      <c r="V93" t="inlineStr"/>
     </row>
     <row r="94">
       <c r="A94" t="inlineStr">
         <is>
-          <t>113644</t>
+          <t>127083</t>
         </is>
       </c>
       <c r="B94" t="inlineStr">
         <is>
-          <t>艾迪转债</t>
+          <t>山路转债</t>
         </is>
       </c>
       <c r="C94" t="inlineStr">
         <is>
-          <t>154.384</t>
+          <t>000498</t>
         </is>
       </c>
       <c r="D94" t="inlineStr">
         <is>
-          <t>1.565</t>
-[...6 lines deleted...]
-        <v>122.5201</v>
+          <t>山东路桥</t>
+        </is>
+      </c>
+      <c r="E94" t="inlineStr">
+        <is>
+          <t>AAA</t>
+        </is>
+      </c>
+      <c r="F94" t="inlineStr">
+        <is>
+          <t>48.359</t>
+        </is>
       </c>
       <c r="G94" t="inlineStr">
         <is>
-          <t>603638</t>
+          <t>3.033</t>
         </is>
       </c>
       <c r="H94" t="inlineStr">
         <is>
-          <t>艾迪精密</t>
-[...6 lines deleted...]
-        <v>3.3</v>
+          <t>2029-03-24</t>
+        </is>
+      </c>
+      <c r="I94" t="inlineStr">
+        <is>
+          <t>108.00</t>
+        </is>
+      </c>
+      <c r="J94" t="inlineStr">
+        <is>
+          <t>9.893</t>
+        </is>
       </c>
       <c r="K94" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L94" t="n">
+        <v>76.2817</v>
+      </c>
+      <c r="M94" t="n">
+        <v>1.1886</v>
+      </c>
+      <c r="N94" t="n">
+        <v>1.156</v>
+      </c>
+      <c r="O94" t="n">
+        <v>23.22</v>
+      </c>
+      <c r="P94" t="n">
+        <v>22.89</v>
+      </c>
+      <c r="Q94" t="n">
+        <v>11.3</v>
+      </c>
       <c r="R94" t="n">
-        <v>44.262</v>
+        <v>10.22</v>
       </c>
       <c r="S94" t="n">
-        <v>1.9122</v>
-[...21 lines deleted...]
-      <c r="AB94" t="inlineStr"/>
+        <v>10.21</v>
+      </c>
+      <c r="T94" t="inlineStr"/>
+      <c r="U94" t="inlineStr"/>
+      <c r="V94" t="inlineStr"/>
     </row>
     <row r="95">
       <c r="A95" t="inlineStr">
         <is>
-          <t>123168</t>
+          <t>111009</t>
         </is>
       </c>
       <c r="B95" t="inlineStr">
         <is>
-          <t>惠云转债</t>
+          <t>盛泰转债</t>
         </is>
       </c>
       <c r="C95" t="inlineStr">
         <is>
-          <t>136.656</t>
+          <t>605138</t>
         </is>
       </c>
       <c r="D95" t="inlineStr">
         <is>
-          <t>1.558</t>
-[...6 lines deleted...]
-        <v>92.2719</v>
+          <t>盛泰集团</t>
+        </is>
+      </c>
+      <c r="E95" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F95" t="inlineStr">
+        <is>
+          <t>7.011</t>
+        </is>
       </c>
       <c r="G95" t="inlineStr">
         <is>
-          <t>300891</t>
+          <t>2.658</t>
         </is>
       </c>
       <c r="H95" t="inlineStr">
         <is>
-          <t>惠云钛业</t>
-[...6 lines deleted...]
-        <v>1.75</v>
+          <t>2028-11-07</t>
+        </is>
+      </c>
+      <c r="I95" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="J95" t="inlineStr">
+        <is>
+          <t>13.728</t>
+        </is>
       </c>
       <c r="K95" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L95" t="n">
+        <v>60.6069</v>
+      </c>
+      <c r="M95" t="n">
+        <v>0.8514</v>
+      </c>
+      <c r="N95" t="n">
+        <v>0.5317</v>
+      </c>
+      <c r="O95" t="n">
+        <v>0.47</v>
+      </c>
+      <c r="P95" t="n">
+        <v>1.04</v>
+      </c>
+      <c r="Q95" t="n">
+        <v>11.49</v>
+      </c>
       <c r="R95" t="n">
-        <v>56.4457</v>
+        <v>9.9</v>
       </c>
       <c r="S95" t="n">
-        <v>1.2458</v>
-[...21 lines deleted...]
-      <c r="AB95" t="inlineStr"/>
+        <v>15.68</v>
+      </c>
+      <c r="T95" t="inlineStr"/>
+      <c r="U95" t="inlineStr"/>
+      <c r="V95" t="inlineStr"/>
     </row>
     <row r="96">
       <c r="A96" t="inlineStr">
         <is>
-          <t>118035</t>
+          <t>110084</t>
         </is>
       </c>
       <c r="B96" t="inlineStr">
         <is>
-          <t>国力转债</t>
+          <t>贵燃转债</t>
         </is>
       </c>
       <c r="C96" t="inlineStr">
         <is>
-          <t>158.636</t>
+          <t>600903</t>
         </is>
       </c>
       <c r="D96" t="inlineStr">
         <is>
-          <t>1.549</t>
-[...6 lines deleted...]
-        <v>109.6738</v>
+          <t>贵州燃气</t>
+        </is>
+      </c>
+      <c r="E96" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F96" t="inlineStr">
+        <is>
+          <t>9.151</t>
+        </is>
       </c>
       <c r="G96" t="inlineStr">
         <is>
-          <t>688103</t>
+          <t>1.792</t>
         </is>
       </c>
       <c r="H96" t="inlineStr">
         <is>
-          <t>国力电子</t>
-[...6 lines deleted...]
-        <v>1.4</v>
+          <t>2027-12-27</t>
+        </is>
+      </c>
+      <c r="I96" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="J96" t="inlineStr">
+        <is>
+          <t>9.243</t>
+        </is>
       </c>
       <c r="K96" t="inlineStr">
         <is>
-          <t>A+</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L96" t="n">
+        <v>63.9327</v>
+      </c>
+      <c r="M96" t="n">
+        <v>0.7498</v>
+      </c>
+      <c r="N96" t="n">
+        <v>0.5859</v>
+      </c>
+      <c r="O96" t="n">
+        <v>0.63</v>
+      </c>
+      <c r="P96" t="n">
+        <v>0.78</v>
+      </c>
+      <c r="Q96" t="n">
+        <v>10.97</v>
+      </c>
       <c r="R96" t="n">
-        <v>54.9825</v>
+        <v>9.1</v>
       </c>
       <c r="S96" t="n">
-        <v>2.2168</v>
-[...21 lines deleted...]
-      <c r="AB96" t="inlineStr"/>
+        <v>12.88</v>
+      </c>
+      <c r="T96" t="inlineStr"/>
+      <c r="U96" t="inlineStr"/>
+      <c r="V96" t="inlineStr"/>
     </row>
     <row r="97">
       <c r="A97" t="inlineStr">
         <is>
-          <t>110094</t>
+          <t>118005</t>
         </is>
       </c>
       <c r="B97" t="inlineStr">
         <is>
-          <t>众和转债</t>
+          <t>天奈转债</t>
         </is>
       </c>
       <c r="C97" t="inlineStr">
         <is>
-          <t>140.415</t>
+          <t>688116</t>
         </is>
       </c>
       <c r="D97" t="inlineStr">
         <is>
-          <t>1.525</t>
-[...6 lines deleted...]
-        <v>137.7444</v>
+          <t>天奈科技</t>
+        </is>
+      </c>
+      <c r="E97" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F97" t="inlineStr">
+        <is>
+          <t>8.299</t>
+        </is>
       </c>
       <c r="G97" t="inlineStr">
         <is>
-          <t>600888</t>
+          <t>1.877</t>
         </is>
       </c>
       <c r="H97" t="inlineStr">
         <is>
-          <t>新疆众和</t>
-[...6 lines deleted...]
-        <v>2.81</v>
+          <t>2028-01-27</t>
+        </is>
+      </c>
+      <c r="I97" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="J97" t="inlineStr">
+        <is>
+          <t>128.817</t>
+        </is>
       </c>
       <c r="K97" t="inlineStr">
         <is>
-          <t>AA</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30</t>
+        </is>
+      </c>
+      <c r="L97" t="n">
+        <v>34.4364</v>
+      </c>
+      <c r="M97" t="n">
+        <v>4.3611</v>
+      </c>
+      <c r="N97" t="n">
+        <v>4.0339</v>
+      </c>
+      <c r="O97" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="P97" t="n">
+        <v>2.97</v>
+      </c>
+      <c r="Q97" t="n">
+        <v>14.76</v>
       </c>
       <c r="R97" t="n">
-        <v>37.8972</v>
+        <v>12.44</v>
       </c>
       <c r="S97" t="n">
-        <v>1.7782</v>
-[...21 lines deleted...]
-      <c r="AB97" t="inlineStr"/>
+        <v>13.48</v>
+      </c>
+      <c r="T97" t="inlineStr"/>
+      <c r="U97" t="inlineStr"/>
+      <c r="V97" t="inlineStr"/>
     </row>
     <row r="98">
       <c r="A98" t="inlineStr">
         <is>
-          <t>113051</t>
+          <t>113059</t>
         </is>
       </c>
       <c r="B98" t="inlineStr">
         <is>
-          <t>节能转债</t>
+          <t>福莱转债</t>
         </is>
       </c>
       <c r="C98" t="inlineStr">
         <is>
-          <t>128.639</t>
+          <t>601865</t>
         </is>
       </c>
       <c r="D98" t="inlineStr">
         <is>
-          <t>1.514</t>
-[...6 lines deleted...]
-        <v>97.5976</v>
+          <t>福莱特</t>
+        </is>
+      </c>
+      <c r="E98" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F98" t="inlineStr">
+        <is>
+          <t>39.999</t>
+        </is>
       </c>
       <c r="G98" t="inlineStr">
         <is>
-          <t>601016</t>
+          <t>2.189</t>
         </is>
       </c>
       <c r="H98" t="inlineStr">
         <is>
-          <t>节能风电</t>
-[...6 lines deleted...]
-        <v>3.83</v>
+          <t>2028-05-20</t>
+        </is>
+      </c>
+      <c r="I98" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="J98" t="inlineStr">
+        <is>
+          <t>54.223</t>
+        </is>
       </c>
       <c r="K98" t="inlineStr">
         <is>
-          <t>AA+</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30</t>
+        </is>
+      </c>
+      <c r="L98" t="n">
+        <v>46.8093</v>
+      </c>
+      <c r="M98" t="n">
+        <v>1.8456</v>
+      </c>
+      <c r="N98" t="n">
+        <v>1.6677</v>
+      </c>
+      <c r="O98" t="n">
+        <v>10.07</v>
+      </c>
+      <c r="P98" t="n">
+        <v>27.6</v>
+      </c>
+      <c r="Q98" t="n">
+        <v>13.18</v>
       </c>
       <c r="R98" t="n">
-        <v>58.6898</v>
+        <v>9.630000000000001</v>
       </c>
       <c r="S98" t="n">
-        <v>2.8394</v>
-[...21 lines deleted...]
-      <c r="AB98" t="inlineStr"/>
+        <v>11.58</v>
+      </c>
+      <c r="T98" t="inlineStr"/>
+      <c r="U98" t="inlineStr"/>
+      <c r="V98" t="inlineStr"/>
     </row>
     <row r="99">
       <c r="A99" t="inlineStr">
         <is>
-          <t>118054</t>
+          <t>111022</t>
         </is>
       </c>
       <c r="B99" t="inlineStr">
         <is>
-          <t>安集转债</t>
+          <t>锡振转债</t>
         </is>
       </c>
       <c r="C99" t="inlineStr">
         <is>
-          <t>284.142</t>
+          <t>605319</t>
         </is>
       </c>
       <c r="D99" t="inlineStr">
         <is>
-          <t>1.514</t>
-[...6 lines deleted...]
-        <v>229.0598</v>
+          <t>无锡振华</t>
+        </is>
+      </c>
+      <c r="E99" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F99" t="inlineStr">
+        <is>
+          <t>5.197</t>
+        </is>
       </c>
       <c r="G99" t="inlineStr">
         <is>
-          <t>688019</t>
+          <t>5.269</t>
         </is>
       </c>
       <c r="H99" t="inlineStr">
         <is>
-          <t>安集科技</t>
-[...6 lines deleted...]
-        <v>3.49</v>
+          <t>2031-06-18</t>
+        </is>
+      </c>
+      <c r="I99" t="inlineStr">
+        <is>
+          <t>113.00</t>
+        </is>
+      </c>
+      <c r="J99" t="inlineStr">
+        <is>
+          <t>29.432</t>
+        </is>
       </c>
       <c r="K99" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30</t>
+        </is>
+      </c>
+      <c r="L99" t="n">
+        <v>52.5754</v>
+      </c>
+      <c r="M99" t="n">
+        <v>1.1422</v>
+      </c>
+      <c r="N99" t="n">
+        <v>1.0042</v>
+      </c>
+      <c r="O99" t="n">
+        <v>3.78</v>
+      </c>
+      <c r="P99" t="n">
+        <v>2.77</v>
+      </c>
+      <c r="Q99" t="n">
+        <v>29.73</v>
       </c>
       <c r="R99" t="n">
-        <v>30.16</v>
-[...22 lines deleted...]
-      <c r="AB99" t="inlineStr"/>
+        <v>21.06</v>
+      </c>
+      <c r="S99" t="inlineStr"/>
+      <c r="T99" t="inlineStr"/>
+      <c r="U99" t="inlineStr"/>
+      <c r="V99" t="inlineStr"/>
     </row>
     <row r="100">
       <c r="A100" t="inlineStr">
         <is>
-          <t>110090</t>
+          <t>123154</t>
         </is>
       </c>
       <c r="B100" t="inlineStr">
         <is>
-          <t>爱迪转债</t>
+          <t>火星转债</t>
         </is>
       </c>
       <c r="C100" t="inlineStr">
         <is>
-          <t>149.671</t>
+          <t>300894</t>
         </is>
       </c>
       <c r="D100" t="inlineStr">
         <is>
-          <t>1.486</t>
-[...6 lines deleted...]
-        <v>116.7521</v>
+          <t>火星人</t>
+        </is>
+      </c>
+      <c r="E100" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F100" t="inlineStr">
+        <is>
+          <t>5.289</t>
+        </is>
       </c>
       <c r="G100" t="inlineStr">
         <is>
-          <t>600933</t>
+          <t>2.400</t>
         </is>
       </c>
       <c r="H100" t="inlineStr">
         <is>
-          <t>爱柯迪</t>
-[...6 lines deleted...]
-        <v>2.6</v>
+          <t>2028-08-05</t>
+        </is>
+      </c>
+      <c r="I100" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J100" t="inlineStr">
+        <is>
+          <t>42.939</t>
+        </is>
       </c>
       <c r="K100" t="inlineStr">
         <is>
-          <t>AA</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30</t>
+        </is>
+      </c>
+      <c r="L100" t="n">
+        <v>45.0394</v>
+      </c>
+      <c r="M100" t="n">
+        <v>2.3765</v>
+      </c>
+      <c r="N100" t="n">
+        <v>1.9617</v>
+      </c>
+      <c r="O100" t="n">
+        <v>0.11</v>
+      </c>
+      <c r="P100" t="n">
+        <v>2.47</v>
+      </c>
+      <c r="Q100" t="n">
+        <v>12.77</v>
       </c>
       <c r="R100" t="n">
-        <v>42.2626</v>
+        <v>10.37</v>
       </c>
       <c r="S100" t="n">
-        <v>1.8215</v>
-[...21 lines deleted...]
-      <c r="AB100" t="inlineStr"/>
+        <v>10.2</v>
+      </c>
+      <c r="T100" t="inlineStr"/>
+      <c r="U100" t="inlineStr"/>
+      <c r="V100" t="inlineStr"/>
     </row>
     <row r="101">
       <c r="A101" t="inlineStr">
         <is>
-          <t>127059</t>
+          <t>128142</t>
         </is>
       </c>
       <c r="B101" t="inlineStr">
         <is>
-          <t>永东转2</t>
+          <t>新乳转债</t>
         </is>
       </c>
       <c r="C101" t="inlineStr">
         <is>
-          <t>135.954</t>
+          <t>002946</t>
         </is>
       </c>
       <c r="D101" t="inlineStr">
         <is>
-          <t>1.458</t>
-[...6 lines deleted...]
-        <v>94.85290000000001</v>
+          <t>新乳业</t>
+        </is>
+      </c>
+      <c r="E101" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F101" t="inlineStr">
+        <is>
+          <t>7.179</t>
+        </is>
       </c>
       <c r="G101" t="inlineStr">
         <is>
-          <t>002753</t>
+          <t>0.767</t>
         </is>
       </c>
       <c r="H101" t="inlineStr">
         <is>
-          <t>永东股份</t>
-[...6 lines deleted...]
-        <v>1.71</v>
+          <t>2026-12-18</t>
+        </is>
+      </c>
+      <c r="I101" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="J101" t="inlineStr">
+        <is>
+          <t>23.244</t>
+        </is>
       </c>
       <c r="K101" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L101" t="n">
+        <v>59.9783</v>
+      </c>
+      <c r="M101" t="n">
+        <v>0.593</v>
+      </c>
+      <c r="N101" t="n">
+        <v>0.425</v>
+      </c>
+      <c r="O101" t="n">
+        <v>5.38</v>
+      </c>
+      <c r="P101" t="n">
+        <v>4.31</v>
+      </c>
+      <c r="Q101" t="n">
+        <v>23.07</v>
+      </c>
       <c r="R101" t="n">
-        <v>30.7389</v>
+        <v>18.59</v>
       </c>
       <c r="S101" t="n">
-        <v>4.725</v>
-[...21 lines deleted...]
-      <c r="AB101" t="inlineStr"/>
+        <v>18.61</v>
+      </c>
+      <c r="T101" t="inlineStr"/>
+      <c r="U101" t="inlineStr"/>
+      <c r="V101" t="inlineStr"/>
     </row>
     <row r="102">
       <c r="A102" t="inlineStr">
         <is>
-          <t>123157</t>
+          <t>123188</t>
         </is>
       </c>
       <c r="B102" t="inlineStr">
         <is>
-          <t>科蓝转债</t>
+          <t>水羊转债</t>
         </is>
       </c>
       <c r="C102" t="inlineStr">
         <is>
-          <t>155.879</t>
+          <t>300740</t>
         </is>
       </c>
       <c r="D102" t="inlineStr">
         <is>
-          <t>1.460</t>
-[...6 lines deleted...]
-        <v>116.802</v>
+          <t>水羊股份</t>
+        </is>
+      </c>
+      <c r="E102" t="inlineStr">
+        <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="F102" t="inlineStr">
+        <is>
+          <t>6.722</t>
+        </is>
       </c>
       <c r="G102" t="inlineStr">
         <is>
-          <t>300663</t>
+          <t>3.063</t>
         </is>
       </c>
       <c r="H102" t="inlineStr">
         <is>
-          <t>科蓝软件</t>
-[...6 lines deleted...]
-        <v>1.52</v>
+          <t>2029-04-04</t>
+        </is>
+      </c>
+      <c r="I102" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J102" t="inlineStr">
+        <is>
+          <t>17.602</t>
+        </is>
       </c>
       <c r="K102" t="inlineStr">
         <is>
-          <t>A</t>
-[...30 lines deleted...]
-        </is>
+          <t>10/15 | 30 2026-03-02 重新计</t>
+        </is>
+      </c>
+      <c r="L102" t="n">
+        <v>50.6177</v>
+      </c>
+      <c r="M102" t="n">
+        <v>1.96</v>
+      </c>
+      <c r="N102" t="n">
+        <v>1.189</v>
+      </c>
+      <c r="O102" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="P102" t="n">
+        <v>2.94</v>
+      </c>
+      <c r="Q102" t="n">
+        <v>36.38</v>
       </c>
       <c r="R102" t="n">
-        <v>64.59780000000001</v>
+        <v>40.35</v>
       </c>
       <c r="S102" t="n">
-        <v>2.0417</v>
-[...21 lines deleted...]
-      <c r="AB102" t="inlineStr"/>
+        <v>32.44</v>
+      </c>
+      <c r="T102" t="inlineStr"/>
+      <c r="U102" t="inlineStr"/>
+      <c r="V102" t="inlineStr"/>
     </row>
     <row r="103">
       <c r="A103" t="inlineStr">
         <is>
-          <t>127075</t>
+          <t>113647</t>
         </is>
       </c>
       <c r="B103" t="inlineStr">
         <is>
-          <t>百川转2</t>
+          <t>禾丰转债</t>
         </is>
       </c>
       <c r="C103" t="inlineStr">
         <is>
-          <t>132.149</t>
+          <t>603609</t>
         </is>
       </c>
       <c r="D103" t="inlineStr">
         <is>
-          <t>1.463</t>
-[...6 lines deleted...]
-        <v>98.53919999999999</v>
+          <t>禾丰股份</t>
+        </is>
+      </c>
+      <c r="E103" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F103" t="inlineStr">
+        <is>
+          <t>14.669</t>
+        </is>
       </c>
       <c r="G103" t="inlineStr">
         <is>
-          <t>002455</t>
+          <t>2.112</t>
         </is>
       </c>
       <c r="H103" t="inlineStr">
         <is>
-          <t>百川股份</t>
-[...6 lines deleted...]
-        <v>2.2</v>
+          <t>2028-04-22</t>
+        </is>
+      </c>
+      <c r="I103" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="J103" t="inlineStr">
+        <is>
+          <t>13.117</t>
+        </is>
       </c>
       <c r="K103" t="inlineStr">
         <is>
-          <t>A+</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30 2023-03-03 重新计</t>
+        </is>
+      </c>
+      <c r="L103" t="n">
+        <v>56.8288</v>
+      </c>
+      <c r="M103" t="n">
+        <v>1.1806</v>
+      </c>
+      <c r="N103" t="n">
+        <v>0.5837</v>
+      </c>
+      <c r="O103" t="n">
+        <v>3.42</v>
+      </c>
+      <c r="P103" t="n">
+        <v>-4.57</v>
+      </c>
+      <c r="Q103" t="n">
+        <v>7.94</v>
       </c>
       <c r="R103" t="n">
-        <v>82.5872</v>
+        <v>7.9</v>
       </c>
       <c r="S103" t="n">
-        <v>0.4454</v>
-[...21 lines deleted...]
-      <c r="AB103" t="inlineStr"/>
+        <v>14.19</v>
+      </c>
+      <c r="T103" t="inlineStr"/>
+      <c r="U103" t="inlineStr"/>
+      <c r="V103" t="inlineStr"/>
     </row>
     <row r="104">
       <c r="A104" t="inlineStr">
         <is>
-          <t>123064</t>
+          <t>127026</t>
         </is>
       </c>
       <c r="B104" t="inlineStr">
         <is>
-          <t>万孚转债</t>
+          <t>超声转债</t>
         </is>
       </c>
       <c r="C104" t="inlineStr">
         <is>
-          <t>132.864</t>
+          <t>000823</t>
         </is>
       </c>
       <c r="D104" t="inlineStr">
         <is>
-          <t>1.445</t>
-[...6 lines deleted...]
-        <v>104.218</v>
+          <t>超声电子</t>
+        </is>
+      </c>
+      <c r="E104" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F104" t="inlineStr">
+        <is>
+          <t>6.996</t>
+        </is>
       </c>
       <c r="G104" t="inlineStr">
         <is>
-          <t>300482</t>
+          <t>0.740</t>
         </is>
       </c>
       <c r="H104" t="inlineStr">
         <is>
-          <t>万孚生物</t>
-[...6 lines deleted...]
-        <v>2.61</v>
+          <t>2026-12-08</t>
+        </is>
+      </c>
+      <c r="I104" t="inlineStr">
+        <is>
+          <t>108.00</t>
+        </is>
+      </c>
+      <c r="J104" t="inlineStr">
+        <is>
+          <t>15.886</t>
+        </is>
       </c>
       <c r="K104" t="inlineStr">
         <is>
-          <t>AA</t>
-[...30 lines deleted...]
-        </is>
+          <t>3/15 | 30</t>
+        </is>
+      </c>
+      <c r="L104" t="n">
+        <v>36.1888</v>
+      </c>
+      <c r="M104" t="n">
+        <v>2.5155</v>
+      </c>
+      <c r="N104" t="n">
+        <v>1.99</v>
+      </c>
+      <c r="O104" t="n">
+        <v>2.16</v>
+      </c>
+      <c r="P104" t="n">
+        <v>1.96</v>
+      </c>
+      <c r="Q104" t="n">
+        <v>21.62</v>
       </c>
       <c r="R104" t="n">
-        <v>16.4153</v>
+        <v>19.02</v>
       </c>
       <c r="S104" t="n">
-        <v>7.776</v>
-[...21 lines deleted...]
-      <c r="AB104" t="inlineStr"/>
+        <v>18.97</v>
+      </c>
+      <c r="T104" t="inlineStr"/>
+      <c r="U104" t="inlineStr"/>
+      <c r="V104" t="inlineStr"/>
     </row>
     <row r="105">
       <c r="A105" t="inlineStr">
         <is>
-          <t>127105</t>
+          <t>113633</t>
         </is>
       </c>
       <c r="B105" t="inlineStr">
         <is>
-          <t>龙星转债</t>
+          <t>科沃转债</t>
         </is>
       </c>
       <c r="C105" t="inlineStr">
         <is>
-          <t>140.199</t>
+          <t>603486</t>
         </is>
       </c>
       <c r="D105" t="inlineStr">
         <is>
-          <t>1.446</t>
-[...6 lines deleted...]
-        <v>111.8966</v>
+          <t>科沃斯</t>
+        </is>
+      </c>
+      <c r="E105" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F105" t="inlineStr">
+        <is>
+          <t>10.396</t>
+        </is>
       </c>
       <c r="G105" t="inlineStr">
         <is>
-          <t>002442</t>
+          <t>1.718</t>
         </is>
       </c>
       <c r="H105" t="inlineStr">
         <is>
-          <t>龙星科技</t>
-[...6 lines deleted...]
-        <v>0.46</v>
+          <t>2027-11-30</t>
+        </is>
+      </c>
+      <c r="I105" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="J105" t="inlineStr">
+        <is>
+          <t>225.940</t>
+        </is>
       </c>
       <c r="K105" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L105" t="n">
+        <v>47.1837</v>
+      </c>
+      <c r="M105" t="n">
+        <v>1.8549</v>
+      </c>
+      <c r="N105" t="n">
+        <v>1.3361</v>
+      </c>
+      <c r="O105" t="n">
+        <v>8.06</v>
+      </c>
+      <c r="P105" t="n">
+        <v>6.12</v>
+      </c>
+      <c r="Q105" t="n">
+        <v>11.56</v>
+      </c>
       <c r="R105" t="n">
-        <v>59.1077</v>
+        <v>9.68</v>
       </c>
       <c r="S105" t="n">
-        <v>1.9138</v>
-[...21 lines deleted...]
-      <c r="AB105" t="inlineStr"/>
+        <v>9.77</v>
+      </c>
+      <c r="T105" t="inlineStr"/>
+      <c r="U105" t="inlineStr"/>
+      <c r="V105" t="inlineStr"/>
     </row>
     <row r="106">
       <c r="A106" t="inlineStr">
         <is>
-          <t>127067</t>
+          <t>127049</t>
         </is>
       </c>
       <c r="B106" t="inlineStr">
         <is>
-          <t>恒逸转2</t>
+          <t>希望转2</t>
         </is>
       </c>
       <c r="C106" t="inlineStr">
         <is>
-          <t>140.480</t>
+          <t>000876</t>
         </is>
       </c>
       <c r="D106" t="inlineStr">
         <is>
-          <t>1.453</t>
-[...6 lines deleted...]
-        <v>112.8255</v>
+          <t>新 希 望</t>
+        </is>
+      </c>
+      <c r="E106" t="inlineStr">
+        <is>
+          <t>AAA</t>
+        </is>
+      </c>
+      <c r="F106" t="inlineStr">
+        <is>
+          <t>81.434</t>
+        </is>
       </c>
       <c r="G106" t="inlineStr">
         <is>
-          <t>000703</t>
+          <t>1.641</t>
         </is>
       </c>
       <c r="H106" t="inlineStr">
         <is>
-          <t>恒逸石化</t>
-[...6 lines deleted...]
-        <v>2.01</v>
+          <t>2027-11-02</t>
+        </is>
+      </c>
+      <c r="I106" t="inlineStr">
+        <is>
+          <t>107.00</t>
+        </is>
+      </c>
+      <c r="J106" t="inlineStr">
+        <is>
+          <t>13.767</t>
+        </is>
       </c>
       <c r="K106" t="inlineStr">
         <is>
-          <t>AA+</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L106" t="n">
+        <v>69.4922</v>
+      </c>
+      <c r="M106" t="n">
+        <v>0.4906</v>
+      </c>
+      <c r="N106" t="n">
+        <v>0.2592</v>
+      </c>
+      <c r="O106" t="n">
+        <v>4.74</v>
+      </c>
+      <c r="P106" t="n">
+        <v>2.49</v>
+      </c>
+      <c r="Q106" t="n">
+        <v>10.73</v>
+      </c>
       <c r="R106" t="n">
-        <v>72.6872</v>
+        <v>9.66</v>
       </c>
       <c r="S106" t="n">
-        <v>0.6179</v>
-[...21 lines deleted...]
-      <c r="AB106" t="inlineStr"/>
+        <v>14.76</v>
+      </c>
+      <c r="T106" t="inlineStr"/>
+      <c r="U106" t="inlineStr"/>
+      <c r="V106" t="inlineStr"/>
     </row>
     <row r="107">
       <c r="A107" t="inlineStr">
         <is>
-          <t>127061</t>
+          <t>113625</t>
         </is>
       </c>
       <c r="B107" t="inlineStr">
         <is>
-          <t>美锦转债</t>
+          <t>江山转债</t>
         </is>
       </c>
       <c r="C107" t="inlineStr">
         <is>
-          <t>124.899</t>
+          <t>603208</t>
         </is>
       </c>
       <c r="D107" t="inlineStr">
         <is>
-          <t>1.438</t>
-[...6 lines deleted...]
-        <v>94.6768</v>
+          <t>江山欧派</t>
+        </is>
+      </c>
+      <c r="E107" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F107" t="inlineStr">
+        <is>
+          <t>5.825</t>
+        </is>
       </c>
       <c r="G107" t="inlineStr">
         <is>
-          <t>000723</t>
+          <t>1.247</t>
         </is>
       </c>
       <c r="H107" t="inlineStr">
         <is>
-          <t>美锦能源</t>
-[...6 lines deleted...]
-        <v>2.26</v>
+          <t>2027-06-11</t>
+        </is>
+      </c>
+      <c r="I107" t="inlineStr">
+        <is>
+          <t>118.00</t>
+        </is>
+      </c>
+      <c r="J107" t="inlineStr">
+        <is>
+          <t>25.792</t>
+        </is>
       </c>
       <c r="K107" t="inlineStr">
         <is>
-          <t>A+</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L107" t="n">
+        <v>62.0666</v>
+      </c>
+      <c r="M107" t="n">
+        <v>1.3908</v>
+      </c>
+      <c r="N107" t="n">
+        <v>1.2234</v>
+      </c>
+      <c r="O107" t="n">
+        <v>1.09</v>
+      </c>
+      <c r="P107" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="Q107" t="n">
+        <v>9.970000000000001</v>
+      </c>
       <c r="R107" t="n">
-        <v>65.3219</v>
+        <v>8.550000000000001</v>
       </c>
       <c r="S107" t="n">
-        <v>0.4366</v>
-[...21 lines deleted...]
-      <c r="AB107" t="inlineStr"/>
+        <v>11.09</v>
+      </c>
+      <c r="T107" t="inlineStr"/>
+      <c r="U107" t="inlineStr"/>
+      <c r="V107" t="inlineStr"/>
     </row>
     <row r="108">
       <c r="A108" t="inlineStr">
         <is>
-          <t>111000</t>
+          <t>123150</t>
         </is>
       </c>
       <c r="B108" t="inlineStr">
         <is>
-          <t>起帆转债</t>
+          <t>九强转债</t>
         </is>
       </c>
       <c r="C108" t="inlineStr">
         <is>
-          <t>148.314</t>
+          <t>300406</t>
         </is>
       </c>
       <c r="D108" t="inlineStr">
         <is>
-          <t>1.419</t>
-[...6 lines deleted...]
-        <v>131.5274</v>
+          <t>九强生物</t>
+        </is>
+      </c>
+      <c r="E108" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F108" t="inlineStr">
+        <is>
+          <t>11.210</t>
+        </is>
       </c>
       <c r="G108" t="inlineStr">
         <is>
-          <t>605222</t>
+          <t>2.301</t>
         </is>
       </c>
       <c r="H108" t="inlineStr">
         <is>
-          <t>起帆电缆</t>
-[...6 lines deleted...]
-        <v>7.29</v>
+          <t>2028-06-30</t>
+        </is>
+      </c>
+      <c r="I108" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="J108" t="inlineStr">
+        <is>
+          <t>21.424</t>
+        </is>
       </c>
       <c r="K108" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30 2023-09-09 重新计</t>
+        </is>
+      </c>
+      <c r="L108" t="n">
+        <v>24.5477</v>
+      </c>
+      <c r="M108" t="n">
+        <v>11.6639</v>
+      </c>
+      <c r="N108" t="n">
+        <v>10.6305</v>
+      </c>
+      <c r="O108" t="n">
+        <v>5.33</v>
+      </c>
+      <c r="P108" t="n">
+        <v>5.24</v>
+      </c>
+      <c r="Q108" t="n">
+        <v>13.19</v>
       </c>
       <c r="R108" t="n">
-        <v>68.30249999999999</v>
+        <v>10.72</v>
       </c>
       <c r="S108" t="n">
-        <v>1.4602</v>
-[...21 lines deleted...]
-      <c r="AB108" t="inlineStr"/>
+        <v>14.81</v>
+      </c>
+      <c r="T108" t="inlineStr"/>
+      <c r="U108" t="inlineStr"/>
+      <c r="V108" t="inlineStr"/>
     </row>
     <row r="109">
       <c r="A109" t="inlineStr">
         <is>
-          <t>127041</t>
+          <t>113671</t>
         </is>
       </c>
       <c r="B109" t="inlineStr">
         <is>
-          <t>弘亚转债</t>
+          <t>武进转债</t>
         </is>
       </c>
       <c r="C109" t="inlineStr">
         <is>
-          <t>130.750</t>
+          <t>603878</t>
         </is>
       </c>
       <c r="D109" t="inlineStr">
         <is>
-          <t>1.405</t>
-[...6 lines deleted...]
-        <v>109.4118</v>
+          <t>武进不锈</t>
+        </is>
+      </c>
+      <c r="E109" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F109" t="inlineStr">
+        <is>
+          <t>3.094</t>
+        </is>
       </c>
       <c r="G109" t="inlineStr">
         <is>
-          <t>002833</t>
+          <t>3.329</t>
         </is>
       </c>
       <c r="H109" t="inlineStr">
         <is>
-          <t>弘亚数控</t>
-[...6 lines deleted...]
-        <v>1.42</v>
+          <t>2029-07-10</t>
+        </is>
+      </c>
+      <c r="I109" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="J109" t="inlineStr">
+        <is>
+          <t>10.309</t>
+        </is>
       </c>
       <c r="K109" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L109" t="n">
+        <v>37.0597</v>
+      </c>
+      <c r="M109" t="n">
+        <v>2.3065</v>
+      </c>
+      <c r="N109" t="n">
+        <v>1.4684</v>
+      </c>
+      <c r="O109" t="n">
+        <v>1.26</v>
+      </c>
+      <c r="P109" t="n">
+        <v>3.52</v>
+      </c>
+      <c r="Q109" t="n">
+        <v>27.03</v>
+      </c>
       <c r="R109" t="n">
-        <v>27.7268</v>
+        <v>24.49</v>
       </c>
       <c r="S109" t="n">
-        <v>3.7474</v>
-[...21 lines deleted...]
-      <c r="AB109" t="inlineStr"/>
+        <v>23.25</v>
+      </c>
+      <c r="T109" t="inlineStr"/>
+      <c r="U109" t="inlineStr"/>
+      <c r="V109" t="inlineStr"/>
     </row>
     <row r="110">
       <c r="A110" t="inlineStr">
         <is>
-          <t>118022</t>
+          <t>123151</t>
         </is>
       </c>
       <c r="B110" t="inlineStr">
         <is>
-          <t>锂科转债</t>
+          <t>康医转债</t>
         </is>
       </c>
       <c r="C110" t="inlineStr">
         <is>
-          <t>127.275</t>
+          <t>300869</t>
         </is>
       </c>
       <c r="D110" t="inlineStr">
         <is>
-          <t>1.413</t>
-[...6 lines deleted...]
-        <v>63.7476</v>
+          <t>康泰医学</t>
+        </is>
+      </c>
+      <c r="E110" t="inlineStr">
+        <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="F110" t="inlineStr">
+        <is>
+          <t>6.998</t>
+        </is>
       </c>
       <c r="G110" t="inlineStr">
         <is>
-          <t>688779</t>
+          <t>2.304</t>
         </is>
       </c>
       <c r="H110" t="inlineStr">
         <is>
-          <t>五矿新能</t>
-[...6 lines deleted...]
-        <v>3.34</v>
+          <t>2028-07-01</t>
+        </is>
+      </c>
+      <c r="I110" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J110" t="inlineStr">
+        <is>
+          <t>35.815</t>
+        </is>
       </c>
       <c r="K110" t="inlineStr">
         <is>
-          <t>AA</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L110" t="n">
+        <v>36.7181</v>
+      </c>
+      <c r="M110" t="n">
+        <v>8.6272</v>
+      </c>
+      <c r="N110" t="n">
+        <v>7.6547</v>
+      </c>
+      <c r="O110" t="n">
+        <v>-0.78</v>
+      </c>
+      <c r="P110" t="n">
+        <v>1.66</v>
+      </c>
+      <c r="Q110" t="n">
+        <v>7.4</v>
+      </c>
       <c r="R110" t="n">
-        <v>50.2686</v>
+        <v>6.23</v>
       </c>
       <c r="S110" t="n">
-        <v>2.4959</v>
-[...21 lines deleted...]
-      <c r="AB110" t="inlineStr"/>
+        <v>9.369999999999999</v>
+      </c>
+      <c r="T110" t="inlineStr"/>
+      <c r="U110" t="inlineStr"/>
+      <c r="V110" t="inlineStr"/>
     </row>
     <row r="111">
       <c r="A111" t="inlineStr">
         <is>
-          <t>123172</t>
+          <t>110086</t>
         </is>
       </c>
       <c r="B111" t="inlineStr">
         <is>
-          <t>漱玉转债</t>
+          <t>精工转债</t>
         </is>
       </c>
       <c r="C111" t="inlineStr">
         <is>
-          <t>145.270</t>
+          <t>600496</t>
         </is>
       </c>
       <c r="D111" t="inlineStr">
         <is>
-          <t>1.375</t>
-[...6 lines deleted...]
-        <v>124.4147</v>
+          <t>精工钢构</t>
+        </is>
+      </c>
+      <c r="E111" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F111" t="inlineStr">
+        <is>
+          <t>19.999</t>
+        </is>
       </c>
       <c r="G111" t="inlineStr">
         <is>
-          <t>301017</t>
+          <t>2.112</t>
         </is>
       </c>
       <c r="H111" t="inlineStr">
         <is>
-          <t>漱玉平民</t>
-[...6 lines deleted...]
-        <v>5.03</v>
+          <t>2028-04-22</t>
+        </is>
+      </c>
+      <c r="I111" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="J111" t="inlineStr">
+        <is>
+          <t>6.227</t>
+        </is>
       </c>
       <c r="K111" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30</t>
+        </is>
+      </c>
+      <c r="L111" t="n">
+        <v>64.7645</v>
+      </c>
+      <c r="M111" t="n">
+        <v>1.5052</v>
+      </c>
+      <c r="N111" t="n">
+        <v>1.4032</v>
+      </c>
+      <c r="O111" t="n">
+        <v>5.12</v>
+      </c>
+      <c r="P111" t="n">
+        <v>5.48</v>
+      </c>
+      <c r="Q111" t="n">
+        <v>17.6</v>
       </c>
       <c r="R111" t="n">
-        <v>77.73860000000001</v>
+        <v>14.71</v>
       </c>
       <c r="S111" t="n">
-        <v>0.8774</v>
-[...21 lines deleted...]
-      <c r="AB111" t="inlineStr"/>
+        <v>14.27</v>
+      </c>
+      <c r="T111" t="inlineStr"/>
+      <c r="U111" t="inlineStr"/>
+      <c r="V111" t="inlineStr"/>
     </row>
     <row r="112">
       <c r="A112" t="inlineStr">
         <is>
-          <t>113679</t>
+          <t>113693</t>
         </is>
       </c>
       <c r="B112" t="inlineStr">
         <is>
-          <t>芯能转债</t>
+          <t>志邦转债</t>
         </is>
       </c>
       <c r="C112" t="inlineStr">
         <is>
-          <t>131.384</t>
+          <t>603801</t>
         </is>
       </c>
       <c r="D112" t="inlineStr">
         <is>
-          <t>1.365</t>
-[...6 lines deleted...]
-        <v>81.5686</v>
+          <t>志邦家居</t>
+        </is>
+      </c>
+      <c r="E112" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F112" t="inlineStr">
+        <is>
+          <t>6.700</t>
+        </is>
       </c>
       <c r="G112" t="inlineStr">
         <is>
-          <t>603105</t>
+          <t>5.016</t>
         </is>
       </c>
       <c r="H112" t="inlineStr">
         <is>
-          <t>芯能科技</t>
-[...6 lines deleted...]
-        <v>3.59</v>
+          <t>2031-03-18</t>
+        </is>
+      </c>
+      <c r="I112" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="J112" t="inlineStr">
+        <is>
+          <t>14.976</t>
+        </is>
       </c>
       <c r="K112" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L112" t="n">
+        <v>46.719</v>
+      </c>
+      <c r="M112" t="n">
+        <v>1.2598</v>
+      </c>
+      <c r="N112" t="n">
+        <v>1.1019</v>
+      </c>
+      <c r="O112" t="n">
+        <v>3.85</v>
+      </c>
+      <c r="P112" t="n">
+        <v>5.95</v>
+      </c>
+      <c r="Q112" t="n">
+        <v>14.05</v>
+      </c>
       <c r="R112" t="n">
-        <v>50.9822</v>
-[...24 lines deleted...]
-      <c r="AB112" t="inlineStr"/>
+        <v>9.68</v>
+      </c>
+      <c r="S112" t="inlineStr"/>
+      <c r="T112" t="inlineStr"/>
+      <c r="U112" t="inlineStr"/>
+      <c r="V112" t="inlineStr"/>
     </row>
     <row r="113">
       <c r="A113" t="inlineStr">
         <is>
-          <t>123213</t>
+          <t>123112</t>
         </is>
       </c>
       <c r="B113" t="inlineStr">
         <is>
-          <t>天源转债</t>
+          <t>万讯转债</t>
         </is>
       </c>
       <c r="C113" t="inlineStr">
         <is>
-          <t>262.550</t>
+          <t>300112</t>
         </is>
       </c>
       <c r="D113" t="inlineStr">
         <is>
-          <t>1.341</t>
-[...6 lines deleted...]
-        <v>249.8599</v>
+          <t>万讯自控</t>
+        </is>
+      </c>
+      <c r="E113" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F113" t="inlineStr">
+        <is>
+          <t>2.265</t>
+        </is>
       </c>
       <c r="G113" t="inlineStr">
         <is>
-          <t>301127</t>
+          <t>1.071</t>
         </is>
       </c>
       <c r="H113" t="inlineStr">
         <is>
-          <t>武汉天源</t>
-[...6 lines deleted...]
-        <v>1.36</v>
+          <t>2027-04-08</t>
+        </is>
+      </c>
+      <c r="I113" t="inlineStr">
+        <is>
+          <t>118.00</t>
+        </is>
+      </c>
+      <c r="J113" t="inlineStr">
+        <is>
+          <t>10.790</t>
+        </is>
       </c>
       <c r="K113" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30 2023-07-12 重新计</t>
+        </is>
+      </c>
+      <c r="L113" t="n">
+        <v>35.7662</v>
+      </c>
+      <c r="M113" t="n">
+        <v>2.7544</v>
+      </c>
+      <c r="N113" t="n">
+        <v>2.1596</v>
+      </c>
+      <c r="O113" t="n">
+        <v>-0.67</v>
+      </c>
+      <c r="P113" t="n">
+        <v>0.25</v>
+      </c>
+      <c r="Q113" t="n">
+        <v>14.21</v>
       </c>
       <c r="R113" t="n">
-        <v>61.7873</v>
+        <v>12.56</v>
       </c>
       <c r="S113" t="n">
-        <v>1.9128</v>
-[...21 lines deleted...]
-      <c r="AB113" t="inlineStr"/>
+        <v>18.06</v>
+      </c>
+      <c r="T113" t="inlineStr"/>
+      <c r="U113" t="inlineStr"/>
+      <c r="V113" t="inlineStr"/>
     </row>
     <row r="114">
       <c r="A114" t="inlineStr">
         <is>
-          <t>123175</t>
+          <t>123117</t>
         </is>
       </c>
       <c r="B114" t="inlineStr">
         <is>
-          <t>百畅转债</t>
+          <t>健帆转债</t>
         </is>
       </c>
       <c r="C114" t="inlineStr">
         <is>
-          <t>127.443</t>
+          <t>300529</t>
         </is>
       </c>
       <c r="D114" t="inlineStr">
         <is>
-          <t>1.323</t>
-[...6 lines deleted...]
-        <v>73.5294</v>
+          <t>健帆生物</t>
+        </is>
+      </c>
+      <c r="E114" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F114" t="inlineStr">
+        <is>
+          <t>9.998</t>
+        </is>
       </c>
       <c r="G114" t="inlineStr">
         <is>
-          <t>300614</t>
+          <t>1.280</t>
         </is>
       </c>
       <c r="H114" t="inlineStr">
         <is>
-          <t>百川畅银</t>
-[...6 lines deleted...]
-        <v>1.42</v>
+          <t>2027-06-23</t>
+        </is>
+      </c>
+      <c r="I114" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="J114" t="inlineStr">
+        <is>
+          <t>50.245</t>
+        </is>
       </c>
       <c r="K114" t="inlineStr">
         <is>
-          <t>A</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L114" t="n">
+        <v>38.0673</v>
+      </c>
+      <c r="M114" t="n">
+        <v>4.2554</v>
+      </c>
+      <c r="N114" t="n">
+        <v>3.8007</v>
+      </c>
+      <c r="O114" t="n">
+        <v>8.199999999999999</v>
+      </c>
+      <c r="P114" t="n">
+        <v>4.36</v>
+      </c>
+      <c r="Q114" t="n">
+        <v>9.99</v>
+      </c>
       <c r="R114" t="n">
-        <v>43.0547</v>
+        <v>7.84</v>
       </c>
       <c r="S114" t="n">
-        <v>2.1518</v>
-[...21 lines deleted...]
-      <c r="AB114" t="inlineStr"/>
+        <v>12.8</v>
+      </c>
+      <c r="T114" t="inlineStr"/>
+      <c r="U114" t="inlineStr"/>
+      <c r="V114" t="inlineStr"/>
     </row>
     <row r="115">
       <c r="A115" t="inlineStr">
         <is>
-          <t>123209</t>
+          <t>123072</t>
         </is>
       </c>
       <c r="B115" t="inlineStr">
         <is>
-          <t>聚隆转债</t>
+          <t>乐歌转债</t>
         </is>
       </c>
       <c r="C115" t="inlineStr">
         <is>
-          <t>255.800</t>
+          <t>300729</t>
         </is>
       </c>
       <c r="D115" t="inlineStr">
         <is>
-          <t>1.307</t>
-[...6 lines deleted...]
-        <v>216.2071</v>
+          <t>乐歌股份</t>
+        </is>
+      </c>
+      <c r="E115" t="inlineStr">
+        <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="F115" t="inlineStr">
+        <is>
+          <t>1.418</t>
+        </is>
       </c>
       <c r="G115" t="inlineStr">
         <is>
-          <t>300644</t>
+          <t>0.608</t>
         </is>
       </c>
       <c r="H115" t="inlineStr">
         <is>
-          <t>南京聚隆</t>
-[...6 lines deleted...]
-        <v>0.58</v>
+          <t>2026-10-21</t>
+        </is>
+      </c>
+      <c r="I115" t="inlineStr">
+        <is>
+          <t>120.00</t>
+        </is>
+      </c>
+      <c r="J115" t="inlineStr">
+        <is>
+          <t>42.783</t>
+        </is>
       </c>
       <c r="K115" t="inlineStr">
         <is>
-          <t>A+</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30</t>
+        </is>
+      </c>
+      <c r="L115" t="n">
+        <v>63.8994</v>
+      </c>
+      <c r="M115" t="n">
+        <v>1.4317</v>
+      </c>
+      <c r="N115" t="n">
+        <v>1.2036</v>
+      </c>
+      <c r="O115" t="n">
+        <v>3.36</v>
+      </c>
+      <c r="P115" t="n">
+        <v>6.34</v>
+      </c>
+      <c r="Q115" t="n">
+        <v>6.87</v>
       </c>
       <c r="R115" t="n">
-        <v>58.5699</v>
+        <v>6.01</v>
       </c>
       <c r="S115" t="n">
-        <v>1.3712</v>
-[...21 lines deleted...]
-      <c r="AB115" t="inlineStr"/>
+        <v>11</v>
+      </c>
+      <c r="T115" t="inlineStr"/>
+      <c r="U115" t="inlineStr"/>
+      <c r="V115" t="inlineStr"/>
     </row>
     <row r="116">
       <c r="A116" t="inlineStr">
         <is>
-          <t>110097</t>
+          <t>123255</t>
         </is>
       </c>
       <c r="B116" t="inlineStr">
         <is>
-          <t>天润转债</t>
+          <t>鼎龙转债</t>
         </is>
       </c>
       <c r="C116" t="inlineStr">
         <is>
-          <t>154.612</t>
+          <t>300054</t>
         </is>
       </c>
       <c r="D116" t="inlineStr">
         <is>
-          <t>1.297</t>
-[...6 lines deleted...]
-        <v>124.7259</v>
+          <t>鼎龙股份</t>
+        </is>
+      </c>
+      <c r="E116" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F116" t="inlineStr">
+        <is>
+          <t>9.097</t>
+        </is>
       </c>
       <c r="G116" t="inlineStr">
         <is>
-          <t>600419</t>
+          <t>5.058</t>
         </is>
       </c>
       <c r="H116" t="inlineStr">
         <is>
-          <t>天润乳业</t>
-[...6 lines deleted...]
-        <v>-0.49</v>
+          <t>2031-04-02</t>
+        </is>
+      </c>
+      <c r="I116" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="J116" t="inlineStr">
+        <is>
+          <t>37.024</t>
+        </is>
       </c>
       <c r="K116" t="inlineStr">
         <is>
-          <t>AA</t>
-[...30 lines deleted...]
-        </is>
+          <t>!</t>
+        </is>
+      </c>
+      <c r="L116" t="n">
+        <v>41.1127</v>
+      </c>
+      <c r="M116" t="n">
+        <v>3.2269</v>
+      </c>
+      <c r="N116" t="n">
+        <v>2.7391</v>
+      </c>
+      <c r="O116" t="n">
+        <v>5.21</v>
+      </c>
+      <c r="P116" t="n">
+        <v>2.22</v>
+      </c>
+      <c r="Q116" t="n">
+        <v>62.56</v>
       </c>
       <c r="R116" t="n">
-        <v>54.9264</v>
-[...22 lines deleted...]
-      <c r="AB116" t="inlineStr"/>
+        <v>49.91</v>
+      </c>
+      <c r="S116" t="inlineStr"/>
+      <c r="T116" t="inlineStr"/>
+      <c r="U116" t="inlineStr"/>
+      <c r="V116" t="inlineStr"/>
     </row>
     <row r="117">
       <c r="A117" t="inlineStr">
         <is>
-          <t>113636</t>
+          <t>127079</t>
         </is>
       </c>
       <c r="B117" t="inlineStr">
         <is>
-          <t>甬金转债</t>
+          <t>华亚转债</t>
         </is>
       </c>
       <c r="C117" t="inlineStr">
         <is>
-          <t>130.064</t>
+          <t>003043</t>
         </is>
       </c>
       <c r="D117" t="inlineStr">
         <is>
-          <t>1.296</t>
-[...6 lines deleted...]
-        <v>73.56019999999999</v>
+          <t>华亚智能</t>
+        </is>
+      </c>
+      <c r="E117" t="inlineStr">
+        <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="F117" t="inlineStr">
+        <is>
+          <t>3.106</t>
+        </is>
       </c>
       <c r="G117" t="inlineStr">
         <is>
-          <t>603995</t>
+          <t>2.764</t>
         </is>
       </c>
       <c r="H117" t="inlineStr">
         <is>
-          <t>甬金股份</t>
-[...6 lines deleted...]
-        <v>1.65</v>
+          <t>2028-12-16</t>
+        </is>
+      </c>
+      <c r="I117" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J117" t="inlineStr">
+        <is>
+          <t>39.949</t>
+        </is>
       </c>
       <c r="K117" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...30 lines deleted...]
-        </is>
+          <t>!</t>
+        </is>
+      </c>
+      <c r="L117" t="n">
+        <v>31.5465</v>
+      </c>
+      <c r="M117" t="n">
+        <v>2.4238</v>
+      </c>
+      <c r="N117" t="n">
+        <v>1.8823</v>
+      </c>
+      <c r="O117" t="n">
+        <v>0.8100000000000001</v>
+      </c>
+      <c r="P117" t="n">
+        <v>0.88</v>
+      </c>
+      <c r="Q117" t="n">
+        <v>49.35</v>
       </c>
       <c r="R117" t="n">
-        <v>55.6876</v>
+        <v>39.49</v>
       </c>
       <c r="S117" t="n">
-        <v>1.125</v>
-[...21 lines deleted...]
-      <c r="AB117" t="inlineStr"/>
+        <v>31.12</v>
+      </c>
+      <c r="T117" t="inlineStr"/>
+      <c r="U117" t="inlineStr"/>
+      <c r="V117" t="inlineStr"/>
     </row>
     <row r="118">
       <c r="A118" t="inlineStr">
         <is>
-          <t>113687</t>
+          <t>123171</t>
         </is>
       </c>
       <c r="B118" t="inlineStr">
         <is>
-          <t>振华转债</t>
+          <t>共同转债</t>
         </is>
       </c>
       <c r="C118" t="inlineStr">
         <is>
-          <t>600.690</t>
+          <t>300966</t>
         </is>
       </c>
       <c r="D118" t="inlineStr">
         <is>
-          <t>1.302</t>
-[...6 lines deleted...]
-        <v>465.8536</v>
+          <t>共同药业</t>
+        </is>
+      </c>
+      <c r="E118" t="inlineStr">
+        <is>
+          <t>A</t>
+        </is>
+      </c>
+      <c r="F118" t="inlineStr">
+        <is>
+          <t>3.799</t>
+        </is>
       </c>
       <c r="G118" t="inlineStr">
         <is>
-          <t>603067</t>
+          <t>2.715</t>
         </is>
       </c>
       <c r="H118" t="inlineStr">
         <is>
-          <t>振华股份</t>
-[...6 lines deleted...]
-        <v>2.72</v>
+          <t>2028-11-28</t>
+        </is>
+      </c>
+      <c r="I118" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J118" t="inlineStr">
+        <is>
+          <t>35.256</t>
+        </is>
       </c>
       <c r="K118" t="inlineStr">
         <is>
-          <t>AA</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30</t>
+        </is>
+      </c>
+      <c r="L118" t="n">
+        <v>66.4688</v>
+      </c>
+      <c r="M118" t="n">
+        <v>1.0221</v>
+      </c>
+      <c r="N118" t="n">
+        <v>0.4189</v>
+      </c>
+      <c r="O118" t="n">
+        <v>-0.28</v>
+      </c>
+      <c r="P118" t="n">
+        <v>0.23</v>
+      </c>
+      <c r="Q118" t="n">
+        <v>10.86</v>
       </c>
       <c r="R118" t="n">
-        <v>35.7355</v>
+        <v>8.890000000000001</v>
       </c>
       <c r="S118" t="n">
-        <v>2.3283</v>
-[...19 lines deleted...]
-      <c r="AB118" t="inlineStr"/>
+        <v>17.47</v>
+      </c>
+      <c r="T118" t="inlineStr"/>
+      <c r="U118" t="inlineStr"/>
+      <c r="V118" t="inlineStr"/>
     </row>
     <row r="119">
       <c r="A119" t="inlineStr">
         <is>
-          <t>113054</t>
+          <t>123076</t>
         </is>
       </c>
       <c r="B119" t="inlineStr">
         <is>
-          <t>绿动转债</t>
+          <t>强力转债</t>
         </is>
       </c>
       <c r="C119" t="inlineStr">
         <is>
-          <t>126.098</t>
+          <t>300429</t>
         </is>
       </c>
       <c r="D119" t="inlineStr">
         <is>
-          <t>1.270</t>
-[...6 lines deleted...]
-        <v>80.98990000000001</v>
+          <t>强力新材</t>
+        </is>
+      </c>
+      <c r="E119" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F119" t="inlineStr">
+        <is>
+          <t>5.595</t>
+        </is>
       </c>
       <c r="G119" t="inlineStr">
         <is>
-          <t>601330</t>
+          <t>0.688</t>
         </is>
       </c>
       <c r="H119" t="inlineStr">
         <is>
-          <t>绿色动力</t>
-[...6 lines deleted...]
-        <v>0.42</v>
+          <t>2026-11-19</t>
+        </is>
+      </c>
+      <c r="I119" t="inlineStr">
+        <is>
+          <t>113.00</t>
+        </is>
+      </c>
+      <c r="J119" t="inlineStr">
+        <is>
+          <t>16.510</t>
+        </is>
       </c>
       <c r="K119" t="inlineStr">
         <is>
-          <t>AA+</t>
-[...30 lines deleted...]
-        </is>
+          <t>1/15 | 30</t>
+        </is>
+      </c>
+      <c r="L119" t="n">
+        <v>45.7552</v>
+      </c>
+      <c r="M119" t="n">
+        <v>1.8232</v>
+      </c>
+      <c r="N119" t="n">
+        <v>1.0503</v>
+      </c>
+      <c r="O119" t="n">
+        <v>-1.82</v>
+      </c>
+      <c r="P119" t="n">
+        <v>-0.46</v>
+      </c>
+      <c r="Q119" t="n">
+        <v>16.3</v>
       </c>
       <c r="R119" t="n">
-        <v>59.8271</v>
+        <v>17.96</v>
       </c>
       <c r="S119" t="n">
-        <v>2.2411</v>
-[...21 lines deleted...]
-      <c r="AB119" t="inlineStr"/>
+        <v>23.85</v>
+      </c>
+      <c r="T119" t="inlineStr"/>
+      <c r="U119" t="inlineStr"/>
+      <c r="V119" t="inlineStr"/>
     </row>
     <row r="120">
       <c r="A120" t="inlineStr">
         <is>
-          <t>123254</t>
+          <t>113660</t>
         </is>
       </c>
       <c r="B120" t="inlineStr">
         <is>
-          <t>亿纬转债</t>
+          <t>寿22转债</t>
         </is>
       </c>
       <c r="C120" t="inlineStr">
         <is>
-          <t>171.649</t>
+          <t>603896</t>
         </is>
       </c>
       <c r="D120" t="inlineStr">
         <is>
-          <t>1.268</t>
-[...6 lines deleted...]
-        <v>132.7566</v>
+          <t>寿仙谷</t>
+        </is>
+      </c>
+      <c r="E120" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F120" t="inlineStr">
+        <is>
+          <t>3.977</t>
+        </is>
       </c>
       <c r="G120" t="inlineStr">
         <is>
-          <t>300014</t>
+          <t>2.685</t>
         </is>
       </c>
       <c r="H120" t="inlineStr">
         <is>
-          <t>亿纬锂能</t>
-[...6 lines deleted...]
-        <v>2.93</v>
+          <t>2028-11-17</t>
+        </is>
+      </c>
+      <c r="I120" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="J120" t="inlineStr">
+        <is>
+          <t>47.892</t>
+        </is>
       </c>
       <c r="K120" t="inlineStr">
         <is>
-          <t>AA+</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30</t>
+        </is>
+      </c>
+      <c r="L120" t="n">
+        <v>26.6874</v>
+      </c>
+      <c r="M120" t="n">
+        <v>3.817</v>
+      </c>
+      <c r="N120" t="n">
+        <v>3.1891</v>
+      </c>
+      <c r="O120" t="n">
+        <v>1.75</v>
+      </c>
+      <c r="P120" t="n">
+        <v>2.54</v>
+      </c>
+      <c r="Q120" t="n">
+        <v>13.71</v>
       </c>
       <c r="R120" t="n">
-        <v>63.4657</v>
+        <v>9.970000000000001</v>
       </c>
       <c r="S120" t="n">
-        <v>1.0514</v>
-[...19 lines deleted...]
-      <c r="AB120" t="inlineStr"/>
+        <v>10.28</v>
+      </c>
+      <c r="T120" t="inlineStr"/>
+      <c r="U120" t="inlineStr"/>
+      <c r="V120" t="inlineStr"/>
     </row>
     <row r="121">
       <c r="A121" t="inlineStr">
         <is>
-          <t>127072</t>
+          <t>127088</t>
         </is>
       </c>
       <c r="B121" t="inlineStr">
         <is>
-          <t>博实转债</t>
+          <t>赫达转债</t>
         </is>
       </c>
       <c r="C121" t="inlineStr">
         <is>
-          <t>158.524</t>
+          <t>002810</t>
         </is>
       </c>
       <c r="D121" t="inlineStr">
         <is>
-          <t>1.264</t>
-[...6 lines deleted...]
-        <v>116.9987</v>
+          <t>山东赫达</t>
+        </is>
+      </c>
+      <c r="E121" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F121" t="inlineStr">
+        <is>
+          <t>5.998</t>
+        </is>
       </c>
       <c r="G121" t="inlineStr">
         <is>
-          <t>002698</t>
+          <t>3.310</t>
         </is>
       </c>
       <c r="H121" t="inlineStr">
         <is>
-          <t>博实股份</t>
-[...6 lines deleted...]
-        <v>2.03</v>
+          <t>2029-07-03</t>
+        </is>
+      </c>
+      <c r="I121" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J121" t="inlineStr">
+        <is>
+          <t>21.788</t>
+        </is>
       </c>
       <c r="K121" t="inlineStr">
         <is>
-          <t>-</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L121" t="n">
+        <v>42.9988</v>
+      </c>
+      <c r="M121" t="n">
+        <v>1.7766</v>
+      </c>
+      <c r="N121" t="n">
+        <v>1.282</v>
+      </c>
+      <c r="O121" t="n">
+        <v>2.22</v>
+      </c>
+      <c r="P121" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="Q121" t="n">
+        <v>42.26</v>
+      </c>
       <c r="R121" t="n">
-        <v>38.6326</v>
+        <v>27.43</v>
       </c>
       <c r="S121" t="n">
-        <v>2.8704</v>
-[...21 lines deleted...]
-      <c r="AB121" t="inlineStr"/>
+        <v>18.42</v>
+      </c>
+      <c r="T121" t="inlineStr"/>
+      <c r="U121" t="inlineStr"/>
+      <c r="V121" t="inlineStr"/>
     </row>
     <row r="122">
       <c r="A122" t="inlineStr">
         <is>
-          <t>127024</t>
+          <t>113627</t>
         </is>
       </c>
       <c r="B122" t="inlineStr">
         <is>
-          <t>盈峰转债</t>
+          <t>太平转债</t>
         </is>
       </c>
       <c r="C122" t="inlineStr">
         <is>
-          <t>129.057</t>
+          <t>603877</t>
         </is>
       </c>
       <c r="D122" t="inlineStr">
         <is>
-          <t>1.251</t>
-[...6 lines deleted...]
-        <v>101.043</v>
+          <t>太平鸟</t>
+        </is>
+      </c>
+      <c r="E122" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F122" t="inlineStr">
+        <is>
+          <t>7.997</t>
+        </is>
       </c>
       <c r="G122" t="inlineStr">
         <is>
-          <t>000967</t>
+          <t>1.340</t>
         </is>
       </c>
       <c r="H122" t="inlineStr">
         <is>
-          <t>盈峰环境</t>
-[...6 lines deleted...]
-        <v>2.65</v>
+          <t>2027-07-15</t>
+        </is>
+      </c>
+      <c r="I122" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="J122" t="inlineStr">
+        <is>
+          <t>27.144</t>
+        </is>
       </c>
       <c r="K122" t="inlineStr">
         <is>
-          <t>AA+</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L122" t="n">
+        <v>42.6185</v>
+      </c>
+      <c r="M122" t="n">
+        <v>2.4275</v>
+      </c>
+      <c r="N122" t="n">
+        <v>1.482</v>
+      </c>
+      <c r="O122" t="n">
+        <v>2.58</v>
+      </c>
+      <c r="P122" t="n">
+        <v>4.22</v>
+      </c>
+      <c r="Q122" t="n">
+        <v>11.11</v>
+      </c>
       <c r="R122" t="n">
-        <v>46.7007</v>
+        <v>11.01</v>
       </c>
       <c r="S122" t="n">
-        <v>1.7825</v>
-[...21 lines deleted...]
-      <c r="AB122" t="inlineStr"/>
+        <v>10.81</v>
+      </c>
+      <c r="T122" t="inlineStr"/>
+      <c r="U122" t="inlineStr"/>
+      <c r="V122" t="inlineStr"/>
     </row>
     <row r="123">
       <c r="A123" t="inlineStr">
         <is>
-          <t>113650</t>
+          <t>127047</t>
         </is>
       </c>
       <c r="B123" t="inlineStr">
         <is>
-          <t>博22转债</t>
+          <t>帝欧转债</t>
         </is>
       </c>
       <c r="C123" t="inlineStr">
         <is>
-          <t>129.728</t>
+          <t>002798</t>
         </is>
       </c>
       <c r="D123" t="inlineStr">
         <is>
-          <t>1.251</t>
-[...6 lines deleted...]
-        <v>53.9093</v>
+          <t>帝欧水华</t>
+        </is>
+      </c>
+      <c r="E123" t="inlineStr">
+        <is>
+          <t>A-</t>
+        </is>
+      </c>
+      <c r="F123" t="inlineStr">
+        <is>
+          <t>6.559</t>
+        </is>
       </c>
       <c r="G123" t="inlineStr">
         <is>
-          <t>603916</t>
+          <t>1.619</t>
         </is>
       </c>
       <c r="H123" t="inlineStr">
         <is>
-          <t>苏博特</t>
-[...6 lines deleted...]
-        <v>6.85</v>
+          <t>2027-10-25</t>
+        </is>
+      </c>
+      <c r="I123" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J123" t="inlineStr">
+        <is>
+          <t>6.630</t>
+        </is>
       </c>
       <c r="K123" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...30 lines deleted...]
-        </is>
+          <t>10/15 | 30</t>
+        </is>
+      </c>
+      <c r="L123" t="n">
+        <v>63.4933</v>
+      </c>
+      <c r="M123" t="n">
+        <v>1.0265</v>
+      </c>
+      <c r="N123" t="n">
+        <v>0.7635999999999999</v>
+      </c>
+      <c r="O123" t="n">
+        <v>-5.69</v>
+      </c>
+      <c r="P123" t="n">
+        <v>-6.58</v>
+      </c>
+      <c r="Q123" t="n">
+        <v>19.83</v>
       </c>
       <c r="R123" t="n">
-        <v>44.2425</v>
+        <v>16.42</v>
       </c>
       <c r="S123" t="n">
-        <v>2.0859</v>
-[...21 lines deleted...]
-      <c r="AB123" t="inlineStr"/>
+        <v>27.72</v>
+      </c>
+      <c r="T123" t="inlineStr"/>
+      <c r="U123" t="inlineStr"/>
+      <c r="V123" t="inlineStr"/>
     </row>
     <row r="124">
       <c r="A124" t="inlineStr">
         <is>
-          <t>127049</t>
+          <t>113070</t>
         </is>
       </c>
       <c r="B124" t="inlineStr">
         <is>
-          <t>希望转2</t>
+          <t>渝水转债</t>
         </is>
       </c>
       <c r="C124" t="inlineStr">
         <is>
-          <t>121.781</t>
+          <t>601158</t>
         </is>
       </c>
       <c r="D124" t="inlineStr">
         <is>
-          <t>1.248</t>
-[...6 lines deleted...]
-        <v>81.9641</v>
+          <t>重庆水务</t>
+        </is>
+      </c>
+      <c r="E124" t="inlineStr">
+        <is>
+          <t>AAA</t>
+        </is>
+      </c>
+      <c r="F124" t="inlineStr">
+        <is>
+          <t>18.998</t>
+        </is>
       </c>
       <c r="G124" t="inlineStr">
         <is>
-          <t>000876</t>
+          <t>4.830</t>
         </is>
       </c>
       <c r="H124" t="inlineStr">
         <is>
-          <t>新 希 望</t>
-[...6 lines deleted...]
-        <v>-0.8</v>
+          <t>2031-01-09</t>
+        </is>
+      </c>
+      <c r="I124" t="inlineStr">
+        <is>
+          <t>108.00</t>
+        </is>
+      </c>
+      <c r="J124" t="inlineStr">
+        <is>
+          <t>6.266</t>
+        </is>
       </c>
       <c r="K124" t="inlineStr">
         <is>
-          <t>AAA</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L124" t="n">
+        <v>51.371</v>
+      </c>
+      <c r="M124" t="n">
+        <v>1.0761</v>
+      </c>
+      <c r="N124" t="n">
+        <v>1.0443</v>
+      </c>
+      <c r="O124" t="n">
+        <v>7.85</v>
+      </c>
+      <c r="P124" t="n">
+        <v>10.89</v>
+      </c>
+      <c r="Q124" t="n">
+        <v>7.88</v>
+      </c>
       <c r="R124" t="n">
-        <v>69.4922</v>
-[...24 lines deleted...]
-      <c r="AB124" t="inlineStr"/>
+        <v>6.05</v>
+      </c>
+      <c r="S124" t="inlineStr"/>
+      <c r="T124" t="inlineStr"/>
+      <c r="U124" t="inlineStr"/>
+      <c r="V124" t="inlineStr"/>
     </row>
     <row r="125">
       <c r="A125" t="inlineStr">
         <is>
-          <t>118025</t>
+          <t>127068</t>
         </is>
       </c>
       <c r="B125" t="inlineStr">
         <is>
-          <t>奕瑞转债</t>
+          <t>顺博转债</t>
         </is>
       </c>
       <c r="C125" t="inlineStr">
         <is>
-          <t>147.633</t>
+          <t>002996</t>
         </is>
       </c>
       <c r="D125" t="inlineStr">
         <is>
-          <t>1.236</t>
-[...6 lines deleted...]
-        <v>104.1924</v>
+          <t>顺博合金</t>
+        </is>
+      </c>
+      <c r="E125" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F125" t="inlineStr">
+        <is>
+          <t>8.300</t>
+        </is>
       </c>
       <c r="G125" t="inlineStr">
         <is>
-          <t>688301</t>
+          <t>2.419</t>
         </is>
       </c>
       <c r="H125" t="inlineStr">
         <is>
-          <t>奕瑞科技</t>
-[...6 lines deleted...]
-        <v>3.71</v>
+          <t>2028-08-12</t>
+        </is>
+      </c>
+      <c r="I125" t="inlineStr">
+        <is>
+          <t>108.00</t>
+        </is>
+      </c>
+      <c r="J125" t="inlineStr">
+        <is>
+          <t>14.651</t>
+        </is>
       </c>
       <c r="K125" t="inlineStr">
         <is>
-          <t>AA</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L125" t="n">
+        <v>77.9579</v>
+      </c>
+      <c r="M125" t="n">
+        <v>1.2107</v>
+      </c>
+      <c r="N125" t="n">
+        <v>1.0949</v>
+      </c>
+      <c r="O125" t="n">
+        <v>0.65</v>
+      </c>
+      <c r="P125" t="n">
+        <v>1.25</v>
+      </c>
+      <c r="Q125" t="n">
+        <v>16.99</v>
+      </c>
       <c r="R125" t="n">
-        <v>46.4102</v>
+        <v>14.13</v>
       </c>
       <c r="S125" t="n">
-        <v>3.8745</v>
-[...21 lines deleted...]
-      <c r="AB125" t="inlineStr"/>
+        <v>14.8</v>
+      </c>
+      <c r="T125" t="inlineStr"/>
+      <c r="U125" t="inlineStr"/>
+      <c r="V125" t="inlineStr"/>
     </row>
     <row r="126">
       <c r="A126" t="inlineStr">
         <is>
-          <t>123149</t>
+          <t>118015</t>
         </is>
       </c>
       <c r="B126" t="inlineStr">
         <is>
-          <t>通裕转债</t>
+          <t>芯海转债</t>
         </is>
       </c>
       <c r="C126" t="inlineStr">
         <is>
-          <t>142.899</t>
+          <t>688595</t>
         </is>
       </c>
       <c r="D126" t="inlineStr">
         <is>
-          <t>1.239</t>
-[...6 lines deleted...]
-        <v>114.0221</v>
+          <t>芯海科技</t>
+        </is>
+      </c>
+      <c r="E126" t="inlineStr">
+        <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="F126" t="inlineStr">
+        <is>
+          <t>4.100</t>
+        </is>
       </c>
       <c r="G126" t="inlineStr">
         <is>
-          <t>300185</t>
+          <t>2.359</t>
         </is>
       </c>
       <c r="H126" t="inlineStr">
         <is>
-          <t>通裕重工</t>
-[...6 lines deleted...]
-        <v>1.31</v>
+          <t>2028-07-21</t>
+        </is>
+      </c>
+      <c r="I126" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J126" t="inlineStr">
+        <is>
+          <t>71.786</t>
+        </is>
       </c>
       <c r="K126" t="inlineStr">
         <is>
-          <t>AA</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L126" t="n">
+        <v>50.7595</v>
+      </c>
+      <c r="M126" t="n">
+        <v>3.2519</v>
+      </c>
+      <c r="N126" t="n">
+        <v>2.346</v>
+      </c>
+      <c r="O126" t="n">
+        <v>-1.73</v>
+      </c>
+      <c r="P126" t="n">
+        <v>-1.43</v>
+      </c>
+      <c r="Q126" t="n">
+        <v>18.56</v>
+      </c>
       <c r="R126" t="n">
-        <v>53.3631</v>
+        <v>14.65</v>
       </c>
       <c r="S126" t="n">
-        <v>1.4356</v>
-[...21 lines deleted...]
-      <c r="AB126" t="inlineStr"/>
+        <v>18.13</v>
+      </c>
+      <c r="T126" t="inlineStr"/>
+      <c r="U126" t="inlineStr"/>
+      <c r="V126" t="inlineStr"/>
     </row>
     <row r="127">
       <c r="A127" t="inlineStr">
         <is>
-          <t>123237</t>
+          <t>113649</t>
         </is>
       </c>
       <c r="B127" t="inlineStr">
         <is>
-          <t>佳禾转债</t>
+          <t>丰山转债</t>
         </is>
       </c>
       <c r="C127" t="inlineStr">
         <is>
-          <t>171.000</t>
+          <t>603810</t>
         </is>
       </c>
       <c r="D127" t="inlineStr">
         <is>
-          <t>1.222</t>
-[...6 lines deleted...]
-        <v>132.9123</v>
+          <t>丰山集团</t>
+        </is>
+      </c>
+      <c r="E127" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F127" t="inlineStr">
+        <is>
+          <t>4.577</t>
+        </is>
       </c>
       <c r="G127" t="inlineStr">
         <is>
-          <t>300793</t>
+          <t>2.293</t>
         </is>
       </c>
       <c r="H127" t="inlineStr">
         <is>
-          <t>佳禾智能</t>
-[...6 lines deleted...]
-        <v>2.05</v>
+          <t>2028-06-27</t>
+        </is>
+      </c>
+      <c r="I127" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J127" t="inlineStr">
+        <is>
+          <t>17.849</t>
+        </is>
       </c>
       <c r="K127" t="inlineStr">
         <is>
-          <t>A+</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30 2023-05-16 重新计</t>
+        </is>
+      </c>
+      <c r="L127" t="n">
+        <v>41.1626</v>
+      </c>
+      <c r="M127" t="n">
+        <v>2.5667</v>
+      </c>
+      <c r="N127" t="n">
+        <v>2.1619</v>
+      </c>
+      <c r="O127" t="n">
+        <v>-0.39</v>
+      </c>
+      <c r="P127" t="n">
+        <v>-0.39</v>
+      </c>
+      <c r="Q127" t="n">
+        <v>15.73</v>
       </c>
       <c r="R127" t="n">
-        <v>31.8275</v>
+        <v>14.22</v>
       </c>
       <c r="S127" t="n">
-        <v>3.3595</v>
-[...21 lines deleted...]
-      <c r="AB127" t="inlineStr"/>
+        <v>19.32</v>
+      </c>
+      <c r="T127" t="inlineStr"/>
+      <c r="U127" t="inlineStr"/>
+      <c r="V127" t="inlineStr"/>
     </row>
     <row r="128">
       <c r="A128" t="inlineStr">
         <is>
-          <t>127078</t>
+          <t>118024</t>
         </is>
       </c>
       <c r="B128" t="inlineStr">
         <is>
-          <t>优彩转债</t>
+          <t>冠宇转债</t>
         </is>
       </c>
       <c r="C128" t="inlineStr">
         <is>
-          <t>151.230</t>
+          <t>688772</t>
         </is>
       </c>
       <c r="D128" t="inlineStr">
         <is>
-          <t>1.215</t>
-[...6 lines deleted...]
-        <v>137.1914</v>
+          <t>珠海冠宇</t>
+        </is>
+      </c>
+      <c r="E128" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F128" t="inlineStr">
+        <is>
+          <t>30.889</t>
+        </is>
       </c>
       <c r="G128" t="inlineStr">
         <is>
-          <t>002998</t>
+          <t>2.619</t>
         </is>
       </c>
       <c r="H128" t="inlineStr">
         <is>
-          <t>优彩资源</t>
-[...6 lines deleted...]
-        <v>-1</v>
+          <t>2028-10-24</t>
+        </is>
+      </c>
+      <c r="I128" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="J128" t="inlineStr">
+        <is>
+          <t>27.468120%</t>
+        </is>
       </c>
       <c r="K128" t="inlineStr">
         <is>
-          <t>A+</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30</t>
+        </is>
+      </c>
+      <c r="L128" t="n">
+        <v>68.846</v>
+      </c>
+      <c r="M128" t="n">
+        <v>0.9081</v>
+      </c>
+      <c r="N128" t="n">
+        <v>0.6901</v>
+      </c>
+      <c r="O128" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="P128" t="n">
+        <v>3.44</v>
+      </c>
+      <c r="Q128" t="n">
+        <v>13.7</v>
       </c>
       <c r="R128" t="n">
-        <v>36.5404</v>
+        <v>13.95</v>
       </c>
       <c r="S128" t="n">
-        <v>3.8531</v>
-[...21 lines deleted...]
-      <c r="AB128" t="inlineStr"/>
+        <v>15.84</v>
+      </c>
+      <c r="T128" t="inlineStr"/>
+      <c r="U128" t="inlineStr"/>
+      <c r="V128" t="inlineStr"/>
     </row>
     <row r="129">
       <c r="A129" t="inlineStr">
         <is>
-          <t>123054</t>
+          <t>123104</t>
         </is>
       </c>
       <c r="B129" t="inlineStr">
         <is>
-          <t>思特转债</t>
+          <t>卫宁转债</t>
         </is>
       </c>
       <c r="C129" t="inlineStr">
         <is>
-          <t>154.421</t>
+          <t>300253</t>
         </is>
       </c>
       <c r="D129" t="inlineStr">
         <is>
-          <t>1.209</t>
-[...6 lines deleted...]
-        <v>123.0769</v>
+          <t>卫宁健康</t>
+        </is>
+      </c>
+      <c r="E129" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F129" t="inlineStr">
+        <is>
+          <t>9.699</t>
+        </is>
       </c>
       <c r="G129" t="inlineStr">
         <is>
-          <t>300608</t>
+          <t>1.008</t>
         </is>
       </c>
       <c r="H129" t="inlineStr">
         <is>
-          <t>思特奇</t>
-[...6 lines deleted...]
-        <v>-0.16</v>
+          <t>2027-03-16</t>
+        </is>
+      </c>
+      <c r="I129" t="inlineStr">
+        <is>
+          <t>120.00</t>
+        </is>
+      </c>
+      <c r="J129" t="inlineStr">
+        <is>
+          <t>22.503</t>
+        </is>
       </c>
       <c r="K129" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30</t>
+        </is>
+      </c>
+      <c r="L129" t="n">
+        <v>31.3132</v>
+      </c>
+      <c r="M129" t="n">
+        <v>3.2807</v>
+      </c>
+      <c r="N129" t="n">
+        <v>3.1824</v>
+      </c>
+      <c r="O129" t="n">
+        <v>0.88</v>
+      </c>
+      <c r="P129" t="n">
+        <v>3.58</v>
+      </c>
+      <c r="Q129" t="n">
+        <v>13.77</v>
       </c>
       <c r="R129" t="n">
-        <v>40.5549</v>
+        <v>12.24</v>
       </c>
       <c r="S129" t="n">
-        <v>1.667</v>
-[...21 lines deleted...]
-      <c r="AB129" t="inlineStr"/>
+        <v>10.52</v>
+      </c>
+      <c r="T129" t="inlineStr"/>
+      <c r="U129" t="inlineStr"/>
+      <c r="V129" t="inlineStr"/>
     </row>
     <row r="130">
       <c r="A130" t="inlineStr">
         <is>
           <t>123192</t>
         </is>
       </c>
       <c r="B130" t="inlineStr">
         <is>
           <t>科思转债</t>
         </is>
       </c>
       <c r="C130" t="inlineStr">
         <is>
-          <t>133.414</t>
+          <t>300856</t>
         </is>
       </c>
       <c r="D130" t="inlineStr">
         <is>
-          <t>1.200</t>
-[...6 lines deleted...]
-        <v>82.2312</v>
+          <t>科思股份</t>
+        </is>
+      </c>
+      <c r="E130" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F130" t="inlineStr">
+        <is>
+          <t>7.187</t>
+        </is>
       </c>
       <c r="G130" t="inlineStr">
         <is>
-          <t>300856</t>
+          <t>3.088</t>
         </is>
       </c>
       <c r="H130" t="inlineStr">
         <is>
-          <t>科思股份</t>
-[...6 lines deleted...]
-        <v>0.99</v>
+          <t>2029-04-13</t>
+        </is>
+      </c>
+      <c r="I130" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J130" t="inlineStr">
+        <is>
+          <t>22.607</t>
+        </is>
       </c>
       <c r="K130" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30 2024-09-23 重新计</t>
         </is>
       </c>
+      <c r="L130" t="n">
+        <v>28.2327</v>
+      </c>
+      <c r="M130" t="n">
+        <v>4.3531</v>
+      </c>
+      <c r="N130" t="n">
+        <v>3.0451</v>
+      </c>
+      <c r="O130" t="n">
+        <v>5.62</v>
+      </c>
+      <c r="P130" t="n">
+        <v>7.34</v>
+      </c>
+      <c r="Q130" t="n">
+        <v>12.79</v>
+      </c>
       <c r="R130" t="n">
-        <v>28.2327</v>
+        <v>11.22</v>
       </c>
       <c r="S130" t="n">
-        <v>4.3531</v>
-[...21 lines deleted...]
-      <c r="AB130" t="inlineStr"/>
+        <v>19.31</v>
+      </c>
+      <c r="T130" t="inlineStr"/>
+      <c r="U130" t="inlineStr"/>
+      <c r="V130" t="inlineStr"/>
     </row>
     <row r="131">
       <c r="A131" t="inlineStr">
         <is>
-          <t>123183</t>
+          <t>123165</t>
         </is>
       </c>
       <c r="B131" t="inlineStr">
         <is>
-          <t>海顺转债</t>
+          <t>回天转债</t>
         </is>
       </c>
       <c r="C131" t="inlineStr">
         <is>
-          <t>136.823</t>
+          <t>300041</t>
         </is>
       </c>
       <c r="D131" t="inlineStr">
         <is>
-          <t>1.191</t>
-[...6 lines deleted...]
-        <v>95.8357</v>
+          <t>回天新材</t>
+        </is>
+      </c>
+      <c r="E131" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F131" t="inlineStr">
+        <is>
+          <t>8.497</t>
+        </is>
       </c>
       <c r="G131" t="inlineStr">
         <is>
-          <t>300501</t>
+          <t>2.627</t>
         </is>
       </c>
       <c r="H131" t="inlineStr">
         <is>
-          <t>海顺新材</t>
-[...6 lines deleted...]
-        <v>1.16</v>
+          <t>2028-10-27</t>
+        </is>
+      </c>
+      <c r="I131" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J131" t="inlineStr">
+        <is>
+          <t>19.760</t>
+        </is>
       </c>
       <c r="K131" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L131" t="n">
+        <v>53.7085</v>
+      </c>
+      <c r="M131" t="n">
+        <v>1.6997</v>
+      </c>
+      <c r="N131" t="n">
+        <v>1.5186</v>
+      </c>
+      <c r="O131" t="n">
+        <v>1.02</v>
+      </c>
+      <c r="P131" t="n">
+        <v>2.99</v>
+      </c>
+      <c r="Q131" t="n">
+        <v>20.6</v>
+      </c>
       <c r="R131" t="n">
-        <v>38.5635</v>
+        <v>14.37</v>
       </c>
       <c r="S131" t="n">
-        <v>2.6191</v>
-[...21 lines deleted...]
-      <c r="AB131" t="inlineStr"/>
+        <v>13.95</v>
+      </c>
+      <c r="T131" t="inlineStr"/>
+      <c r="U131" t="inlineStr"/>
+      <c r="V131" t="inlineStr"/>
     </row>
     <row r="132">
       <c r="A132" t="inlineStr">
         <is>
-          <t>113048</t>
+          <t>123199</t>
         </is>
       </c>
       <c r="B132" t="inlineStr">
         <is>
-          <t>晶科转债</t>
+          <t>山河转债</t>
         </is>
       </c>
       <c r="C132" t="inlineStr">
         <is>
-          <t>129.914</t>
+          <t>300452</t>
         </is>
       </c>
       <c r="D132" t="inlineStr">
         <is>
-          <t>1.163</t>
-[...6 lines deleted...]
-        <v>98.66670000000001</v>
+          <t>山河药辅</t>
+        </is>
+      </c>
+      <c r="E132" t="inlineStr">
+        <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="F132" t="inlineStr">
+        <is>
+          <t>3.198</t>
+        </is>
       </c>
       <c r="G132" t="inlineStr">
         <is>
-          <t>601778</t>
+          <t>3.252</t>
         </is>
       </c>
       <c r="H132" t="inlineStr">
         <is>
-          <t>晶科科技</t>
-[...6 lines deleted...]
-        <v>3.5</v>
+          <t>2029-06-12</t>
+        </is>
+      </c>
+      <c r="I132" t="inlineStr">
+        <is>
+          <t>108.00</t>
+        </is>
+      </c>
+      <c r="J132" t="inlineStr">
+        <is>
+          <t>17.290</t>
+        </is>
       </c>
       <c r="K132" t="inlineStr">
         <is>
-          <t>AA</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30</t>
+        </is>
+      </c>
+      <c r="L132" t="n">
+        <v>36.4464</v>
+      </c>
+      <c r="M132" t="n">
+        <v>4.5814</v>
+      </c>
+      <c r="N132" t="n">
+        <v>4.2293</v>
+      </c>
+      <c r="O132" t="n">
+        <v>1.19</v>
+      </c>
+      <c r="P132" t="n">
+        <v>1.62</v>
+      </c>
+      <c r="Q132" t="n">
+        <v>16.7</v>
       </c>
       <c r="R132" t="n">
-        <v>61.6617</v>
+        <v>19.06</v>
       </c>
       <c r="S132" t="n">
-        <v>1.9156</v>
-[...21 lines deleted...]
-      <c r="AB132" t="inlineStr"/>
+        <v>17.6</v>
+      </c>
+      <c r="T132" t="inlineStr"/>
+      <c r="U132" t="inlineStr"/>
+      <c r="V132" t="inlineStr"/>
     </row>
     <row r="133">
       <c r="A133" t="inlineStr">
         <is>
-          <t>110093</t>
+          <t>123168</t>
         </is>
       </c>
       <c r="B133" t="inlineStr">
         <is>
-          <t>神马转债</t>
+          <t>惠云转债</t>
         </is>
       </c>
       <c r="C133" t="inlineStr">
         <is>
-          <t>140.482</t>
+          <t>300891</t>
         </is>
       </c>
       <c r="D133" t="inlineStr">
         <is>
-          <t>1.164</t>
-[...6 lines deleted...]
-        <v>113.8101</v>
+          <t>惠云钛业</t>
+        </is>
+      </c>
+      <c r="E133" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F133" t="inlineStr">
+        <is>
+          <t>4.899</t>
+        </is>
       </c>
       <c r="G133" t="inlineStr">
         <is>
-          <t>600810</t>
+          <t>2.701</t>
         </is>
       </c>
       <c r="H133" t="inlineStr">
         <is>
-          <t>神马股份</t>
-[...6 lines deleted...]
-        <v>1.76</v>
+          <t>2028-11-23</t>
+        </is>
+      </c>
+      <c r="I133" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J133" t="inlineStr">
+        <is>
+          <t>13.962</t>
+        </is>
       </c>
       <c r="K133" t="inlineStr">
         <is>
-          <t>AA+</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30</t>
+        </is>
+      </c>
+      <c r="L133" t="n">
+        <v>56.4457</v>
+      </c>
+      <c r="M133" t="n">
+        <v>1.2458</v>
+      </c>
+      <c r="N133" t="n">
+        <v>0.8298</v>
+      </c>
+      <c r="O133" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="P133" t="n">
+        <v>0.41</v>
+      </c>
+      <c r="Q133" t="n">
+        <v>18.93</v>
       </c>
       <c r="R133" t="n">
-        <v>62.4943</v>
+        <v>14.37</v>
       </c>
       <c r="S133" t="n">
-        <v>1.3453</v>
-[...21 lines deleted...]
-      <c r="AB133" t="inlineStr"/>
+        <v>19.37</v>
+      </c>
+      <c r="T133" t="inlineStr"/>
+      <c r="U133" t="inlineStr"/>
+      <c r="V133" t="inlineStr"/>
     </row>
     <row r="134">
       <c r="A134" t="inlineStr">
         <is>
-          <t>113693</t>
+          <t>123118</t>
         </is>
       </c>
       <c r="B134" t="inlineStr">
         <is>
-          <t>志邦转债</t>
+          <t>惠城转债</t>
         </is>
       </c>
       <c r="C134" t="inlineStr">
         <is>
-          <t>131.506</t>
+          <t>300779</t>
         </is>
       </c>
       <c r="D134" t="inlineStr">
         <is>
-          <t>1.143</t>
-[...6 lines deleted...]
-        <v>84.809</v>
+          <t>惠城环保</t>
+        </is>
+      </c>
+      <c r="E134" t="inlineStr">
+        <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="F134" t="inlineStr">
+        <is>
+          <t>0.810</t>
+        </is>
       </c>
       <c r="G134" t="inlineStr">
         <is>
-          <t>603801</t>
+          <t>1.318</t>
         </is>
       </c>
       <c r="H134" t="inlineStr">
         <is>
-          <t>志邦家居</t>
-[...6 lines deleted...]
-        <v>0.62</v>
+          <t>2027-07-07</t>
+        </is>
+      </c>
+      <c r="I134" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J134" t="inlineStr">
+        <is>
+          <t>14.443</t>
+        </is>
       </c>
       <c r="K134" t="inlineStr">
         <is>
-          <t>AA</t>
-[...30 lines deleted...]
-        </is>
+          <t>!</t>
+        </is>
+      </c>
+      <c r="L134" t="n">
+        <v>74.1063</v>
+      </c>
+      <c r="M134" t="n">
+        <v>0.8817</v>
+      </c>
+      <c r="N134" t="n">
+        <v>0.5810999999999999</v>
+      </c>
+      <c r="O134" t="n">
+        <v>0.43</v>
+      </c>
+      <c r="P134" t="n">
+        <v>1.39</v>
+      </c>
+      <c r="Q134" t="n">
+        <v>47.35</v>
       </c>
       <c r="R134" t="n">
-        <v>46.719</v>
+        <v>56.58</v>
       </c>
       <c r="S134" t="n">
-        <v>1.2598</v>
-[...19 lines deleted...]
-      <c r="AB134" t="inlineStr"/>
+        <v>69.56999999999999</v>
+      </c>
+      <c r="T134" t="inlineStr"/>
+      <c r="U134" t="inlineStr"/>
+      <c r="V134" t="inlineStr"/>
     </row>
     <row r="135">
       <c r="A135" t="inlineStr">
         <is>
-          <t>123126</t>
+          <t>113610</t>
         </is>
       </c>
       <c r="B135" t="inlineStr">
         <is>
-          <t>瑞丰转债</t>
+          <t>灵康转债</t>
         </is>
       </c>
       <c r="C135" t="inlineStr">
         <is>
-          <t>139.500</t>
+          <t>603669</t>
         </is>
       </c>
       <c r="D135" t="inlineStr">
         <is>
-          <t>1.126</t>
-[...6 lines deleted...]
-        <v>98.9691</v>
+          <t>灵康药业</t>
+        </is>
+      </c>
+      <c r="E135" t="inlineStr">
+        <is>
+          <t>A-</t>
+        </is>
+      </c>
+      <c r="F135" t="inlineStr">
+        <is>
+          <t>2.530</t>
+        </is>
       </c>
       <c r="G135" t="inlineStr">
         <is>
-          <t>300243</t>
+          <t>0.721</t>
         </is>
       </c>
       <c r="H135" t="inlineStr">
         <is>
-          <t>瑞丰高材</t>
-[...6 lines deleted...]
-        <v>1.86</v>
+          <t>2026-12-01</t>
+        </is>
+      </c>
+      <c r="I135" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J135" t="inlineStr">
+        <is>
+          <t>8.450</t>
+        </is>
       </c>
       <c r="K135" t="inlineStr">
         <is>
-          <t>A</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L135" t="n">
+        <v>38.7874</v>
+      </c>
+      <c r="M135" t="n">
+        <v>3.1097</v>
+      </c>
+      <c r="N135" t="n">
+        <v>2.8009</v>
+      </c>
+      <c r="O135" t="n">
+        <v>-1.31</v>
+      </c>
+      <c r="P135" t="n">
+        <v>-1.51</v>
+      </c>
+      <c r="Q135" t="n">
+        <v>14.3</v>
+      </c>
       <c r="R135" t="n">
-        <v>50.9222</v>
+        <v>13.53</v>
       </c>
       <c r="S135" t="n">
-        <v>1.8001</v>
-[...21 lines deleted...]
-      <c r="AB135" t="inlineStr"/>
+        <v>18.14</v>
+      </c>
+      <c r="T135" t="inlineStr"/>
+      <c r="U135" t="inlineStr"/>
+      <c r="V135" t="inlineStr"/>
     </row>
     <row r="136">
       <c r="A136" t="inlineStr">
         <is>
-          <t>113046</t>
+          <t>110077</t>
         </is>
       </c>
       <c r="B136" t="inlineStr">
         <is>
-          <t>金田转债</t>
+          <t>洪城转债</t>
         </is>
       </c>
       <c r="C136" t="inlineStr">
         <is>
-          <t>150.918</t>
+          <t>600461</t>
         </is>
       </c>
       <c r="D136" t="inlineStr">
         <is>
-          <t>1.133</t>
-[...6 lines deleted...]
-        <v>117.2481</v>
+          <t>洪城环境</t>
+        </is>
+      </c>
+      <c r="E136" t="inlineStr">
+        <is>
+          <t>AA+</t>
+        </is>
+      </c>
+      <c r="F136" t="inlineStr">
+        <is>
+          <t>6.685</t>
+        </is>
       </c>
       <c r="G136" t="inlineStr">
         <is>
-          <t>601609</t>
+          <t>0.690</t>
         </is>
       </c>
       <c r="H136" t="inlineStr">
         <is>
-          <t>金田股份</t>
-[...6 lines deleted...]
-        <v>0.08</v>
+          <t>2026-11-20</t>
+        </is>
+      </c>
+      <c r="I136" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="J136" t="inlineStr">
+        <is>
+          <t>6.344</t>
+        </is>
       </c>
       <c r="K136" t="inlineStr">
         <is>
-          <t>AA+</t>
-[...30 lines deleted...]
-        </is>
+          <t>!</t>
+        </is>
+      </c>
+      <c r="L136" t="n">
+        <v>56.3664</v>
+      </c>
+      <c r="M136" t="n">
+        <v>0.8114</v>
+      </c>
+      <c r="N136" t="n">
+        <v>0.7655999999999999</v>
+      </c>
+      <c r="O136" t="n">
+        <v>11.9</v>
+      </c>
+      <c r="P136" t="n">
+        <v>10.83</v>
+      </c>
+      <c r="Q136" t="n">
+        <v>16.97</v>
       </c>
       <c r="R136" t="n">
-        <v>63.8133</v>
+        <v>13.5</v>
       </c>
       <c r="S136" t="n">
-        <v>1.6252</v>
-[...21 lines deleted...]
-      <c r="AB136" t="inlineStr"/>
+        <v>19.11</v>
+      </c>
+      <c r="T136" t="inlineStr"/>
+      <c r="U136" t="inlineStr"/>
+      <c r="V136" t="inlineStr"/>
     </row>
     <row r="137">
       <c r="A137" t="inlineStr">
         <is>
-          <t>123197</t>
+          <t>123088</t>
         </is>
       </c>
       <c r="B137" t="inlineStr">
         <is>
-          <t>光力转债</t>
+          <t>威唐转债</t>
         </is>
       </c>
       <c r="C137" t="inlineStr">
         <is>
-          <t>152.800</t>
+          <t>300707</t>
         </is>
       </c>
       <c r="D137" t="inlineStr">
         <is>
-          <t>1.122</t>
-[...6 lines deleted...]
-        <v>105.9102</v>
+          <t>威唐工业</t>
+        </is>
+      </c>
+      <c r="E137" t="inlineStr">
+        <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="F137" t="inlineStr">
+        <is>
+          <t>3.004</t>
+        </is>
       </c>
       <c r="G137" t="inlineStr">
         <is>
-          <t>300480</t>
+          <t>0.759</t>
         </is>
       </c>
       <c r="H137" t="inlineStr">
         <is>
-          <t>光力科技</t>
-[...6 lines deleted...]
-        <v>0</v>
+          <t>2026-12-15</t>
+        </is>
+      </c>
+      <c r="I137" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J137" t="inlineStr">
+        <is>
+          <t>19.448</t>
+        </is>
       </c>
       <c r="K137" t="inlineStr">
         <is>
-          <t>A+</t>
-[...30 lines deleted...]
-        </is>
+          <t>4/15 | 30</t>
+        </is>
+      </c>
+      <c r="L137" t="n">
+        <v>38.3278</v>
+      </c>
+      <c r="M137" t="n">
+        <v>3.2175</v>
+      </c>
+      <c r="N137" t="n">
+        <v>2.4015</v>
+      </c>
+      <c r="O137" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="P137" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="Q137" t="n">
+        <v>30.83</v>
       </c>
       <c r="R137" t="n">
-        <v>32.6747</v>
+        <v>26.16</v>
       </c>
       <c r="S137" t="n">
-        <v>6.4551</v>
-[...21 lines deleted...]
-      <c r="AB137" t="inlineStr"/>
+        <v>21.68</v>
+      </c>
+      <c r="T137" t="inlineStr"/>
+      <c r="U137" t="inlineStr"/>
+      <c r="V137" t="inlineStr"/>
     </row>
     <row r="138">
       <c r="A138" t="inlineStr">
         <is>
-          <t>113634</t>
+          <t>123214</t>
         </is>
       </c>
       <c r="B138" t="inlineStr">
         <is>
-          <t>珀莱转债</t>
+          <t>东宝转债</t>
         </is>
       </c>
       <c r="C138" t="inlineStr">
         <is>
-          <t>132.499</t>
+          <t>300239</t>
         </is>
       </c>
       <c r="D138" t="inlineStr">
         <is>
-          <t>1.119</t>
-[...6 lines deleted...]
-        <v>76.6604</v>
+          <t>东宝生物</t>
+        </is>
+      </c>
+      <c r="E138" t="inlineStr">
+        <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="F138" t="inlineStr">
+        <is>
+          <t>4.550</t>
+        </is>
       </c>
       <c r="G138" t="inlineStr">
         <is>
-          <t>603605</t>
+          <t>3.386</t>
         </is>
       </c>
       <c r="H138" t="inlineStr">
         <is>
-          <t>珀莱雅</t>
-[...6 lines deleted...]
-        <v>2.09</v>
+          <t>2029-07-31</t>
+        </is>
+      </c>
+      <c r="I138" t="inlineStr">
+        <is>
+          <t>113.00</t>
+        </is>
+      </c>
+      <c r="J138" t="inlineStr">
+        <is>
+          <t>8.619</t>
+        </is>
       </c>
       <c r="K138" t="inlineStr">
         <is>
-          <t>AA</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30</t>
+        </is>
+      </c>
+      <c r="L138" t="n">
+        <v>32.4961</v>
+      </c>
+      <c r="M138" t="n">
+        <v>4.9029</v>
+      </c>
+      <c r="N138" t="n">
+        <v>3.1226</v>
+      </c>
+      <c r="O138" t="n">
+        <v>0.86</v>
+      </c>
+      <c r="P138" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="Q138" t="n">
+        <v>14.06</v>
       </c>
       <c r="R138" t="n">
-        <v>32.6094</v>
+        <v>13.95</v>
       </c>
       <c r="S138" t="n">
-        <v>3.1926</v>
-[...21 lines deleted...]
-      <c r="AB138" t="inlineStr"/>
+        <v>17.81</v>
+      </c>
+      <c r="T138" t="inlineStr"/>
+      <c r="U138" t="inlineStr"/>
+      <c r="V138" t="inlineStr"/>
     </row>
     <row r="139">
       <c r="A139" t="inlineStr">
         <is>
-          <t>123144</t>
+          <t>123155</t>
         </is>
       </c>
       <c r="B139" t="inlineStr">
         <is>
-          <t>裕兴转债</t>
+          <t>中陆转债</t>
         </is>
       </c>
       <c r="C139" t="inlineStr">
         <is>
-          <t>128.306</t>
+          <t>301040</t>
         </is>
       </c>
       <c r="D139" t="inlineStr">
         <is>
-          <t>1.099</t>
-[...6 lines deleted...]
-        <v>77.7647</v>
+          <t>中环海陆</t>
+        </is>
+      </c>
+      <c r="E139" t="inlineStr">
+        <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="F139" t="inlineStr">
+        <is>
+          <t>3.600</t>
+        </is>
       </c>
       <c r="G139" t="inlineStr">
         <is>
-          <t>300305</t>
+          <t>2.419</t>
         </is>
       </c>
       <c r="H139" t="inlineStr">
         <is>
-          <t>裕兴股份</t>
-[...6 lines deleted...]
-        <v>2.48</v>
+          <t>2028-08-12</t>
+        </is>
+      </c>
+      <c r="I139" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J139" t="inlineStr">
+        <is>
+          <t>41.288</t>
+        </is>
       </c>
       <c r="K139" t="inlineStr">
         <is>
-          <t>A+</t>
-[...30 lines deleted...]
-        </is>
+          <t>1/15 | 30</t>
+        </is>
+      </c>
+      <c r="L139" t="n">
+        <v>47.1796</v>
+      </c>
+      <c r="M139" t="n">
+        <v>2.4741</v>
+      </c>
+      <c r="N139" t="n">
+        <v>2.0077</v>
+      </c>
+      <c r="O139" t="n">
+        <v>-1.54</v>
+      </c>
+      <c r="P139" t="n">
+        <v>-0.32</v>
+      </c>
+      <c r="Q139" t="n">
+        <v>28.38</v>
       </c>
       <c r="R139" t="n">
-        <v>38.6134</v>
+        <v>21.45</v>
       </c>
       <c r="S139" t="n">
-        <v>2.6532</v>
-[...21 lines deleted...]
-      <c r="AB139" t="inlineStr"/>
+        <v>19.18</v>
+      </c>
+      <c r="T139" t="inlineStr"/>
+      <c r="U139" t="inlineStr"/>
+      <c r="V139" t="inlineStr"/>
     </row>
     <row r="140">
       <c r="A140" t="inlineStr">
         <is>
-          <t>123119</t>
+          <t>127085</t>
         </is>
       </c>
       <c r="B140" t="inlineStr">
         <is>
-          <t>康泰转2</t>
+          <t>韵达转债</t>
         </is>
       </c>
       <c r="C140" t="inlineStr">
         <is>
-          <t>134.963</t>
+          <t>002120</t>
         </is>
       </c>
       <c r="D140" t="inlineStr">
         <is>
-          <t>1.097</t>
-[...6 lines deleted...]
-        <v>101.5257</v>
+          <t>韵达股份</t>
+        </is>
+      </c>
+      <c r="E140" t="inlineStr">
+        <is>
+          <t>AA+</t>
+        </is>
+      </c>
+      <c r="F140" t="inlineStr">
+        <is>
+          <t>24.499</t>
+        </is>
       </c>
       <c r="G140" t="inlineStr">
         <is>
-          <t>300601</t>
+          <t>3.082</t>
         </is>
       </c>
       <c r="H140" t="inlineStr">
         <is>
-          <t>康泰生物</t>
-[...6 lines deleted...]
-        <v>3.37</v>
+          <t>2029-04-11</t>
+        </is>
+      </c>
+      <c r="I140" t="inlineStr">
+        <is>
+          <t>108.00</t>
+        </is>
+      </c>
+      <c r="J140" t="inlineStr">
+        <is>
+          <t>15.249</t>
+        </is>
       </c>
       <c r="K140" t="inlineStr">
         <is>
-          <t>AA</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L140" t="n">
+        <v>42.9548</v>
+      </c>
+      <c r="M140" t="n">
+        <v>1.6065</v>
+      </c>
+      <c r="N140" t="n">
+        <v>1.5941</v>
+      </c>
+      <c r="O140" t="n">
+        <v>19.14</v>
+      </c>
+      <c r="P140" t="n">
+        <v>16.25</v>
+      </c>
+      <c r="Q140" t="n">
+        <v>8.949999999999999</v>
+      </c>
       <c r="R140" t="n">
-        <v>32.0058</v>
+        <v>7.66</v>
       </c>
       <c r="S140" t="n">
-        <v>2.7006</v>
-[...21 lines deleted...]
-      <c r="AB140" t="inlineStr"/>
+        <v>10.78</v>
+      </c>
+      <c r="T140" t="inlineStr"/>
+      <c r="U140" t="inlineStr"/>
+      <c r="V140" t="inlineStr"/>
     </row>
     <row r="141">
       <c r="A141" t="inlineStr">
         <is>
-          <t>111018</t>
+          <t>113670</t>
         </is>
       </c>
       <c r="B141" t="inlineStr">
         <is>
-          <t>华康转债</t>
+          <t>金23转债</t>
         </is>
       </c>
       <c r="C141" t="inlineStr">
         <is>
-          <t>136.194</t>
+          <t>603180</t>
         </is>
       </c>
       <c r="D141" t="inlineStr">
         <is>
-          <t>1.092</t>
-[...6 lines deleted...]
-        <v>99.56950000000001</v>
+          <t>金牌家居</t>
+        </is>
+      </c>
+      <c r="E141" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F141" t="inlineStr">
+        <is>
+          <t>7.700</t>
+        </is>
       </c>
       <c r="G141" t="inlineStr">
         <is>
-          <t>605077</t>
+          <t>3.099</t>
         </is>
       </c>
       <c r="H141" t="inlineStr">
         <is>
-          <t>华康股份</t>
-[...6 lines deleted...]
-        <v>-0.55</v>
+          <t>2029-04-17</t>
+        </is>
+      </c>
+      <c r="I141" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J141" t="inlineStr">
+        <is>
+          <t>48.932</t>
+        </is>
       </c>
       <c r="K141" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L141" t="n">
+        <v>53.4262</v>
+      </c>
+      <c r="M141" t="n">
+        <v>1.1445</v>
+      </c>
+      <c r="N141" t="n">
+        <v>0.8875999999999999</v>
+      </c>
+      <c r="O141" t="n">
+        <v>1.99</v>
+      </c>
+      <c r="P141" t="n">
+        <v>2.92</v>
+      </c>
+      <c r="Q141" t="n">
+        <v>10.72</v>
+      </c>
       <c r="R141" t="n">
-        <v>58.5079</v>
+        <v>9.140000000000001</v>
       </c>
       <c r="S141" t="n">
-        <v>1.5387</v>
-[...21 lines deleted...]
-      <c r="AB141" t="inlineStr"/>
+        <v>11.03</v>
+      </c>
+      <c r="T141" t="inlineStr"/>
+      <c r="U141" t="inlineStr"/>
+      <c r="V141" t="inlineStr"/>
     </row>
     <row r="142">
       <c r="A142" t="inlineStr">
         <is>
-          <t>118045</t>
+          <t>123193</t>
         </is>
       </c>
       <c r="B142" t="inlineStr">
         <is>
-          <t>盟升转债</t>
+          <t>海能转债</t>
         </is>
       </c>
       <c r="C142" t="inlineStr">
         <is>
-          <t>312.846</t>
+          <t>300787</t>
         </is>
       </c>
       <c r="D142" t="inlineStr">
         <is>
-          <t>1.087</t>
-[...6 lines deleted...]
-        <v>233.6676</v>
+          <t>海能实业</t>
+        </is>
+      </c>
+      <c r="E142" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F142" t="inlineStr">
+        <is>
+          <t>5.997</t>
+        </is>
       </c>
       <c r="G142" t="inlineStr">
         <is>
-          <t>688311</t>
+          <t>3.088</t>
         </is>
       </c>
       <c r="H142" t="inlineStr">
         <is>
-          <t>盟升电子</t>
-[...6 lines deleted...]
-        <v>4.57</v>
+          <t>2029-04-13</t>
+        </is>
+      </c>
+      <c r="I142" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J142" t="inlineStr">
+        <is>
+          <t>19.110</t>
+        </is>
       </c>
       <c r="K142" t="inlineStr">
         <is>
-          <t>A</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30</t>
+        </is>
+      </c>
+      <c r="L142" t="n">
+        <v>60.3733</v>
+      </c>
+      <c r="M142" t="n">
+        <v>1.2061</v>
+      </c>
+      <c r="N142" t="n">
+        <v>0.8333</v>
+      </c>
+      <c r="O142" t="n">
+        <v>0.77</v>
+      </c>
+      <c r="P142" t="n">
+        <v>1.29</v>
+      </c>
+      <c r="Q142" t="n">
+        <v>14.26</v>
       </c>
       <c r="R142" t="n">
-        <v>29.9915</v>
+        <v>12.1</v>
       </c>
       <c r="S142" t="n">
-        <v>2.7384</v>
-[...21 lines deleted...]
-      <c r="AB142" t="inlineStr"/>
+        <v>17.29</v>
+      </c>
+      <c r="T142" t="inlineStr"/>
+      <c r="U142" t="inlineStr"/>
+      <c r="V142" t="inlineStr"/>
     </row>
     <row r="143">
       <c r="A143" t="inlineStr">
         <is>
-          <t>127069</t>
+          <t>127040</t>
         </is>
       </c>
       <c r="B143" t="inlineStr">
         <is>
-          <t>小熊转债</t>
+          <t>国泰转债</t>
         </is>
       </c>
       <c r="C143" t="inlineStr">
         <is>
-          <t>133.446</t>
+          <t>002091</t>
         </is>
       </c>
       <c r="D143" t="inlineStr">
         <is>
-          <t>1.085</t>
-[...6 lines deleted...]
-        <v>86.1084</v>
+          <t>江苏国泰</t>
+        </is>
+      </c>
+      <c r="E143" t="inlineStr">
+        <is>
+          <t>AA+</t>
+        </is>
+      </c>
+      <c r="F143" t="inlineStr">
+        <is>
+          <t>39.864</t>
+        </is>
       </c>
       <c r="G143" t="inlineStr">
         <is>
-          <t>002959</t>
+          <t>1.318</t>
         </is>
       </c>
       <c r="H143" t="inlineStr">
         <is>
-          <t>小熊电器</t>
-[...6 lines deleted...]
-        <v>0.76</v>
+          <t>2027-07-07</t>
+        </is>
+      </c>
+      <c r="I143" t="inlineStr">
+        <is>
+          <t>108.00</t>
+        </is>
+      </c>
+      <c r="J143" t="inlineStr">
+        <is>
+          <t>9.945</t>
+        </is>
       </c>
       <c r="K143" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30</t>
+        </is>
+      </c>
+      <c r="L143" t="n">
+        <v>49.5978</v>
+      </c>
+      <c r="M143" t="n">
+        <v>2.025</v>
+      </c>
+      <c r="N143" t="n">
+        <v>1.8386</v>
+      </c>
+      <c r="O143" t="n">
+        <v>11.06</v>
+      </c>
+      <c r="P143" t="n">
+        <v>16.04</v>
+      </c>
+      <c r="Q143" t="n">
+        <v>17.77</v>
       </c>
       <c r="R143" t="n">
-        <v>45.4888</v>
+        <v>17.09</v>
       </c>
       <c r="S143" t="n">
-        <v>1.8923</v>
-[...21 lines deleted...]
-      <c r="AB143" t="inlineStr"/>
+        <v>15.23</v>
+      </c>
+      <c r="T143" t="inlineStr"/>
+      <c r="U143" t="inlineStr"/>
+      <c r="V143" t="inlineStr"/>
     </row>
     <row r="144">
       <c r="A144" t="inlineStr">
         <is>
-          <t>123194</t>
+          <t>123126</t>
         </is>
       </c>
       <c r="B144" t="inlineStr">
         <is>
-          <t>百洋转债</t>
+          <t>瑞丰转债</t>
         </is>
       </c>
       <c r="C144" t="inlineStr">
         <is>
-          <t>137.941</t>
+          <t>300243</t>
         </is>
       </c>
       <c r="D144" t="inlineStr">
         <is>
-          <t>1.070</t>
-[...6 lines deleted...]
-        <v>97.79179999999999</v>
+          <t>瑞丰高材</t>
+        </is>
+      </c>
+      <c r="E144" t="inlineStr">
+        <is>
+          <t>A</t>
+        </is>
+      </c>
+      <c r="F144" t="inlineStr">
+        <is>
+          <t>3.397</t>
+        </is>
       </c>
       <c r="G144" t="inlineStr">
         <is>
-          <t>301015</t>
+          <t>1.496</t>
         </is>
       </c>
       <c r="H144" t="inlineStr">
         <is>
-          <t>百洋医药</t>
-[...6 lines deleted...]
-        <v>1.68</v>
+          <t>2027-09-10</t>
+        </is>
+      </c>
+      <c r="I144" t="inlineStr">
+        <is>
+          <t>120.00</t>
+        </is>
+      </c>
+      <c r="J144" t="inlineStr">
+        <is>
+          <t>15.132</t>
+        </is>
       </c>
       <c r="K144" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...30 lines deleted...]
-        </is>
+          <t>1/15 | 30</t>
+        </is>
+      </c>
+      <c r="L144" t="n">
+        <v>50.9222</v>
+      </c>
+      <c r="M144" t="n">
+        <v>1.8001</v>
+      </c>
+      <c r="N144" t="n">
+        <v>1.3595</v>
+      </c>
+      <c r="O144" t="n">
+        <v>0.22</v>
+      </c>
+      <c r="P144" t="n">
+        <v>0.85</v>
+      </c>
+      <c r="Q144" t="n">
+        <v>19.49</v>
       </c>
       <c r="R144" t="n">
-        <v>63.5936</v>
+        <v>13.97</v>
       </c>
       <c r="S144" t="n">
-        <v>1.5521</v>
-[...21 lines deleted...]
-      <c r="AB144" t="inlineStr"/>
+        <v>13.12</v>
+      </c>
+      <c r="T144" t="inlineStr"/>
+      <c r="U144" t="inlineStr"/>
+      <c r="V144" t="inlineStr"/>
     </row>
     <row r="145">
       <c r="A145" t="inlineStr">
         <is>
-          <t>111021</t>
+          <t>113650</t>
         </is>
       </c>
       <c r="B145" t="inlineStr">
         <is>
-          <t>奥锐转债</t>
+          <t>博22转债</t>
         </is>
       </c>
       <c r="C145" t="inlineStr">
         <is>
-          <t>172.543</t>
+          <t>603916</t>
         </is>
       </c>
       <c r="D145" t="inlineStr">
         <is>
-          <t>1.049</t>
-[...6 lines deleted...]
-        <v>125.4611</v>
+          <t>苏博特</t>
+        </is>
+      </c>
+      <c r="E145" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F145" t="inlineStr">
+        <is>
+          <t>7.996</t>
+        </is>
       </c>
       <c r="G145" t="inlineStr">
         <is>
-          <t>605116</t>
+          <t>2.304</t>
         </is>
       </c>
       <c r="H145" t="inlineStr">
         <is>
-          <t>奥锐特</t>
-[...6 lines deleted...]
-        <v>0.97</v>
+          <t>2028-07-01</t>
+        </is>
+      </c>
+      <c r="I145" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J145" t="inlineStr">
+        <is>
+          <t>30.095</t>
+        </is>
       </c>
       <c r="K145" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30</t>
+        </is>
+      </c>
+      <c r="L145" t="n">
+        <v>44.2425</v>
+      </c>
+      <c r="M145" t="n">
+        <v>2.0859</v>
+      </c>
+      <c r="N145" t="n">
+        <v>1.8897</v>
+      </c>
+      <c r="O145" t="n">
+        <v>0.96</v>
+      </c>
+      <c r="P145" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="Q145" t="n">
+        <v>14.32</v>
       </c>
       <c r="R145" t="n">
-        <v>37.5296</v>
+        <v>10.43</v>
       </c>
       <c r="S145" t="n">
-        <v>4.3007</v>
-[...19 lines deleted...]
-      <c r="AB145" t="inlineStr"/>
+        <v>10.23</v>
+      </c>
+      <c r="T145" t="inlineStr"/>
+      <c r="U145" t="inlineStr"/>
+      <c r="V145" t="inlineStr"/>
     </row>
     <row r="146">
       <c r="A146" t="inlineStr">
         <is>
-          <t>123090</t>
+          <t>118032</t>
         </is>
       </c>
       <c r="B146" t="inlineStr">
         <is>
-          <t>三诺转债</t>
+          <t>建龙转债</t>
         </is>
       </c>
       <c r="C146" t="inlineStr">
         <is>
-          <t>122.228</t>
+          <t>688357</t>
         </is>
       </c>
       <c r="D146" t="inlineStr">
         <is>
-          <t>1.032</t>
-[...6 lines deleted...]
-        <v>54.4109</v>
+          <t>建龙微纳</t>
+        </is>
+      </c>
+      <c r="E146" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F146" t="inlineStr">
+        <is>
+          <t>6.999</t>
+        </is>
       </c>
       <c r="G146" t="inlineStr">
         <is>
-          <t>300298</t>
+          <t>2.989</t>
         </is>
       </c>
       <c r="H146" t="inlineStr">
         <is>
-          <t>三诺生物</t>
-[...6 lines deleted...]
-        <v>1.63</v>
+          <t>2029-03-08</t>
+        </is>
+      </c>
+      <c r="I146" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J146" t="inlineStr">
+        <is>
+          <t>93.223</t>
+        </is>
       </c>
       <c r="K146" t="inlineStr">
         <is>
-          <t>AA</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L146" t="n">
+        <v>38.3641</v>
+      </c>
+      <c r="M146" t="n">
+        <v>3.1882</v>
+      </c>
+      <c r="N146" t="n">
+        <v>2.501</v>
+      </c>
+      <c r="O146" t="n">
+        <v>0.75</v>
+      </c>
+      <c r="P146" t="n">
+        <v>1.53</v>
+      </c>
+      <c r="Q146" t="n">
+        <v>13.33</v>
+      </c>
       <c r="R146" t="n">
-        <v>41.1916</v>
+        <v>10.08</v>
       </c>
       <c r="S146" t="n">
-        <v>1.4251</v>
-[...21 lines deleted...]
-      <c r="AB146" t="inlineStr"/>
+        <v>11.69</v>
+      </c>
+      <c r="T146" t="inlineStr"/>
+      <c r="U146" t="inlineStr"/>
+      <c r="V146" t="inlineStr"/>
     </row>
     <row r="147">
       <c r="A147" t="inlineStr">
         <is>
-          <t>123113</t>
+          <t>113066</t>
         </is>
       </c>
       <c r="B147" t="inlineStr">
         <is>
-          <t>仙乐转债</t>
+          <t>平煤转债</t>
         </is>
       </c>
       <c r="C147" t="inlineStr">
         <is>
-          <t>130.274</t>
+          <t>601666</t>
         </is>
       </c>
       <c r="D147" t="inlineStr">
         <is>
-          <t>1.031</t>
-[...6 lines deleted...]
-        <v>78.34269999999999</v>
+          <t>平煤股份</t>
+        </is>
+      </c>
+      <c r="E147" t="inlineStr">
+        <is>
+          <t>AAA</t>
+        </is>
+      </c>
+      <c r="F147" t="inlineStr">
+        <is>
+          <t>14.274</t>
+        </is>
       </c>
       <c r="G147" t="inlineStr">
         <is>
-          <t>300791</t>
+          <t>3.011</t>
         </is>
       </c>
       <c r="H147" t="inlineStr">
         <is>
-          <t>仙乐健康</t>
-[...6 lines deleted...]
-        <v>0.08</v>
+          <t>2029-03-16</t>
+        </is>
+      </c>
+      <c r="I147" t="inlineStr">
+        <is>
+          <t>107.00</t>
+        </is>
+      </c>
+      <c r="J147" t="inlineStr">
+        <is>
+          <t>9.776</t>
+        </is>
       </c>
       <c r="K147" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30 2024-09-30 重新计</t>
+        </is>
+      </c>
+      <c r="L147" t="n">
+        <v>63.1707</v>
+      </c>
+      <c r="M147" t="n">
+        <v>0.5502</v>
+      </c>
+      <c r="N147" t="n">
+        <v>0.5122</v>
+      </c>
+      <c r="O147" t="n">
+        <v>23.5</v>
+      </c>
+      <c r="P147" t="n">
+        <v>40.1</v>
+      </c>
+      <c r="Q147" t="n">
+        <v>28.34</v>
       </c>
       <c r="R147" t="n">
-        <v>53.2205</v>
+        <v>20.6</v>
       </c>
       <c r="S147" t="n">
-        <v>1.893</v>
-[...21 lines deleted...]
-      <c r="AB147" t="inlineStr"/>
+        <v>20.56</v>
+      </c>
+      <c r="T147" t="inlineStr"/>
+      <c r="U147" t="inlineStr"/>
+      <c r="V147" t="inlineStr"/>
     </row>
     <row r="148">
       <c r="A148" t="inlineStr">
         <is>
-          <t>113688</t>
+          <t>127031</t>
         </is>
       </c>
       <c r="B148" t="inlineStr">
         <is>
-          <t>国检转债</t>
+          <t>洋丰转债</t>
         </is>
       </c>
       <c r="C148" t="inlineStr">
         <is>
-          <t>139.760</t>
+          <t>000902</t>
         </is>
       </c>
       <c r="D148" t="inlineStr">
         <is>
-          <t>1.020</t>
-[...6 lines deleted...]
-        <v>100.4601</v>
+          <t>新洋丰</t>
+        </is>
+      </c>
+      <c r="E148" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F148" t="inlineStr">
+        <is>
+          <t>9.999</t>
+        </is>
       </c>
       <c r="G148" t="inlineStr">
         <is>
-          <t>603060</t>
+          <t>1.033</t>
         </is>
       </c>
       <c r="H148" t="inlineStr">
         <is>
-          <t>国检集团</t>
-[...6 lines deleted...]
-        <v>0.46</v>
+          <t>2027-03-25</t>
+        </is>
+      </c>
+      <c r="I148" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="J148" t="inlineStr">
+        <is>
+          <t>22.217</t>
+        </is>
       </c>
       <c r="K148" t="inlineStr">
         <is>
-          <t>AA+</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L148" t="n">
+        <v>38.8636</v>
+      </c>
+      <c r="M148" t="n">
+        <v>1.5525</v>
+      </c>
+      <c r="N148" t="n">
+        <v>0.8594000000000001</v>
+      </c>
+      <c r="O148" t="n">
+        <v>13.15</v>
+      </c>
+      <c r="P148" t="n">
+        <v>12.07</v>
+      </c>
+      <c r="Q148" t="n">
+        <v>27.2</v>
+      </c>
       <c r="R148" t="n">
-        <v>53.2638</v>
+        <v>19.63</v>
       </c>
       <c r="S148" t="n">
-        <v>1.4864</v>
-[...19 lines deleted...]
-      <c r="AB148" t="inlineStr"/>
+        <v>13.92</v>
+      </c>
+      <c r="T148" t="inlineStr"/>
+      <c r="U148" t="inlineStr"/>
+      <c r="V148" t="inlineStr"/>
     </row>
     <row r="149">
       <c r="A149" t="inlineStr">
         <is>
-          <t>118033</t>
+          <t>123224</t>
         </is>
       </c>
       <c r="B149" t="inlineStr">
         <is>
-          <t>华特转债</t>
+          <t>宇邦转债</t>
         </is>
       </c>
       <c r="C149" t="inlineStr">
         <is>
-          <t>139.652</t>
+          <t>301266</t>
         </is>
       </c>
       <c r="D149" t="inlineStr">
         <is>
-          <t>1.018</t>
-[...6 lines deleted...]
-        <v>82.5378</v>
+          <t>宇邦新材</t>
+        </is>
+      </c>
+      <c r="E149" t="inlineStr">
+        <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="F149" t="inlineStr">
+        <is>
+          <t>2.848</t>
+        </is>
       </c>
       <c r="G149" t="inlineStr">
         <is>
-          <t>688268</t>
+          <t>3.523</t>
         </is>
       </c>
       <c r="H149" t="inlineStr">
         <is>
-          <t>华特气体</t>
-[...6 lines deleted...]
-        <v>0.62</v>
+          <t>2029-09-19</t>
+        </is>
+      </c>
+      <c r="I149" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J149" t="inlineStr">
+        <is>
+          <t>47.866</t>
+        </is>
       </c>
       <c r="K149" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...30 lines deleted...]
-        </is>
+          <t>!</t>
+        </is>
+      </c>
+      <c r="L149" t="n">
+        <v>44.6857</v>
+      </c>
+      <c r="M149" t="n">
+        <v>2.3193</v>
+      </c>
+      <c r="N149" t="n">
+        <v>2.0994</v>
+      </c>
+      <c r="O149" t="n">
+        <v>0.39</v>
+      </c>
+      <c r="P149" t="n">
+        <v>1.51</v>
+      </c>
+      <c r="Q149" t="n">
+        <v>45.24</v>
       </c>
       <c r="R149" t="n">
-        <v>41.8401</v>
+        <v>28.7</v>
       </c>
       <c r="S149" t="n">
-        <v>3.191</v>
-[...21 lines deleted...]
-      <c r="AB149" t="inlineStr"/>
+        <v>27.12</v>
+      </c>
+      <c r="T149" t="inlineStr"/>
+      <c r="U149" t="inlineStr"/>
+      <c r="V149" t="inlineStr"/>
     </row>
     <row r="150">
       <c r="A150" t="inlineStr">
         <is>
-          <t>123216</t>
+          <t>111005</t>
         </is>
       </c>
       <c r="B150" t="inlineStr">
         <is>
-          <t>科顺转债</t>
+          <t>富春转债</t>
         </is>
       </c>
       <c r="C150" t="inlineStr">
         <is>
-          <t>140.000</t>
+          <t>605189</t>
         </is>
       </c>
       <c r="D150" t="inlineStr">
         <is>
-          <t>1.011</t>
-[...6 lines deleted...]
-        <v>101.949</v>
+          <t>富春染织</t>
+        </is>
+      </c>
+      <c r="E150" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F150" t="inlineStr">
+        <is>
+          <t>5.298</t>
+        </is>
       </c>
       <c r="G150" t="inlineStr">
         <is>
-          <t>300737</t>
+          <t>2.282</t>
         </is>
       </c>
       <c r="H150" t="inlineStr">
         <is>
-          <t>科顺股份</t>
-[...6 lines deleted...]
-        <v>-2.3</v>
+          <t>2028-06-23</t>
+        </is>
+      </c>
+      <c r="I150" t="inlineStr">
+        <is>
+          <t>108.30</t>
+        </is>
+      </c>
+      <c r="J150" t="inlineStr">
+        <is>
+          <t>15.574</t>
+        </is>
       </c>
       <c r="K150" t="inlineStr">
         <is>
-          <t>-</t>
-[...30 lines deleted...]
-        </is>
+          <t>9/15 | 30 2026-01-26 重新计</t>
+        </is>
+      </c>
+      <c r="L150" t="n">
+        <v>63.9492</v>
+      </c>
+      <c r="M150" t="n">
+        <v>1.1705</v>
+      </c>
+      <c r="N150" t="n">
+        <v>0.5826</v>
+      </c>
+      <c r="O150" t="n">
+        <v>1.26</v>
+      </c>
+      <c r="P150" t="n">
+        <v>1.04</v>
+      </c>
+      <c r="Q150" t="n">
+        <v>44.85</v>
       </c>
       <c r="R150" t="n">
-        <v>69.1742</v>
+        <v>35.3</v>
       </c>
       <c r="S150" t="n">
-        <v>1.385</v>
-[...21 lines deleted...]
-      <c r="AB150" t="inlineStr"/>
+        <v>28.57</v>
+      </c>
+      <c r="T150" t="inlineStr"/>
+      <c r="U150" t="inlineStr"/>
+      <c r="V150" t="inlineStr"/>
     </row>
     <row r="151">
       <c r="A151" t="inlineStr">
         <is>
-          <t>110092</t>
+          <t>113665</t>
         </is>
       </c>
       <c r="B151" t="inlineStr">
         <is>
-          <t>三房转债</t>
+          <t>汇通转债</t>
         </is>
       </c>
       <c r="C151" t="inlineStr">
         <is>
-          <t>114.090</t>
+          <t>603176</t>
         </is>
       </c>
       <c r="D151" t="inlineStr">
         <is>
-          <t>0.996</t>
-[...6 lines deleted...]
-        <v>90.7285</v>
+          <t>汇通集团</t>
+        </is>
+      </c>
+      <c r="E151" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F151" t="inlineStr">
+        <is>
+          <t>3.596</t>
+        </is>
       </c>
       <c r="G151" t="inlineStr">
         <is>
-          <t>600370</t>
+          <t>2.762</t>
         </is>
       </c>
       <c r="H151" t="inlineStr">
         <is>
-          <t>三房巷</t>
-[...6 lines deleted...]
-        <v>-0.36</v>
+          <t>2028-12-15</t>
+        </is>
+      </c>
+      <c r="I151" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J151" t="inlineStr">
+        <is>
+          <t>8.177</t>
+        </is>
       </c>
       <c r="K151" t="inlineStr">
         <is>
-          <t>A+</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L151" t="n">
+        <v>78.64579999999999</v>
+      </c>
+      <c r="M151" t="n">
+        <v>1.4916</v>
+      </c>
+      <c r="N151" t="n">
+        <v>1.4787</v>
+      </c>
+      <c r="O151" t="n">
+        <v>0.6899999999999999</v>
+      </c>
+      <c r="P151" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="Q151" t="n">
+        <v>14.53</v>
+      </c>
       <c r="R151" t="n">
-        <v>73.1404</v>
+        <v>14.39</v>
       </c>
       <c r="S151" t="n">
-        <v>0.9687</v>
-[...21 lines deleted...]
-      <c r="AB151" t="inlineStr"/>
+        <v>21.64</v>
+      </c>
+      <c r="T151" t="inlineStr"/>
+      <c r="U151" t="inlineStr"/>
+      <c r="V151" t="inlineStr"/>
     </row>
     <row r="152">
       <c r="A152" t="inlineStr">
         <is>
-          <t>113649</t>
+          <t>123065</t>
         </is>
       </c>
       <c r="B152" t="inlineStr">
         <is>
-          <t>丰山转债</t>
+          <t>宝莱转债</t>
         </is>
       </c>
       <c r="C152" t="inlineStr">
         <is>
-          <t>148.331</t>
+          <t>300246</t>
         </is>
       </c>
       <c r="D152" t="inlineStr">
         <is>
-          <t>0.974</t>
-[...6 lines deleted...]
-        <v>123.4523</v>
+          <t>宝莱特</t>
+        </is>
+      </c>
+      <c r="E152" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F152" t="inlineStr">
+        <is>
+          <t>2.180</t>
+        </is>
       </c>
       <c r="G152" t="inlineStr">
         <is>
-          <t>603810</t>
+          <t>0.480</t>
         </is>
       </c>
       <c r="H152" t="inlineStr">
         <is>
-          <t>丰山集团</t>
-[...6 lines deleted...]
-        <v>1.5</v>
+          <t>2026-09-04</t>
+        </is>
+      </c>
+      <c r="I152" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J152" t="inlineStr">
+        <is>
+          <t>31.161</t>
+        </is>
       </c>
       <c r="K152" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30</t>
+        </is>
+      </c>
+      <c r="L152" t="n">
+        <v>49.0935</v>
+      </c>
+      <c r="M152" t="n">
+        <v>1.6177</v>
+      </c>
+      <c r="N152" t="n">
+        <v>1.2638</v>
+      </c>
+      <c r="O152" t="n">
+        <v>-0.71</v>
+      </c>
+      <c r="P152" t="n">
+        <v>-0.65</v>
+      </c>
+      <c r="Q152" t="n">
+        <v>25.4</v>
       </c>
       <c r="R152" t="n">
-        <v>41.1626</v>
+        <v>22.71</v>
       </c>
       <c r="S152" t="n">
-        <v>2.5667</v>
-[...21 lines deleted...]
-      <c r="AB152" t="inlineStr"/>
+        <v>15.41</v>
+      </c>
+      <c r="T152" t="inlineStr"/>
+      <c r="U152" t="inlineStr"/>
+      <c r="V152" t="inlineStr"/>
     </row>
     <row r="153">
       <c r="A153" t="inlineStr">
         <is>
-          <t>123199</t>
+          <t>123109</t>
         </is>
       </c>
       <c r="B153" t="inlineStr">
         <is>
-          <t>山河转债</t>
+          <t>昌红转债</t>
         </is>
       </c>
       <c r="C153" t="inlineStr">
         <is>
-          <t>148.325</t>
+          <t>300151</t>
         </is>
       </c>
       <c r="D153" t="inlineStr">
         <is>
-          <t>0.966</t>
-[...6 lines deleted...]
-        <v>117.9699</v>
+          <t>昌红科技</t>
+        </is>
+      </c>
+      <c r="E153" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F153" t="inlineStr">
+        <is>
+          <t>4.595</t>
+        </is>
       </c>
       <c r="G153" t="inlineStr">
         <is>
-          <t>300452</t>
+          <t>1.052</t>
         </is>
       </c>
       <c r="H153" t="inlineStr">
         <is>
-          <t>山河药辅</t>
-[...6 lines deleted...]
-        <v>1.62</v>
+          <t>2027-04-01</t>
+        </is>
+      </c>
+      <c r="I153" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J153" t="inlineStr">
+        <is>
+          <t>34.736</t>
+        </is>
       </c>
       <c r="K153" t="inlineStr">
         <is>
-          <t>A+</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30 2022-05-30 重新计</t>
+        </is>
+      </c>
+      <c r="L153" t="n">
+        <v>38.7193</v>
+      </c>
+      <c r="M153" t="n">
+        <v>2.965</v>
+      </c>
+      <c r="N153" t="n">
+        <v>2.5316</v>
+      </c>
+      <c r="O153" t="n">
+        <v>1.02</v>
+      </c>
+      <c r="P153" t="n">
+        <v>0.32</v>
+      </c>
+      <c r="Q153" t="n">
+        <v>15.54</v>
       </c>
       <c r="R153" t="n">
-        <v>36.4464</v>
+        <v>12.57</v>
       </c>
       <c r="S153" t="n">
-        <v>4.5814</v>
-[...21 lines deleted...]
-      <c r="AB153" t="inlineStr"/>
+        <v>11.89</v>
+      </c>
+      <c r="T153" t="inlineStr"/>
+      <c r="U153" t="inlineStr"/>
+      <c r="V153" t="inlineStr"/>
     </row>
     <row r="154">
       <c r="A154" t="inlineStr">
         <is>
-          <t>123131</t>
+          <t>113688</t>
         </is>
       </c>
       <c r="B154" t="inlineStr">
         <is>
-          <t>奥飞转债</t>
+          <t>国检转债</t>
         </is>
       </c>
       <c r="C154" t="inlineStr">
         <is>
-          <t>298.999</t>
+          <t>603060</t>
         </is>
       </c>
       <c r="D154" t="inlineStr">
         <is>
-          <t>0.957</t>
-[...6 lines deleted...]
-        <v>214.9105</v>
+          <t>国检集团</t>
+        </is>
+      </c>
+      <c r="E154" t="inlineStr">
+        <is>
+          <t>AA+</t>
+        </is>
+      </c>
+      <c r="F154" t="inlineStr">
+        <is>
+          <t>7.998</t>
+        </is>
       </c>
       <c r="G154" t="inlineStr">
         <is>
-          <t>300738</t>
+          <t>4.600</t>
         </is>
       </c>
       <c r="H154" t="inlineStr">
         <is>
-          <t>奥飞数据</t>
-[...6 lines deleted...]
-        <v>0.79</v>
+          <t>2030-10-17</t>
+        </is>
+      </c>
+      <c r="I154" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="J154" t="inlineStr">
+        <is>
+          <t>8.476</t>
+        </is>
       </c>
       <c r="K154" t="inlineStr">
         <is>
-          <t>A+</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30</t>
+        </is>
+      </c>
+      <c r="L154" t="n">
+        <v>53.2638</v>
+      </c>
+      <c r="M154" t="n">
+        <v>1.4864</v>
+      </c>
+      <c r="N154" t="n">
+        <v>1.3918</v>
+      </c>
+      <c r="O154" t="n">
+        <v>2.04</v>
+      </c>
+      <c r="P154" t="n">
+        <v>2.57</v>
+      </c>
+      <c r="Q154" t="n">
+        <v>19.39</v>
       </c>
       <c r="R154" t="n">
-        <v>75.831</v>
-[...24 lines deleted...]
-      <c r="AB154" t="inlineStr"/>
+        <v>13.18</v>
+      </c>
+      <c r="S154" t="inlineStr"/>
+      <c r="T154" t="inlineStr"/>
+      <c r="U154" t="inlineStr"/>
+      <c r="V154" t="inlineStr"/>
     </row>
     <row r="155">
       <c r="A155" t="inlineStr">
         <is>
-          <t>123223</t>
+          <t>111024</t>
         </is>
       </c>
       <c r="B155" t="inlineStr">
         <is>
-          <t>九典转02</t>
+          <t>澳弘转债</t>
         </is>
       </c>
       <c r="C155" t="inlineStr">
         <is>
-          <t>146.041</t>
+          <t>605058</t>
         </is>
       </c>
       <c r="D155" t="inlineStr">
         <is>
-          <t>0.954</t>
-[...6 lines deleted...]
-        <v>106.7559</v>
+          <t>澳弘电子</t>
+        </is>
+      </c>
+      <c r="E155" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F155" t="inlineStr">
+        <is>
+          <t>5.800</t>
+        </is>
       </c>
       <c r="G155" t="inlineStr">
         <is>
-          <t>300705</t>
+          <t>5.748</t>
         </is>
       </c>
       <c r="H155" t="inlineStr">
         <is>
-          <t>九典制药</t>
-[...6 lines deleted...]
-        <v>1.85</v>
+          <t>2031-12-10</t>
+        </is>
+      </c>
+      <c r="I155" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="J155" t="inlineStr">
+        <is>
+          <t>44.252</t>
+        </is>
       </c>
       <c r="K155" t="inlineStr">
         <is>
-          <t>A+</t>
-[...58 lines deleted...]
-      <c r="AB155" t="inlineStr"/>
+          <t>0/15 | 30</t>
+        </is>
+      </c>
+      <c r="L155" t="n">
+        <v>39.1964</v>
+      </c>
+      <c r="M155" t="n">
+        <v>2.0034</v>
+      </c>
+      <c r="N155" t="n">
+        <v>1.7382</v>
+      </c>
+      <c r="O155" t="n">
+        <v>1.41</v>
+      </c>
+      <c r="P155" t="n">
+        <v>1.33</v>
+      </c>
+      <c r="Q155" t="n">
+        <v>35.87</v>
+      </c>
+      <c r="R155" t="inlineStr"/>
+      <c r="S155" t="inlineStr"/>
+      <c r="T155" t="inlineStr"/>
+      <c r="U155" t="inlineStr"/>
+      <c r="V155" t="inlineStr"/>
     </row>
     <row r="156">
       <c r="A156" t="inlineStr">
         <is>
-          <t>127045</t>
+          <t>111021</t>
         </is>
       </c>
       <c r="B156" t="inlineStr">
         <is>
-          <t>牧原转债</t>
+          <t>奥锐转债</t>
         </is>
       </c>
       <c r="C156" t="inlineStr">
         <is>
-          <t>137.741</t>
+          <t>605116</t>
         </is>
       </c>
       <c r="D156" t="inlineStr">
         <is>
-          <t>0.951</t>
-[...6 lines deleted...]
-        <v>103.9539</v>
+          <t>奥锐特</t>
+        </is>
+      </c>
+      <c r="E156" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F156" t="inlineStr">
+        <is>
+          <t>8.121</t>
+        </is>
       </c>
       <c r="G156" t="inlineStr">
         <is>
-          <t>002714</t>
+          <t>4.373</t>
         </is>
       </c>
       <c r="H156" t="inlineStr">
         <is>
-          <t>牧原股份</t>
-[...6 lines deleted...]
-        <v>0.85</v>
+          <t>2030-07-26</t>
+        </is>
+      </c>
+      <c r="I156" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J156" t="inlineStr">
+        <is>
+          <t>32.422</t>
+        </is>
       </c>
       <c r="K156" t="inlineStr">
         <is>
-          <t>AA+</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L156" t="n">
+        <v>37.5296</v>
+      </c>
+      <c r="M156" t="n">
+        <v>4.3007</v>
+      </c>
+      <c r="N156" t="n">
+        <v>3.0145</v>
+      </c>
+      <c r="O156" t="n">
+        <v>3.55</v>
+      </c>
+      <c r="P156" t="n">
+        <v>2.89</v>
+      </c>
+      <c r="Q156" t="n">
+        <v>39.68</v>
+      </c>
       <c r="R156" t="n">
-        <v>55.4981</v>
+        <v>32.43</v>
       </c>
       <c r="S156" t="n">
-        <v>0.7885</v>
-[...21 lines deleted...]
-      <c r="AB156" t="inlineStr"/>
+        <v>21.54</v>
+      </c>
+      <c r="T156" t="inlineStr"/>
+      <c r="U156" t="inlineStr"/>
+      <c r="V156" t="inlineStr"/>
     </row>
     <row r="157">
       <c r="A157" t="inlineStr">
         <is>
-          <t>113574</t>
+          <t>127069</t>
         </is>
       </c>
       <c r="B157" t="inlineStr">
         <is>
-          <t>华体转债</t>
+          <t>小熊转债</t>
         </is>
       </c>
       <c r="C157" t="inlineStr">
         <is>
-          <t>139.500</t>
+          <t>002959</t>
         </is>
       </c>
       <c r="D157" t="inlineStr">
         <is>
-          <t>0.951</t>
-[...6 lines deleted...]
-        <v>124.4626</v>
+          <t>小熊电器</t>
+        </is>
+      </c>
+      <c r="E157" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F157" t="inlineStr">
+        <is>
+          <t>5.041</t>
+        </is>
       </c>
       <c r="G157" t="inlineStr">
         <is>
-          <t>603679</t>
+          <t>2.419</t>
         </is>
       </c>
       <c r="H157" t="inlineStr">
         <is>
-          <t>华体科技</t>
-[...6 lines deleted...]
-        <v>2.19</v>
+          <t>2028-08-12</t>
+        </is>
+      </c>
+      <c r="I157" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J157" t="inlineStr">
+        <is>
+          <t>67.873</t>
+        </is>
       </c>
       <c r="K157" t="inlineStr">
         <is>
-          <t>A</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30 2023-11-09 重新计</t>
+        </is>
+      </c>
+      <c r="L157" t="n">
+        <v>45.4888</v>
+      </c>
+      <c r="M157" t="n">
+        <v>1.8923</v>
+      </c>
+      <c r="N157" t="n">
+        <v>1.4906</v>
+      </c>
+      <c r="O157" t="n">
+        <v>2.88</v>
+      </c>
+      <c r="P157" t="n">
+        <v>4.45</v>
+      </c>
+      <c r="Q157" t="n">
+        <v>10.64</v>
       </c>
       <c r="R157" t="n">
-        <v>47.4178</v>
+        <v>8.74</v>
       </c>
       <c r="S157" t="n">
-        <v>2.0945</v>
-[...21 lines deleted...]
-      <c r="AB157" t="inlineStr"/>
+        <v>12.39</v>
+      </c>
+      <c r="T157" t="inlineStr"/>
+      <c r="U157" t="inlineStr"/>
+      <c r="V157" t="inlineStr"/>
     </row>
     <row r="158">
       <c r="A158" t="inlineStr">
         <is>
-          <t>123122</t>
+          <t>123173</t>
         </is>
       </c>
       <c r="B158" t="inlineStr">
         <is>
-          <t>富瀚转债</t>
+          <t>恒锋转债</t>
         </is>
       </c>
       <c r="C158" t="inlineStr">
         <is>
-          <t>126.852</t>
+          <t>300605</t>
         </is>
       </c>
       <c r="D158" t="inlineStr">
         <is>
-          <t>0.940</t>
-[...6 lines deleted...]
-        <v>55.0878</v>
+          <t>恒锋信息</t>
+        </is>
+      </c>
+      <c r="E158" t="inlineStr">
+        <is>
+          <t>A-</t>
+        </is>
+      </c>
+      <c r="F158" t="inlineStr">
+        <is>
+          <t>2.331</t>
+        </is>
       </c>
       <c r="G158" t="inlineStr">
         <is>
-          <t>300613</t>
+          <t>2.803</t>
         </is>
       </c>
       <c r="H158" t="inlineStr">
         <is>
-          <t>富瀚微</t>
-[...6 lines deleted...]
-        <v>-1.29</v>
+          <t>2028-12-30</t>
+        </is>
+      </c>
+      <c r="I158" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J158" t="inlineStr">
+        <is>
+          <t>17.901</t>
+        </is>
       </c>
       <c r="K158" t="inlineStr">
         <is>
-          <t>A+</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L158" t="n">
+        <v>61.7561</v>
+      </c>
+      <c r="M158" t="n">
+        <v>1.7797</v>
+      </c>
+      <c r="N158" t="n">
+        <v>1.5421</v>
+      </c>
+      <c r="O158" t="n">
+        <v>-0.87</v>
+      </c>
+      <c r="P158" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="Q158" t="n">
+        <v>19.18</v>
+      </c>
       <c r="R158" t="n">
-        <v>24.7642</v>
+        <v>22.26</v>
       </c>
       <c r="S158" t="n">
-        <v>7.7286</v>
-[...21 lines deleted...]
-      <c r="AB158" t="inlineStr"/>
+        <v>25.3</v>
+      </c>
+      <c r="T158" t="inlineStr"/>
+      <c r="U158" t="inlineStr"/>
+      <c r="V158" t="inlineStr"/>
     </row>
     <row r="159">
       <c r="A159" t="inlineStr">
         <is>
-          <t>113660</t>
+          <t>127102</t>
         </is>
       </c>
       <c r="B159" t="inlineStr">
         <is>
-          <t>寿22转债</t>
+          <t>浙建转债</t>
         </is>
       </c>
       <c r="C159" t="inlineStr">
         <is>
-          <t>129.937</t>
+          <t>002761</t>
         </is>
       </c>
       <c r="D159" t="inlineStr">
         <is>
-          <t>0.943</t>
-[...6 lines deleted...]
-        <v>60.532</v>
+          <t>浙江建投</t>
+        </is>
+      </c>
+      <c r="E159" t="inlineStr">
+        <is>
+          <t>AA+</t>
+        </is>
+      </c>
+      <c r="F159" t="inlineStr">
+        <is>
+          <t>9.951</t>
+        </is>
       </c>
       <c r="G159" t="inlineStr">
         <is>
-          <t>603896</t>
+          <t>3.789</t>
         </is>
       </c>
       <c r="H159" t="inlineStr">
         <is>
-          <t>寿仙谷</t>
-[...6 lines deleted...]
-        <v>0.09</v>
+          <t>2029-12-25</t>
+        </is>
+      </c>
+      <c r="I159" t="inlineStr">
+        <is>
+          <t>108.00</t>
+        </is>
+      </c>
+      <c r="J159" t="inlineStr">
+        <is>
+          <t>13.286</t>
+        </is>
       </c>
       <c r="K159" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L159" t="n">
+        <v>91.9074</v>
+      </c>
+      <c r="M159" t="n">
+        <v>0.9208</v>
+      </c>
+      <c r="N159" t="n">
+        <v>0.9041</v>
+      </c>
+      <c r="O159" t="n">
+        <v>1.94</v>
+      </c>
+      <c r="P159" t="n">
+        <v>3.92</v>
+      </c>
+      <c r="Q159" t="n">
+        <v>14.43</v>
+      </c>
       <c r="R159" t="n">
-        <v>26.6874</v>
+        <v>10.33</v>
       </c>
       <c r="S159" t="n">
-        <v>3.817</v>
-[...21 lines deleted...]
-      <c r="AB159" t="inlineStr"/>
+        <v>17.9</v>
+      </c>
+      <c r="T159" t="inlineStr"/>
+      <c r="U159" t="inlineStr"/>
+      <c r="V159" t="inlineStr"/>
     </row>
     <row r="160">
       <c r="A160" t="inlineStr">
         <is>
-          <t>113651</t>
+          <t>113694</t>
         </is>
       </c>
       <c r="B160" t="inlineStr">
         <is>
-          <t>松霖转债</t>
+          <t>清源转债</t>
         </is>
       </c>
       <c r="C160" t="inlineStr">
         <is>
-          <t>316.881</t>
+          <t>603628</t>
         </is>
       </c>
       <c r="D160" t="inlineStr">
         <is>
-          <t>0.927</t>
-[...6 lines deleted...]
-        <v>280.5229</v>
+          <t>清源股份</t>
+        </is>
+      </c>
+      <c r="E160" t="inlineStr">
+        <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="F160" t="inlineStr">
+        <is>
+          <t>5.000</t>
+        </is>
       </c>
       <c r="G160" t="inlineStr">
         <is>
-          <t>603992</t>
+          <t>5.074</t>
         </is>
       </c>
       <c r="H160" t="inlineStr">
         <is>
-          <t>松霖科技</t>
-[...6 lines deleted...]
-        <v>-1.04</v>
+          <t>2031-04-08</t>
+        </is>
+      </c>
+      <c r="I160" t="inlineStr">
+        <is>
+          <t>114.00</t>
+        </is>
+      </c>
+      <c r="J160" t="inlineStr">
+        <is>
+          <t>16.718</t>
+        </is>
       </c>
       <c r="K160" t="inlineStr">
         <is>
-          <t>AA</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30</t>
+        </is>
+      </c>
+      <c r="L160" t="n">
+        <v>61.8907</v>
+      </c>
+      <c r="M160" t="n">
+        <v>2.0548</v>
+      </c>
+      <c r="N160" t="n">
+        <v>1.838</v>
+      </c>
+      <c r="O160" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="P160" t="n">
+        <v>1.69</v>
+      </c>
+      <c r="Q160" t="n">
+        <v>20.98</v>
       </c>
       <c r="R160" t="n">
-        <v>25.5711</v>
-[...24 lines deleted...]
-      <c r="AB160" t="inlineStr"/>
+        <v>18.05</v>
+      </c>
+      <c r="S160" t="inlineStr"/>
+      <c r="T160" t="inlineStr"/>
+      <c r="U160" t="inlineStr"/>
+      <c r="V160" t="inlineStr"/>
     </row>
     <row r="161">
       <c r="A161" t="inlineStr">
         <is>
-          <t>113694</t>
+          <t>123114</t>
         </is>
       </c>
       <c r="B161" t="inlineStr">
         <is>
-          <t>清源转债</t>
+          <t>三角转债</t>
         </is>
       </c>
       <c r="C161" t="inlineStr">
         <is>
-          <t>147.742</t>
+          <t>300775</t>
         </is>
       </c>
       <c r="D161" t="inlineStr">
         <is>
-          <t>0.934</t>
-[...6 lines deleted...]
-        <v>114.5412</v>
+          <t>三角防务</t>
+        </is>
+      </c>
+      <c r="E161" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F161" t="inlineStr">
+        <is>
+          <t>9.000</t>
+        </is>
       </c>
       <c r="G161" t="inlineStr">
         <is>
-          <t>603628</t>
+          <t>1.200</t>
         </is>
       </c>
       <c r="H161" t="inlineStr">
         <is>
-          <t>清源股份</t>
-[...6 lines deleted...]
-        <v>5.74</v>
+          <t>2027-05-25</t>
+        </is>
+      </c>
+      <c r="I161" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J161" t="inlineStr">
+        <is>
+          <t>40.807</t>
+        </is>
       </c>
       <c r="K161" t="inlineStr">
         <is>
-          <t>A+</t>
-[...30 lines deleted...]
-        </is>
+          <t>15/20 | 30 2023-01-26 重新计</t>
+        </is>
+      </c>
+      <c r="L161" t="n">
+        <v>30.0194</v>
+      </c>
+      <c r="M161" t="n">
+        <v>4.0844</v>
+      </c>
+      <c r="N161" t="n">
+        <v>3.3444</v>
+      </c>
+      <c r="O161" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="P161" t="n">
+        <v>7.47</v>
+      </c>
+      <c r="Q161" t="n">
+        <v>39.17</v>
       </c>
       <c r="R161" t="n">
-        <v>61.8907</v>
+        <v>35.82</v>
       </c>
       <c r="S161" t="n">
-        <v>2.0548</v>
-[...19 lines deleted...]
-      <c r="AB161" t="inlineStr"/>
+        <v>21.86</v>
+      </c>
+      <c r="T161" t="inlineStr"/>
+      <c r="U161" t="inlineStr"/>
+      <c r="V161" t="inlineStr"/>
     </row>
     <row r="162">
       <c r="A162" t="inlineStr">
         <is>
-          <t>123196</t>
+          <t>123133</t>
         </is>
       </c>
       <c r="B162" t="inlineStr">
         <is>
-          <t>正元转02</t>
+          <t>佩蒂转债</t>
         </is>
       </c>
       <c r="C162" t="inlineStr">
         <is>
-          <t>140.780</t>
+          <t>300673</t>
         </is>
       </c>
       <c r="D162" t="inlineStr">
         <is>
-          <t>0.918</t>
-[...6 lines deleted...]
-        <v>92.6129</v>
+          <t>佩蒂股份</t>
+        </is>
+      </c>
+      <c r="E162" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F162" t="inlineStr">
+        <is>
+          <t>7.198</t>
+        </is>
       </c>
       <c r="G162" t="inlineStr">
         <is>
-          <t>300645</t>
+          <t>1.778</t>
         </is>
       </c>
       <c r="H162" t="inlineStr">
         <is>
-          <t>正元智慧</t>
-[...6 lines deleted...]
-        <v>1.5</v>
+          <t>2027-12-22</t>
+        </is>
+      </c>
+      <c r="I162" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J162" t="inlineStr">
+        <is>
+          <t>22.841</t>
+        </is>
       </c>
       <c r="K162" t="inlineStr">
         <is>
-          <t>A+</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L162" t="n">
+        <v>32.6653</v>
+      </c>
+      <c r="M162" t="n">
+        <v>8.7121</v>
+      </c>
+      <c r="N162" t="n">
+        <v>6.9195</v>
+      </c>
+      <c r="O162" t="n">
+        <v>1.82</v>
+      </c>
+      <c r="P162" t="n">
+        <v>-0.11</v>
+      </c>
+      <c r="Q162" t="n">
+        <v>14.51</v>
+      </c>
       <c r="R162" t="n">
-        <v>55.422</v>
+        <v>15.33</v>
       </c>
       <c r="S162" t="n">
-        <v>1.4503</v>
-[...21 lines deleted...]
-      <c r="AB162" t="inlineStr"/>
+        <v>15.84</v>
+      </c>
+      <c r="T162" t="inlineStr"/>
+      <c r="U162" t="inlineStr"/>
+      <c r="V162" t="inlineStr"/>
     </row>
     <row r="163">
       <c r="A163" t="inlineStr">
         <is>
-          <t>113678</t>
+          <t>113605</t>
         </is>
       </c>
       <c r="B163" t="inlineStr">
         <is>
-          <t>中贝转债</t>
+          <t>大参转债</t>
         </is>
       </c>
       <c r="C163" t="inlineStr">
         <is>
-          <t>156.312</t>
+          <t>603233</t>
         </is>
       </c>
       <c r="D163" t="inlineStr">
         <is>
-          <t>0.920</t>
-[...6 lines deleted...]
-        <v>121.0979</v>
+          <t>大参林</t>
+        </is>
+      </c>
+      <c r="E163" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F163" t="inlineStr">
+        <is>
+          <t>14.046</t>
+        </is>
       </c>
       <c r="G163" t="inlineStr">
         <is>
-          <t>603220</t>
+          <t>0.611</t>
         </is>
       </c>
       <c r="H163" t="inlineStr">
         <is>
-          <t>中贝通信</t>
-[...6 lines deleted...]
-        <v>0.28</v>
+          <t>2026-10-22</t>
+        </is>
+      </c>
+      <c r="I163" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="J163" t="inlineStr">
+        <is>
+          <t>22.555</t>
+        </is>
       </c>
       <c r="K163" t="inlineStr">
         <is>
-          <t>A+</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L163" t="n">
+        <v>67.4466</v>
+      </c>
+      <c r="M163" t="n">
+        <v>0.9634</v>
+      </c>
+      <c r="N163" t="n">
+        <v>0.6584</v>
+      </c>
+      <c r="O163" t="n">
+        <v>9.15</v>
+      </c>
+      <c r="P163" t="n">
+        <v>11.66</v>
+      </c>
+      <c r="Q163" t="n">
+        <v>19.08</v>
+      </c>
       <c r="R163" t="n">
-        <v>72.675</v>
+        <v>13.79</v>
       </c>
       <c r="S163" t="n">
-        <v>0.8981</v>
-[...21 lines deleted...]
-      <c r="AB163" t="inlineStr"/>
+        <v>12.72</v>
+      </c>
+      <c r="T163" t="inlineStr"/>
+      <c r="U163" t="inlineStr"/>
+      <c r="V163" t="inlineStr"/>
     </row>
     <row r="164">
       <c r="A164" t="inlineStr">
         <is>
-          <t>123150</t>
+          <t>123243</t>
         </is>
       </c>
       <c r="B164" t="inlineStr">
         <is>
-          <t>九强转债</t>
+          <t>严牌转债</t>
         </is>
       </c>
       <c r="C164" t="inlineStr">
         <is>
-          <t>130.600</t>
+          <t>301081</t>
         </is>
       </c>
       <c r="D164" t="inlineStr">
         <is>
-          <t>0.918</t>
-[...6 lines deleted...]
-        <v>86.4684</v>
+          <t>严牌股份</t>
+        </is>
+      </c>
+      <c r="E164" t="inlineStr">
+        <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="F164" t="inlineStr">
+        <is>
+          <t>3.041</t>
+        </is>
       </c>
       <c r="G164" t="inlineStr">
         <is>
-          <t>300406</t>
+          <t>4.329</t>
         </is>
       </c>
       <c r="H164" t="inlineStr">
         <is>
-          <t>九强生物</t>
-[...6 lines deleted...]
-        <v>0.92</v>
+          <t>2030-07-10</t>
+        </is>
+      </c>
+      <c r="I164" t="inlineStr">
+        <is>
+          <t>114.00</t>
+        </is>
+      </c>
+      <c r="J164" t="inlineStr">
+        <is>
+          <t>9.451</t>
+        </is>
       </c>
       <c r="K164" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...30 lines deleted...]
-        </is>
+          <t>!</t>
+        </is>
+      </c>
+      <c r="L164" t="n">
+        <v>52.6067</v>
+      </c>
+      <c r="M164" t="n">
+        <v>1.6505</v>
+      </c>
+      <c r="N164" t="n">
+        <v>1.1276</v>
+      </c>
+      <c r="O164" t="n">
+        <v>0.42</v>
+      </c>
+      <c r="P164" t="n">
+        <v>0.66</v>
+      </c>
+      <c r="Q164" t="n">
+        <v>51.99</v>
       </c>
       <c r="R164" t="n">
-        <v>24.5477</v>
+        <v>35.17</v>
       </c>
       <c r="S164" t="n">
-        <v>11.6639</v>
-[...21 lines deleted...]
-      <c r="AB164" t="inlineStr"/>
+        <v>26.52</v>
+      </c>
+      <c r="T164" t="inlineStr"/>
+      <c r="U164" t="inlineStr"/>
+      <c r="V164" t="inlineStr"/>
     </row>
     <row r="165">
       <c r="A165" t="inlineStr">
         <is>
-          <t>113653</t>
+          <t>110098</t>
         </is>
       </c>
       <c r="B165" t="inlineStr">
         <is>
-          <t>永22转债</t>
+          <t>南药转债</t>
         </is>
       </c>
       <c r="C165" t="inlineStr">
         <is>
-          <t>154.599</t>
+          <t>600713</t>
         </is>
       </c>
       <c r="D165" t="inlineStr">
         <is>
-          <t>0.911</t>
-[...6 lines deleted...]
-        <v>140.9091</v>
+          <t>南京医药</t>
+        </is>
+      </c>
+      <c r="E165" t="inlineStr">
+        <is>
+          <t>AA+</t>
+        </is>
+      </c>
+      <c r="F165" t="inlineStr">
+        <is>
+          <t>10.814</t>
+        </is>
       </c>
       <c r="G165" t="inlineStr">
         <is>
-          <t>603681</t>
+          <t>4.789</t>
         </is>
       </c>
       <c r="H165" t="inlineStr">
         <is>
-          <t>永冠新材</t>
-[...6 lines deleted...]
-        <v>5.06</v>
+          <t>2030-12-25</t>
+        </is>
+      </c>
+      <c r="I165" t="inlineStr">
+        <is>
+          <t>108.00</t>
+        </is>
+      </c>
+      <c r="J165" t="inlineStr">
+        <is>
+          <t>6.656</t>
+        </is>
       </c>
       <c r="K165" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30</t>
+        </is>
+      </c>
+      <c r="L165" t="n">
+        <v>76.62439999999999</v>
+      </c>
+      <c r="M165" t="n">
+        <v>1.4457</v>
+      </c>
+      <c r="N165" t="n">
+        <v>1.1375</v>
+      </c>
+      <c r="O165" t="n">
+        <v>5.71</v>
+      </c>
+      <c r="P165" t="n">
+        <v>5.78</v>
+      </c>
+      <c r="Q165" t="n">
+        <v>12.64</v>
       </c>
       <c r="R165" t="n">
-        <v>62.0965</v>
-[...24 lines deleted...]
-      <c r="AB165" t="inlineStr"/>
+        <v>10.88</v>
+      </c>
+      <c r="S165" t="inlineStr"/>
+      <c r="T165" t="inlineStr"/>
+      <c r="U165" t="inlineStr"/>
+      <c r="V165" t="inlineStr"/>
     </row>
     <row r="166">
       <c r="A166" t="inlineStr">
         <is>
-          <t>110067</t>
+          <t>123194</t>
         </is>
       </c>
       <c r="B166" t="inlineStr">
         <is>
-          <t>华安转债</t>
+          <t>百洋转债</t>
         </is>
       </c>
       <c r="C166" t="inlineStr">
         <is>
-          <t>134.064</t>
+          <t>301015</t>
         </is>
       </c>
       <c r="D166" t="inlineStr">
         <is>
-          <t>0.915</t>
-[...6 lines deleted...]
-        <v>126.9896</v>
+          <t>百洋医药</t>
+        </is>
+      </c>
+      <c r="E166" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F166" t="inlineStr">
+        <is>
+          <t>8.459</t>
+        </is>
       </c>
       <c r="G166" t="inlineStr">
         <is>
-          <t>600909</t>
+          <t>3.090</t>
         </is>
       </c>
       <c r="H166" t="inlineStr">
         <is>
-          <t>华安证券</t>
-[...6 lines deleted...]
-        <v>1.1</v>
+          <t>2029-04-14</t>
+        </is>
+      </c>
+      <c r="I166" t="inlineStr">
+        <is>
+          <t>113.00</t>
+        </is>
+      </c>
+      <c r="J166" t="inlineStr">
+        <is>
+          <t>32.968</t>
+        </is>
       </c>
       <c r="K166" t="inlineStr">
         <is>
-          <t>AAA</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30 2024-05-25 重新计</t>
+        </is>
+      </c>
+      <c r="L166" t="n">
+        <v>63.5936</v>
+      </c>
+      <c r="M166" t="n">
+        <v>1.5521</v>
+      </c>
+      <c r="N166" t="n">
+        <v>1.3164</v>
+      </c>
+      <c r="O166" t="n">
+        <v>6.92</v>
+      </c>
+      <c r="P166" t="n">
+        <v>7.12</v>
+      </c>
+      <c r="Q166" t="n">
+        <v>15.71</v>
       </c>
       <c r="R166" t="n">
-        <v>77.7286</v>
-[...1 lines deleted...]
-      <c r="S166" t="inlineStr"/>
+        <v>14.24</v>
+      </c>
+      <c r="S166" t="n">
+        <v>19.41</v>
+      </c>
       <c r="T166" t="inlineStr"/>
-      <c r="U166" t="n">
-[...16 lines deleted...]
-      <c r="AB166" t="inlineStr"/>
+      <c r="U166" t="inlineStr"/>
+      <c r="V166" t="inlineStr"/>
     </row>
     <row r="167">
       <c r="A167" t="inlineStr">
         <is>
-          <t>118050</t>
+          <t>123085</t>
         </is>
       </c>
       <c r="B167" t="inlineStr">
         <is>
-          <t>航宇转债</t>
+          <t>万顺转2</t>
         </is>
       </c>
       <c r="C167" t="inlineStr">
         <is>
-          <t>348.793</t>
+          <t>300057</t>
         </is>
       </c>
       <c r="D167" t="inlineStr">
         <is>
-          <t>0.885</t>
-[...6 lines deleted...]
-        <v>288.2612</v>
+          <t>万顺新材</t>
+        </is>
+      </c>
+      <c r="E167" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F167" t="inlineStr">
+        <is>
+          <t>5.208</t>
+        </is>
       </c>
       <c r="G167" t="inlineStr">
         <is>
-          <t>688239</t>
+          <t>0.748</t>
         </is>
       </c>
       <c r="H167" t="inlineStr">
         <is>
-          <t>航宇科技</t>
-[...6 lines deleted...]
-        <v>-0.3</v>
+          <t>2026-12-11</t>
+        </is>
+      </c>
+      <c r="I167" t="inlineStr">
+        <is>
+          <t>108.00</t>
+        </is>
+      </c>
+      <c r="J167" t="inlineStr">
+        <is>
+          <t>6.487</t>
+        </is>
       </c>
       <c r="K167" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...30 lines deleted...]
-        </is>
+          <t>1/15 | 30 2024-01-02 重新计</t>
+        </is>
+      </c>
+      <c r="L167" t="n">
+        <v>50.9525</v>
+      </c>
+      <c r="M167" t="n">
+        <v>1.2841</v>
+      </c>
+      <c r="N167" t="n">
+        <v>1.0417</v>
+      </c>
+      <c r="O167" t="n">
+        <v>-1.92</v>
+      </c>
+      <c r="P167" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="Q167" t="n">
+        <v>21.04</v>
       </c>
       <c r="R167" t="n">
-        <v>57.8564</v>
+        <v>18.68</v>
       </c>
       <c r="S167" t="n">
-        <v>2.264</v>
-[...19 lines deleted...]
-      <c r="AB167" t="inlineStr"/>
+        <v>22.15</v>
+      </c>
+      <c r="T167" t="inlineStr"/>
+      <c r="U167" t="inlineStr"/>
+      <c r="V167" t="inlineStr"/>
     </row>
     <row r="168">
       <c r="A168" t="inlineStr">
         <is>
-          <t>110089</t>
+          <t>127044</t>
         </is>
       </c>
       <c r="B168" t="inlineStr">
         <is>
-          <t>兴发转债</t>
+          <t>蒙娜转债</t>
         </is>
       </c>
       <c r="C168" t="inlineStr">
         <is>
-          <t>149.284</t>
+          <t>002918</t>
         </is>
       </c>
       <c r="D168" t="inlineStr">
         <is>
-          <t>0.890</t>
-[...6 lines deleted...]
-        <v>148.7676</v>
+          <t>蒙娜丽莎</t>
+        </is>
+      </c>
+      <c r="E168" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F168" t="inlineStr">
+        <is>
+          <t>3.371</t>
+        </is>
       </c>
       <c r="G168" t="inlineStr">
         <is>
-          <t>600141</t>
+          <t>1.427</t>
         </is>
       </c>
       <c r="H168" t="inlineStr">
         <is>
-          <t>兴发集团</t>
-[...6 lines deleted...]
-        <v>0.28</v>
+          <t>2027-08-16</t>
+        </is>
+      </c>
+      <c r="I168" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="J168" t="inlineStr">
+        <is>
+          <t>25.792</t>
+        </is>
       </c>
       <c r="K168" t="inlineStr">
         <is>
-          <t>AA+</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30</t>
+        </is>
+      </c>
+      <c r="L168" t="n">
+        <v>50.5394</v>
+      </c>
+      <c r="M168" t="n">
+        <v>1.2497</v>
+      </c>
+      <c r="N168" t="n">
+        <v>0.9149</v>
+      </c>
+      <c r="O168" t="n">
+        <v>1.25</v>
+      </c>
+      <c r="P168" t="n">
+        <v>2.66</v>
+      </c>
+      <c r="Q168" t="n">
+        <v>14.56</v>
       </c>
       <c r="R168" t="n">
-        <v>52.9814</v>
+        <v>12.94</v>
       </c>
       <c r="S168" t="n">
-        <v>0.6571</v>
-[...21 lines deleted...]
-      <c r="AB168" t="inlineStr"/>
+        <v>14.45</v>
+      </c>
+      <c r="T168" t="inlineStr"/>
+      <c r="U168" t="inlineStr"/>
+      <c r="V168" t="inlineStr"/>
     </row>
     <row r="169">
       <c r="A169" t="inlineStr">
         <is>
-          <t>110081</t>
+          <t>123229</t>
         </is>
       </c>
       <c r="B169" t="inlineStr">
         <is>
-          <t>闻泰转债</t>
+          <t>艾录转债</t>
         </is>
       </c>
       <c r="C169" t="inlineStr">
         <is>
-          <t>118.429</t>
+          <t>301062</t>
         </is>
       </c>
       <c r="D169" t="inlineStr">
         <is>
-          <t>0.874</t>
-[...6 lines deleted...]
-        <v>92.5459</v>
+          <t>上海艾录</t>
+        </is>
+      </c>
+      <c r="E169" t="inlineStr">
+        <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="F169" t="inlineStr">
+        <is>
+          <t>1.779</t>
+        </is>
       </c>
       <c r="G169" t="inlineStr">
         <is>
-          <t>600745</t>
+          <t>3.616</t>
         </is>
       </c>
       <c r="H169" t="inlineStr">
         <is>
-          <t>闻泰科技</t>
-[...6 lines deleted...]
-        <v>3.09</v>
+          <t>2029-10-23</t>
+        </is>
+      </c>
+      <c r="I169" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J169" t="inlineStr">
+        <is>
+          <t>13.013</t>
+        </is>
       </c>
       <c r="K169" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30 2025-03-12 重新计</t>
+        </is>
+      </c>
+      <c r="L169" t="n">
+        <v>49.5384</v>
+      </c>
+      <c r="M169" t="n">
+        <v>1.4194</v>
+      </c>
+      <c r="N169" t="n">
+        <v>0.8924</v>
+      </c>
+      <c r="O169" t="n">
+        <v>0.53</v>
+      </c>
+      <c r="P169" t="n">
+        <v>0.75</v>
+      </c>
+      <c r="Q169" t="n">
+        <v>15.36</v>
       </c>
       <c r="R169" t="n">
-        <v>33.8611</v>
+        <v>11.42</v>
       </c>
       <c r="S169" t="n">
-        <v>2.5225</v>
-[...21 lines deleted...]
-      <c r="AB169" t="inlineStr"/>
+        <v>21.08</v>
+      </c>
+      <c r="T169" t="inlineStr"/>
+      <c r="U169" t="inlineStr"/>
+      <c r="V169" t="inlineStr"/>
     </row>
     <row r="170">
       <c r="A170" t="inlineStr">
         <is>
-          <t>118032</t>
+          <t>113682</t>
         </is>
       </c>
       <c r="B170" t="inlineStr">
         <is>
-          <t>建龙转债</t>
+          <t>益丰转债</t>
         </is>
       </c>
       <c r="C170" t="inlineStr">
         <is>
-          <t>129.775</t>
+          <t>603939</t>
         </is>
       </c>
       <c r="D170" t="inlineStr">
         <is>
-          <t>0.867</t>
-[...6 lines deleted...]
-        <v>51.4573</v>
+          <t>益丰药房</t>
+        </is>
+      </c>
+      <c r="E170" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F170" t="inlineStr">
+        <is>
+          <t>17.968</t>
+        </is>
       </c>
       <c r="G170" t="inlineStr">
         <is>
-          <t>688357</t>
+          <t>3.978</t>
         </is>
       </c>
       <c r="H170" t="inlineStr">
         <is>
-          <t>建龙微纳</t>
-[...6 lines deleted...]
-        <v>0.96</v>
+          <t>2030-03-04</t>
+        </is>
+      </c>
+      <c r="I170" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="J170" t="inlineStr">
+        <is>
+          <t>41.392</t>
+        </is>
       </c>
       <c r="K170" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L170" t="n">
+        <v>54.4234</v>
+      </c>
+      <c r="M170" t="n">
+        <v>1.4218</v>
+      </c>
+      <c r="N170" t="n">
+        <v>1.0087</v>
+      </c>
+      <c r="O170" t="n">
+        <v>15.29</v>
+      </c>
+      <c r="P170" t="n">
+        <v>14.12</v>
+      </c>
+      <c r="Q170" t="n">
+        <v>15.38</v>
+      </c>
       <c r="R170" t="n">
-        <v>38.3641</v>
+        <v>10.96</v>
       </c>
       <c r="S170" t="n">
-        <v>3.1882</v>
-[...21 lines deleted...]
-      <c r="AB170" t="inlineStr"/>
+        <v>13.83</v>
+      </c>
+      <c r="T170" t="inlineStr"/>
+      <c r="U170" t="inlineStr"/>
+      <c r="V170" t="inlineStr"/>
     </row>
     <row r="171">
       <c r="A171" t="inlineStr">
         <is>
-          <t>113043</t>
+          <t>123119</t>
         </is>
       </c>
       <c r="B171" t="inlineStr">
         <is>
-          <t>财通转债</t>
+          <t>康泰转2</t>
         </is>
       </c>
       <c r="C171" t="inlineStr">
         <is>
-          <t>146.056</t>
+          <t>300601</t>
         </is>
       </c>
       <c r="D171" t="inlineStr">
         <is>
-          <t>0.860</t>
-[...6 lines deleted...]
-        <v>112.9514</v>
+          <t>康泰生物</t>
+        </is>
+      </c>
+      <c r="E171" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F171" t="inlineStr">
+        <is>
+          <t>19.990</t>
+        </is>
       </c>
       <c r="G171" t="inlineStr">
         <is>
-          <t>601108</t>
+          <t>1.340</t>
         </is>
       </c>
       <c r="H171" t="inlineStr">
         <is>
-          <t>财通证券</t>
-[...6 lines deleted...]
-        <v>1.23</v>
+          <t>2027-07-15</t>
+        </is>
+      </c>
+      <c r="I171" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="J171" t="inlineStr">
+        <is>
+          <t>20.449</t>
+        </is>
       </c>
       <c r="K171" t="inlineStr">
         <is>
-          <t>AAA</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L171" t="n">
+        <v>32.0058</v>
+      </c>
+      <c r="M171" t="n">
+        <v>2.7006</v>
+      </c>
+      <c r="N171" t="n">
+        <v>2.4266</v>
+      </c>
+      <c r="O171" t="n">
+        <v>2.02</v>
+      </c>
+      <c r="P171" t="n">
+        <v>8.609999999999999</v>
+      </c>
+      <c r="Q171" t="n">
+        <v>12.67</v>
+      </c>
       <c r="R171" t="n">
-        <v>74.7764</v>
-[...1 lines deleted...]
-      <c r="S171" t="inlineStr"/>
+        <v>11.53</v>
+      </c>
+      <c r="S171" t="n">
+        <v>15.59</v>
+      </c>
       <c r="T171" t="inlineStr"/>
-      <c r="U171" t="n">
-[...16 lines deleted...]
-      <c r="AB171" t="inlineStr"/>
+      <c r="U171" t="inlineStr"/>
+      <c r="V171" t="inlineStr"/>
     </row>
     <row r="172">
       <c r="A172" t="inlineStr">
         <is>
-          <t>111004</t>
+          <t>118031</t>
         </is>
       </c>
       <c r="B172" t="inlineStr">
         <is>
-          <t>明新转债</t>
+          <t>天23转债</t>
         </is>
       </c>
       <c r="C172" t="inlineStr">
         <is>
-          <t>144.882</t>
+          <t>688599</t>
         </is>
       </c>
       <c r="D172" t="inlineStr">
         <is>
-          <t>0.863</t>
-[...6 lines deleted...]
-        <v>109.3814</v>
+          <t>天合光能</t>
+        </is>
+      </c>
+      <c r="E172" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F172" t="inlineStr">
+        <is>
+          <t>58.512</t>
+        </is>
       </c>
       <c r="G172" t="inlineStr">
         <is>
-          <t>605068</t>
+          <t>2.926</t>
         </is>
       </c>
       <c r="H172" t="inlineStr">
         <is>
-          <t>明新旭腾</t>
-[...6 lines deleted...]
-        <v>0.3</v>
+          <t>2029-02-13</t>
+        </is>
+      </c>
+      <c r="I172" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J172" t="inlineStr">
+        <is>
+          <t>20.800</t>
+        </is>
       </c>
       <c r="K172" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...30 lines deleted...]
-        </is>
+          <t>3/15 | 30</t>
+        </is>
+      </c>
+      <c r="L172" t="n">
+        <v>77.9914</v>
+      </c>
+      <c r="M172" t="n">
+        <v>1.2385</v>
+      </c>
+      <c r="N172" t="n">
+        <v>0.802</v>
+      </c>
+      <c r="O172" t="n">
+        <v>-34.43</v>
+      </c>
+      <c r="P172" t="n">
+        <v>55.27</v>
+      </c>
+      <c r="Q172" t="n">
+        <v>21.16</v>
       </c>
       <c r="R172" t="n">
-        <v>56.4874</v>
+        <v>21.84</v>
       </c>
       <c r="S172" t="n">
-        <v>1.7119</v>
-[...21 lines deleted...]
-      <c r="AB172" t="inlineStr"/>
+        <v>21.38</v>
+      </c>
+      <c r="T172" t="inlineStr"/>
+      <c r="U172" t="inlineStr"/>
+      <c r="V172" t="inlineStr"/>
     </row>
     <row r="173">
       <c r="A173" t="inlineStr">
         <is>
-          <t>118036</t>
+          <t>127030</t>
         </is>
       </c>
       <c r="B173" t="inlineStr">
         <is>
-          <t>力合转债</t>
+          <t>盛虹转债</t>
         </is>
       </c>
       <c r="C173" t="inlineStr">
         <is>
-          <t>148.986</t>
+          <t>000301</t>
         </is>
       </c>
       <c r="D173" t="inlineStr">
         <is>
-          <t>0.852</t>
-[...6 lines deleted...]
-        <v>108.5667</v>
+          <t>东方盛虹</t>
+        </is>
+      </c>
+      <c r="E173" t="inlineStr">
+        <is>
+          <t>AA+</t>
+        </is>
+      </c>
+      <c r="F173" t="inlineStr">
+        <is>
+          <t>49.975</t>
+        </is>
       </c>
       <c r="G173" t="inlineStr">
         <is>
-          <t>688589</t>
+          <t>1.025</t>
         </is>
       </c>
       <c r="H173" t="inlineStr">
         <is>
-          <t>力合微</t>
-[...6 lines deleted...]
-        <v>-0.19</v>
+          <t>2027-03-22</t>
+        </is>
+      </c>
+      <c r="I173" t="inlineStr">
+        <is>
+          <t>108.00</t>
+        </is>
+      </c>
+      <c r="J173" t="inlineStr">
+        <is>
+          <t>17.173</t>
+        </is>
       </c>
       <c r="K173" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30 2023-01-12 重新计</t>
+        </is>
+      </c>
+      <c r="L173" t="n">
+        <v>82.26349999999999</v>
+      </c>
+      <c r="M173" t="n">
+        <v>0.4453</v>
+      </c>
+      <c r="N173" t="n">
+        <v>0.2503</v>
+      </c>
+      <c r="O173" t="n">
+        <v>-22.97</v>
+      </c>
+      <c r="P173" t="n">
+        <v>7.17</v>
+      </c>
+      <c r="Q173" t="n">
+        <v>24.83</v>
       </c>
       <c r="R173" t="n">
-        <v>30.0932</v>
+        <v>16.75</v>
       </c>
       <c r="S173" t="n">
-        <v>10.8618</v>
-[...21 lines deleted...]
-      <c r="AB173" t="inlineStr"/>
+        <v>13.23</v>
+      </c>
+      <c r="T173" t="inlineStr"/>
+      <c r="U173" t="inlineStr"/>
+      <c r="V173" t="inlineStr"/>
     </row>
     <row r="174">
       <c r="A174" t="inlineStr">
         <is>
-          <t>118020</t>
+          <t>123090</t>
         </is>
       </c>
       <c r="B174" t="inlineStr">
         <is>
-          <t>芳源转债</t>
+          <t>三诺转债</t>
         </is>
       </c>
       <c r="C174" t="inlineStr">
         <is>
-          <t>127.510</t>
+          <t>300298</t>
         </is>
       </c>
       <c r="D174" t="inlineStr">
         <is>
-          <t>0.852</t>
-[...6 lines deleted...]
-        <v>70.4286</v>
+          <t>三诺生物</t>
+        </is>
+      </c>
+      <c r="E174" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F174" t="inlineStr">
+        <is>
+          <t>4.984</t>
+        </is>
       </c>
       <c r="G174" t="inlineStr">
         <is>
-          <t>688148</t>
+          <t>0.775</t>
         </is>
       </c>
       <c r="H174" t="inlineStr">
         <is>
-          <t>芳源股份</t>
-[...6 lines deleted...]
-        <v>3.35</v>
+          <t>2026-12-21</t>
+        </is>
+      </c>
+      <c r="I174" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="J174" t="inlineStr">
+        <is>
+          <t>44.798</t>
+        </is>
       </c>
       <c r="K174" t="inlineStr">
         <is>
-          <t>BBB</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L174" t="n">
+        <v>41.1916</v>
+      </c>
+      <c r="M174" t="n">
+        <v>1.4251</v>
+      </c>
+      <c r="N174" t="n">
+        <v>1.0145</v>
+      </c>
+      <c r="O174" t="n">
+        <v>3.26</v>
+      </c>
+      <c r="P174" t="n">
+        <v>2.84</v>
+      </c>
+      <c r="Q174" t="n">
+        <v>10.09</v>
+      </c>
       <c r="R174" t="n">
-        <v>84.3169</v>
+        <v>10.04</v>
       </c>
       <c r="S174" t="n">
-        <v>0.9513</v>
-[...21 lines deleted...]
-      <c r="AB174" t="inlineStr"/>
+        <v>12.72</v>
+      </c>
+      <c r="T174" t="inlineStr"/>
+      <c r="U174" t="inlineStr"/>
+      <c r="V174" t="inlineStr"/>
     </row>
     <row r="175">
       <c r="A175" t="inlineStr">
         <is>
-          <t>127054</t>
+          <t>123196</t>
         </is>
       </c>
       <c r="B175" t="inlineStr">
         <is>
-          <t>双箭转债</t>
+          <t>正元转02</t>
         </is>
       </c>
       <c r="C175" t="inlineStr">
         <is>
-          <t>136.200</t>
+          <t>300645</t>
         </is>
       </c>
       <c r="D175" t="inlineStr">
         <is>
-          <t>0.847</t>
-[...6 lines deleted...]
-        <v>100</v>
+          <t>正元智慧</t>
+        </is>
+      </c>
+      <c r="E175" t="inlineStr">
+        <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="F175" t="inlineStr">
+        <is>
+          <t>3.501</t>
+        </is>
       </c>
       <c r="G175" t="inlineStr">
         <is>
-          <t>002381</t>
+          <t>3.101</t>
         </is>
       </c>
       <c r="H175" t="inlineStr">
         <is>
-          <t>双箭股份</t>
-[...6 lines deleted...]
-        <v>0.28</v>
+          <t>2029-04-18</t>
+        </is>
+      </c>
+      <c r="I175" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J175" t="inlineStr">
+        <is>
+          <t>28.509</t>
+        </is>
       </c>
       <c r="K175" t="inlineStr">
         <is>
-          <t>AA</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L175" t="n">
+        <v>55.422</v>
+      </c>
+      <c r="M175" t="n">
+        <v>1.4503</v>
+      </c>
+      <c r="N175" t="n">
+        <v>1.0052</v>
+      </c>
+      <c r="O175" t="n">
+        <v>0.12</v>
+      </c>
+      <c r="P175" t="n">
+        <v>0.42</v>
+      </c>
+      <c r="Q175" t="n">
+        <v>16.03</v>
+      </c>
       <c r="R175" t="n">
-        <v>43.1766</v>
+        <v>15.73</v>
       </c>
       <c r="S175" t="n">
-        <v>2.338</v>
-[...21 lines deleted...]
-      <c r="AB175" t="inlineStr"/>
+        <v>22.34</v>
+      </c>
+      <c r="T175" t="inlineStr"/>
+      <c r="U175" t="inlineStr"/>
+      <c r="V175" t="inlineStr"/>
     </row>
     <row r="176">
       <c r="A176" t="inlineStr">
         <is>
-          <t>123239</t>
+          <t>110076</t>
         </is>
       </c>
       <c r="B176" t="inlineStr">
         <is>
-          <t>锋工转债</t>
+          <t>华海转债</t>
         </is>
       </c>
       <c r="C176" t="inlineStr">
         <is>
-          <t>168.900</t>
+          <t>600521</t>
         </is>
       </c>
       <c r="D176" t="inlineStr">
         <is>
-          <t>0.844</t>
-[...6 lines deleted...]
-        <v>144.8946</v>
+          <t>华海药业</t>
+        </is>
+      </c>
+      <c r="E176" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F176" t="inlineStr">
+        <is>
+          <t>18.424</t>
+        </is>
       </c>
       <c r="G176" t="inlineStr">
         <is>
-          <t>300488</t>
+          <t>0.641</t>
         </is>
       </c>
       <c r="H176" t="inlineStr">
         <is>
-          <t>恒锋工具</t>
-[...6 lines deleted...]
-        <v>0.92</v>
+          <t>2026-11-02</t>
+        </is>
+      </c>
+      <c r="I176" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="J176" t="inlineStr">
+        <is>
+          <t>42.978</t>
+        </is>
       </c>
       <c r="K176" t="inlineStr">
         <is>
-          <t>A+</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30</t>
+        </is>
+      </c>
+      <c r="L176" t="n">
+        <v>54.6177</v>
+      </c>
+      <c r="M176" t="n">
+        <v>1.3235</v>
+      </c>
+      <c r="N176" t="n">
+        <v>0.7399</v>
+      </c>
+      <c r="O176" t="n">
+        <v>11.19</v>
+      </c>
+      <c r="P176" t="n">
+        <v>8.300000000000001</v>
+      </c>
+      <c r="Q176" t="n">
+        <v>15.16</v>
       </c>
       <c r="R176" t="n">
-        <v>26.3861</v>
+        <v>12.78</v>
       </c>
       <c r="S176" t="n">
-        <v>7.5823</v>
-[...21 lines deleted...]
-      <c r="AB176" t="inlineStr"/>
+        <v>12.06</v>
+      </c>
+      <c r="T176" t="inlineStr"/>
+      <c r="U176" t="inlineStr"/>
+      <c r="V176" t="inlineStr"/>
     </row>
     <row r="177">
       <c r="A177" t="inlineStr">
         <is>
-          <t>118063</t>
+          <t>113043</t>
         </is>
       </c>
       <c r="B177" t="inlineStr">
         <is>
-          <t>金05转债</t>
+          <t>财通转债</t>
         </is>
       </c>
       <c r="C177" t="inlineStr">
         <is>
-          <t>200.844</t>
+          <t>601108</t>
         </is>
       </c>
       <c r="D177" t="inlineStr">
         <is>
-          <t>0.833</t>
-[...6 lines deleted...]
-        <v>110.7863</v>
+          <t>财通证券</t>
+        </is>
+      </c>
+      <c r="E177" t="inlineStr">
+        <is>
+          <t>AAA</t>
+        </is>
+      </c>
+      <c r="F177" t="inlineStr">
+        <is>
+          <t>37.992</t>
+        </is>
       </c>
       <c r="G177" t="inlineStr">
         <is>
-          <t>688676</t>
+          <t>0.745</t>
         </is>
       </c>
       <c r="H177" t="inlineStr">
         <is>
-          <t>金盘科技</t>
-[...6 lines deleted...]
-        <v>0.28</v>
+          <t>2026-12-10</t>
+        </is>
+      </c>
+      <c r="I177" t="inlineStr">
+        <is>
+          <t>106.00</t>
+        </is>
+      </c>
+      <c r="J177" t="inlineStr">
+        <is>
+          <t>10.439</t>
+        </is>
       </c>
       <c r="K177" t="inlineStr">
         <is>
-          <t>AA+</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L177" t="n">
+        <v>74.7764</v>
+      </c>
+      <c r="M177" t="inlineStr"/>
+      <c r="N177" t="inlineStr"/>
+      <c r="O177" t="n">
+        <v>23.4</v>
+      </c>
+      <c r="P177" t="n">
+        <v>22.52</v>
+      </c>
+      <c r="Q177" t="n">
+        <v>23.78</v>
+      </c>
       <c r="R177" t="n">
-        <v>53.991</v>
+        <v>18.37</v>
       </c>
       <c r="S177" t="n">
-        <v>1.7493</v>
-[...15 lines deleted...]
-      <c r="AB177" t="inlineStr"/>
+        <v>17.53</v>
+      </c>
+      <c r="T177" t="inlineStr"/>
+      <c r="U177" t="inlineStr"/>
+      <c r="V177" t="inlineStr"/>
     </row>
     <row r="178">
       <c r="A178" t="inlineStr">
         <is>
-          <t>127064</t>
+          <t>127093</t>
         </is>
       </c>
       <c r="B178" t="inlineStr">
         <is>
-          <t>杭氧转债</t>
+          <t>章鼓转债</t>
         </is>
       </c>
       <c r="C178" t="inlineStr">
         <is>
-          <t>165.131</t>
+          <t>002598</t>
         </is>
       </c>
       <c r="D178" t="inlineStr">
         <is>
-          <t>0.819</t>
-[...6 lines deleted...]
-        <v>128.8795</v>
+          <t>山东章鼓</t>
+        </is>
+      </c>
+      <c r="E178" t="inlineStr">
+        <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="F178" t="inlineStr">
+        <is>
+          <t>2.425</t>
+        </is>
       </c>
       <c r="G178" t="inlineStr">
         <is>
-          <t>002430</t>
+          <t>3.600</t>
         </is>
       </c>
       <c r="H178" t="inlineStr">
         <is>
-          <t>杭氧股份</t>
-[...6 lines deleted...]
-        <v>1.73</v>
+          <t>2029-10-17</t>
+        </is>
+      </c>
+      <c r="I178" t="inlineStr">
+        <is>
+          <t>113.00</t>
+        </is>
+      </c>
+      <c r="J178" t="inlineStr">
+        <is>
+          <t>13.195</t>
+        </is>
       </c>
       <c r="K178" t="inlineStr">
         <is>
-          <t>AA+</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30</t>
+        </is>
+      </c>
+      <c r="L178" t="n">
+        <v>56.587</v>
+      </c>
+      <c r="M178" t="n">
+        <v>1.6018</v>
+      </c>
+      <c r="N178" t="n">
+        <v>1.289</v>
+      </c>
+      <c r="O178" t="n">
+        <v>0.72</v>
+      </c>
+      <c r="P178" t="n">
+        <v>1.07</v>
+      </c>
+      <c r="Q178" t="n">
+        <v>15.51</v>
       </c>
       <c r="R178" t="n">
-        <v>56.2796</v>
+        <v>16.17</v>
       </c>
       <c r="S178" t="n">
-        <v>1.3846</v>
-[...21 lines deleted...]
-      <c r="AB178" t="inlineStr"/>
+        <v>22.73</v>
+      </c>
+      <c r="T178" t="inlineStr"/>
+      <c r="U178" t="inlineStr"/>
+      <c r="V178" t="inlineStr"/>
     </row>
     <row r="179">
       <c r="A179" t="inlineStr">
         <is>
-          <t>123142</t>
+          <t>113658</t>
         </is>
       </c>
       <c r="B179" t="inlineStr">
         <is>
-          <t>申昊转债</t>
+          <t>密卫转债</t>
         </is>
       </c>
       <c r="C179" t="inlineStr">
         <is>
-          <t>125.200</t>
+          <t>603713</t>
         </is>
       </c>
       <c r="D179" t="inlineStr">
         <is>
-          <t>0.820</t>
-[...6 lines deleted...]
-        <v>67.3391</v>
+          <t>密尔克卫</t>
+        </is>
+      </c>
+      <c r="E179" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F179" t="inlineStr">
+        <is>
+          <t>8.719</t>
+        </is>
       </c>
       <c r="G179" t="inlineStr">
         <is>
-          <t>300853</t>
+          <t>1.512</t>
         </is>
       </c>
       <c r="H179" t="inlineStr">
         <is>
-          <t>申昊科技</t>
-[...6 lines deleted...]
-        <v>0.35</v>
+          <t>2027-09-16</t>
+        </is>
+      </c>
+      <c r="I179" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="J179" t="inlineStr">
+        <is>
+          <t>72.436</t>
+        </is>
       </c>
       <c r="K179" t="inlineStr">
         <is>
-          <t>A-</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L179" t="n">
+        <v>73.6339</v>
+      </c>
+      <c r="M179" t="n">
+        <v>1.1374</v>
+      </c>
+      <c r="N179" t="n">
+        <v>1.0728</v>
+      </c>
+      <c r="O179" t="n">
+        <v>5.65</v>
+      </c>
+      <c r="P179" t="n">
+        <v>4.31</v>
+      </c>
+      <c r="Q179" t="n">
+        <v>21.78</v>
+      </c>
       <c r="R179" t="n">
-        <v>54.1913</v>
+        <v>16.67</v>
       </c>
       <c r="S179" t="n">
-        <v>2.5383</v>
-[...21 lines deleted...]
-      <c r="AB179" t="inlineStr"/>
+        <v>15.78</v>
+      </c>
+      <c r="T179" t="inlineStr"/>
+      <c r="U179" t="inlineStr"/>
+      <c r="V179" t="inlineStr"/>
     </row>
     <row r="180">
       <c r="A180" t="inlineStr">
         <is>
-          <t>123242</t>
+          <t>113654</t>
         </is>
       </c>
       <c r="B180" t="inlineStr">
         <is>
-          <t>赛龙转债</t>
+          <t>永02转债</t>
         </is>
       </c>
       <c r="C180" t="inlineStr">
         <is>
-          <t>138.800</t>
+          <t>603901</t>
         </is>
       </c>
       <c r="D180" t="inlineStr">
         <is>
-          <t>0.802</t>
-[...6 lines deleted...]
-        <v>139.0055</v>
+          <t>永创智能</t>
+        </is>
+      </c>
+      <c r="E180" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F180" t="inlineStr">
+        <is>
+          <t>5.149</t>
+        </is>
       </c>
       <c r="G180" t="inlineStr">
         <is>
-          <t>301131</t>
+          <t>2.397</t>
         </is>
       </c>
       <c r="H180" t="inlineStr">
         <is>
-          <t>聚赛龙</t>
-[...6 lines deleted...]
-        <v>0.7</v>
+          <t>2028-08-04</t>
+        </is>
+      </c>
+      <c r="I180" t="inlineStr">
+        <is>
+          <t>113.00</t>
+        </is>
+      </c>
+      <c r="J180" t="inlineStr">
+        <is>
+          <t>12.597</t>
+        </is>
       </c>
       <c r="K180" t="inlineStr">
         <is>
-          <t>A+</t>
-[...30 lines deleted...]
-        </is>
+          <t>8/15 | 30 2026-03-04 重新计</t>
+        </is>
+      </c>
+      <c r="L180" t="n">
+        <v>68.0348</v>
+      </c>
+      <c r="M180" t="n">
+        <v>1.4098</v>
+      </c>
+      <c r="N180" t="n">
+        <v>0.4877</v>
+      </c>
+      <c r="O180" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="P180" t="n">
+        <v>0.71</v>
+      </c>
+      <c r="Q180" t="n">
+        <v>39.08</v>
       </c>
       <c r="R180" t="n">
-        <v>56.3591</v>
+        <v>40.52</v>
       </c>
       <c r="S180" t="n">
-        <v>2.1062</v>
-[...21 lines deleted...]
-      <c r="AB180" t="inlineStr"/>
+        <v>31.43</v>
+      </c>
+      <c r="T180" t="inlineStr"/>
+      <c r="U180" t="inlineStr"/>
+      <c r="V180" t="inlineStr"/>
     </row>
     <row r="181">
       <c r="A181" t="inlineStr">
         <is>
-          <t>111019</t>
+          <t>127095</t>
         </is>
       </c>
       <c r="B181" t="inlineStr">
         <is>
-          <t>宏柏转债</t>
+          <t>广泰转债</t>
         </is>
       </c>
       <c r="C181" t="inlineStr">
         <is>
-          <t>147.291</t>
+          <t>002111</t>
         </is>
       </c>
       <c r="D181" t="inlineStr">
         <is>
-          <t>0.799</t>
-[...6 lines deleted...]
-        <v>128.2051</v>
+          <t>威海广泰</t>
+        </is>
+      </c>
+      <c r="E181" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F181" t="inlineStr">
+        <is>
+          <t>6.927</t>
+        </is>
       </c>
       <c r="G181" t="inlineStr">
         <is>
-          <t>605366</t>
+          <t>3.603</t>
         </is>
       </c>
       <c r="H181" t="inlineStr">
         <is>
-          <t>宏柏新材</t>
-[...6 lines deleted...]
-        <v>1.01</v>
+          <t>2029-10-18</t>
+        </is>
+      </c>
+      <c r="I181" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J181" t="inlineStr">
+        <is>
+          <t>11.791</t>
+        </is>
       </c>
       <c r="K181" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30</t>
+        </is>
+      </c>
+      <c r="L181" t="n">
+        <v>52.4248</v>
+      </c>
+      <c r="M181" t="n">
+        <v>2.0939</v>
+      </c>
+      <c r="N181" t="n">
+        <v>1.1799</v>
+      </c>
+      <c r="O181" t="n">
+        <v>0.75</v>
+      </c>
+      <c r="P181" t="n">
+        <v>1.26</v>
+      </c>
+      <c r="Q181" t="n">
+        <v>21.81</v>
       </c>
       <c r="R181" t="n">
-        <v>47.3643</v>
+        <v>18.5</v>
       </c>
       <c r="S181" t="n">
-        <v>2.3838</v>
-[...21 lines deleted...]
-      <c r="AB181" t="inlineStr"/>
+        <v>20.79</v>
+      </c>
+      <c r="T181" t="inlineStr"/>
+      <c r="U181" t="inlineStr"/>
+      <c r="V181" t="inlineStr"/>
     </row>
     <row r="182">
       <c r="A182" t="inlineStr">
         <is>
-          <t>127111</t>
+          <t>111018</t>
         </is>
       </c>
       <c r="B182" t="inlineStr">
         <is>
-          <t>金威转债</t>
+          <t>华康转债</t>
         </is>
       </c>
       <c r="C182" t="inlineStr">
         <is>
-          <t>158.561</t>
+          <t>605077</t>
         </is>
       </c>
       <c r="D182" t="inlineStr">
         <is>
-          <t>0.802</t>
-[...6 lines deleted...]
-        <v>104.2879</v>
+          <t>华康股份</t>
+        </is>
+      </c>
+      <c r="E182" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F182" t="inlineStr">
+        <is>
+          <t>13.022</t>
+        </is>
       </c>
       <c r="G182" t="inlineStr">
         <is>
-          <t>002626</t>
+          <t>3.789</t>
         </is>
       </c>
       <c r="H182" t="inlineStr">
         <is>
-          <t>金达威</t>
-[...6 lines deleted...]
-        <v>0.99</v>
+          <t>2029-12-25</t>
+        </is>
+      </c>
+      <c r="I182" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J182" t="inlineStr">
+        <is>
+          <t>21.138</t>
+        </is>
       </c>
       <c r="K182" t="inlineStr">
         <is>
-          <t>AA</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L182" t="n">
+        <v>58.5079</v>
+      </c>
+      <c r="M182" t="n">
+        <v>1.5387</v>
+      </c>
+      <c r="N182" t="n">
+        <v>1.2361</v>
+      </c>
+      <c r="O182" t="n">
+        <v>2.68</v>
+      </c>
+      <c r="P182" t="n">
+        <v>3.71</v>
+      </c>
+      <c r="Q182" t="n">
+        <v>14.24</v>
+      </c>
       <c r="R182" t="n">
-        <v>45.3064</v>
+        <v>13.72</v>
       </c>
       <c r="S182" t="n">
-        <v>2.6373</v>
-[...19 lines deleted...]
-      <c r="AB182" t="inlineStr"/>
+        <v>17.68</v>
+      </c>
+      <c r="T182" t="inlineStr"/>
+      <c r="U182" t="inlineStr"/>
+      <c r="V182" t="inlineStr"/>
     </row>
     <row r="183">
       <c r="A183" t="inlineStr">
         <is>
-          <t>113674</t>
+          <t>123250</t>
         </is>
       </c>
       <c r="B183" t="inlineStr">
         <is>
-          <t>华设转债</t>
+          <t>嘉益转债</t>
         </is>
       </c>
       <c r="C183" t="inlineStr">
         <is>
-          <t>137.795</t>
+          <t>301004</t>
         </is>
       </c>
       <c r="D183" t="inlineStr">
         <is>
-          <t>0.786</t>
-[...6 lines deleted...]
-        <v>90.17749999999999</v>
+          <t>嘉益股份</t>
+        </is>
+      </c>
+      <c r="E183" t="inlineStr">
+        <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="F183" t="inlineStr">
+        <is>
+          <t>3.955</t>
+        </is>
       </c>
       <c r="G183" t="inlineStr">
         <is>
-          <t>603018</t>
+          <t>4.658</t>
         </is>
       </c>
       <c r="H183" t="inlineStr">
         <is>
-          <t>华设集团</t>
-[...6 lines deleted...]
-        <v>0.4</v>
+          <t>2030-11-07</t>
+        </is>
+      </c>
+      <c r="I183" t="inlineStr">
+        <is>
+          <t>114.00</t>
+        </is>
+      </c>
+      <c r="J183" t="inlineStr">
+        <is>
+          <t>103.558</t>
+        </is>
       </c>
       <c r="K183" t="inlineStr">
         <is>
-          <t>AA</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L183" t="n">
+        <v>34.1322</v>
+      </c>
+      <c r="M183" t="n">
+        <v>2.8871</v>
+      </c>
+      <c r="N183" t="n">
+        <v>2.2247</v>
+      </c>
+      <c r="O183" t="n">
+        <v>7.33</v>
+      </c>
+      <c r="P183" t="n">
+        <v>4.72</v>
+      </c>
+      <c r="Q183" t="n">
+        <v>11.13</v>
+      </c>
       <c r="R183" t="n">
-        <v>56.6205</v>
-[...24 lines deleted...]
-      <c r="AB183" t="inlineStr"/>
+        <v>8.640000000000001</v>
+      </c>
+      <c r="S183" t="inlineStr"/>
+      <c r="T183" t="inlineStr"/>
+      <c r="U183" t="inlineStr"/>
+      <c r="V183" t="inlineStr"/>
     </row>
     <row r="184">
       <c r="A184" t="inlineStr">
         <is>
-          <t>127060</t>
+          <t>127061</t>
         </is>
       </c>
       <c r="B184" t="inlineStr">
         <is>
-          <t>湘佳转债</t>
+          <t>美锦转债</t>
         </is>
       </c>
       <c r="C184" t="inlineStr">
         <is>
-          <t>122.129</t>
+          <t>000723</t>
         </is>
       </c>
       <c r="D184" t="inlineStr">
         <is>
-          <t>0.780</t>
-[...6 lines deleted...]
-        <v>67.48699999999999</v>
+          <t>美锦能源</t>
+        </is>
+      </c>
+      <c r="E184" t="inlineStr">
+        <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="F184" t="inlineStr">
+        <is>
+          <t>27.890</t>
+        </is>
       </c>
       <c r="G184" t="inlineStr">
         <is>
-          <t>002982</t>
+          <t>2.107</t>
         </is>
       </c>
       <c r="H184" t="inlineStr">
         <is>
-          <t>湘佳股份</t>
-[...6 lines deleted...]
-        <v>0.28</v>
+          <t>2028-04-20</t>
+        </is>
+      </c>
+      <c r="I184" t="inlineStr">
+        <is>
+          <t>118.00</t>
+        </is>
+      </c>
+      <c r="J184" t="inlineStr">
+        <is>
+          <t>6.838</t>
+        </is>
       </c>
       <c r="K184" t="inlineStr">
         <is>
-          <t>A+</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L184" t="n">
+        <v>65.3219</v>
+      </c>
+      <c r="M184" t="n">
+        <v>0.4366</v>
+      </c>
+      <c r="N184" t="n">
+        <v>0.3846</v>
+      </c>
+      <c r="O184" t="n">
+        <v>-11.43</v>
+      </c>
+      <c r="P184" t="n">
+        <v>2.89</v>
+      </c>
+      <c r="Q184" t="n">
+        <v>21.1</v>
+      </c>
       <c r="R184" t="n">
-        <v>58.3273</v>
+        <v>18.16</v>
       </c>
       <c r="S184" t="n">
-        <v>1.3784</v>
-[...21 lines deleted...]
-      <c r="AB184" t="inlineStr"/>
+        <v>20.41</v>
+      </c>
+      <c r="T184" t="inlineStr"/>
+      <c r="U184" t="inlineStr"/>
+      <c r="V184" t="inlineStr"/>
     </row>
     <row r="185">
       <c r="A185" t="inlineStr">
         <is>
-          <t>127016</t>
+          <t>113656</t>
         </is>
       </c>
       <c r="B185" t="inlineStr">
         <is>
-          <t>鲁泰转债</t>
+          <t>嘉诚转债</t>
         </is>
       </c>
       <c r="C185" t="inlineStr">
         <is>
-          <t>112.786</t>
+          <t>603535</t>
         </is>
       </c>
       <c r="D185" t="inlineStr">
         <is>
-          <t>0.767</t>
-[...6 lines deleted...]
-        <v>93.68300000000001</v>
+          <t>嘉诚国际</t>
+        </is>
+      </c>
+      <c r="E185" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F185" t="inlineStr">
+        <is>
+          <t>7.998</t>
+        </is>
       </c>
       <c r="G185" t="inlineStr">
         <is>
-          <t>000726</t>
+          <t>2.474</t>
         </is>
       </c>
       <c r="H185" t="inlineStr">
         <is>
-          <t>鲁  泰Ａ</t>
-[...6 lines deleted...]
-        <v>3.83</v>
+          <t>2028-09-01</t>
+        </is>
+      </c>
+      <c r="I185" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J185" t="inlineStr">
+        <is>
+          <t>13.455</t>
+        </is>
       </c>
       <c r="K185" t="inlineStr">
         <is>
-          <t>AA+</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L185" t="n">
+        <v>44.5091</v>
+      </c>
+      <c r="M185" t="n">
+        <v>1.5762</v>
+      </c>
+      <c r="N185" t="n">
+        <v>1.4245</v>
+      </c>
+      <c r="O185" t="n">
+        <v>2.05</v>
+      </c>
+      <c r="P185" t="n">
+        <v>1.64</v>
+      </c>
+      <c r="Q185" t="n">
+        <v>12.37</v>
+      </c>
       <c r="R185" t="n">
-        <v>28.9218</v>
+        <v>14.78</v>
       </c>
       <c r="S185" t="n">
-        <v>4.0891</v>
-[...21 lines deleted...]
-      <c r="AB185" t="inlineStr"/>
+        <v>18.4</v>
+      </c>
+      <c r="T185" t="inlineStr"/>
+      <c r="U185" t="inlineStr"/>
+      <c r="V185" t="inlineStr"/>
     </row>
     <row r="186">
       <c r="A186" t="inlineStr">
         <is>
-          <t>110099</t>
+          <t>111017</t>
         </is>
       </c>
       <c r="B186" t="inlineStr">
         <is>
-          <t>福能转债</t>
+          <t>蓝天转债</t>
         </is>
       </c>
       <c r="C186" t="inlineStr">
         <is>
-          <t>148.617</t>
+          <t>605368</t>
         </is>
       </c>
       <c r="D186" t="inlineStr">
         <is>
-          <t>0.757</t>
-[...6 lines deleted...]
-        <v>96.2398</v>
+          <t>蓝天燃气</t>
+        </is>
+      </c>
+      <c r="E186" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F186" t="inlineStr">
+        <is>
+          <t>6.715</t>
+        </is>
       </c>
       <c r="G186" t="inlineStr">
         <is>
-          <t>600483</t>
+          <t>3.427</t>
         </is>
       </c>
       <c r="H186" t="inlineStr">
         <is>
-          <t>福能股份</t>
-[...6 lines deleted...]
-        <v>-0.32</v>
+          <t>2029-08-15</t>
+        </is>
+      </c>
+      <c r="I186" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="J186" t="inlineStr">
+        <is>
+          <t>10.374</t>
+        </is>
       </c>
       <c r="K186" t="inlineStr">
         <is>
-          <t>AA+</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30 2025-05-05 重新计</t>
+        </is>
+      </c>
+      <c r="L186" t="n">
+        <v>43.3848</v>
+      </c>
+      <c r="M186" t="n">
+        <v>1.0059</v>
+      </c>
+      <c r="N186" t="n">
+        <v>0.8562</v>
+      </c>
+      <c r="O186" t="n">
+        <v>5.03</v>
+      </c>
+      <c r="P186" t="n">
+        <v>6.06</v>
+      </c>
+      <c r="Q186" t="n">
+        <v>13.48</v>
       </c>
       <c r="R186" t="n">
-        <v>38.2604</v>
+        <v>14.24</v>
       </c>
       <c r="S186" t="n">
-        <v>2.538</v>
-[...17 lines deleted...]
-      <c r="AB186" t="inlineStr"/>
+        <v>16.36</v>
+      </c>
+      <c r="T186" t="inlineStr"/>
+      <c r="U186" t="inlineStr"/>
+      <c r="V186" t="inlineStr"/>
     </row>
     <row r="187">
       <c r="A187" t="inlineStr">
         <is>
-          <t>123138</t>
+          <t>113631</t>
         </is>
       </c>
       <c r="B187" t="inlineStr">
         <is>
-          <t>丝路转债</t>
+          <t>皖天转债</t>
         </is>
       </c>
       <c r="C187" t="inlineStr">
         <is>
-          <t>134.277</t>
+          <t>603689</t>
         </is>
       </c>
       <c r="D187" t="inlineStr">
         <is>
-          <t>0.761</t>
-[...6 lines deleted...]
-        <v>77.1956</v>
+          <t>皖天然气</t>
+        </is>
+      </c>
+      <c r="E187" t="inlineStr">
+        <is>
+          <t>AA+</t>
+        </is>
+      </c>
+      <c r="F187" t="inlineStr">
+        <is>
+          <t>5.959</t>
+        </is>
       </c>
       <c r="G187" t="inlineStr">
         <is>
-          <t>300556</t>
+          <t>1.658</t>
         </is>
       </c>
       <c r="H187" t="inlineStr">
         <is>
-          <t>丝路视觉</t>
-[...6 lines deleted...]
-        <v>2.04</v>
+          <t>2027-11-08</t>
+        </is>
+      </c>
+      <c r="I187" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="J187" t="inlineStr">
+        <is>
+          <t>8.853</t>
+        </is>
       </c>
       <c r="K187" t="inlineStr">
         <is>
-          <t>A</t>
-[...30 lines deleted...]
-        </is>
+          <t>2/15 | 30</t>
+        </is>
+      </c>
+      <c r="L187" t="n">
+        <v>47.7105</v>
+      </c>
+      <c r="M187" t="n">
+        <v>0.6746</v>
+      </c>
+      <c r="N187" t="n">
+        <v>0.6484</v>
+      </c>
+      <c r="O187" t="n">
+        <v>3.33</v>
+      </c>
+      <c r="P187" t="n">
+        <v>3.44</v>
+      </c>
+      <c r="Q187" t="n">
+        <v>15.66</v>
       </c>
       <c r="R187" t="n">
-        <v>69.8129</v>
+        <v>13.13</v>
       </c>
       <c r="S187" t="n">
-        <v>1.5307</v>
-[...21 lines deleted...]
-      <c r="AB187" t="inlineStr"/>
+        <v>13.2</v>
+      </c>
+      <c r="T187" t="inlineStr"/>
+      <c r="U187" t="inlineStr"/>
+      <c r="V187" t="inlineStr"/>
     </row>
     <row r="188">
       <c r="A188" t="inlineStr">
         <is>
-          <t>113638</t>
+          <t>123158</t>
         </is>
       </c>
       <c r="B188" t="inlineStr">
         <is>
-          <t>台21转债</t>
+          <t>宙邦转债</t>
         </is>
       </c>
       <c r="C188" t="inlineStr">
         <is>
-          <t>129.061</t>
+          <t>300037</t>
         </is>
       </c>
       <c r="D188" t="inlineStr">
         <is>
-          <t>0.749</t>
-[...6 lines deleted...]
-        <v>58.1223</v>
+          <t>新宙邦</t>
+        </is>
+      </c>
+      <c r="E188" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F188" t="inlineStr">
+        <is>
+          <t>18.047</t>
+        </is>
       </c>
       <c r="G188" t="inlineStr">
         <is>
-          <t>603055</t>
+          <t>2.543</t>
         </is>
       </c>
       <c r="H188" t="inlineStr">
         <is>
-          <t>台华新材</t>
-[...6 lines deleted...]
-        <v>0.43</v>
+          <t>2028-09-26</t>
+        </is>
+      </c>
+      <c r="I188" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="J188" t="inlineStr">
+        <is>
+          <t>53.365</t>
+        </is>
       </c>
       <c r="K188" t="inlineStr">
         <is>
-          <t>AA</t>
-[...30 lines deleted...]
-        </is>
+          <t>!</t>
+        </is>
+      </c>
+      <c r="L188" t="n">
+        <v>41.8098</v>
+      </c>
+      <c r="M188" t="n">
+        <v>1.9178</v>
+      </c>
+      <c r="N188" t="n">
+        <v>1.7211</v>
+      </c>
+      <c r="O188" t="n">
+        <v>9.42</v>
+      </c>
+      <c r="P188" t="n">
+        <v>10.11</v>
+      </c>
+      <c r="Q188" t="n">
+        <v>53.65</v>
       </c>
       <c r="R188" t="n">
-        <v>54.7052</v>
+        <v>43.46</v>
       </c>
       <c r="S188" t="n">
-        <v>1.2247</v>
-[...21 lines deleted...]
-      <c r="AB188" t="inlineStr"/>
+        <v>27.6</v>
+      </c>
+      <c r="T188" t="inlineStr"/>
+      <c r="U188" t="inlineStr"/>
+      <c r="V188" t="inlineStr"/>
     </row>
     <row r="189">
       <c r="A189" t="inlineStr">
         <is>
-          <t>110087</t>
+          <t>111010</t>
         </is>
       </c>
       <c r="B189" t="inlineStr">
         <is>
-          <t>天业转债</t>
+          <t>立昂转债</t>
         </is>
       </c>
       <c r="C189" t="inlineStr">
         <is>
-          <t>142.093</t>
+          <t>605358</t>
         </is>
       </c>
       <c r="D189" t="inlineStr">
         <is>
-          <t>0.736</t>
-[...6 lines deleted...]
-        <v>108.9286</v>
+          <t>立昂微</t>
+        </is>
+      </c>
+      <c r="E189" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F189" t="inlineStr">
+        <is>
+          <t>33.892</t>
+        </is>
       </c>
       <c r="G189" t="inlineStr">
         <is>
-          <t>600075</t>
+          <t>2.677</t>
         </is>
       </c>
       <c r="H189" t="inlineStr">
         <is>
-          <t>新疆天业</t>
-[...6 lines deleted...]
-        <v>1.16</v>
+          <t>2028-11-14</t>
+        </is>
+      </c>
+      <c r="I189" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="J189" t="inlineStr">
+        <is>
+          <t>43.667</t>
+        </is>
       </c>
       <c r="K189" t="inlineStr">
         <is>
-          <t>AA+</t>
-[...30 lines deleted...]
-        </is>
+          <t>3/15 | 30</t>
+        </is>
+      </c>
+      <c r="L189" t="n">
+        <v>57.6818</v>
+      </c>
+      <c r="M189" t="n">
+        <v>1.4863</v>
+      </c>
+      <c r="N189" t="n">
+        <v>1.1179</v>
+      </c>
+      <c r="O189" t="n">
+        <v>-2.66</v>
+      </c>
+      <c r="P189" t="n">
+        <v>0.66</v>
+      </c>
+      <c r="Q189" t="n">
+        <v>24.53</v>
       </c>
       <c r="R189" t="n">
-        <v>56.3402</v>
+        <v>22.54</v>
       </c>
       <c r="S189" t="n">
-        <v>0.7247</v>
-[...21 lines deleted...]
-      <c r="AB189" t="inlineStr"/>
+        <v>20.98</v>
+      </c>
+      <c r="T189" t="inlineStr"/>
+      <c r="U189" t="inlineStr"/>
+      <c r="V189" t="inlineStr"/>
     </row>
     <row r="190">
       <c r="A190" t="inlineStr">
         <is>
-          <t>127085</t>
+          <t>113640</t>
         </is>
       </c>
       <c r="B190" t="inlineStr">
         <is>
-          <t>韵达转债</t>
+          <t>苏利转债</t>
         </is>
       </c>
       <c r="C190" t="inlineStr">
         <is>
-          <t>124.204</t>
+          <t>603585</t>
         </is>
       </c>
       <c r="D190" t="inlineStr">
         <is>
-          <t>0.732</t>
-[...6 lines deleted...]
-        <v>60.4433</v>
+          <t>苏利股份</t>
+        </is>
+      </c>
+      <c r="E190" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F190" t="inlineStr">
+        <is>
+          <t>9.101</t>
+        </is>
       </c>
       <c r="G190" t="inlineStr">
         <is>
-          <t>002120</t>
+          <t>1.932</t>
         </is>
       </c>
       <c r="H190" t="inlineStr">
         <is>
-          <t>韵达股份</t>
-[...6 lines deleted...]
-        <v>1</v>
+          <t>2028-02-16</t>
+        </is>
+      </c>
+      <c r="I190" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J190" t="inlineStr">
+        <is>
+          <t>22.360</t>
+        </is>
       </c>
       <c r="K190" t="inlineStr">
         <is>
-          <t>AA+</t>
-[...30 lines deleted...]
-        </is>
+          <t>2/15 | 30</t>
+        </is>
+      </c>
+      <c r="L190" t="n">
+        <v>39.7456</v>
+      </c>
+      <c r="M190" t="n">
+        <v>2.2844</v>
+      </c>
+      <c r="N190" t="n">
+        <v>1.703</v>
+      </c>
+      <c r="O190" t="n">
+        <v>-0.11</v>
+      </c>
+      <c r="P190" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="Q190" t="n">
+        <v>19.08</v>
       </c>
       <c r="R190" t="n">
-        <v>42.9548</v>
+        <v>18.83</v>
       </c>
       <c r="S190" t="n">
-        <v>1.6065</v>
-[...21 lines deleted...]
-      <c r="AB190" t="inlineStr"/>
+        <v>21.26</v>
+      </c>
+      <c r="T190" t="inlineStr"/>
+      <c r="U190" t="inlineStr"/>
+      <c r="V190" t="inlineStr"/>
     </row>
     <row r="191">
       <c r="A191" t="inlineStr">
         <is>
-          <t>123124</t>
+          <t>127098</t>
         </is>
       </c>
       <c r="B191" t="inlineStr">
         <is>
-          <t>晶瑞转2</t>
+          <t>欧晶转债</t>
         </is>
       </c>
       <c r="C191" t="inlineStr">
         <is>
-          <t>158.401</t>
+          <t>001269</t>
         </is>
       </c>
       <c r="D191" t="inlineStr">
         <is>
-          <t>0.731</t>
-[...6 lines deleted...]
-        <v>114.7993</v>
+          <t>欧晶科技</t>
+        </is>
+      </c>
+      <c r="E191" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F191" t="inlineStr">
+        <is>
+          <t>4.693</t>
+        </is>
       </c>
       <c r="G191" t="inlineStr">
         <is>
-          <t>300655</t>
+          <t>3.704</t>
         </is>
       </c>
       <c r="H191" t="inlineStr">
         <is>
-          <t>晶瑞电材</t>
-[...6 lines deleted...]
-        <v>3.68</v>
+          <t>2029-11-24</t>
+        </is>
+      </c>
+      <c r="I191" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="J191" t="inlineStr">
+        <is>
+          <t>54.600</t>
+        </is>
       </c>
       <c r="K191" t="inlineStr">
         <is>
-          <t>A+</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L191" t="n">
+        <v>53.0491</v>
+      </c>
+      <c r="M191" t="n">
+        <v>2.318</v>
+      </c>
+      <c r="N191" t="n">
+        <v>2.077</v>
+      </c>
+      <c r="O191" t="n">
+        <v>-5.36</v>
+      </c>
+      <c r="P191" t="n">
+        <v>6.54</v>
+      </c>
+      <c r="Q191" t="n">
+        <v>12.97</v>
+      </c>
       <c r="R191" t="n">
-        <v>26.6484</v>
+        <v>10.12</v>
       </c>
       <c r="S191" t="n">
-        <v>6.2652</v>
-[...21 lines deleted...]
-      <c r="AB191" t="inlineStr"/>
+        <v>17.44</v>
+      </c>
+      <c r="T191" t="inlineStr"/>
+      <c r="U191" t="inlineStr"/>
+      <c r="V191" t="inlineStr"/>
     </row>
     <row r="192">
       <c r="A192" t="inlineStr">
         <is>
-          <t>113666</t>
+          <t>113679</t>
         </is>
       </c>
       <c r="B192" t="inlineStr">
         <is>
-          <t>爱玛转债</t>
+          <t>芯能转债</t>
         </is>
       </c>
       <c r="C192" t="inlineStr">
         <is>
-          <t>130.206</t>
+          <t>603105</t>
         </is>
       </c>
       <c r="D192" t="inlineStr">
         <is>
-          <t>0.733</t>
-[...6 lines deleted...]
-        <v>81.8959</v>
+          <t>芯能科技</t>
+        </is>
+      </c>
+      <c r="E192" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F192" t="inlineStr">
+        <is>
+          <t>8.799</t>
+        </is>
       </c>
       <c r="G192" t="inlineStr">
         <is>
-          <t>603529</t>
+          <t>3.625</t>
         </is>
       </c>
       <c r="H192" t="inlineStr">
         <is>
-          <t>爱玛科技</t>
-[...6 lines deleted...]
-        <v>-0.1</v>
+          <t>2029-10-26</t>
+        </is>
+      </c>
+      <c r="I192" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J192" t="inlineStr">
+        <is>
+          <t>16.575</t>
+        </is>
       </c>
       <c r="K192" t="inlineStr">
         <is>
-          <t>AA</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L192" t="n">
+        <v>50.9822</v>
+      </c>
+      <c r="M192" t="n">
+        <v>1.195</v>
+      </c>
+      <c r="N192" t="n">
+        <v>1.1724</v>
+      </c>
+      <c r="O192" t="n">
+        <v>1.94</v>
+      </c>
+      <c r="P192" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="Q192" t="n">
+        <v>14.29</v>
+      </c>
       <c r="R192" t="n">
-        <v>63.3439</v>
+        <v>11.21</v>
       </c>
       <c r="S192" t="n">
-        <v>0.9675</v>
-[...21 lines deleted...]
-      <c r="AB192" t="inlineStr"/>
+        <v>14.12</v>
+      </c>
+      <c r="T192" t="inlineStr"/>
+      <c r="U192" t="inlineStr"/>
+      <c r="V192" t="inlineStr"/>
     </row>
     <row r="193">
       <c r="A193" t="inlineStr">
         <is>
-          <t>113656</t>
+          <t>113634</t>
         </is>
       </c>
       <c r="B193" t="inlineStr">
         <is>
-          <t>嘉诚转债</t>
+          <t>珀莱转债</t>
         </is>
       </c>
       <c r="C193" t="inlineStr">
         <is>
-          <t>136.527</t>
+          <t>603605</t>
         </is>
       </c>
       <c r="D193" t="inlineStr">
         <is>
-          <t>0.731</t>
-[...6 lines deleted...]
-        <v>100.4831</v>
+          <t>珀莱雅</t>
+        </is>
+      </c>
+      <c r="E193" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F193" t="inlineStr">
+        <is>
+          <t>7.507</t>
+        </is>
       </c>
       <c r="G193" t="inlineStr">
         <is>
-          <t>603535</t>
+          <t>1.740</t>
         </is>
       </c>
       <c r="H193" t="inlineStr">
         <is>
-          <t>嘉诚国际</t>
-[...6 lines deleted...]
-        <v>0.87</v>
+          <t>2027-12-08</t>
+        </is>
+      </c>
+      <c r="I193" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J193" t="inlineStr">
+        <is>
+          <t>124.098</t>
+        </is>
       </c>
       <c r="K193" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30 2024-03-09 重新计</t>
+        </is>
+      </c>
+      <c r="L193" t="n">
+        <v>32.6094</v>
+      </c>
+      <c r="M193" t="n">
+        <v>3.1926</v>
+      </c>
+      <c r="N193" t="n">
+        <v>2.6909</v>
+      </c>
+      <c r="O193" t="n">
+        <v>15.52</v>
+      </c>
+      <c r="P193" t="n">
+        <v>11.94</v>
+      </c>
+      <c r="Q193" t="n">
+        <v>14.01</v>
       </c>
       <c r="R193" t="n">
-        <v>44.5091</v>
+        <v>10.48</v>
       </c>
       <c r="S193" t="n">
-        <v>1.5762</v>
-[...21 lines deleted...]
-      <c r="AB193" t="inlineStr"/>
+        <v>14.07</v>
+      </c>
+      <c r="T193" t="inlineStr"/>
+      <c r="U193" t="inlineStr"/>
+      <c r="V193" t="inlineStr"/>
     </row>
     <row r="194">
       <c r="A194" t="inlineStr">
         <is>
-          <t>113623</t>
+          <t>123172</t>
         </is>
       </c>
       <c r="B194" t="inlineStr">
         <is>
-          <t>凤21转债</t>
+          <t>漱玉转债</t>
         </is>
       </c>
       <c r="C194" t="inlineStr">
         <is>
-          <t>139.929</t>
+          <t>301017</t>
         </is>
       </c>
       <c r="D194" t="inlineStr">
         <is>
-          <t>0.728</t>
-[...6 lines deleted...]
-        <v>139.7338</v>
+          <t>漱玉平民</t>
+        </is>
+      </c>
+      <c r="E194" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F194" t="inlineStr">
+        <is>
+          <t>7.960</t>
+        </is>
       </c>
       <c r="G194" t="inlineStr">
         <is>
-          <t>603225</t>
+          <t>2.762</t>
         </is>
       </c>
       <c r="H194" t="inlineStr">
         <is>
-          <t>新凤鸣</t>
-[...6 lines deleted...]
-        <v>0.64</v>
+          <t>2028-12-15</t>
+        </is>
+      </c>
+      <c r="I194" t="inlineStr">
+        <is>
+          <t>113.00</t>
+        </is>
+      </c>
+      <c r="J194" t="inlineStr">
+        <is>
+          <t>19.435</t>
+        </is>
       </c>
       <c r="K194" t="inlineStr">
         <is>
-          <t>AA</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30</t>
+        </is>
+      </c>
+      <c r="L194" t="n">
+        <v>77.73860000000001</v>
+      </c>
+      <c r="M194" t="n">
+        <v>0.8774</v>
+      </c>
+      <c r="N194" t="n">
+        <v>0.5383</v>
+      </c>
+      <c r="O194" t="n">
+        <v>-1.89</v>
+      </c>
+      <c r="P194" t="n">
+        <v>1.33</v>
+      </c>
+      <c r="Q194" t="n">
+        <v>17.3</v>
       </c>
       <c r="R194" t="n">
-        <v>70.289</v>
+        <v>23.28</v>
       </c>
       <c r="S194" t="n">
-        <v>0.6536</v>
-[...21 lines deleted...]
-      <c r="AB194" t="inlineStr"/>
+        <v>25.35</v>
+      </c>
+      <c r="T194" t="inlineStr"/>
+      <c r="U194" t="inlineStr"/>
+      <c r="V194" t="inlineStr"/>
     </row>
     <row r="195">
       <c r="A195" t="inlineStr">
         <is>
-          <t>123128</t>
+          <t>123216</t>
         </is>
       </c>
       <c r="B195" t="inlineStr">
         <is>
-          <t>首华转债</t>
+          <t>科顺转债</t>
         </is>
       </c>
       <c r="C195" t="inlineStr">
         <is>
-          <t>140.677</t>
+          <t>300737</t>
         </is>
       </c>
       <c r="D195" t="inlineStr">
         <is>
-          <t>0.716</t>
-[...6 lines deleted...]
-        <v>141.1523</v>
+          <t>科顺股份</t>
+        </is>
+      </c>
+      <c r="E195" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F195" t="inlineStr">
+        <is>
+          <t>21.978</t>
+        </is>
       </c>
       <c r="G195" t="inlineStr">
         <is>
-          <t>300483</t>
+          <t>3.397</t>
         </is>
       </c>
       <c r="H195" t="inlineStr">
         <is>
-          <t>首华燃气</t>
-[...6 lines deleted...]
-        <v>0.53</v>
+          <t>2029-08-04</t>
+        </is>
+      </c>
+      <c r="I195" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J195" t="inlineStr">
+        <is>
+          <t>8.671</t>
+        </is>
       </c>
       <c r="K195" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30</t>
+        </is>
+      </c>
+      <c r="L195" t="n">
+        <v>69.1742</v>
+      </c>
+      <c r="M195" t="n">
+        <v>1.385</v>
+      </c>
+      <c r="N195" t="n">
+        <v>1.3179</v>
+      </c>
+      <c r="O195" t="n">
+        <v>0.44</v>
+      </c>
+      <c r="P195" t="n">
+        <v>-3.38</v>
+      </c>
+      <c r="Q195" t="n">
+        <v>24.88</v>
       </c>
       <c r="R195" t="n">
-        <v>56.8666</v>
+        <v>19.89</v>
       </c>
       <c r="S195" t="n">
-        <v>0.6077</v>
-[...21 lines deleted...]
-      <c r="AB195" t="inlineStr"/>
+        <v>22.22</v>
+      </c>
+      <c r="T195" t="inlineStr"/>
+      <c r="U195" t="inlineStr"/>
+      <c r="V195" t="inlineStr"/>
     </row>
     <row r="196">
       <c r="A196" t="inlineStr">
         <is>
-          <t>111013</t>
+          <t>113648</t>
         </is>
       </c>
       <c r="B196" t="inlineStr">
         <is>
-          <t>新港转债</t>
+          <t>巨星转债</t>
         </is>
       </c>
       <c r="C196" t="inlineStr">
         <is>
-          <t>143.638</t>
+          <t>603477</t>
         </is>
       </c>
       <c r="D196" t="inlineStr">
         <is>
-          <t>0.717</t>
-[...6 lines deleted...]
-        <v>109.4579</v>
+          <t>巨星农牧</t>
+        </is>
+      </c>
+      <c r="E196" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F196" t="inlineStr">
+        <is>
+          <t>8.997</t>
+        </is>
       </c>
       <c r="G196" t="inlineStr">
         <is>
-          <t>605162</t>
+          <t>2.121</t>
         </is>
       </c>
       <c r="H196" t="inlineStr">
         <is>
-          <t>新中港</t>
-[...6 lines deleted...]
-        <v>-0.32</v>
+          <t>2028-04-25</t>
+        </is>
+      </c>
+      <c r="I196" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="J196" t="inlineStr">
+        <is>
+          <t>32.552</t>
+        </is>
       </c>
       <c r="K196" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30 2024-12-13 重新计</t>
+        </is>
+      </c>
+      <c r="L196" t="n">
+        <v>66.6215</v>
+      </c>
+      <c r="M196" t="n">
+        <v>0.8054</v>
+      </c>
+      <c r="N196" t="n">
+        <v>0.1971</v>
+      </c>
+      <c r="O196" t="n">
+        <v>5.19</v>
+      </c>
+      <c r="P196" t="n">
+        <v>-6.45</v>
+      </c>
+      <c r="Q196" t="n">
+        <v>11.76</v>
       </c>
       <c r="R196" t="n">
-        <v>27.4657</v>
+        <v>9.74</v>
       </c>
       <c r="S196" t="n">
-        <v>8.3659</v>
-[...21 lines deleted...]
-      <c r="AB196" t="inlineStr"/>
+        <v>18.08</v>
+      </c>
+      <c r="T196" t="inlineStr"/>
+      <c r="U196" t="inlineStr"/>
+      <c r="V196" t="inlineStr"/>
     </row>
     <row r="197">
       <c r="A197" t="inlineStr">
         <is>
-          <t>113680</t>
+          <t>118025</t>
         </is>
       </c>
       <c r="B197" t="inlineStr">
         <is>
-          <t>丽岛转债</t>
+          <t>奕瑞转债</t>
         </is>
       </c>
       <c r="C197" t="inlineStr">
         <is>
-          <t>141.081</t>
+          <t>688301</t>
         </is>
       </c>
       <c r="D197" t="inlineStr">
         <is>
-          <t>0.707</t>
-[...6 lines deleted...]
-        <v>100.5422</v>
+          <t>奕瑞科技</t>
+        </is>
+      </c>
+      <c r="E197" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F197" t="inlineStr">
+        <is>
+          <t>14.217</t>
+        </is>
       </c>
       <c r="G197" t="inlineStr">
         <is>
-          <t>603937</t>
+          <t>2.619</t>
         </is>
       </c>
       <c r="H197" t="inlineStr">
         <is>
-          <t>丽岛新材</t>
-[...6 lines deleted...]
-        <v>1.33</v>
+          <t>2028-10-24</t>
+        </is>
+      </c>
+      <c r="I197" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="J197" t="inlineStr">
+        <is>
+          <t>149.461</t>
+        </is>
       </c>
       <c r="K197" t="inlineStr">
         <is>
-          <t>A+</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L197" t="n">
+        <v>46.4102</v>
+      </c>
+      <c r="M197" t="n">
+        <v>3.8745</v>
+      </c>
+      <c r="N197" t="n">
+        <v>3.2524</v>
+      </c>
+      <c r="O197" t="n">
+        <v>4.65</v>
+      </c>
+      <c r="P197" t="n">
+        <v>6.07</v>
+      </c>
+      <c r="Q197" t="n">
+        <v>28.2</v>
+      </c>
       <c r="R197" t="n">
-        <v>39.3172</v>
+        <v>21.5</v>
       </c>
       <c r="S197" t="n">
-        <v>2.1259</v>
-[...21 lines deleted...]
-      <c r="AB197" t="inlineStr"/>
+        <v>19.34</v>
+      </c>
+      <c r="T197" t="inlineStr"/>
+      <c r="U197" t="inlineStr"/>
+      <c r="V197" t="inlineStr"/>
     </row>
     <row r="198">
       <c r="A198" t="inlineStr">
         <is>
-          <t>118044</t>
+          <t>118038</t>
         </is>
       </c>
       <c r="B198" t="inlineStr">
         <is>
-          <t>赛特转债</t>
+          <t>金宏转债</t>
         </is>
       </c>
       <c r="C198" t="inlineStr">
         <is>
-          <t>146.526</t>
+          <t>688106</t>
         </is>
       </c>
       <c r="D198" t="inlineStr">
         <is>
-          <t>0.711</t>
-[...6 lines deleted...]
-        <v>106.9841</v>
+          <t>金宏气体</t>
+        </is>
+      </c>
+      <c r="E198" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F198" t="inlineStr">
+        <is>
+          <t>10.158</t>
+        </is>
       </c>
       <c r="G198" t="inlineStr">
         <is>
-          <t>688398</t>
+          <t>3.348</t>
         </is>
       </c>
       <c r="H198" t="inlineStr">
         <is>
-          <t>赛特新材</t>
-[...6 lines deleted...]
-        <v>1.61</v>
+          <t>2029-07-17</t>
+        </is>
+      </c>
+      <c r="I198" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J198" t="inlineStr">
+        <is>
+          <t>24.661</t>
+        </is>
       </c>
       <c r="K198" t="inlineStr">
         <is>
-          <t>A+</t>
-[...30 lines deleted...]
-        </is>
+          <t>4/15 | 30</t>
+        </is>
+      </c>
+      <c r="L198" t="n">
+        <v>57.0663</v>
+      </c>
+      <c r="M198" t="n">
+        <v>1.116</v>
+      </c>
+      <c r="N198" t="n">
+        <v>1.0459</v>
+      </c>
+      <c r="O198" t="n">
+        <v>2.01</v>
+      </c>
+      <c r="P198" t="n">
+        <v>3.15</v>
+      </c>
+      <c r="Q198" t="n">
+        <v>30.84</v>
       </c>
       <c r="R198" t="n">
-        <v>45.173</v>
+        <v>24.56</v>
       </c>
       <c r="S198" t="n">
-        <v>2.1144</v>
-[...21 lines deleted...]
-      <c r="AB198" t="inlineStr"/>
+        <v>19.85</v>
+      </c>
+      <c r="T198" t="inlineStr"/>
+      <c r="U198" t="inlineStr"/>
+      <c r="V198" t="inlineStr"/>
     </row>
     <row r="199">
       <c r="A199" t="inlineStr">
         <is>
-          <t>123107</t>
+          <t>111001</t>
         </is>
       </c>
       <c r="B199" t="inlineStr">
         <is>
-          <t>温氏转债</t>
+          <t>山玻转债</t>
         </is>
       </c>
       <c r="C199" t="inlineStr">
         <is>
-          <t>131.822</t>
+          <t>605006</t>
         </is>
       </c>
       <c r="D199" t="inlineStr">
         <is>
-          <t>0.714</t>
-[...6 lines deleted...]
-        <v>96.0098</v>
+          <t>山东玻纤</t>
+        </is>
+      </c>
+      <c r="E199" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F199" t="inlineStr">
+        <is>
+          <t>5.995</t>
+        </is>
       </c>
       <c r="G199" t="inlineStr">
         <is>
-          <t>300498</t>
+          <t>1.658</t>
         </is>
       </c>
       <c r="H199" t="inlineStr">
         <is>
-          <t>温氏股份</t>
-[...6 lines deleted...]
-        <v>-0.38</v>
+          <t>2027-11-08</t>
+        </is>
+      </c>
+      <c r="I199" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J199" t="inlineStr">
+        <is>
+          <t>14.534</t>
+        </is>
       </c>
       <c r="K199" t="inlineStr">
         <is>
-          <t>AAA</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30</t>
+        </is>
+      </c>
+      <c r="L199" t="n">
+        <v>65.8724</v>
+      </c>
+      <c r="M199" t="n">
+        <v>0.9622000000000001</v>
+      </c>
+      <c r="N199" t="n">
+        <v>0.698</v>
+      </c>
+      <c r="O199" t="n">
+        <v>-0.99</v>
+      </c>
+      <c r="P199" t="n">
+        <v>1.05</v>
+      </c>
+      <c r="Q199" t="n">
+        <v>61.55</v>
       </c>
       <c r="R199" t="n">
-        <v>49.4139</v>
+        <v>35.74</v>
       </c>
       <c r="S199" t="n">
-        <v>1.1515</v>
-[...21 lines deleted...]
-      <c r="AB199" t="inlineStr"/>
+        <v>21.06</v>
+      </c>
+      <c r="T199" t="inlineStr"/>
+      <c r="U199" t="inlineStr"/>
+      <c r="V199" t="inlineStr"/>
     </row>
     <row r="200">
       <c r="A200" t="inlineStr">
         <is>
-          <t>118007</t>
+          <t>128125</t>
         </is>
       </c>
       <c r="B200" t="inlineStr">
         <is>
-          <t>山石转债</t>
+          <t>华阳转债</t>
         </is>
       </c>
       <c r="C200" t="inlineStr">
         <is>
-          <t>151.542</t>
+          <t>002949</t>
         </is>
       </c>
       <c r="D200" t="inlineStr">
         <is>
-          <t>0.707</t>
-[...6 lines deleted...]
-        <v>119.6364</v>
+          <t>华阳国际</t>
+        </is>
+      </c>
+      <c r="E200" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F200" t="inlineStr">
+        <is>
+          <t>4.497</t>
+        </is>
       </c>
       <c r="G200" t="inlineStr">
         <is>
-          <t>688030</t>
+          <t>0.381</t>
         </is>
       </c>
       <c r="H200" t="inlineStr">
         <is>
-          <t>山石网科</t>
-[...6 lines deleted...]
-        <v>0.51</v>
+          <t>2026-07-30</t>
+        </is>
+      </c>
+      <c r="I200" t="inlineStr">
+        <is>
+          <t>113.00</t>
+        </is>
+      </c>
+      <c r="J200" t="inlineStr">
+        <is>
+          <t>18.707</t>
+        </is>
       </c>
       <c r="K200" t="inlineStr">
         <is>
-          <t>A</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L200" t="n">
+        <v>45.2519</v>
+      </c>
+      <c r="M200" t="n">
+        <v>1.8703</v>
+      </c>
+      <c r="N200" t="n">
+        <v>1.8703</v>
+      </c>
+      <c r="O200" t="n">
+        <v>1.25</v>
+      </c>
+      <c r="P200" t="n">
+        <v>1.61</v>
+      </c>
+      <c r="Q200" t="n">
+        <v>33.47</v>
+      </c>
       <c r="R200" t="n">
-        <v>57.2883</v>
+        <v>23.17</v>
       </c>
       <c r="S200" t="n">
-        <v>1.7833</v>
-[...21 lines deleted...]
-      <c r="AB200" t="inlineStr"/>
+        <v>16.99</v>
+      </c>
+      <c r="T200" t="inlineStr"/>
+      <c r="U200" t="inlineStr"/>
+      <c r="V200" t="inlineStr"/>
     </row>
     <row r="201">
       <c r="A201" t="inlineStr">
         <is>
-          <t>110086</t>
+          <t>123175</t>
         </is>
       </c>
       <c r="B201" t="inlineStr">
         <is>
-          <t>精工转债</t>
+          <t>百畅转债</t>
         </is>
       </c>
       <c r="C201" t="inlineStr">
         <is>
-          <t>135.848</t>
+          <t>300614</t>
         </is>
       </c>
       <c r="D201" t="inlineStr">
         <is>
-          <t>0.686</t>
-[...6 lines deleted...]
-        <v>97.286</v>
+          <t>百川畅银</t>
+        </is>
+      </c>
+      <c r="E201" t="inlineStr">
+        <is>
+          <t>A</t>
+        </is>
+      </c>
+      <c r="F201" t="inlineStr">
+        <is>
+          <t>4.199</t>
+        </is>
       </c>
       <c r="G201" t="inlineStr">
         <is>
-          <t>600496</t>
+          <t>2.951</t>
         </is>
       </c>
       <c r="H201" t="inlineStr">
         <is>
-          <t>精工钢构</t>
-[...6 lines deleted...]
-        <v>-1.27</v>
+          <t>2029-02-22</t>
+        </is>
+      </c>
+      <c r="I201" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="J201" t="inlineStr">
+        <is>
+          <t>26.520</t>
+        </is>
       </c>
       <c r="K201" t="inlineStr">
         <is>
-          <t>AA</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L201" t="n">
+        <v>43.0547</v>
+      </c>
+      <c r="M201" t="n">
+        <v>2.1518</v>
+      </c>
+      <c r="N201" t="n">
+        <v>2.11</v>
+      </c>
+      <c r="O201" t="n">
+        <v>-2.82</v>
+      </c>
+      <c r="P201" t="n">
+        <v>-0.97</v>
+      </c>
+      <c r="Q201" t="n">
+        <v>18.24</v>
+      </c>
       <c r="R201" t="n">
-        <v>64.7645</v>
+        <v>13.66</v>
       </c>
       <c r="S201" t="n">
-        <v>1.5052</v>
-[...21 lines deleted...]
-      <c r="AB201" t="inlineStr"/>
+        <v>17.18</v>
+      </c>
+      <c r="T201" t="inlineStr"/>
+      <c r="U201" t="inlineStr"/>
+      <c r="V201" t="inlineStr"/>
     </row>
     <row r="202">
       <c r="A202" t="inlineStr">
         <is>
-          <t>113655</t>
+          <t>118008</t>
         </is>
       </c>
       <c r="B202" t="inlineStr">
         <is>
-          <t>欧22转债</t>
+          <t>海优转债</t>
         </is>
       </c>
       <c r="C202" t="inlineStr">
         <is>
-          <t>139.634</t>
+          <t>688680</t>
         </is>
       </c>
       <c r="D202" t="inlineStr">
         <is>
-          <t>0.694</t>
-[...6 lines deleted...]
-        <v>109.8351</v>
+          <t>海优新材</t>
+        </is>
+      </c>
+      <c r="E202" t="inlineStr">
+        <is>
+          <t>A</t>
+        </is>
+      </c>
+      <c r="F202" t="inlineStr">
+        <is>
+          <t>4.547</t>
+        </is>
       </c>
       <c r="G202" t="inlineStr">
         <is>
-          <t>603833</t>
+          <t>2.282</t>
         </is>
       </c>
       <c r="H202" t="inlineStr">
         <is>
-          <t>欧派家居</t>
-[...6 lines deleted...]
-        <v>0.24</v>
+          <t>2028-06-23</t>
+        </is>
+      </c>
+      <c r="I202" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J202" t="inlineStr">
+        <is>
+          <t>60.840</t>
+        </is>
       </c>
       <c r="K202" t="inlineStr">
         <is>
-          <t>AA</t>
-[...30 lines deleted...]
-        </is>
+          <t>!</t>
+        </is>
+      </c>
+      <c r="L202" t="n">
+        <v>51.1065</v>
+      </c>
+      <c r="M202" t="n">
+        <v>2.4967</v>
+      </c>
+      <c r="N202" t="n">
+        <v>2.3252</v>
+      </c>
+      <c r="O202" t="n">
+        <v>-5.58</v>
+      </c>
+      <c r="P202" t="n">
+        <v>-2.29</v>
+      </c>
+      <c r="Q202" t="n">
+        <v>51.9</v>
       </c>
       <c r="R202" t="n">
-        <v>45.209</v>
+        <v>33.46</v>
       </c>
       <c r="S202" t="n">
-        <v>1.0987</v>
-[...21 lines deleted...]
-      <c r="AB202" t="inlineStr"/>
+        <v>26.88</v>
+      </c>
+      <c r="T202" t="inlineStr"/>
+      <c r="U202" t="inlineStr"/>
+      <c r="V202" t="inlineStr"/>
     </row>
     <row r="203">
       <c r="A203" t="inlineStr">
         <is>
-          <t>111012</t>
+          <t>123092</t>
         </is>
       </c>
       <c r="B203" t="inlineStr">
         <is>
-          <t>福新转债</t>
+          <t>天壕转债</t>
         </is>
       </c>
       <c r="C203" t="inlineStr">
         <is>
-          <t>642.123</t>
+          <t>300332</t>
         </is>
       </c>
       <c r="D203" t="inlineStr">
         <is>
-          <t>0.691</t>
-[...6 lines deleted...]
-        <v>495.8159</v>
+          <t>天壕能源</t>
+        </is>
+      </c>
+      <c r="E203" t="inlineStr">
+        <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="F203" t="inlineStr">
+        <is>
+          <t>3.421</t>
+        </is>
       </c>
       <c r="G203" t="inlineStr">
         <is>
-          <t>605488</t>
+          <t>0.784</t>
         </is>
       </c>
       <c r="H203" t="inlineStr">
         <is>
-          <t>福莱新材</t>
-[...6 lines deleted...]
-        <v>6.52</v>
+          <t>2026-12-24</t>
+        </is>
+      </c>
+      <c r="I203" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J203" t="inlineStr">
+        <is>
+          <t>6.474</t>
+        </is>
       </c>
       <c r="K203" t="inlineStr">
         <is>
-          <t>A+</t>
-[...30 lines deleted...]
-        </is>
+          <t>4/15 | 30 2025-01-01 重新计</t>
+        </is>
+      </c>
+      <c r="L203" t="n">
+        <v>43.2748</v>
+      </c>
+      <c r="M203" t="n">
+        <v>0.6706</v>
+      </c>
+      <c r="N203" t="n">
+        <v>0.6365</v>
+      </c>
+      <c r="O203" t="n">
+        <v>1.25</v>
+      </c>
+      <c r="P203" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="Q203" t="n">
+        <v>56</v>
       </c>
       <c r="R203" t="n">
-        <v>55.9772</v>
+        <v>33.72</v>
       </c>
       <c r="S203" t="n">
-        <v>1.0098</v>
-[...21 lines deleted...]
-      <c r="AB203" t="inlineStr"/>
+        <v>25.96</v>
+      </c>
+      <c r="T203" t="inlineStr"/>
+      <c r="U203" t="inlineStr"/>
+      <c r="V203" t="inlineStr"/>
     </row>
     <row r="204">
       <c r="A204" t="inlineStr">
         <is>
-          <t>118024</t>
+          <t>127099</t>
         </is>
       </c>
       <c r="B204" t="inlineStr">
         <is>
-          <t>冠宇转债</t>
+          <t>盛航转债</t>
         </is>
       </c>
       <c r="C204" t="inlineStr">
         <is>
-          <t>136.776</t>
+          <t>001205</t>
         </is>
       </c>
       <c r="D204" t="inlineStr">
         <is>
-          <t>0.691</t>
-[...6 lines deleted...]
-        <v>94.9323</v>
+          <t>盛航股份</t>
+        </is>
+      </c>
+      <c r="E204" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F204" t="inlineStr">
+        <is>
+          <t>4.541</t>
+        </is>
       </c>
       <c r="G204" t="inlineStr">
         <is>
-          <t>688772</t>
+          <t>3.737</t>
         </is>
       </c>
       <c r="H204" t="inlineStr">
         <is>
-          <t>珠海冠宇</t>
-[...6 lines deleted...]
-        <v>3.38</v>
+          <t>2029-12-06</t>
+        </is>
+      </c>
+      <c r="I204" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J204" t="inlineStr">
+        <is>
+          <t>20.124</t>
+        </is>
       </c>
       <c r="K204" t="inlineStr">
         <is>
-          <t>AA</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30 2025-02-14 重新计</t>
+        </is>
+      </c>
+      <c r="L204" t="n">
+        <v>50.0355</v>
+      </c>
+      <c r="M204" t="n">
+        <v>0.439</v>
+      </c>
+      <c r="N204" t="n">
+        <v>0.3791</v>
+      </c>
+      <c r="O204" t="n">
+        <v>1.37</v>
+      </c>
+      <c r="P204" t="n">
+        <v>1.82</v>
+      </c>
+      <c r="Q204" t="n">
+        <v>14.37</v>
       </c>
       <c r="R204" t="n">
-        <v>68.846</v>
+        <v>12.95</v>
       </c>
       <c r="S204" t="n">
-        <v>0.9081</v>
-[...21 lines deleted...]
-      <c r="AB204" t="inlineStr"/>
+        <v>23.6</v>
+      </c>
+      <c r="T204" t="inlineStr"/>
+      <c r="U204" t="inlineStr"/>
+      <c r="V204" t="inlineStr"/>
     </row>
     <row r="205">
       <c r="A205" t="inlineStr">
         <is>
-          <t>127090</t>
+          <t>113636</t>
         </is>
       </c>
       <c r="B205" t="inlineStr">
         <is>
-          <t>兴瑞转债</t>
+          <t>甬金转债</t>
         </is>
       </c>
       <c r="C205" t="inlineStr">
         <is>
-          <t>148.600</t>
+          <t>603995</t>
         </is>
       </c>
       <c r="D205" t="inlineStr">
         <is>
-          <t>0.678</t>
-[...6 lines deleted...]
-        <v>95.7255</v>
+          <t>甬金股份</t>
+        </is>
+      </c>
+      <c r="E205" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F205" t="inlineStr">
+        <is>
+          <t>9.995</t>
+        </is>
       </c>
       <c r="G205" t="inlineStr">
         <is>
-          <t>002937</t>
+          <t>1.753</t>
         </is>
       </c>
       <c r="H205" t="inlineStr">
         <is>
-          <t>兴瑞科技</t>
-[...6 lines deleted...]
-        <v>-4.5</v>
+          <t>2027-12-13</t>
+        </is>
+      </c>
+      <c r="I205" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J205" t="inlineStr">
+        <is>
+          <t>34.762</t>
+        </is>
       </c>
       <c r="K205" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L205" t="n">
+        <v>55.6876</v>
+      </c>
+      <c r="M205" t="n">
+        <v>1.125</v>
+      </c>
+      <c r="N205" t="n">
+        <v>0.5644</v>
+      </c>
+      <c r="O205" t="n">
+        <v>8.050000000000001</v>
+      </c>
+      <c r="P205" t="n">
+        <v>4.53</v>
+      </c>
+      <c r="Q205" t="n">
+        <v>13.23</v>
+      </c>
       <c r="R205" t="n">
-        <v>36.9245</v>
+        <v>12.89</v>
       </c>
       <c r="S205" t="n">
-        <v>2.7373</v>
-[...21 lines deleted...]
-      <c r="AB205" t="inlineStr"/>
+        <v>11.64</v>
+      </c>
+      <c r="T205" t="inlineStr"/>
+      <c r="U205" t="inlineStr"/>
+      <c r="V205" t="inlineStr"/>
     </row>
     <row r="206">
       <c r="A206" t="inlineStr">
         <is>
-          <t>113648</t>
+          <t>118010</t>
         </is>
       </c>
       <c r="B206" t="inlineStr">
         <is>
-          <t>巨星转债</t>
+          <t>洁特转债</t>
         </is>
       </c>
       <c r="C206" t="inlineStr">
         <is>
-          <t>126.461</t>
+          <t>688026</t>
         </is>
       </c>
       <c r="D206" t="inlineStr">
         <is>
-          <t>0.680</t>
-[...6 lines deleted...]
-        <v>69.8882</v>
+          <t>洁特生物</t>
+        </is>
+      </c>
+      <c r="E206" t="inlineStr">
+        <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="F206" t="inlineStr">
+        <is>
+          <t>4.399</t>
+        </is>
       </c>
       <c r="G206" t="inlineStr">
         <is>
-          <t>603477</t>
+          <t>2.296</t>
         </is>
       </c>
       <c r="H206" t="inlineStr">
         <is>
-          <t>巨星农牧</t>
-[...6 lines deleted...]
-        <v>-0.17</v>
+          <t>2028-06-28</t>
+        </is>
+      </c>
+      <c r="I206" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="J206" t="inlineStr">
+        <is>
+          <t>62.335</t>
+        </is>
       </c>
       <c r="K206" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30</t>
+        </is>
+      </c>
+      <c r="L206" t="n">
+        <v>28.7527</v>
+      </c>
+      <c r="M206" t="n">
+        <v>7.8642</v>
+      </c>
+      <c r="N206" t="n">
+        <v>6.4646</v>
+      </c>
+      <c r="O206" t="n">
+        <v>0.72</v>
+      </c>
+      <c r="P206" t="n">
+        <v>0.35</v>
+      </c>
+      <c r="Q206" t="n">
+        <v>11.19</v>
       </c>
       <c r="R206" t="n">
-        <v>66.6215</v>
+        <v>8.720000000000001</v>
       </c>
       <c r="S206" t="n">
-        <v>0.8054</v>
-[...21 lines deleted...]
-      <c r="AB206" t="inlineStr"/>
+        <v>10.02</v>
+      </c>
+      <c r="T206" t="inlineStr"/>
+      <c r="U206" t="inlineStr"/>
+      <c r="V206" t="inlineStr"/>
     </row>
     <row r="207">
       <c r="A207" t="inlineStr">
         <is>
-          <t>113625</t>
+          <t>118053</t>
         </is>
       </c>
       <c r="B207" t="inlineStr">
         <is>
-          <t>江山转债</t>
+          <t>正帆转债</t>
         </is>
       </c>
       <c r="C207" t="inlineStr">
         <is>
-          <t>129.201</t>
+          <t>688596</t>
         </is>
       </c>
       <c r="D207" t="inlineStr">
         <is>
-          <t>0.676</t>
-[...6 lines deleted...]
-        <v>77.0665</v>
+          <t>正帆科技</t>
+        </is>
+      </c>
+      <c r="E207" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F207" t="inlineStr">
+        <is>
+          <t>10.410</t>
+        </is>
       </c>
       <c r="G207" t="inlineStr">
         <is>
-          <t>603208</t>
+          <t>5.016</t>
         </is>
       </c>
       <c r="H207" t="inlineStr">
         <is>
-          <t>江山欧派</t>
-[...6 lines deleted...]
-        <v>0.46</v>
+          <t>2031-03-18</t>
+        </is>
+      </c>
+      <c r="I207" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="J207" t="inlineStr">
+        <is>
+          <t>49.985</t>
+        </is>
       </c>
       <c r="K207" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L207" t="n">
+        <v>67.8506</v>
+      </c>
+      <c r="M207" t="n">
+        <v>1.3353</v>
+      </c>
+      <c r="N207" t="n">
+        <v>0.7623</v>
+      </c>
+      <c r="O207" t="n">
+        <v>5.28</v>
+      </c>
+      <c r="P207" t="n">
+        <v>4.01</v>
+      </c>
+      <c r="Q207" t="n">
+        <v>28.77</v>
+      </c>
       <c r="R207" t="n">
-        <v>62.0666</v>
-[...24 lines deleted...]
-      <c r="AB207" t="inlineStr"/>
+        <v>24.32</v>
+      </c>
+      <c r="S207" t="inlineStr"/>
+      <c r="T207" t="inlineStr"/>
+      <c r="U207" t="inlineStr"/>
+      <c r="V207" t="inlineStr"/>
     </row>
     <row r="208">
       <c r="A208" t="inlineStr">
         <is>
-          <t>113681</t>
+          <t>127109</t>
         </is>
       </c>
       <c r="B208" t="inlineStr">
         <is>
-          <t>镇洋转债</t>
+          <t>电化转债</t>
         </is>
       </c>
       <c r="C208" t="inlineStr">
         <is>
-          <t>143.188</t>
+          <t>002125</t>
         </is>
       </c>
       <c r="D208" t="inlineStr">
         <is>
-          <t>0.676</t>
-[...6 lines deleted...]
-        <v>123.75</v>
+          <t>湘潭电化</t>
+        </is>
+      </c>
+      <c r="E208" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F208" t="inlineStr">
+        <is>
+          <t>4.867</t>
+        </is>
       </c>
       <c r="G208" t="inlineStr">
         <is>
-          <t>603213</t>
+          <t>5.263</t>
         </is>
       </c>
       <c r="H208" t="inlineStr">
         <is>
-          <t>镇洋发展</t>
-[...6 lines deleted...]
-        <v>0.51</v>
+          <t>2031-06-16</t>
+        </is>
+      </c>
+      <c r="I208" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="J208" t="inlineStr">
+        <is>
+          <t>13.130</t>
+        </is>
       </c>
       <c r="K208" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...30 lines deleted...]
-        </is>
+          <t>!</t>
+        </is>
+      </c>
+      <c r="L208" t="n">
+        <v>39.9351</v>
+      </c>
+      <c r="M208" t="n">
+        <v>1.8687</v>
+      </c>
+      <c r="N208" t="n">
+        <v>1.4291</v>
+      </c>
+      <c r="O208" t="n">
+        <v>3.15</v>
+      </c>
+      <c r="P208" t="n">
+        <v>3.52</v>
+      </c>
+      <c r="Q208" t="n">
+        <v>39.93</v>
       </c>
       <c r="R208" t="n">
-        <v>41.46</v>
-[...24 lines deleted...]
-      <c r="AB208" t="inlineStr"/>
+        <v>39.03</v>
+      </c>
+      <c r="S208" t="inlineStr"/>
+      <c r="T208" t="inlineStr"/>
+      <c r="U208" t="inlineStr"/>
+      <c r="V208" t="inlineStr"/>
     </row>
     <row r="209">
       <c r="A209" t="inlineStr">
         <is>
-          <t>118010</t>
+          <t>113655</t>
         </is>
       </c>
       <c r="B209" t="inlineStr">
         <is>
-          <t>洁特转债</t>
+          <t>欧22转债</t>
         </is>
       </c>
       <c r="C209" t="inlineStr">
         <is>
-          <t>124.900</t>
+          <t>603833</t>
         </is>
       </c>
       <c r="D209" t="inlineStr">
         <is>
-          <t>0.669</t>
-[...6 lines deleted...]
-        <v>38.3316</v>
+          <t>欧派家居</t>
+        </is>
+      </c>
+      <c r="E209" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F209" t="inlineStr">
+        <is>
+          <t>19.999</t>
+        </is>
       </c>
       <c r="G209" t="inlineStr">
         <is>
-          <t>688026</t>
+          <t>2.400</t>
         </is>
       </c>
       <c r="H209" t="inlineStr">
         <is>
-          <t>洁特生物</t>
-[...6 lines deleted...]
-        <v>0.99</v>
+          <t>2028-08-05</t>
+        </is>
+      </c>
+      <c r="I209" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="J209" t="inlineStr">
+        <is>
+          <t>68.601</t>
+        </is>
       </c>
       <c r="K209" t="inlineStr">
         <is>
-          <t>A+</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L209" t="n">
+        <v>45.209</v>
+      </c>
+      <c r="M209" t="n">
+        <v>1.0987</v>
+      </c>
+      <c r="N209" t="n">
+        <v>1.0519</v>
+      </c>
+      <c r="O209" t="n">
+        <v>25.99</v>
+      </c>
+      <c r="P209" t="n">
+        <v>30.36</v>
+      </c>
+      <c r="Q209" t="n">
+        <v>18.95</v>
+      </c>
       <c r="R209" t="n">
-        <v>28.7527</v>
+        <v>13.16</v>
       </c>
       <c r="S209" t="n">
-        <v>7.8642</v>
-[...21 lines deleted...]
-      <c r="AB209" t="inlineStr"/>
+        <v>12.29</v>
+      </c>
+      <c r="T209" t="inlineStr"/>
+      <c r="U209" t="inlineStr"/>
+      <c r="V209" t="inlineStr"/>
     </row>
     <row r="210">
       <c r="A210" t="inlineStr">
         <is>
-          <t>113665</t>
+          <t>118037</t>
         </is>
       </c>
       <c r="B210" t="inlineStr">
         <is>
-          <t>汇通转债</t>
+          <t>上声转债</t>
         </is>
       </c>
       <c r="C210" t="inlineStr">
         <is>
-          <t>134.868</t>
+          <t>688533</t>
         </is>
       </c>
       <c r="D210" t="inlineStr">
         <is>
-          <t>0.657</t>
-[...6 lines deleted...]
-        <v>90.779</v>
+          <t>上声电子</t>
+        </is>
+      </c>
+      <c r="E210" t="inlineStr">
+        <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="F210" t="inlineStr">
+        <is>
+          <t>4.679</t>
+        </is>
       </c>
       <c r="G210" t="inlineStr">
         <is>
-          <t>603176</t>
+          <t>3.318</t>
         </is>
       </c>
       <c r="H210" t="inlineStr">
         <is>
-          <t>汇通集团</t>
-[...6 lines deleted...]
-        <v>0.35</v>
+          <t>2029-07-06</t>
+        </is>
+      </c>
+      <c r="I210" t="inlineStr">
+        <is>
+          <t>111.00</t>
+        </is>
+      </c>
+      <c r="J210" t="inlineStr">
+        <is>
+          <t>37.687</t>
+        </is>
       </c>
       <c r="K210" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L210" t="n">
+        <v>50.1305</v>
+      </c>
+      <c r="M210" t="n">
+        <v>1.7721</v>
+      </c>
+      <c r="N210" t="n">
+        <v>1.3587</v>
+      </c>
+      <c r="O210" t="n">
+        <v>2.35</v>
+      </c>
+      <c r="P210" t="n">
+        <v>1.59</v>
+      </c>
+      <c r="Q210" t="n">
+        <v>19.48</v>
+      </c>
       <c r="R210" t="n">
-        <v>78.64579999999999</v>
+        <v>13.65</v>
       </c>
       <c r="S210" t="n">
-        <v>1.4916</v>
-[...21 lines deleted...]
-      <c r="AB210" t="inlineStr"/>
+        <v>22.39</v>
+      </c>
+      <c r="T210" t="inlineStr"/>
+      <c r="U210" t="inlineStr"/>
+      <c r="V210" t="inlineStr"/>
     </row>
     <row r="211">
       <c r="A211" t="inlineStr">
         <is>
-          <t>118041</t>
+          <t>123195</t>
         </is>
       </c>
       <c r="B211" t="inlineStr">
         <is>
-          <t>星球转债</t>
+          <t>蓝晓转02</t>
         </is>
       </c>
       <c r="C211" t="inlineStr">
         <is>
-          <t>143.188</t>
+          <t>300487</t>
         </is>
       </c>
       <c r="D211" t="inlineStr">
         <is>
-          <t>0.664</t>
-[...6 lines deleted...]
-        <v>113.3535</v>
+          <t>蓝晓科技</t>
+        </is>
+      </c>
+      <c r="E211" t="inlineStr">
+        <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="F211" t="inlineStr">
+        <is>
+          <t>5.459</t>
+        </is>
       </c>
       <c r="G211" t="inlineStr">
         <is>
-          <t>688633</t>
+          <t>3.099</t>
         </is>
       </c>
       <c r="H211" t="inlineStr">
         <is>
-          <t>星球石墨</t>
-[...6 lines deleted...]
-        <v>-1.02</v>
+          <t>2029-04-17</t>
+        </is>
+      </c>
+      <c r="I211" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J211" t="inlineStr">
+        <is>
+          <t>77.194</t>
+        </is>
       </c>
       <c r="K211" t="inlineStr">
         <is>
-          <t>A+</t>
-[...30 lines deleted...]
-        </is>
+          <t>1/15 | 30</t>
+        </is>
+      </c>
+      <c r="L211" t="n">
+        <v>34.5015</v>
+      </c>
+      <c r="M211" t="n">
+        <v>2.9514</v>
+      </c>
+      <c r="N211" t="n">
+        <v>2.1967</v>
+      </c>
+      <c r="O211" t="n">
+        <v>7.87</v>
+      </c>
+      <c r="P211" t="n">
+        <v>7.17</v>
+      </c>
+      <c r="Q211" t="n">
+        <v>46.69</v>
       </c>
       <c r="R211" t="n">
-        <v>45.5107</v>
+        <v>36.82</v>
       </c>
       <c r="S211" t="n">
-        <v>3.2005</v>
-[...21 lines deleted...]
-      <c r="AB211" t="inlineStr"/>
+        <v>22.66</v>
+      </c>
+      <c r="T211" t="inlineStr"/>
+      <c r="U211" t="inlineStr"/>
+      <c r="V211" t="inlineStr"/>
     </row>
     <row r="212">
       <c r="A212" t="inlineStr">
         <is>
-          <t>113624</t>
+          <t>123064</t>
         </is>
       </c>
       <c r="B212" t="inlineStr">
         <is>
-          <t>正川转债</t>
+          <t>万孚转债</t>
         </is>
       </c>
       <c r="C212" t="inlineStr">
         <is>
-          <t>139.029</t>
+          <t>300482</t>
         </is>
       </c>
       <c r="D212" t="inlineStr">
         <is>
-          <t>0.652</t>
-[...6 lines deleted...]
-        <v>103.0394</v>
+          <t>万孚生物</t>
+        </is>
+      </c>
+      <c r="E212" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F212" t="inlineStr">
+        <is>
+          <t>5.977</t>
+        </is>
       </c>
       <c r="G212" t="inlineStr">
         <is>
-          <t>603976</t>
+          <t>0.471</t>
         </is>
       </c>
       <c r="H212" t="inlineStr">
         <is>
-          <t>正川股份</t>
-[...6 lines deleted...]
-        <v>0.83</v>
+          <t>2026-09-01</t>
+        </is>
+      </c>
+      <c r="I212" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="J212" t="inlineStr">
+        <is>
+          <t>27.430</t>
+        </is>
       </c>
       <c r="K212" t="inlineStr">
         <is>
-          <t>A+</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L212" t="n">
+        <v>16.4153</v>
+      </c>
+      <c r="M212" t="n">
+        <v>7.776</v>
+      </c>
+      <c r="N212" t="n">
+        <v>6.9534</v>
+      </c>
+      <c r="O212" t="n">
+        <v>5.62</v>
+      </c>
+      <c r="P212" t="n">
+        <v>4.88</v>
+      </c>
+      <c r="Q212" t="n">
+        <v>17.07</v>
+      </c>
       <c r="R212" t="n">
-        <v>36.4199</v>
+        <v>14.23</v>
       </c>
       <c r="S212" t="n">
-        <v>3.9591</v>
-[...21 lines deleted...]
-      <c r="AB212" t="inlineStr"/>
+        <v>12.92</v>
+      </c>
+      <c r="T212" t="inlineStr"/>
+      <c r="U212" t="inlineStr"/>
+      <c r="V212" t="inlineStr"/>
     </row>
     <row r="213">
       <c r="A213" t="inlineStr">
         <is>
-          <t>118005</t>
+          <t>123138</t>
         </is>
       </c>
       <c r="B213" t="inlineStr">
         <is>
-          <t>天奈转债</t>
+          <t>丝路转债</t>
         </is>
       </c>
       <c r="C213" t="inlineStr">
         <is>
-          <t>128.784</t>
+          <t>300556</t>
         </is>
       </c>
       <c r="D213" t="inlineStr">
         <is>
-          <t>0.650</t>
-[...6 lines deleted...]
-        <v>51.1353</v>
+          <t>丝路视觉</t>
+        </is>
+      </c>
+      <c r="E213" t="inlineStr">
+        <is>
+          <t>A</t>
+        </is>
+      </c>
+      <c r="F213" t="inlineStr">
+        <is>
+          <t>2.393</t>
+        </is>
       </c>
       <c r="G213" t="inlineStr">
         <is>
-          <t>688116</t>
+          <t>1.973</t>
         </is>
       </c>
       <c r="H213" t="inlineStr">
         <is>
-          <t>天奈科技</t>
-[...6 lines deleted...]
-        <v>4.65</v>
+          <t>2028-03-02</t>
+        </is>
+      </c>
+      <c r="I213" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J213" t="inlineStr">
+        <is>
+          <t>34.489</t>
+        </is>
       </c>
       <c r="K213" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L213" t="n">
+        <v>69.8129</v>
+      </c>
+      <c r="M213" t="n">
+        <v>1.5307</v>
+      </c>
+      <c r="N213" t="n">
+        <v>1.4019</v>
+      </c>
+      <c r="O213" t="n">
+        <v>-3.64</v>
+      </c>
+      <c r="P213" t="n">
+        <v>0.23</v>
+      </c>
+      <c r="Q213" t="n">
+        <v>14.54</v>
+      </c>
       <c r="R213" t="n">
-        <v>34.4364</v>
+        <v>11.02</v>
       </c>
       <c r="S213" t="n">
-        <v>4.3611</v>
-[...21 lines deleted...]
-      <c r="AB213" t="inlineStr"/>
+        <v>15.42</v>
+      </c>
+      <c r="T213" t="inlineStr"/>
+      <c r="U213" t="inlineStr"/>
+      <c r="V213" t="inlineStr"/>
     </row>
     <row r="214">
       <c r="A214" t="inlineStr">
         <is>
-          <t>123117</t>
+          <t>127046</t>
         </is>
       </c>
       <c r="B214" t="inlineStr">
         <is>
-          <t>健帆转债</t>
+          <t>百润转债</t>
         </is>
       </c>
       <c r="C214" t="inlineStr">
         <is>
-          <t>121.973</t>
+          <t>002568</t>
         </is>
       </c>
       <c r="D214" t="inlineStr">
         <is>
-          <t>0.646</t>
-[...6 lines deleted...]
-        <v>53.5317</v>
+          <t>百润股份</t>
+        </is>
+      </c>
+      <c r="E214" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F214" t="inlineStr">
+        <is>
+          <t>11.275</t>
+        </is>
       </c>
       <c r="G214" t="inlineStr">
         <is>
-          <t>300529</t>
+          <t>1.548</t>
         </is>
       </c>
       <c r="H214" t="inlineStr">
         <is>
-          <t>健帆生物</t>
-[...6 lines deleted...]
-        <v>2.58</v>
+          <t>2027-09-29</t>
+        </is>
+      </c>
+      <c r="I214" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="J214" t="inlineStr">
+        <is>
+          <t>26.884</t>
+        </is>
       </c>
       <c r="K214" t="inlineStr">
         <is>
-          <t>AA</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L214" t="n">
+        <v>41.6483</v>
+      </c>
+      <c r="M214" t="n">
+        <v>1.5549</v>
+      </c>
+      <c r="N214" t="n">
+        <v>0.9863</v>
+      </c>
+      <c r="O214" t="n">
+        <v>7.19</v>
+      </c>
+      <c r="P214" t="n">
+        <v>8.09</v>
+      </c>
+      <c r="Q214" t="n">
+        <v>17.74</v>
+      </c>
       <c r="R214" t="n">
-        <v>38.0673</v>
+        <v>11.96</v>
       </c>
       <c r="S214" t="n">
-        <v>4.2554</v>
-[...21 lines deleted...]
-      <c r="AB214" t="inlineStr"/>
+        <v>13.35</v>
+      </c>
+      <c r="T214" t="inlineStr"/>
+      <c r="U214" t="inlineStr"/>
+      <c r="V214" t="inlineStr"/>
     </row>
     <row r="215">
       <c r="A215" t="inlineStr">
         <is>
-          <t>113696</t>
+          <t>123176</t>
         </is>
       </c>
       <c r="B215" t="inlineStr">
         <is>
-          <t>伯25转债</t>
+          <t>精测转2</t>
         </is>
       </c>
       <c r="C215" t="inlineStr">
         <is>
-          <t>153.994</t>
+          <t>300567</t>
         </is>
       </c>
       <c r="D215" t="inlineStr">
         <is>
-          <t>0.627</t>
-[...6 lines deleted...]
-        <v>110.0725</v>
+          <t>精测电子</t>
+        </is>
+      </c>
+      <c r="E215" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F215" t="inlineStr">
+        <is>
+          <t>12.754</t>
+        </is>
       </c>
       <c r="G215" t="inlineStr">
         <is>
-          <t>603596</t>
+          <t>2.973</t>
         </is>
       </c>
       <c r="H215" t="inlineStr">
         <is>
-          <t>伯特利</t>
-[...6 lines deleted...]
-        <v>3.39</v>
+          <t>2029-03-02</t>
+        </is>
+      </c>
+      <c r="I215" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="J215" t="inlineStr">
+        <is>
+          <t>84.123</t>
+        </is>
       </c>
       <c r="K215" t="inlineStr">
         <is>
-          <t>AA</t>
-[...30 lines deleted...]
-        </is>
+          <t>!</t>
+        </is>
+      </c>
+      <c r="L215" t="n">
+        <v>55.3802</v>
+      </c>
+      <c r="M215" t="n">
+        <v>1.724</v>
+      </c>
+      <c r="N215" t="n">
+        <v>1.0519</v>
+      </c>
+      <c r="O215" t="n">
+        <v>-0.98</v>
+      </c>
+      <c r="P215" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="Q215" t="n">
+        <v>56.56</v>
       </c>
       <c r="R215" t="n">
-        <v>51.2944</v>
+        <v>45.95</v>
       </c>
       <c r="S215" t="n">
-        <v>2.3628</v>
-[...19 lines deleted...]
-      <c r="AB215" t="inlineStr"/>
+        <v>32.58</v>
+      </c>
+      <c r="T215" t="inlineStr"/>
+      <c r="U215" t="inlineStr"/>
+      <c r="V215" t="inlineStr"/>
     </row>
     <row r="216">
       <c r="A216" t="inlineStr">
         <is>
-          <t>113033</t>
+          <t>113674</t>
         </is>
       </c>
       <c r="B216" t="inlineStr">
         <is>
-          <t>利群转债</t>
+          <t>华设转债</t>
         </is>
       </c>
       <c r="C216" t="inlineStr">
         <is>
-          <t>117.186</t>
+          <t>603018</t>
         </is>
       </c>
       <c r="D216" t="inlineStr">
         <is>
-          <t>0.628</t>
-[...6 lines deleted...]
-        <v>109.9174</v>
+          <t>华设集团</t>
+        </is>
+      </c>
+      <c r="E216" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F216" t="inlineStr">
+        <is>
+          <t>3.999</t>
+        </is>
       </c>
       <c r="G216" t="inlineStr">
         <is>
-          <t>601366</t>
+          <t>3.359</t>
         </is>
       </c>
       <c r="H216" t="inlineStr">
         <is>
-          <t>利群股份</t>
-[...6 lines deleted...]
-        <v>0.19</v>
+          <t>2029-07-21</t>
+        </is>
+      </c>
+      <c r="I216" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="J216" t="inlineStr">
+        <is>
+          <t>10.985</t>
+        </is>
       </c>
       <c r="K216" t="inlineStr">
         <is>
-          <t>AA</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L216" t="n">
+        <v>56.6205</v>
+      </c>
+      <c r="M216" t="n">
+        <v>1.6028</v>
+      </c>
+      <c r="N216" t="n">
+        <v>1.5618</v>
+      </c>
+      <c r="O216" t="n">
+        <v>3.83</v>
+      </c>
+      <c r="P216" t="n">
+        <v>6.98</v>
+      </c>
+      <c r="Q216" t="n">
+        <v>22.69</v>
+      </c>
       <c r="R216" t="n">
-        <v>73.2796</v>
+        <v>14.7</v>
       </c>
       <c r="S216" t="n">
-        <v>0.5296999999999999</v>
-[...21 lines deleted...]
-      <c r="AB216" t="inlineStr"/>
+        <v>18.53</v>
+      </c>
+      <c r="T216" t="inlineStr"/>
+      <c r="U216" t="inlineStr"/>
+      <c r="V216" t="inlineStr"/>
     </row>
     <row r="217">
       <c r="A217" t="inlineStr">
         <is>
-          <t>113062</t>
+          <t>113632</t>
         </is>
       </c>
       <c r="B217" t="inlineStr">
         <is>
-          <t>常银转债</t>
+          <t>鹤21转债</t>
         </is>
       </c>
       <c r="C217" t="inlineStr">
         <is>
-          <t>132.928</t>
+          <t>603733</t>
         </is>
       </c>
       <c r="D217" t="inlineStr">
         <is>
-          <t>0.627</t>
-[...6 lines deleted...]
-        <v>121.9015</v>
+          <t>仙鹤股份</t>
+        </is>
+      </c>
+      <c r="E217" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F217" t="inlineStr">
+        <is>
+          <t>20.167</t>
+        </is>
       </c>
       <c r="G217" t="inlineStr">
         <is>
-          <t>601128</t>
+          <t>1.682</t>
         </is>
       </c>
       <c r="H217" t="inlineStr">
         <is>
-          <t>常熟银行</t>
-[...6 lines deleted...]
-        <v>-1.51</v>
+          <t>2027-11-17</t>
+        </is>
+      </c>
+      <c r="I217" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="J217" t="inlineStr">
+        <is>
+          <t>24.687</t>
+        </is>
       </c>
       <c r="K217" t="inlineStr">
         <is>
-          <t>AAA</t>
-[...30 lines deleted...]
-        </is>
+          <t>4/15 | 30 2025-12-03 重新计</t>
+        </is>
+      </c>
+      <c r="L217" t="n">
+        <v>66.45999999999999</v>
+      </c>
+      <c r="M217" t="n">
+        <v>1.4901</v>
+      </c>
+      <c r="N217" t="n">
+        <v>0.8638</v>
+      </c>
+      <c r="O217" t="n">
+        <v>10.04</v>
+      </c>
+      <c r="P217" t="n">
+        <v>6.64</v>
+      </c>
+      <c r="Q217" t="n">
+        <v>22.55</v>
       </c>
       <c r="R217" t="n">
-        <v>91.8974</v>
-[...1 lines deleted...]
-      <c r="S217" t="inlineStr"/>
+        <v>18.55</v>
+      </c>
+      <c r="S217" t="n">
+        <v>16.79</v>
+      </c>
       <c r="T217" t="inlineStr"/>
-      <c r="U217" t="n">
-[...16 lines deleted...]
-      <c r="AB217" t="inlineStr"/>
+      <c r="U217" t="inlineStr"/>
+      <c r="V217" t="inlineStr"/>
     </row>
     <row r="218">
       <c r="A218" t="inlineStr">
         <is>
-          <t>123112</t>
+          <t>118007</t>
         </is>
       </c>
       <c r="B218" t="inlineStr">
         <is>
-          <t>万讯转债</t>
+          <t>山石转债</t>
         </is>
       </c>
       <c r="C218" t="inlineStr">
         <is>
-          <t>144.874</t>
+          <t>688030</t>
         </is>
       </c>
       <c r="D218" t="inlineStr">
         <is>
-          <t>0.629</t>
-[...6 lines deleted...]
-        <v>113.012</v>
+          <t>山石网科</t>
+        </is>
+      </c>
+      <c r="E218" t="inlineStr">
+        <is>
+          <t>A</t>
+        </is>
+      </c>
+      <c r="F218" t="inlineStr">
+        <is>
+          <t>2.671</t>
+        </is>
       </c>
       <c r="G218" t="inlineStr">
         <is>
-          <t>300112</t>
+          <t>2.027</t>
         </is>
       </c>
       <c r="H218" t="inlineStr">
         <is>
-          <t>万讯自控</t>
-[...6 lines deleted...]
-        <v>0.64</v>
+          <t>2028-03-22</t>
+        </is>
+      </c>
+      <c r="I218" t="inlineStr">
+        <is>
+          <t>114.00</t>
+        </is>
+      </c>
+      <c r="J218" t="inlineStr">
+        <is>
+          <t>21.450</t>
+        </is>
       </c>
       <c r="K218" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30</t>
+        </is>
+      </c>
+      <c r="L218" t="n">
+        <v>57.2883</v>
+      </c>
+      <c r="M218" t="n">
+        <v>1.7833</v>
+      </c>
+      <c r="N218" t="n">
+        <v>1.6655</v>
+      </c>
+      <c r="O218" t="n">
+        <v>-1.37</v>
+      </c>
+      <c r="P218" t="n">
+        <v>-2.4</v>
+      </c>
+      <c r="Q218" t="n">
+        <v>20.46</v>
       </c>
       <c r="R218" t="n">
-        <v>35.7662</v>
+        <v>19.18</v>
       </c>
       <c r="S218" t="n">
-        <v>2.7544</v>
-[...21 lines deleted...]
-      <c r="AB218" t="inlineStr"/>
+        <v>19.07</v>
+      </c>
+      <c r="T218" t="inlineStr"/>
+      <c r="U218" t="inlineStr"/>
+      <c r="V218" t="inlineStr"/>
     </row>
     <row r="219">
       <c r="A219" t="inlineStr">
         <is>
-          <t>113597</t>
+          <t>111013</t>
         </is>
       </c>
       <c r="B219" t="inlineStr">
         <is>
-          <t>佳力转债</t>
+          <t>新港转债</t>
         </is>
       </c>
       <c r="C219" t="inlineStr">
         <is>
-          <t>136.032</t>
+          <t>605162</t>
         </is>
       </c>
       <c r="D219" t="inlineStr">
         <is>
-          <t>0.630</t>
-[...6 lines deleted...]
-        <v>100.8065</v>
+          <t>新中港</t>
+        </is>
+      </c>
+      <c r="E219" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F219" t="inlineStr">
+        <is>
+          <t>3.679</t>
+        </is>
       </c>
       <c r="G219" t="inlineStr">
         <is>
-          <t>603912</t>
+          <t>2.989</t>
         </is>
       </c>
       <c r="H219" t="inlineStr">
         <is>
-          <t>佳力图</t>
-[...6 lines deleted...]
-        <v>1.51</v>
+          <t>2029-03-08</t>
+        </is>
+      </c>
+      <c r="I219" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J219" t="inlineStr">
+        <is>
+          <t>11.271</t>
+        </is>
       </c>
       <c r="K219" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L219" t="n">
+        <v>27.4657</v>
+      </c>
+      <c r="M219" t="n">
+        <v>8.3659</v>
+      </c>
+      <c r="N219" t="n">
+        <v>8.061999999999999</v>
+      </c>
+      <c r="O219" t="n">
+        <v>1.47</v>
+      </c>
+      <c r="P219" t="n">
+        <v>1.49</v>
+      </c>
+      <c r="Q219" t="n">
+        <v>13.46</v>
+      </c>
       <c r="R219" t="n">
-        <v>49.1128</v>
+        <v>15.02</v>
       </c>
       <c r="S219" t="n">
-        <v>1.9651</v>
-[...21 lines deleted...]
-      <c r="AB219" t="inlineStr"/>
+        <v>18.16</v>
+      </c>
+      <c r="T219" t="inlineStr"/>
+      <c r="U219" t="inlineStr"/>
+      <c r="V219" t="inlineStr"/>
     </row>
     <row r="220">
       <c r="A220" t="inlineStr">
         <is>
-          <t>128127</t>
+          <t>111002</t>
         </is>
       </c>
       <c r="B220" t="inlineStr">
         <is>
-          <t>文科转债</t>
+          <t>特纸转债</t>
         </is>
       </c>
       <c r="C220" t="inlineStr">
         <is>
-          <t>122.973</t>
+          <t>605007</t>
         </is>
       </c>
       <c r="D220" t="inlineStr">
         <is>
-          <t>0.611</t>
-[...6 lines deleted...]
-        <v>103.3937</v>
+          <t>五洲特纸</t>
+        </is>
+      </c>
+      <c r="E220" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F220" t="inlineStr">
+        <is>
+          <t>6.619</t>
+        </is>
       </c>
       <c r="G220" t="inlineStr">
         <is>
-          <t>002775</t>
+          <t>1.740</t>
         </is>
       </c>
       <c r="H220" t="inlineStr">
         <is>
-          <t>文科股份</t>
-[...6 lines deleted...]
-        <v>1.56</v>
+          <t>2027-12-08</t>
+        </is>
+      </c>
+      <c r="I220" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="J220" t="inlineStr">
+        <is>
+          <t>17.745</t>
+        </is>
       </c>
       <c r="K220" t="inlineStr">
         <is>
-          <t>A-</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L220" t="n">
+        <v>70.05880000000001</v>
+      </c>
+      <c r="M220" t="n">
+        <v>0.5868</v>
+      </c>
+      <c r="N220" t="n">
+        <v>0.3841</v>
+      </c>
+      <c r="O220" t="n">
+        <v>3.62</v>
+      </c>
+      <c r="P220" t="n">
+        <v>2.72</v>
+      </c>
+      <c r="Q220" t="n">
+        <v>22.22</v>
+      </c>
       <c r="R220" t="n">
-        <v>93.8228</v>
+        <v>19.27</v>
       </c>
       <c r="S220" t="n">
-        <v>0.7487</v>
-[...21 lines deleted...]
-      <c r="AB220" t="inlineStr"/>
+        <v>16.23</v>
+      </c>
+      <c r="T220" t="inlineStr"/>
+      <c r="U220" t="inlineStr"/>
+      <c r="V220" t="inlineStr"/>
     </row>
     <row r="221">
       <c r="A221" t="inlineStr">
         <is>
-          <t>113677</t>
+          <t>127062</t>
         </is>
       </c>
       <c r="B221" t="inlineStr">
         <is>
-          <t>华懋转债</t>
+          <t>垒知转债</t>
         </is>
       </c>
       <c r="C221" t="inlineStr">
         <is>
-          <t>300.504</t>
+          <t>002398</t>
         </is>
       </c>
       <c r="D221" t="inlineStr">
         <is>
-          <t>0.603</t>
-[...6 lines deleted...]
-        <v>214.4932</v>
+          <t>垒知集团</t>
+        </is>
+      </c>
+      <c r="E221" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F221" t="inlineStr">
+        <is>
+          <t>3.958</t>
+        </is>
       </c>
       <c r="G221" t="inlineStr">
         <is>
-          <t>603306</t>
+          <t>2.110</t>
         </is>
       </c>
       <c r="H221" t="inlineStr">
         <is>
-          <t>华懋科技</t>
-[...6 lines deleted...]
-        <v>-0.5600000000000001</v>
+          <t>2028-04-21</t>
+        </is>
+      </c>
+      <c r="I221" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J221" t="inlineStr">
+        <is>
+          <t>9.867</t>
+        </is>
       </c>
       <c r="K221" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30</t>
+        </is>
+      </c>
+      <c r="L221" t="n">
+        <v>36.3708</v>
+      </c>
+      <c r="M221" t="n">
+        <v>2.676</v>
+      </c>
+      <c r="N221" t="n">
+        <v>2.5818</v>
+      </c>
+      <c r="O221" t="n">
+        <v>0.49</v>
+      </c>
+      <c r="P221" t="n">
+        <v>1.59</v>
+      </c>
+      <c r="Q221" t="n">
+        <v>15.28</v>
       </c>
       <c r="R221" t="n">
-        <v>39.7164</v>
+        <v>16.36</v>
       </c>
       <c r="S221" t="n">
-        <v>4.0396</v>
-[...21 lines deleted...]
-      <c r="AB221" t="inlineStr"/>
+        <v>26.91</v>
+      </c>
+      <c r="T221" t="inlineStr"/>
+      <c r="U221" t="inlineStr"/>
+      <c r="V221" t="inlineStr"/>
     </row>
     <row r="222">
       <c r="A222" t="inlineStr">
         <is>
-          <t>127044</t>
+          <t>123129</t>
         </is>
       </c>
       <c r="B222" t="inlineStr">
         <is>
-          <t>蒙娜转债</t>
+          <t>锦鸡转债</t>
         </is>
       </c>
       <c r="C222" t="inlineStr">
         <is>
-          <t>135.000</t>
+          <t>300798</t>
         </is>
       </c>
       <c r="D222" t="inlineStr">
         <is>
-          <t>0.604</t>
-[...6 lines deleted...]
-        <v>85.7863</v>
+          <t>锦鸡股份</t>
+        </is>
+      </c>
+      <c r="E222" t="inlineStr">
+        <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="F222" t="inlineStr">
+        <is>
+          <t>1.937</t>
+        </is>
       </c>
       <c r="G222" t="inlineStr">
         <is>
-          <t>002918</t>
+          <t>1.647</t>
         </is>
       </c>
       <c r="H222" t="inlineStr">
         <is>
-          <t>蒙娜丽莎</t>
-[...6 lines deleted...]
-        <v>1.01</v>
+          <t>2027-11-04</t>
+        </is>
+      </c>
+      <c r="I222" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="J222" t="inlineStr">
+        <is>
+          <t>9.504120%</t>
+        </is>
       </c>
       <c r="K222" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...30 lines deleted...]
-        </is>
+          <t>17/20 | 30 2024-05-17 重新计</t>
+        </is>
+      </c>
+      <c r="L222" t="n">
+        <v>35.5653</v>
+      </c>
+      <c r="M222" t="n">
+        <v>1.615</v>
+      </c>
+      <c r="N222" t="n">
+        <v>1.2222</v>
+      </c>
+      <c r="O222" t="n">
+        <v>0.06</v>
+      </c>
+      <c r="P222" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="Q222" t="n">
+        <v>46.75</v>
       </c>
       <c r="R222" t="n">
-        <v>50.5394</v>
+        <v>28.87</v>
       </c>
       <c r="S222" t="n">
-        <v>1.2497</v>
-[...21 lines deleted...]
-      <c r="AB222" t="inlineStr"/>
+        <v>26.8</v>
+      </c>
+      <c r="T222" t="inlineStr"/>
+      <c r="U222" t="inlineStr"/>
+      <c r="V222" t="inlineStr"/>
     </row>
     <row r="223">
       <c r="A223" t="inlineStr">
         <is>
-          <t>113039</t>
+          <t>128136</t>
         </is>
       </c>
       <c r="B223" t="inlineStr">
         <is>
-          <t>嘉泽转债</t>
+          <t>立讯转债</t>
         </is>
       </c>
       <c r="C223" t="inlineStr">
         <is>
-          <t>231.896</t>
+          <t>002475</t>
         </is>
       </c>
       <c r="D223" t="inlineStr">
         <is>
-          <t>0.604</t>
-[...6 lines deleted...]
-        <v>185.567</v>
+          <t>立讯精密</t>
+        </is>
+      </c>
+      <c r="E223" t="inlineStr">
+        <is>
+          <t>AA+</t>
+        </is>
+      </c>
+      <c r="F223" t="inlineStr">
+        <is>
+          <t>29.984</t>
+        </is>
       </c>
       <c r="G223" t="inlineStr">
         <is>
-          <t>601619</t>
+          <t>0.644</t>
         </is>
       </c>
       <c r="H223" t="inlineStr">
         <is>
-          <t>嘉泽新能</t>
-[...6 lines deleted...]
-        <v>1.31</v>
+          <t>2026-11-03</t>
+        </is>
+      </c>
+      <c r="I223" t="inlineStr">
+        <is>
+          <t>108.00</t>
+        </is>
+      </c>
+      <c r="J223" t="inlineStr">
+        <is>
+          <t>72.761</t>
+        </is>
       </c>
       <c r="K223" t="inlineStr">
         <is>
-          <t>AA</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30</t>
+        </is>
+      </c>
+      <c r="L223" t="n">
+        <v>67.0147</v>
+      </c>
+      <c r="M223" t="n">
+        <v>1.1503</v>
+      </c>
+      <c r="N223" t="n">
+        <v>0.8465</v>
+      </c>
+      <c r="O223" t="n">
+        <v>133.66</v>
+      </c>
+      <c r="P223" t="n">
+        <v>109.53</v>
+      </c>
+      <c r="Q223" t="n">
+        <v>16.67</v>
       </c>
       <c r="R223" t="n">
-        <v>66.5291</v>
+        <v>18.43</v>
       </c>
       <c r="S223" t="n">
-        <v>1.9523</v>
-[...21 lines deleted...]
-      <c r="AB223" t="inlineStr"/>
+        <v>19.18</v>
+      </c>
+      <c r="T223" t="inlineStr"/>
+      <c r="U223" t="inlineStr"/>
+      <c r="V223" t="inlineStr"/>
     </row>
     <row r="224">
       <c r="A224" t="inlineStr">
         <is>
-          <t>118053</t>
+          <t>123061</t>
         </is>
       </c>
       <c r="B224" t="inlineStr">
         <is>
-          <t>正帆转债</t>
+          <t>航新转债</t>
         </is>
       </c>
       <c r="C224" t="inlineStr">
         <is>
-          <t>149.074</t>
+          <t>300424</t>
         </is>
       </c>
       <c r="D224" t="inlineStr">
         <is>
-          <t>0.594</t>
-[...6 lines deleted...]
-        <v>92.8479</v>
+          <t>航新科技</t>
+        </is>
+      </c>
+      <c r="E224" t="inlineStr">
+        <is>
+          <t>A-</t>
+        </is>
+      </c>
+      <c r="F224" t="inlineStr">
+        <is>
+          <t>1.675</t>
+        </is>
       </c>
       <c r="G224" t="inlineStr">
         <is>
-          <t>688596</t>
+          <t>0.359</t>
         </is>
       </c>
       <c r="H224" t="inlineStr">
         <is>
-          <t>正帆科技</t>
-[...6 lines deleted...]
-        <v>2.5</v>
+          <t>2026-07-22</t>
+        </is>
+      </c>
+      <c r="I224" t="inlineStr">
+        <is>
+          <t>118.00</t>
+        </is>
+      </c>
+      <c r="J224" t="inlineStr">
+        <is>
+          <t>19.266</t>
+        </is>
       </c>
       <c r="K224" t="inlineStr">
         <is>
-          <t>AA</t>
-[...30 lines deleted...]
-        </is>
+          <t>7/15 | 30 2025-05-13 重新计</t>
+        </is>
+      </c>
+      <c r="L224" t="n">
+        <v>67.8634</v>
+      </c>
+      <c r="M224" t="n">
+        <v>1.2196</v>
+      </c>
+      <c r="N224" t="n">
+        <v>0.7494</v>
+      </c>
+      <c r="O224" t="n">
+        <v>-0.95</v>
+      </c>
+      <c r="P224" t="n">
+        <v>0.24</v>
+      </c>
+      <c r="Q224" t="n">
+        <v>15.26</v>
       </c>
       <c r="R224" t="n">
-        <v>67.8506</v>
+        <v>23.2</v>
       </c>
       <c r="S224" t="n">
-        <v>1.3353</v>
-[...19 lines deleted...]
-      <c r="AB224" t="inlineStr"/>
+        <v>27.98</v>
+      </c>
+      <c r="T224" t="inlineStr"/>
+      <c r="U224" t="inlineStr"/>
+      <c r="V224" t="inlineStr"/>
     </row>
     <row r="225">
       <c r="A225" t="inlineStr">
         <is>
-          <t>113633</t>
+          <t>123124</t>
         </is>
       </c>
       <c r="B225" t="inlineStr">
         <is>
-          <t>科沃转债</t>
+          <t>晶瑞转2</t>
         </is>
       </c>
       <c r="C225" t="inlineStr">
         <is>
-          <t>124.332</t>
+          <t>300655</t>
         </is>
       </c>
       <c r="D225" t="inlineStr">
         <is>
-          <t>0.591</t>
-[...6 lines deleted...]
-        <v>47.6812</v>
+          <t>晶瑞电材</t>
+        </is>
+      </c>
+      <c r="E225" t="inlineStr">
+        <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="F225" t="inlineStr">
+        <is>
+          <t>5.225</t>
+        </is>
       </c>
       <c r="G225" t="inlineStr">
         <is>
-          <t>603486</t>
+          <t>1.427</t>
         </is>
       </c>
       <c r="H225" t="inlineStr">
         <is>
-          <t>科沃斯</t>
-[...6 lines deleted...]
-        <v>0.55</v>
+          <t>2027-08-16</t>
+        </is>
+      </c>
+      <c r="I225" t="inlineStr">
+        <is>
+          <t>107.00</t>
+        </is>
+      </c>
+      <c r="J225" t="inlineStr">
+        <is>
+          <t>21.697</t>
+        </is>
       </c>
       <c r="K225" t="inlineStr">
         <is>
-          <t>AA</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L225" t="n">
+        <v>26.6484</v>
+      </c>
+      <c r="M225" t="n">
+        <v>6.2652</v>
+      </c>
+      <c r="N225" t="n">
+        <v>5.8772</v>
+      </c>
+      <c r="O225" t="n">
+        <v>-1.8</v>
+      </c>
+      <c r="P225" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="Q225" t="n">
+        <v>28.42</v>
+      </c>
       <c r="R225" t="n">
-        <v>47.1837</v>
+        <v>25.52</v>
       </c>
       <c r="S225" t="n">
-        <v>1.8549</v>
-[...21 lines deleted...]
-      <c r="AB225" t="inlineStr"/>
+        <v>18.24</v>
+      </c>
+      <c r="T225" t="inlineStr"/>
+      <c r="U225" t="inlineStr"/>
+      <c r="V225" t="inlineStr"/>
     </row>
     <row r="226">
       <c r="A226" t="inlineStr">
         <is>
-          <t>113616</t>
+          <t>127038</t>
         </is>
       </c>
       <c r="B226" t="inlineStr">
         <is>
-          <t>韦尔转债</t>
+          <t>国微转债</t>
         </is>
       </c>
       <c r="C226" t="inlineStr">
         <is>
-          <t>129.730</t>
+          <t>002049</t>
         </is>
       </c>
       <c r="D226" t="inlineStr">
         <is>
-          <t>0.586</t>
-[...6 lines deleted...]
-        <v>81.1896</v>
+          <t>紫光国微</t>
+        </is>
+      </c>
+      <c r="E226" t="inlineStr">
+        <is>
+          <t>AA+</t>
+        </is>
+      </c>
+      <c r="F226" t="inlineStr">
+        <is>
+          <t>14.916</t>
+        </is>
       </c>
       <c r="G226" t="inlineStr">
         <is>
-          <t>603501</t>
+          <t>1.244</t>
         </is>
       </c>
       <c r="H226" t="inlineStr">
         <is>
-          <t>豪威集团</t>
-[...6 lines deleted...]
-        <v>0.43</v>
+          <t>2027-06-10</t>
+        </is>
+      </c>
+      <c r="I226" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="J226" t="inlineStr">
+        <is>
+          <t>126.490</t>
+        </is>
       </c>
       <c r="K226" t="inlineStr">
         <is>
-          <t>AA+</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30 2023-01-28 重新计</t>
+        </is>
+      </c>
+      <c r="L226" t="n">
+        <v>27.0229</v>
+      </c>
+      <c r="M226" t="n">
+        <v>4.7061</v>
+      </c>
+      <c r="N226" t="n">
+        <v>4.0033</v>
+      </c>
+      <c r="O226" t="n">
+        <v>11.79</v>
+      </c>
+      <c r="P226" t="n">
+        <v>25.32</v>
+      </c>
+      <c r="Q226" t="n">
+        <v>25.37</v>
       </c>
       <c r="R226" t="n">
-        <v>37.3419</v>
+        <v>31.89</v>
       </c>
       <c r="S226" t="n">
-        <v>2.4593</v>
-[...21 lines deleted...]
-      <c r="AB226" t="inlineStr"/>
+        <v>21.74</v>
+      </c>
+      <c r="T226" t="inlineStr"/>
+      <c r="U226" t="inlineStr"/>
+      <c r="V226" t="inlineStr"/>
     </row>
     <row r="227">
       <c r="A227" t="inlineStr">
         <is>
-          <t>127034</t>
+          <t>127080</t>
         </is>
       </c>
       <c r="B227" t="inlineStr">
         <is>
-          <t>绿茵转债</t>
+          <t>声迅转债</t>
         </is>
       </c>
       <c r="C227" t="inlineStr">
         <is>
-          <t>131.568</t>
+          <t>003004</t>
         </is>
       </c>
       <c r="D227" t="inlineStr">
         <is>
-          <t>0.572</t>
-[...6 lines deleted...]
-        <v>85.75149999999999</v>
+          <t>*ST声迅</t>
+        </is>
+      </c>
+      <c r="E227" t="inlineStr">
+        <is>
+          <t>A</t>
+        </is>
+      </c>
+      <c r="F227" t="inlineStr">
+        <is>
+          <t>2.793</t>
+        </is>
       </c>
       <c r="G227" t="inlineStr">
         <is>
-          <t>002887</t>
+          <t>2.803</t>
         </is>
       </c>
       <c r="H227" t="inlineStr">
         <is>
-          <t>绿茵生态</t>
-[...6 lines deleted...]
-        <v>0.3</v>
+          <t>2028-12-30</t>
+        </is>
+      </c>
+      <c r="I227" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J227" t="inlineStr">
+        <is>
+          <t>37.622</t>
+        </is>
       </c>
       <c r="K227" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L227" t="n">
+        <v>45.8071</v>
+      </c>
+      <c r="M227" t="n">
+        <v>2.1632</v>
+      </c>
+      <c r="N227" t="n">
+        <v>1.8134</v>
+      </c>
+      <c r="O227" t="n">
+        <v>-0.51</v>
+      </c>
+      <c r="P227" t="n">
+        <v>0.25</v>
+      </c>
+      <c r="Q227" t="n">
+        <v>45.25</v>
+      </c>
       <c r="R227" t="n">
-        <v>38.2866</v>
+        <v>47.19</v>
       </c>
       <c r="S227" t="n">
-        <v>4.3621</v>
-[...21 lines deleted...]
-      <c r="AB227" t="inlineStr"/>
+        <v>31.32</v>
+      </c>
+      <c r="T227" t="inlineStr"/>
+      <c r="U227" t="inlineStr"/>
+      <c r="V227" t="inlineStr"/>
     </row>
     <row r="228">
       <c r="A228" t="inlineStr">
         <is>
-          <t>123071</t>
+          <t>111003</t>
         </is>
       </c>
       <c r="B228" t="inlineStr">
         <is>
-          <t>天能转债</t>
+          <t>聚合转债</t>
         </is>
       </c>
       <c r="C228" t="inlineStr">
         <is>
-          <t>129.555</t>
+          <t>605166</t>
         </is>
       </c>
       <c r="D228" t="inlineStr">
         <is>
-          <t>0.571</t>
-[...6 lines deleted...]
-        <v>95.0746</v>
+          <t>聚合顺</t>
+        </is>
+      </c>
+      <c r="E228" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F228" t="inlineStr">
+        <is>
+          <t>2.035</t>
+        </is>
       </c>
       <c r="G228" t="inlineStr">
         <is>
-          <t>300569</t>
+          <t>1.986</t>
         </is>
       </c>
       <c r="H228" t="inlineStr">
         <is>
-          <t>天能重工</t>
-[...6 lines deleted...]
-        <v>1.59</v>
+          <t>2028-03-07</t>
+        </is>
+      </c>
+      <c r="I228" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J228" t="inlineStr">
+        <is>
+          <t>14.781</t>
+        </is>
       </c>
       <c r="K228" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30</t>
+        </is>
+      </c>
+      <c r="L228" t="n">
+        <v>61.8402</v>
+      </c>
+      <c r="M228" t="n">
+        <v>1.4707</v>
+      </c>
+      <c r="N228" t="n">
+        <v>1.2802</v>
+      </c>
+      <c r="O228" t="n">
+        <v>3</v>
+      </c>
+      <c r="P228" t="n">
+        <v>1.97</v>
+      </c>
+      <c r="Q228" t="n">
+        <v>17.49</v>
       </c>
       <c r="R228" t="n">
-        <v>57.1607</v>
+        <v>13.59</v>
       </c>
       <c r="S228" t="n">
-        <v>1.4826</v>
-[...21 lines deleted...]
-      <c r="AB228" t="inlineStr"/>
+        <v>16.57</v>
+      </c>
+      <c r="T228" t="inlineStr"/>
+      <c r="U228" t="inlineStr"/>
+      <c r="V228" t="inlineStr"/>
     </row>
     <row r="229">
       <c r="A229" t="inlineStr">
         <is>
-          <t>123220</t>
+          <t>113681</t>
         </is>
       </c>
       <c r="B229" t="inlineStr">
         <is>
-          <t>易瑞转债</t>
+          <t>镇洋转债</t>
         </is>
       </c>
       <c r="C229" t="inlineStr">
         <is>
-          <t>148.440</t>
+          <t>603213</t>
         </is>
       </c>
       <c r="D229" t="inlineStr">
         <is>
-          <t>0.569</t>
-[...6 lines deleted...]
-        <v>116.2345</v>
+          <t>镇洋发展</t>
+        </is>
+      </c>
+      <c r="E229" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F229" t="inlineStr">
+        <is>
+          <t>5.797</t>
+        </is>
       </c>
       <c r="G229" t="inlineStr">
         <is>
-          <t>300942</t>
+          <t>3.800</t>
         </is>
       </c>
       <c r="H229" t="inlineStr">
         <is>
-          <t>易瑞生物</t>
-[...6 lines deleted...]
-        <v>1.78</v>
+          <t>2029-12-29</t>
+        </is>
+      </c>
+      <c r="I229" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J229" t="inlineStr">
+        <is>
+          <t>14.560</t>
+        </is>
       </c>
       <c r="K229" t="inlineStr">
         <is>
-          <t>A+</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30</t>
+        </is>
+      </c>
+      <c r="L229" t="n">
+        <v>41.46</v>
+      </c>
+      <c r="M229" t="n">
+        <v>1.0925</v>
+      </c>
+      <c r="N229" t="n">
+        <v>0.8395</v>
+      </c>
+      <c r="O229" t="n">
+        <v>1.91</v>
+      </c>
+      <c r="P229" t="n">
+        <v>2.49</v>
+      </c>
+      <c r="Q229" t="n">
+        <v>12.8</v>
       </c>
       <c r="R229" t="n">
-        <v>38.5545</v>
+        <v>9.65</v>
       </c>
       <c r="S229" t="n">
-        <v>5.1587</v>
-[...21 lines deleted...]
-      <c r="AB229" t="inlineStr"/>
+        <v>14.37</v>
+      </c>
+      <c r="T229" t="inlineStr"/>
+      <c r="U229" t="inlineStr"/>
+      <c r="V229" t="inlineStr"/>
     </row>
     <row r="230">
       <c r="A230" t="inlineStr">
         <is>
-          <t>113584</t>
+          <t>113616</t>
         </is>
       </c>
       <c r="B230" t="inlineStr">
         <is>
-          <t>家悦转债</t>
+          <t>韦尔转债</t>
         </is>
       </c>
       <c r="C230" t="inlineStr">
         <is>
-          <t>127.551</t>
+          <t>603501</t>
         </is>
       </c>
       <c r="D230" t="inlineStr">
         <is>
-          <t>0.575</t>
-[...6 lines deleted...]
-        <v>108.6747</v>
+          <t>豪威集团</t>
+        </is>
+      </c>
+      <c r="E230" t="inlineStr">
+        <is>
+          <t>AA+</t>
+        </is>
+      </c>
+      <c r="F230" t="inlineStr">
+        <is>
+          <t>24.324</t>
+        </is>
       </c>
       <c r="G230" t="inlineStr">
         <is>
-          <t>603708</t>
+          <t>0.795</t>
         </is>
       </c>
       <c r="H230" t="inlineStr">
         <is>
-          <t>家家悦</t>
-[...6 lines deleted...]
-        <v>0.3</v>
+          <t>2026-12-28</t>
+        </is>
+      </c>
+      <c r="I230" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="J230" t="inlineStr">
+        <is>
+          <t>206.856</t>
+        </is>
       </c>
       <c r="K230" t="inlineStr">
         <is>
-          <t>AA</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30 2022-01-24 重新计</t>
+        </is>
+      </c>
+      <c r="L230" t="n">
+        <v>37.3419</v>
+      </c>
+      <c r="M230" t="n">
+        <v>2.4593</v>
+      </c>
+      <c r="N230" t="n">
+        <v>1.6792</v>
+      </c>
+      <c r="O230" t="n">
+        <v>33.23</v>
+      </c>
+      <c r="P230" t="n">
+        <v>5.56</v>
+      </c>
+      <c r="Q230" t="n">
+        <v>13.02</v>
       </c>
       <c r="R230" t="n">
-        <v>81.8948</v>
+        <v>12.73</v>
       </c>
       <c r="S230" t="n">
-        <v>0.7413999999999999</v>
-[...21 lines deleted...]
-      <c r="AB230" t="inlineStr"/>
+        <v>13.73</v>
+      </c>
+      <c r="T230" t="inlineStr"/>
+      <c r="U230" t="inlineStr"/>
+      <c r="V230" t="inlineStr"/>
     </row>
     <row r="231">
       <c r="A231" t="inlineStr">
         <is>
-          <t>123059</t>
+          <t>113054</t>
         </is>
       </c>
       <c r="B231" t="inlineStr">
         <is>
-          <t>银信转债</t>
+          <t>绿动转债</t>
         </is>
       </c>
       <c r="C231" t="inlineStr">
         <is>
-          <t>149.800</t>
+          <t>601330</t>
         </is>
       </c>
       <c r="D231" t="inlineStr">
         <is>
-          <t>0.560</t>
-[...6 lines deleted...]
-        <v>122.8415</v>
+          <t>绿色动力</t>
+        </is>
+      </c>
+      <c r="E231" t="inlineStr">
+        <is>
+          <t>AA+</t>
+        </is>
+      </c>
+      <c r="F231" t="inlineStr">
+        <is>
+          <t>23.598</t>
+        </is>
       </c>
       <c r="G231" t="inlineStr">
         <is>
-          <t>300231</t>
+          <t>1.956</t>
         </is>
       </c>
       <c r="H231" t="inlineStr">
         <is>
-          <t>银信科技</t>
-[...6 lines deleted...]
-        <v>0.9</v>
+          <t>2028-02-25</t>
+        </is>
+      </c>
+      <c r="I231" t="inlineStr">
+        <is>
+          <t>109.00</t>
+        </is>
+      </c>
+      <c r="J231" t="inlineStr">
+        <is>
+          <t>11.557</t>
+        </is>
       </c>
       <c r="K231" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30</t>
+        </is>
+      </c>
+      <c r="L231" t="n">
+        <v>59.8271</v>
+      </c>
+      <c r="M231" t="n">
+        <v>2.2411</v>
+      </c>
+      <c r="N231" t="n">
+        <v>2.2168</v>
+      </c>
+      <c r="O231" t="n">
+        <v>5.85</v>
+      </c>
+      <c r="P231" t="n">
+        <v>6.29</v>
+      </c>
+      <c r="Q231" t="n">
+        <v>12.9</v>
       </c>
       <c r="R231" t="n">
-        <v>24.4013</v>
+        <v>8.949999999999999</v>
       </c>
       <c r="S231" t="n">
-        <v>3.5157</v>
-[...21 lines deleted...]
-      <c r="AB231" t="inlineStr"/>
+        <v>8.57</v>
+      </c>
+      <c r="T231" t="inlineStr"/>
+      <c r="U231" t="inlineStr"/>
+      <c r="V231" t="inlineStr"/>
     </row>
     <row r="232">
       <c r="A232" t="inlineStr">
         <is>
-          <t>127076</t>
+          <t>110095</t>
         </is>
       </c>
       <c r="B232" t="inlineStr">
         <is>
-          <t>中宠转2</t>
+          <t>双良转债</t>
         </is>
       </c>
       <c r="C232" t="inlineStr">
         <is>
-          <t>235.502</t>
+          <t>600481</t>
         </is>
       </c>
       <c r="D232" t="inlineStr">
         <is>
-          <t>0.556</t>
-[...6 lines deleted...]
-        <v>180.335</v>
+          <t>双良节能</t>
+        </is>
+      </c>
+      <c r="E232" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F232" t="inlineStr">
+        <is>
+          <t>14.008</t>
+        </is>
       </c>
       <c r="G232" t="inlineStr">
         <is>
-          <t>002891</t>
+          <t>3.408</t>
         </is>
       </c>
       <c r="H232" t="inlineStr">
         <is>
-          <t>中宠股份</t>
-[...6 lines deleted...]
-        <v>-1.55</v>
+          <t>2029-08-08</t>
+        </is>
+      </c>
+      <c r="I232" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="J232" t="inlineStr">
+        <is>
+          <t>8.034</t>
+        </is>
       </c>
       <c r="K232" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...28 lines deleted...]
-        <is>
           <t>!</t>
         </is>
       </c>
+      <c r="L232" t="n">
+        <v>81.9068</v>
+      </c>
+      <c r="M232" t="n">
+        <v>0.6029</v>
+      </c>
+      <c r="N232" t="n">
+        <v>0.5032</v>
+      </c>
+      <c r="O232" t="n">
+        <v>-21.34</v>
+      </c>
+      <c r="P232" t="n">
+        <v>15.02</v>
+      </c>
+      <c r="Q232" t="n">
+        <v>142.76</v>
+      </c>
       <c r="R232" t="n">
-        <v>42.0474</v>
+        <v>83.26000000000001</v>
       </c>
       <c r="S232" t="n">
-        <v>1.6973</v>
-[...21 lines deleted...]
-      <c r="AB232" t="inlineStr"/>
+        <v>50.38</v>
+      </c>
+      <c r="T232" t="inlineStr"/>
+      <c r="U232" t="inlineStr"/>
+      <c r="V232" t="inlineStr"/>
     </row>
     <row r="233">
       <c r="A233" t="inlineStr">
         <is>
-          <t>110085</t>
+          <t>127041</t>
         </is>
       </c>
       <c r="B233" t="inlineStr">
         <is>
-          <t>通22转债</t>
+          <t>弘亚转债</t>
         </is>
       </c>
       <c r="C233" t="inlineStr">
         <is>
-          <t>124.373</t>
+          <t>002833</t>
         </is>
       </c>
       <c r="D233" t="inlineStr">
         <is>
-          <t>0.556</t>
-[...6 lines deleted...]
-        <v>58.6127</v>
+          <t>弘亚数控</t>
+        </is>
+      </c>
+      <c r="E233" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F233" t="inlineStr">
+        <is>
+          <t>5.999</t>
+        </is>
       </c>
       <c r="G233" t="inlineStr">
         <is>
-          <t>600438</t>
+          <t>0.332</t>
         </is>
       </c>
       <c r="H233" t="inlineStr">
         <is>
-          <t>通威股份</t>
-[...6 lines deleted...]
-        <v>7.76</v>
+          <t>2026-07-12</t>
+        </is>
+      </c>
+      <c r="I233" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J233" t="inlineStr">
+        <is>
+          <t>22.100</t>
+        </is>
       </c>
       <c r="K233" t="inlineStr">
         <is>
-          <t>AAA</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L233" t="n">
+        <v>27.7268</v>
+      </c>
+      <c r="M233" t="n">
+        <v>3.7474</v>
+      </c>
+      <c r="N233" t="n">
+        <v>2.9128</v>
+      </c>
+      <c r="O233" t="n">
+        <v>5.17</v>
+      </c>
+      <c r="P233" t="n">
+        <v>5.9</v>
+      </c>
+      <c r="Q233" t="n">
+        <v>18.05</v>
+      </c>
       <c r="R233" t="n">
-        <v>71.9541</v>
+        <v>12.8</v>
       </c>
       <c r="S233" t="n">
-        <v>1.2379</v>
-[...21 lines deleted...]
-      <c r="AB233" t="inlineStr"/>
+        <v>14.41</v>
+      </c>
+      <c r="T233" t="inlineStr"/>
+      <c r="U233" t="inlineStr"/>
+      <c r="V233" t="inlineStr"/>
     </row>
     <row r="234">
       <c r="A234" t="inlineStr">
         <is>
-          <t>113610</t>
+          <t>113659</t>
         </is>
       </c>
       <c r="B234" t="inlineStr">
         <is>
-          <t>灵康转债</t>
+          <t>莱克转债</t>
         </is>
       </c>
       <c r="C234" t="inlineStr">
         <is>
-          <t>132.262</t>
+          <t>603355</t>
         </is>
       </c>
       <c r="D234" t="inlineStr">
         <is>
-          <t>0.558</t>
-[...6 lines deleted...]
-        <v>75.07689999999999</v>
+          <t>莱克电气</t>
+        </is>
+      </c>
+      <c r="E234" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F234" t="inlineStr">
+        <is>
+          <t>11.998</t>
+        </is>
       </c>
       <c r="G234" t="inlineStr">
         <is>
-          <t>603669</t>
+          <t>2.592</t>
         </is>
       </c>
       <c r="H234" t="inlineStr">
         <is>
-          <t>灵康药业</t>
-[...6 lines deleted...]
-        <v>1.24</v>
+          <t>2028-10-14</t>
+        </is>
+      </c>
+      <c r="I234" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="J234" t="inlineStr">
+        <is>
+          <t>41.236</t>
+        </is>
       </c>
       <c r="K234" t="inlineStr">
         <is>
-          <t>A-</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L234" t="n">
+        <v>63.3904</v>
+      </c>
+      <c r="M234" t="n">
+        <v>1.3851</v>
+      </c>
+      <c r="N234" t="n">
+        <v>1.2214</v>
+      </c>
+      <c r="O234" t="n">
+        <v>12.3</v>
+      </c>
+      <c r="P234" t="n">
+        <v>11.17</v>
+      </c>
+      <c r="Q234" t="n">
+        <v>20.27</v>
+      </c>
       <c r="R234" t="n">
-        <v>38.7874</v>
+        <v>17.67</v>
       </c>
       <c r="S234" t="n">
-        <v>3.1097</v>
-[...21 lines deleted...]
-      <c r="AB234" t="inlineStr"/>
+        <v>16.61</v>
+      </c>
+      <c r="T234" t="inlineStr"/>
+      <c r="U234" t="inlineStr"/>
+      <c r="V234" t="inlineStr"/>
     </row>
     <row r="235">
       <c r="A235" t="inlineStr">
         <is>
-          <t>123072</t>
+          <t>123107</t>
         </is>
       </c>
       <c r="B235" t="inlineStr">
         <is>
-          <t>乐歌转债</t>
+          <t>温氏转债</t>
         </is>
       </c>
       <c r="C235" t="inlineStr">
         <is>
-          <t>129.758</t>
+          <t>300498</t>
         </is>
       </c>
       <c r="D235" t="inlineStr">
         <is>
-          <t>0.551</t>
-[...6 lines deleted...]
-        <v>44.5761</v>
+          <t>温氏股份</t>
+        </is>
+      </c>
+      <c r="E235" t="inlineStr">
+        <is>
+          <t>AAA</t>
+        </is>
+      </c>
+      <c r="F235" t="inlineStr">
+        <is>
+          <t>77.064</t>
+        </is>
       </c>
       <c r="G235" t="inlineStr">
         <is>
-          <t>300729</t>
+          <t>1.044</t>
         </is>
       </c>
       <c r="H235" t="inlineStr">
         <is>
-          <t>乐歌股份</t>
-[...6 lines deleted...]
-        <v>0.14</v>
+          <t>2027-03-29</t>
+        </is>
+      </c>
+      <c r="I235" t="inlineStr">
+        <is>
+          <t>108.00</t>
+        </is>
+      </c>
+      <c r="J235" t="inlineStr">
+        <is>
+          <t>21.177</t>
+        </is>
       </c>
       <c r="K235" t="inlineStr">
         <is>
-          <t>A+</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30 2022-10-21 重新计</t>
+        </is>
+      </c>
+      <c r="L235" t="n">
+        <v>49.4139</v>
+      </c>
+      <c r="M235" t="n">
+        <v>1.1515</v>
+      </c>
+      <c r="N235" t="n">
+        <v>0.3943</v>
+      </c>
+      <c r="O235" t="n">
+        <v>92.3</v>
+      </c>
+      <c r="P235" t="n">
+        <v>-63.9</v>
+      </c>
+      <c r="Q235" t="n">
+        <v>9.91</v>
       </c>
       <c r="R235" t="n">
-        <v>63.8994</v>
+        <v>10.22</v>
       </c>
       <c r="S235" t="n">
-        <v>1.4317</v>
-[...21 lines deleted...]
-      <c r="AB235" t="inlineStr"/>
+        <v>13.32</v>
+      </c>
+      <c r="T235" t="inlineStr"/>
+      <c r="U235" t="inlineStr"/>
+      <c r="V235" t="inlineStr"/>
     </row>
     <row r="236">
       <c r="A236" t="inlineStr">
         <is>
-          <t>127094</t>
+          <t>113643</t>
         </is>
       </c>
       <c r="B236" t="inlineStr">
         <is>
-          <t>红墙转债</t>
+          <t>风语转债</t>
         </is>
       </c>
       <c r="C236" t="inlineStr">
         <is>
-          <t>150.800</t>
+          <t>603466</t>
         </is>
       </c>
       <c r="D236" t="inlineStr">
         <is>
-          <t>0.540</t>
-[...6 lines deleted...]
-        <v>126.9157</v>
+          <t>风语筑</t>
+        </is>
+      </c>
+      <c r="E236" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F236" t="inlineStr">
+        <is>
+          <t>4.994</t>
+        </is>
       </c>
       <c r="G236" t="inlineStr">
         <is>
-          <t>002809</t>
+          <t>2.036</t>
         </is>
       </c>
       <c r="H236" t="inlineStr">
         <is>
-          <t>红墙股份</t>
-[...6 lines deleted...]
-        <v>1.3</v>
+          <t>2028-03-25</t>
+        </is>
+      </c>
+      <c r="I236" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J236" t="inlineStr">
+        <is>
+          <t>15.366</t>
+        </is>
       </c>
       <c r="K236" t="inlineStr">
         <is>
-          <t>A+</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L236" t="n">
+        <v>53.5575</v>
+      </c>
+      <c r="M236" t="n">
+        <v>2.0553</v>
+      </c>
+      <c r="N236" t="n">
+        <v>1.8062</v>
+      </c>
+      <c r="O236" t="n">
+        <v>-1.35</v>
+      </c>
+      <c r="P236" t="n">
+        <v>2.82</v>
+      </c>
+      <c r="Q236" t="n">
+        <v>40.97</v>
+      </c>
       <c r="R236" t="n">
-        <v>38.7242</v>
+        <v>25.38</v>
       </c>
       <c r="S236" t="n">
-        <v>4.7866</v>
-[...21 lines deleted...]
-      <c r="AB236" t="inlineStr"/>
+        <v>19.32</v>
+      </c>
+      <c r="T236" t="inlineStr"/>
+      <c r="U236" t="inlineStr"/>
+      <c r="V236" t="inlineStr"/>
     </row>
     <row r="237">
       <c r="A237" t="inlineStr">
         <is>
-          <t>123171</t>
+          <t>123157</t>
         </is>
       </c>
       <c r="B237" t="inlineStr">
         <is>
-          <t>共同转债</t>
+          <t>科蓝转债</t>
         </is>
       </c>
       <c r="C237" t="inlineStr">
         <is>
-          <t>130.635</t>
+          <t>300663</t>
         </is>
       </c>
       <c r="D237" t="inlineStr">
         <is>
-          <t>0.538</t>
-[...6 lines deleted...]
-        <v>79.5723</v>
+          <t>科蓝软件</t>
+        </is>
+      </c>
+      <c r="E237" t="inlineStr">
+        <is>
+          <t>A</t>
+        </is>
+      </c>
+      <c r="F237" t="inlineStr">
+        <is>
+          <t>2.340</t>
+        </is>
       </c>
       <c r="G237" t="inlineStr">
         <is>
-          <t>300966</t>
+          <t>2.469</t>
         </is>
       </c>
       <c r="H237" t="inlineStr">
         <is>
-          <t>共同药业</t>
-[...6 lines deleted...]
-        <v>1.17</v>
+          <t>2028-08-30</t>
+        </is>
+      </c>
+      <c r="I237" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J237" t="inlineStr">
+        <is>
+          <t>20.813</t>
+        </is>
       </c>
       <c r="K237" t="inlineStr">
         <is>
-          <t>A</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30 2025-01-31 重新计</t>
+        </is>
+      </c>
+      <c r="L237" t="n">
+        <v>64.59780000000001</v>
+      </c>
+      <c r="M237" t="n">
+        <v>2.0417</v>
+      </c>
+      <c r="N237" t="n">
+        <v>1.2087</v>
+      </c>
+      <c r="O237" t="n">
+        <v>-5.35</v>
+      </c>
+      <c r="P237" t="n">
+        <v>-1.23</v>
+      </c>
+      <c r="Q237" t="n">
+        <v>17.72</v>
       </c>
       <c r="R237" t="n">
-        <v>66.4688</v>
+        <v>19.3</v>
       </c>
       <c r="S237" t="n">
-        <v>1.0221</v>
-[...21 lines deleted...]
-      <c r="AB237" t="inlineStr"/>
+        <v>41.54</v>
+      </c>
+      <c r="T237" t="inlineStr"/>
+      <c r="U237" t="inlineStr"/>
+      <c r="V237" t="inlineStr"/>
     </row>
     <row r="238">
       <c r="A238" t="inlineStr">
         <is>
-          <t>127102</t>
+          <t>128121</t>
         </is>
       </c>
       <c r="B238" t="inlineStr">
         <is>
-          <t>浙建转债</t>
+          <t>宏川转债</t>
         </is>
       </c>
       <c r="C238" t="inlineStr">
         <is>
-          <t>127.270</t>
+          <t>002930</t>
         </is>
       </c>
       <c r="D238" t="inlineStr">
         <is>
-          <t>0.537</t>
-[...6 lines deleted...]
-        <v>81.1182</v>
+          <t>宏川智慧</t>
+        </is>
+      </c>
+      <c r="E238" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F238" t="inlineStr">
+        <is>
+          <t>6.520</t>
+        </is>
       </c>
       <c r="G238" t="inlineStr">
         <is>
-          <t>002761</t>
+          <t>0.345</t>
         </is>
       </c>
       <c r="H238" t="inlineStr">
         <is>
-          <t>浙江建投</t>
-[...6 lines deleted...]
-        <v>0.34</v>
+          <t>2026-07-17</t>
+        </is>
+      </c>
+      <c r="I238" t="inlineStr">
+        <is>
+          <t>108.00</t>
+        </is>
+      </c>
+      <c r="J238" t="inlineStr">
+        <is>
+          <t>16.445</t>
+        </is>
       </c>
       <c r="K238" t="inlineStr">
         <is>
-          <t>AA+</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L238" t="n">
+        <v>68.1837</v>
+      </c>
+      <c r="M238" t="n">
+        <v>0.6619</v>
+      </c>
+      <c r="N238" t="n">
+        <v>0.6486</v>
+      </c>
+      <c r="O238" t="n">
+        <v>1.58</v>
+      </c>
+      <c r="P238" t="n">
+        <v>2.96</v>
+      </c>
+      <c r="Q238" t="n">
+        <v>19.75</v>
+      </c>
       <c r="R238" t="n">
-        <v>91.9074</v>
+        <v>16.1</v>
       </c>
       <c r="S238" t="n">
-        <v>0.9208</v>
-[...21 lines deleted...]
-      <c r="AB238" t="inlineStr"/>
+        <v>11.28</v>
+      </c>
+      <c r="T238" t="inlineStr"/>
+      <c r="U238" t="inlineStr"/>
+      <c r="V238" t="inlineStr"/>
     </row>
     <row r="239">
       <c r="A239" t="inlineStr">
         <is>
-          <t>123198</t>
+          <t>123254</t>
         </is>
       </c>
       <c r="B239" t="inlineStr">
         <is>
-          <t>金埔转债</t>
+          <t>亿纬转债</t>
         </is>
       </c>
       <c r="C239" t="inlineStr">
         <is>
-          <t>141.300</t>
+          <t>300014</t>
         </is>
       </c>
       <c r="D239" t="inlineStr">
         <is>
-          <t>0.519</t>
-[...6 lines deleted...]
-        <v>127.1523</v>
+          <t>亿纬锂能</t>
+        </is>
+      </c>
+      <c r="E239" t="inlineStr">
+        <is>
+          <t>AA+</t>
+        </is>
+      </c>
+      <c r="F239" t="inlineStr">
+        <is>
+          <t>49.983</t>
+        </is>
       </c>
       <c r="G239" t="inlineStr">
         <is>
-          <t>301098</t>
+          <t>5.033</t>
         </is>
       </c>
       <c r="H239" t="inlineStr">
         <is>
-          <t>金埔园林</t>
-[...6 lines deleted...]
-        <v>1.16</v>
+          <t>2031-03-24</t>
+        </is>
+      </c>
+      <c r="I239" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="J239" t="inlineStr">
+        <is>
+          <t>65.364</t>
+        </is>
       </c>
       <c r="K239" t="inlineStr">
         <is>
-          <t>A</t>
-[...30 lines deleted...]
-        </is>
+          <t>4/15 | 30 2026-01-28 重新计</t>
+        </is>
+      </c>
+      <c r="L239" t="n">
+        <v>63.4657</v>
+      </c>
+      <c r="M239" t="n">
+        <v>1.0514</v>
+      </c>
+      <c r="N239" t="n">
+        <v>0.9165</v>
+      </c>
+      <c r="O239" t="n">
+        <v>40.76</v>
+      </c>
+      <c r="P239" t="n">
+        <v>40.5</v>
+      </c>
+      <c r="Q239" t="n">
+        <v>34.48</v>
       </c>
       <c r="R239" t="n">
-        <v>61.9488</v>
-[...24 lines deleted...]
-      <c r="AB239" t="inlineStr"/>
+        <v>32.55</v>
+      </c>
+      <c r="S239" t="inlineStr"/>
+      <c r="T239" t="inlineStr"/>
+      <c r="U239" t="inlineStr"/>
+      <c r="V239" t="inlineStr"/>
     </row>
     <row r="240">
       <c r="A240" t="inlineStr">
         <is>
-          <t>123151</t>
+          <t>118036</t>
         </is>
       </c>
       <c r="B240" t="inlineStr">
         <is>
-          <t>康医转债</t>
+          <t>力合转债</t>
         </is>
       </c>
       <c r="C240" t="inlineStr">
         <is>
-          <t>123.447</t>
+          <t>688589</t>
         </is>
       </c>
       <c r="D240" t="inlineStr">
         <is>
-          <t>0.515</t>
-[...6 lines deleted...]
-        <v>58.1125</v>
+          <t>力合微</t>
+        </is>
+      </c>
+      <c r="E240" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F240" t="inlineStr">
+        <is>
+          <t>3.800</t>
+        </is>
       </c>
       <c r="G240" t="inlineStr">
         <is>
-          <t>300869</t>
+          <t>3.296</t>
         </is>
       </c>
       <c r="H240" t="inlineStr">
         <is>
-          <t>康泰医学</t>
-[...6 lines deleted...]
-        <v>0.88</v>
+          <t>2029-06-28</t>
+        </is>
+      </c>
+      <c r="I240" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J240" t="inlineStr">
+        <is>
+          <t>31.109</t>
+        </is>
       </c>
       <c r="K240" t="inlineStr">
         <is>
-          <t>A+</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L240" t="n">
+        <v>30.0932</v>
+      </c>
+      <c r="M240" t="n">
+        <v>10.8618</v>
+      </c>
+      <c r="N240" t="n">
+        <v>10.4028</v>
+      </c>
+      <c r="O240" t="n">
+        <v>0.84</v>
+      </c>
+      <c r="P240" t="n">
+        <v>1.07</v>
+      </c>
+      <c r="Q240" t="n">
+        <v>26.85</v>
+      </c>
       <c r="R240" t="n">
-        <v>36.7181</v>
+        <v>19.28</v>
       </c>
       <c r="S240" t="n">
-        <v>8.6272</v>
-[...21 lines deleted...]
-      <c r="AB240" t="inlineStr"/>
+        <v>19.72</v>
+      </c>
+      <c r="T240" t="inlineStr"/>
+      <c r="U240" t="inlineStr"/>
+      <c r="V240" t="inlineStr"/>
     </row>
     <row r="241">
       <c r="A241" t="inlineStr">
         <is>
-          <t>128125</t>
+          <t>110087</t>
         </is>
       </c>
       <c r="B241" t="inlineStr">
         <is>
-          <t>华阳转债</t>
+          <t>天业转债</t>
         </is>
       </c>
       <c r="C241" t="inlineStr">
         <is>
-          <t>135.656</t>
+          <t>600075</t>
         </is>
       </c>
       <c r="D241" t="inlineStr">
         <is>
-          <t>0.508</t>
-[...6 lines deleted...]
-        <v>112.7867</v>
+          <t>新疆天业</t>
+        </is>
+      </c>
+      <c r="E241" t="inlineStr">
+        <is>
+          <t>AA+</t>
+        </is>
+      </c>
+      <c r="F241" t="inlineStr">
+        <is>
+          <t>29.982</t>
+        </is>
       </c>
       <c r="G241" t="inlineStr">
         <is>
-          <t>002949</t>
+          <t>2.282</t>
         </is>
       </c>
       <c r="H241" t="inlineStr">
         <is>
-          <t>华阳国际</t>
-[...6 lines deleted...]
-        <v>-1.04</v>
+          <t>2028-06-23</t>
+        </is>
+      </c>
+      <c r="I241" t="inlineStr">
+        <is>
+          <t>108.00</t>
+        </is>
+      </c>
+      <c r="J241" t="inlineStr">
+        <is>
+          <t>7.280</t>
+        </is>
       </c>
       <c r="K241" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...30 lines deleted...]
-        </is>
+          <t>3/15 | 30</t>
+        </is>
+      </c>
+      <c r="L241" t="n">
+        <v>56.3402</v>
+      </c>
+      <c r="M241" t="n">
+        <v>0.7247</v>
+      </c>
+      <c r="N241" t="n">
+        <v>0.5874</v>
+      </c>
+      <c r="O241" t="n">
+        <v>0.68</v>
+      </c>
+      <c r="P241" t="n">
+        <v>-7.75</v>
+      </c>
+      <c r="Q241" t="n">
+        <v>28.83</v>
       </c>
       <c r="R241" t="n">
-        <v>45.2519</v>
+        <v>21.58</v>
       </c>
       <c r="S241" t="n">
-        <v>1.8703</v>
-[...21 lines deleted...]
-      <c r="AB241" t="inlineStr"/>
+        <v>15.29</v>
+      </c>
+      <c r="T241" t="inlineStr"/>
+      <c r="U241" t="inlineStr"/>
+      <c r="V241" t="inlineStr"/>
     </row>
     <row r="242">
       <c r="A242" t="inlineStr">
         <is>
-          <t>123176</t>
+          <t>123237</t>
         </is>
       </c>
       <c r="B242" t="inlineStr">
         <is>
-          <t>精测转2</t>
+          <t>佳禾转债</t>
         </is>
       </c>
       <c r="C242" t="inlineStr">
         <is>
-          <t>281.000</t>
+          <t>300793</t>
         </is>
       </c>
       <c r="D242" t="inlineStr">
         <is>
-          <t>0.509</t>
-[...6 lines deleted...]
-        <v>224.7875</v>
+          <t>佳禾智能</t>
+        </is>
+      </c>
+      <c r="E242" t="inlineStr">
+        <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="F242" t="inlineStr">
+        <is>
+          <t>4.315</t>
+        </is>
       </c>
       <c r="G242" t="inlineStr">
         <is>
-          <t>300567</t>
+          <t>3.816</t>
         </is>
       </c>
       <c r="H242" t="inlineStr">
         <is>
-          <t>精测电子</t>
-[...6 lines deleted...]
-        <v>-0.95</v>
+          <t>2030-01-04</t>
+        </is>
+      </c>
+      <c r="I242" t="inlineStr">
+        <is>
+          <t>113.00</t>
+        </is>
+      </c>
+      <c r="J242" t="inlineStr">
+        <is>
+          <t>17.498</t>
+        </is>
       </c>
       <c r="K242" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30 2026-02-18 重新计</t>
+        </is>
+      </c>
+      <c r="L242" t="n">
+        <v>31.8275</v>
+      </c>
+      <c r="M242" t="n">
+        <v>3.3595</v>
+      </c>
+      <c r="N242" t="n">
+        <v>2.8241</v>
+      </c>
+      <c r="O242" t="n">
+        <v>0.41</v>
+      </c>
+      <c r="P242" t="n">
+        <v>1.33</v>
+      </c>
+      <c r="Q242" t="n">
+        <v>29.59</v>
       </c>
       <c r="R242" t="n">
-        <v>55.3802</v>
+        <v>31.34</v>
       </c>
       <c r="S242" t="n">
-        <v>1.724</v>
-[...21 lines deleted...]
-      <c r="AB242" t="inlineStr"/>
+        <v>37.82</v>
+      </c>
+      <c r="T242" t="inlineStr"/>
+      <c r="U242" t="inlineStr"/>
+      <c r="V242" t="inlineStr"/>
     </row>
     <row r="243">
       <c r="A243" t="inlineStr">
         <is>
-          <t>123193</t>
+          <t>127072</t>
         </is>
       </c>
       <c r="B243" t="inlineStr">
         <is>
-          <t>海能转债</t>
+          <t>博实转债</t>
         </is>
       </c>
       <c r="C243" t="inlineStr">
         <is>
-          <t>134.743</t>
+          <t>002698</t>
         </is>
       </c>
       <c r="D243" t="inlineStr">
         <is>
-          <t>0.501</t>
-[...6 lines deleted...]
-        <v>87.0748</v>
+          <t>博实股份</t>
+        </is>
+      </c>
+      <c r="E243" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F243" t="inlineStr">
+        <is>
+          <t>4.498</t>
+        </is>
       </c>
       <c r="G243" t="inlineStr">
         <is>
-          <t>300787</t>
+          <t>2.532</t>
         </is>
       </c>
       <c r="H243" t="inlineStr">
         <is>
-          <t>海能实业</t>
-[...6 lines deleted...]
-        <v>-0.31</v>
+          <t>2028-09-22</t>
+        </is>
+      </c>
+      <c r="I243" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="J243" t="inlineStr">
+        <is>
+          <t>19.578</t>
+        </is>
       </c>
       <c r="K243" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L243" t="n">
+        <v>38.6326</v>
+      </c>
+      <c r="M243" t="n">
+        <v>2.8704</v>
+      </c>
+      <c r="N243" t="n">
+        <v>1.8321</v>
+      </c>
+      <c r="O243" t="n">
+        <v>5.24</v>
+      </c>
+      <c r="P243" t="n">
+        <v>5.34</v>
+      </c>
+      <c r="Q243" t="n">
+        <v>21.03</v>
+      </c>
       <c r="R243" t="n">
-        <v>60.3733</v>
+        <v>19.57</v>
       </c>
       <c r="S243" t="n">
-        <v>1.2061</v>
-[...21 lines deleted...]
-      <c r="AB243" t="inlineStr"/>
+        <v>22.64</v>
+      </c>
+      <c r="T243" t="inlineStr"/>
+      <c r="U243" t="inlineStr"/>
+      <c r="V243" t="inlineStr"/>
     </row>
     <row r="244">
       <c r="A244" t="inlineStr">
         <is>
-          <t>118051</t>
+          <t>111020</t>
         </is>
       </c>
       <c r="B244" t="inlineStr">
         <is>
-          <t>皓元转债</t>
+          <t>合顺转债</t>
         </is>
       </c>
       <c r="C244" t="inlineStr">
         <is>
-          <t>290.186</t>
+          <t>605166</t>
         </is>
       </c>
       <c r="D244" t="inlineStr">
         <is>
-          <t>0.493</t>
-[...6 lines deleted...]
-        <v>212.0089</v>
+          <t>聚合顺</t>
+        </is>
+      </c>
+      <c r="E244" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F244" t="inlineStr">
+        <is>
+          <t>3.380</t>
+        </is>
       </c>
       <c r="G244" t="inlineStr">
         <is>
-          <t>688131</t>
+          <t>4.362</t>
         </is>
       </c>
       <c r="H244" t="inlineStr">
         <is>
-          <t>皓元医药</t>
-[...6 lines deleted...]
-        <v>-1.55</v>
+          <t>2030-07-22</t>
+        </is>
+      </c>
+      <c r="I244" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J244" t="inlineStr">
+        <is>
+          <t>13.767</t>
+        </is>
       </c>
       <c r="K244" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30</t>
+        </is>
+      </c>
+      <c r="L244" t="n">
+        <v>61.8402</v>
+      </c>
+      <c r="M244" t="n">
+        <v>1.4707</v>
+      </c>
+      <c r="N244" t="n">
+        <v>1.2802</v>
+      </c>
+      <c r="O244" t="n">
+        <v>3</v>
+      </c>
+      <c r="P244" t="n">
+        <v>1.97</v>
+      </c>
+      <c r="Q244" t="n">
+        <v>21.41</v>
       </c>
       <c r="R244" t="n">
-        <v>48.3794</v>
+        <v>16.42</v>
       </c>
       <c r="S244" t="n">
-        <v>2.3062</v>
-[...19 lines deleted...]
-      <c r="AB244" t="inlineStr"/>
+        <v>19.71</v>
+      </c>
+      <c r="T244" t="inlineStr"/>
+      <c r="U244" t="inlineStr"/>
+      <c r="V244" t="inlineStr"/>
     </row>
     <row r="245">
       <c r="A245" t="inlineStr">
         <is>
-          <t>113658</t>
+          <t>123259</t>
         </is>
       </c>
       <c r="B245" t="inlineStr">
         <is>
-          <t>密卫转债</t>
+          <t>锦浪转02</t>
         </is>
       </c>
       <c r="C245" t="inlineStr">
         <is>
-          <t>146.233</t>
+          <t>300763</t>
         </is>
       </c>
       <c r="D245" t="inlineStr">
         <is>
-          <t>0.471</t>
-[...6 lines deleted...]
-        <v>115.4882</v>
+          <t>锦浪科技</t>
+        </is>
+      </c>
+      <c r="E245" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F245" t="inlineStr">
+        <is>
+          <t>16.766</t>
+        </is>
       </c>
       <c r="G245" t="inlineStr">
         <is>
-          <t>603713</t>
+          <t>5.597</t>
         </is>
       </c>
       <c r="H245" t="inlineStr">
         <is>
-          <t>密尔克卫</t>
-[...6 lines deleted...]
-        <v>0.2</v>
+          <t>2031-10-16</t>
+        </is>
+      </c>
+      <c r="I245" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="J245" t="inlineStr">
+        <is>
+          <t>94.315</t>
+        </is>
       </c>
       <c r="K245" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="R245" t="n">
-[...25 lines deleted...]
-      <c r="AB245" t="inlineStr"/>
+      <c r="L245" t="n">
+        <v>54.4774</v>
+      </c>
+      <c r="M245" t="n">
+        <v>1.1937</v>
+      </c>
+      <c r="N245" t="n">
+        <v>0.7426</v>
+      </c>
+      <c r="O245" t="n">
+        <v>6.91</v>
+      </c>
+      <c r="P245" t="n">
+        <v>7.79</v>
+      </c>
+      <c r="Q245" t="n">
+        <v>41.03</v>
+      </c>
+      <c r="R245" t="inlineStr"/>
+      <c r="S245" t="inlineStr"/>
+      <c r="T245" t="inlineStr"/>
+      <c r="U245" t="inlineStr"/>
+      <c r="V245" t="inlineStr"/>
     </row>
     <row r="246">
       <c r="A246" t="inlineStr">
         <is>
-          <t>113056</t>
+          <t>123160</t>
         </is>
       </c>
       <c r="B246" t="inlineStr">
         <is>
-          <t>重银转债</t>
+          <t>泰福转债</t>
         </is>
       </c>
       <c r="C246" t="inlineStr">
         <is>
-          <t>129.400</t>
+          <t>300992</t>
         </is>
       </c>
       <c r="D246" t="inlineStr">
         <is>
-          <t>0.460</t>
-[...6 lines deleted...]
-        <v>109.8947</v>
+          <t>泰福泵业</t>
+        </is>
+      </c>
+      <c r="E246" t="inlineStr">
+        <is>
+          <t>A</t>
+        </is>
+      </c>
+      <c r="F246" t="inlineStr">
+        <is>
+          <t>2.316</t>
+        </is>
       </c>
       <c r="G246" t="inlineStr">
         <is>
-          <t>601963</t>
+          <t>2.548</t>
         </is>
       </c>
       <c r="H246" t="inlineStr">
         <is>
-          <t>重庆银行</t>
-[...6 lines deleted...]
-        <v>1.75</v>
+          <t>2028-09-28</t>
+        </is>
+      </c>
+      <c r="I246" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J246" t="inlineStr">
+        <is>
+          <t>25.701</t>
+        </is>
       </c>
       <c r="K246" t="inlineStr">
         <is>
-          <t>AAA</t>
-[...30 lines deleted...]
-        </is>
+          <t>!</t>
+        </is>
+      </c>
+      <c r="L246" t="n">
+        <v>49.315</v>
+      </c>
+      <c r="M246" t="n">
+        <v>1.7985</v>
+      </c>
+      <c r="N246" t="n">
+        <v>1.2246</v>
+      </c>
+      <c r="O246" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="P246" t="n">
+        <v>0.54</v>
+      </c>
+      <c r="Q246" t="n">
+        <v>37.35</v>
       </c>
       <c r="R246" t="n">
-        <v>93.5466</v>
-[...1 lines deleted...]
-      <c r="S246" t="inlineStr"/>
+        <v>35.15</v>
+      </c>
+      <c r="S246" t="n">
+        <v>33.19</v>
+      </c>
       <c r="T246" t="inlineStr"/>
-      <c r="U246" t="n">
-[...16 lines deleted...]
-      <c r="AB246" t="inlineStr"/>
+      <c r="U246" t="inlineStr"/>
+      <c r="V246" t="inlineStr"/>
     </row>
     <row r="247">
       <c r="A247" t="inlineStr">
         <is>
-          <t>127022</t>
+          <t>123262</t>
         </is>
       </c>
       <c r="B247" t="inlineStr">
         <is>
-          <t>恒逸转债</t>
+          <t>神宇转债</t>
         </is>
       </c>
       <c r="C247" t="inlineStr">
         <is>
-          <t>138.144</t>
+          <t>300563</t>
         </is>
       </c>
       <c r="D247" t="inlineStr">
         <is>
-          <t>0.463</t>
-[...6 lines deleted...]
-        <v>128.0087</v>
+          <t>神宇股份</t>
+        </is>
+      </c>
+      <c r="E247" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F247" t="inlineStr">
+        <is>
+          <t>5.000</t>
+        </is>
       </c>
       <c r="G247" t="inlineStr">
         <is>
-          <t>000703</t>
+          <t>5.748</t>
         </is>
       </c>
       <c r="H247" t="inlineStr">
         <is>
-          <t>恒逸石化</t>
-[...6 lines deleted...]
-        <v>2.01</v>
+          <t>2031-12-10</t>
+        </is>
+      </c>
+      <c r="I247" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="J247" t="inlineStr">
+        <is>
+          <t>50.466</t>
+        </is>
       </c>
       <c r="K247" t="inlineStr">
         <is>
-          <t>AA+</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="R247" t="n">
-[...25 lines deleted...]
-      <c r="AB247" t="inlineStr"/>
+      <c r="L247" t="n">
+        <v>24.6379</v>
+      </c>
+      <c r="M247" t="n">
+        <v>2.8781</v>
+      </c>
+      <c r="N247" t="n">
+        <v>2.3457</v>
+      </c>
+      <c r="O247" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="P247" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="Q247" t="n">
+        <v>33.89</v>
+      </c>
+      <c r="R247" t="inlineStr"/>
+      <c r="S247" t="inlineStr"/>
+      <c r="T247" t="inlineStr"/>
+      <c r="U247" t="inlineStr"/>
+      <c r="V247" t="inlineStr"/>
     </row>
     <row r="248">
       <c r="A248" t="inlineStr">
         <is>
-          <t>128119</t>
+          <t>127024</t>
         </is>
       </c>
       <c r="B248" t="inlineStr">
         <is>
-          <t>龙大转债</t>
+          <t>盈峰转债</t>
         </is>
       </c>
       <c r="C248" t="inlineStr">
         <is>
-          <t>119.490</t>
+          <t>000967</t>
         </is>
       </c>
       <c r="D248" t="inlineStr">
         <is>
-          <t>0.454</t>
-[...6 lines deleted...]
-        <v>45.914</v>
+          <t>盈峰环境</t>
+        </is>
+      </c>
+      <c r="E248" t="inlineStr">
+        <is>
+          <t>AA+</t>
+        </is>
+      </c>
+      <c r="F248" t="inlineStr">
+        <is>
+          <t>14.760</t>
+        </is>
       </c>
       <c r="G248" t="inlineStr">
         <is>
-          <t>002726</t>
+          <t>0.647</t>
         </is>
       </c>
       <c r="H248" t="inlineStr">
         <is>
-          <t>龙大美食</t>
-[...6 lines deleted...]
-        <v>0.23</v>
+          <t>2026-11-04</t>
+        </is>
+      </c>
+      <c r="I248" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="J248" t="inlineStr">
+        <is>
+          <t>9.971</t>
+        </is>
       </c>
       <c r="K248" t="inlineStr">
         <is>
-          <t>A-</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30</t>
+        </is>
+      </c>
+      <c r="L248" t="n">
+        <v>46.7007</v>
+      </c>
+      <c r="M248" t="n">
+        <v>1.7825</v>
+      </c>
+      <c r="N248" t="n">
+        <v>1.6442</v>
+      </c>
+      <c r="O248" t="n">
+        <v>5.14</v>
+      </c>
+      <c r="P248" t="n">
+        <v>4.98</v>
+      </c>
+      <c r="Q248" t="n">
+        <v>19.93</v>
       </c>
       <c r="R248" t="n">
-        <v>73.5784</v>
+        <v>14.36</v>
       </c>
       <c r="S248" t="n">
-        <v>0.7955</v>
-[...21 lines deleted...]
-      <c r="AB248" t="inlineStr"/>
+        <v>15.62</v>
+      </c>
+      <c r="T248" t="inlineStr"/>
+      <c r="U248" t="inlineStr"/>
+      <c r="V248" t="inlineStr"/>
     </row>
     <row r="249">
       <c r="A249" t="inlineStr">
         <is>
-          <t>127056</t>
+          <t>110090</t>
         </is>
       </c>
       <c r="B249" t="inlineStr">
         <is>
-          <t>中特转债</t>
+          <t>爱迪转债</t>
         </is>
       </c>
       <c r="C249" t="inlineStr">
         <is>
-          <t>129.017</t>
+          <t>600933</t>
         </is>
       </c>
       <c r="D249" t="inlineStr">
         <is>
-          <t>0.437</t>
-[...6 lines deleted...]
-        <v>72.3797</v>
+          <t>爱柯迪</t>
+        </is>
+      </c>
+      <c r="E249" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F249" t="inlineStr">
+        <is>
+          <t>15.696</t>
+        </is>
       </c>
       <c r="G249" t="inlineStr">
         <is>
-          <t>000708</t>
+          <t>2.534</t>
         </is>
       </c>
       <c r="H249" t="inlineStr">
         <is>
-          <t>中信特钢</t>
-[...6 lines deleted...]
-        <v>-0.12</v>
+          <t>2028-09-23</t>
+        </is>
+      </c>
+      <c r="I249" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="J249" t="inlineStr">
+        <is>
+          <t>22.815</t>
+        </is>
       </c>
       <c r="K249" t="inlineStr">
         <is>
-          <t>AAA</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30 2024-04-11 重新计</t>
+        </is>
+      </c>
+      <c r="L249" t="n">
+        <v>42.2626</v>
+      </c>
+      <c r="M249" t="n">
+        <v>1.8215</v>
+      </c>
+      <c r="N249" t="n">
+        <v>1.5018</v>
+      </c>
+      <c r="O249" t="n">
+        <v>9.4</v>
+      </c>
+      <c r="P249" t="n">
+        <v>9.130000000000001</v>
+      </c>
+      <c r="Q249" t="n">
+        <v>20.21</v>
       </c>
       <c r="R249" t="n">
-        <v>60.2772</v>
+        <v>17.37</v>
       </c>
       <c r="S249" t="n">
-        <v>1.155</v>
-[...21 lines deleted...]
-      <c r="AB249" t="inlineStr"/>
+        <v>24.41</v>
+      </c>
+      <c r="T249" t="inlineStr"/>
+      <c r="U249" t="inlineStr"/>
+      <c r="V249" t="inlineStr"/>
     </row>
     <row r="250">
       <c r="A250" t="inlineStr">
         <is>
-          <t>111001</t>
+          <t>118065</t>
         </is>
       </c>
       <c r="B250" t="inlineStr">
         <is>
-          <t>山玻转债</t>
+          <t>艾为转债</t>
         </is>
       </c>
       <c r="C250" t="inlineStr">
         <is>
-          <t>133.717</t>
+          <t>688798</t>
         </is>
       </c>
       <c r="D250" t="inlineStr">
         <is>
-          <t>0.405</t>
-[...6 lines deleted...]
-        <v>70.9302</v>
+          <t>艾为电子</t>
+        </is>
+      </c>
+      <c r="E250" t="inlineStr">
+        <is>
+          <t>AA+</t>
+        </is>
+      </c>
+      <c r="F250" t="inlineStr">
+        <is>
+          <t>19.010</t>
+        </is>
       </c>
       <c r="G250" t="inlineStr">
         <is>
-          <t>605006</t>
+          <t>5.866</t>
         </is>
       </c>
       <c r="H250" t="inlineStr">
         <is>
-          <t>山东玻纤</t>
-[...6 lines deleted...]
-        <v>-0.63</v>
+          <t>2032-01-22</t>
+        </is>
+      </c>
+      <c r="I250" t="inlineStr">
+        <is>
+          <t>108.00</t>
+        </is>
+      </c>
+      <c r="J250" t="inlineStr">
+        <is>
+          <t>103.779</t>
+        </is>
       </c>
       <c r="K250" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="R250" t="n">
-[...25 lines deleted...]
-      <c r="AB250" t="inlineStr"/>
+      <c r="L250" t="n">
+        <v>20.4482</v>
+      </c>
+      <c r="M250" t="n">
+        <v>3.5595</v>
+      </c>
+      <c r="N250" t="n">
+        <v>2.9321</v>
+      </c>
+      <c r="O250" t="n">
+        <v>2.55</v>
+      </c>
+      <c r="P250" t="n">
+        <v>0.51</v>
+      </c>
+      <c r="Q250" t="inlineStr"/>
+      <c r="R250" t="inlineStr"/>
+      <c r="S250" t="inlineStr"/>
+      <c r="T250" t="inlineStr"/>
+      <c r="U250" t="inlineStr"/>
+      <c r="V250" t="inlineStr"/>
     </row>
     <row r="251">
       <c r="A251" t="inlineStr">
         <is>
-          <t>113643</t>
+          <t>123215</t>
         </is>
       </c>
       <c r="B251" t="inlineStr">
         <is>
-          <t>风语转债</t>
+          <t>铭利转债</t>
         </is>
       </c>
       <c r="C251" t="inlineStr">
         <is>
-          <t>133.849</t>
+          <t>301268</t>
         </is>
       </c>
       <c r="D251" t="inlineStr">
         <is>
-          <t>0.413</t>
-[...6 lines deleted...]
-        <v>81.97969999999999</v>
+          <t>铭利达</t>
+        </is>
+      </c>
+      <c r="E251" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F251" t="inlineStr">
+        <is>
+          <t>8.555</t>
+        </is>
       </c>
       <c r="G251" t="inlineStr">
         <is>
-          <t>603466</t>
+          <t>3.395</t>
         </is>
       </c>
       <c r="H251" t="inlineStr">
         <is>
-          <t>风语筑</t>
-[...6 lines deleted...]
-        <v>1.47</v>
+          <t>2029-08-03</t>
+        </is>
+      </c>
+      <c r="I251" t="inlineStr">
+        <is>
+          <t>118.00</t>
+        </is>
+      </c>
+      <c r="J251" t="inlineStr">
+        <is>
+          <t>24.960</t>
+        </is>
       </c>
       <c r="K251" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...30 lines deleted...]
-        </is>
+          <t>1/15 | 30</t>
+        </is>
+      </c>
+      <c r="L251" t="n">
+        <v>71.4624</v>
+      </c>
+      <c r="M251" t="n">
+        <v>0.9916</v>
+      </c>
+      <c r="N251" t="n">
+        <v>0.6451</v>
+      </c>
+      <c r="O251" t="n">
+        <v>-4.69</v>
+      </c>
+      <c r="P251" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="Q251" t="n">
+        <v>23.35</v>
       </c>
       <c r="R251" t="n">
-        <v>53.5575</v>
+        <v>18.63</v>
       </c>
       <c r="S251" t="n">
-        <v>2.0553</v>
-[...21 lines deleted...]
-      <c r="AB251" t="inlineStr"/>
+        <v>22.95</v>
+      </c>
+      <c r="T251" t="inlineStr"/>
+      <c r="U251" t="inlineStr"/>
+      <c r="V251" t="inlineStr"/>
     </row>
     <row r="252">
       <c r="A252" t="inlineStr">
         <is>
-          <t>113632</t>
+          <t>123253</t>
         </is>
       </c>
       <c r="B252" t="inlineStr">
         <is>
-          <t>鹤21转债</t>
+          <t>永贵转债</t>
         </is>
       </c>
       <c r="C252" t="inlineStr">
         <is>
-          <t>149.847</t>
+          <t>300351</t>
         </is>
       </c>
       <c r="D252" t="inlineStr">
         <is>
-          <t>0.412</t>
-[...6 lines deleted...]
-        <v>126.435</v>
+          <t>永贵电器</t>
+        </is>
+      </c>
+      <c r="E252" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F252" t="inlineStr">
+        <is>
+          <t>9.799</t>
+        </is>
       </c>
       <c r="G252" t="inlineStr">
         <is>
-          <t>603733</t>
+          <t>5.000</t>
         </is>
       </c>
       <c r="H252" t="inlineStr">
         <is>
-          <t>仙鹤股份</t>
-[...6 lines deleted...]
-        <v>-0.46</v>
+          <t>2031-03-13</t>
+        </is>
+      </c>
+      <c r="I252" t="inlineStr">
+        <is>
+          <t>113.00</t>
+        </is>
+      </c>
+      <c r="J252" t="inlineStr">
+        <is>
+          <t>23.699</t>
+        </is>
       </c>
       <c r="K252" t="inlineStr">
         <is>
-          <t>AA</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30</t>
+        </is>
+      </c>
+      <c r="L252" t="n">
+        <v>46.1212</v>
+      </c>
+      <c r="M252" t="n">
+        <v>2.969</v>
+      </c>
+      <c r="N252" t="n">
+        <v>2.417</v>
+      </c>
+      <c r="O252" t="n">
+        <v>1.26</v>
+      </c>
+      <c r="P252" t="n">
+        <v>1.01</v>
+      </c>
+      <c r="Q252" t="n">
+        <v>25.67</v>
       </c>
       <c r="R252" t="n">
-        <v>66.45999999999999</v>
-[...24 lines deleted...]
-      <c r="AB252" t="inlineStr"/>
+        <v>20.76</v>
+      </c>
+      <c r="S252" t="inlineStr"/>
+      <c r="T252" t="inlineStr"/>
+      <c r="U252" t="inlineStr"/>
+      <c r="V252" t="inlineStr"/>
     </row>
     <row r="253">
       <c r="A253" t="inlineStr">
         <is>
-          <t>113672</t>
+          <t>123180</t>
         </is>
       </c>
       <c r="B253" t="inlineStr">
         <is>
-          <t>Z福蓉转</t>
+          <t>浙矿转债</t>
         </is>
       </c>
       <c r="C253" t="inlineStr">
         <is>
-          <t>136.554</t>
+          <t>300837</t>
         </is>
       </c>
       <c r="D253" t="inlineStr">
         <is>
-          <t>0.401</t>
-[...6 lines deleted...]
-        <v>137.3317</v>
+          <t>浙矿股份</t>
+        </is>
+      </c>
+      <c r="E253" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F253" t="inlineStr">
+        <is>
+          <t>3.197</t>
+        </is>
       </c>
       <c r="G253" t="inlineStr">
         <is>
-          <t>603327</t>
+          <t>2.992</t>
         </is>
       </c>
       <c r="H253" t="inlineStr">
         <is>
-          <t>福蓉科技</t>
-[...6 lines deleted...]
-        <v>0.36</v>
+          <t>2029-03-09</t>
+        </is>
+      </c>
+      <c r="I253" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J253" t="inlineStr">
+        <is>
+          <t>62.257</t>
+        </is>
       </c>
       <c r="K253" t="inlineStr">
         <is>
-          <t>AA</t>
-[...30 lines deleted...]
-        </is>
+          <t>2/15 | 30</t>
+        </is>
+      </c>
+      <c r="L253" t="n">
+        <v>35.5334</v>
+      </c>
+      <c r="M253" t="n">
+        <v>3.1301</v>
+      </c>
+      <c r="N253" t="n">
+        <v>1.9398</v>
+      </c>
+      <c r="O253" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="P253" t="n">
+        <v>1.07</v>
+      </c>
+      <c r="Q253" t="n">
+        <v>65.72</v>
       </c>
       <c r="R253" t="n">
-        <v>42.9117</v>
+        <v>44.74</v>
       </c>
       <c r="S253" t="n">
-        <v>1.7447</v>
-[...21 lines deleted...]
-      <c r="AB253" t="inlineStr"/>
+        <v>24.37</v>
+      </c>
+      <c r="T253" t="inlineStr"/>
+      <c r="U253" t="inlineStr"/>
+      <c r="V253" t="inlineStr"/>
     </row>
     <row r="254">
       <c r="A254" t="inlineStr">
         <is>
-          <t>113686</t>
+          <t>118040</t>
         </is>
       </c>
       <c r="B254" t="inlineStr">
         <is>
-          <t>泰瑞转债</t>
+          <t>宏微转债</t>
         </is>
       </c>
       <c r="C254" t="inlineStr">
         <is>
-          <t>158.421</t>
+          <t>688711</t>
         </is>
       </c>
       <c r="D254" t="inlineStr">
         <is>
-          <t>0.394</t>
-[...6 lines deleted...]
-        <v>138.4049</v>
+          <t>宏微科技</t>
+        </is>
+      </c>
+      <c r="E254" t="inlineStr">
+        <is>
+          <t>A</t>
+        </is>
+      </c>
+      <c r="F254" t="inlineStr">
+        <is>
+          <t>4.297</t>
+        </is>
       </c>
       <c r="G254" t="inlineStr">
         <is>
-          <t>603289</t>
+          <t>3.370</t>
         </is>
       </c>
       <c r="H254" t="inlineStr">
         <is>
-          <t>泰瑞机器</t>
-[...6 lines deleted...]
-        <v>-0.18</v>
+          <t>2029-07-25</t>
+        </is>
+      </c>
+      <c r="I254" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J254" t="inlineStr">
+        <is>
+          <t>37.063</t>
+        </is>
       </c>
       <c r="K254" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30</t>
+        </is>
+      </c>
+      <c r="L254" t="n">
+        <v>57.722</v>
+      </c>
+      <c r="M254" t="n">
+        <v>1.3871</v>
+      </c>
+      <c r="N254" t="n">
+        <v>0.9105</v>
+      </c>
+      <c r="O254" t="n">
+        <v>-0.14</v>
+      </c>
+      <c r="P254" t="n">
+        <v>1.16</v>
+      </c>
+      <c r="Q254" t="n">
+        <v>36.34</v>
       </c>
       <c r="R254" t="n">
-        <v>49.9278</v>
+        <v>32.04</v>
       </c>
       <c r="S254" t="n">
-        <v>1.6841</v>
-[...21 lines deleted...]
-      <c r="AB254" t="inlineStr"/>
+        <v>24.95</v>
+      </c>
+      <c r="T254" t="inlineStr"/>
+      <c r="U254" t="inlineStr"/>
+      <c r="V254" t="inlineStr"/>
     </row>
     <row r="255">
       <c r="A255" t="inlineStr">
         <is>
-          <t>113067</t>
+          <t>123247</t>
         </is>
       </c>
       <c r="B255" t="inlineStr">
         <is>
-          <t>燃23转债</t>
+          <t>万凯转债</t>
         </is>
       </c>
       <c r="C255" t="inlineStr">
         <is>
-          <t>131.854</t>
+          <t>301216</t>
         </is>
       </c>
       <c r="D255" t="inlineStr">
         <is>
-          <t>0.392</t>
-[...6 lines deleted...]
-        <v>92.8378</v>
+          <t>万凯新材</t>
+        </is>
+      </c>
+      <c r="E255" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F255" t="inlineStr">
+        <is>
+          <t>19.643</t>
+        </is>
       </c>
       <c r="G255" t="inlineStr">
         <is>
-          <t>601139</t>
+          <t>4.430</t>
         </is>
       </c>
       <c r="H255" t="inlineStr">
         <is>
-          <t>深圳燃气</t>
-[...6 lines deleted...]
-        <v>-0.15</v>
+          <t>2030-08-16</t>
+        </is>
+      </c>
+      <c r="I255" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="J255" t="inlineStr">
+        <is>
+          <t>14.690</t>
+        </is>
       </c>
       <c r="K255" t="inlineStr">
         <is>
-          <t>AAA</t>
-[...30 lines deleted...]
-        </is>
+          <t>14/15 | 30 2026-02-23 重新计</t>
+        </is>
+      </c>
+      <c r="L255" t="n">
+        <v>65.6219</v>
+      </c>
+      <c r="M255" t="n">
+        <v>1.2308</v>
+      </c>
+      <c r="N255" t="n">
+        <v>0.7597</v>
+      </c>
+      <c r="O255" t="n">
+        <v>-3</v>
+      </c>
+      <c r="P255" t="n">
+        <v>4.37</v>
+      </c>
+      <c r="Q255" t="n">
+        <v>49.61</v>
       </c>
       <c r="R255" t="n">
-        <v>59.9424</v>
+        <v>42.51</v>
       </c>
       <c r="S255" t="n">
-        <v>0.8285</v>
-[...21 lines deleted...]
-      <c r="AB255" t="inlineStr"/>
+        <v>33.66</v>
+      </c>
+      <c r="T255" t="inlineStr"/>
+      <c r="U255" t="inlineStr"/>
+      <c r="V255" t="inlineStr"/>
     </row>
     <row r="256">
       <c r="A256" t="inlineStr">
         <is>
-          <t>127083</t>
+          <t>113692</t>
         </is>
       </c>
       <c r="B256" t="inlineStr">
         <is>
-          <t>山路转债</t>
+          <t>保隆转债</t>
         </is>
       </c>
       <c r="C256" t="inlineStr">
         <is>
-          <t>127.960</t>
+          <t>603197</t>
         </is>
       </c>
       <c r="D256" t="inlineStr">
         <is>
-          <t>0.378</t>
-[...6 lines deleted...]
-        <v>82.1288</v>
+          <t>保隆科技</t>
+        </is>
+      </c>
+      <c r="E256" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F256" t="inlineStr">
+        <is>
+          <t>13.897</t>
+        </is>
       </c>
       <c r="G256" t="inlineStr">
         <is>
-          <t>000498</t>
+          <t>4.638</t>
         </is>
       </c>
       <c r="H256" t="inlineStr">
         <is>
-          <t>山东路桥</t>
-[...6 lines deleted...]
-        <v>-0.48</v>
+          <t>2030-10-31</t>
+        </is>
+      </c>
+      <c r="I256" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="J256" t="inlineStr">
+        <is>
+          <t>51.194</t>
+        </is>
       </c>
       <c r="K256" t="inlineStr">
         <is>
-          <t>AAA</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L256" t="n">
+        <v>69.9044</v>
+      </c>
+      <c r="M256" t="n">
+        <v>1.2049</v>
+      </c>
+      <c r="N256" t="n">
+        <v>0.7663</v>
+      </c>
+      <c r="O256" t="n">
+        <v>3.03</v>
+      </c>
+      <c r="P256" t="n">
+        <v>3.79</v>
+      </c>
+      <c r="Q256" t="n">
+        <v>22.5</v>
+      </c>
       <c r="R256" t="n">
-        <v>76.2817</v>
-[...24 lines deleted...]
-      <c r="AB256" t="inlineStr"/>
+        <v>16.9</v>
+      </c>
+      <c r="S256" t="inlineStr"/>
+      <c r="T256" t="inlineStr"/>
+      <c r="U256" t="inlineStr"/>
+      <c r="V256" t="inlineStr"/>
     </row>
     <row r="257">
       <c r="A257" t="inlineStr">
         <is>
-          <t>127095</t>
+          <t>118044</t>
         </is>
       </c>
       <c r="B257" t="inlineStr">
         <is>
-          <t>广泰转债</t>
+          <t>赛特转债</t>
         </is>
       </c>
       <c r="C257" t="inlineStr">
         <is>
-          <t>150.631</t>
+          <t>688398</t>
         </is>
       </c>
       <c r="D257" t="inlineStr">
         <is>
-          <t>0.369</t>
-[...6 lines deleted...]
-        <v>122.0507</v>
+          <t>赛特新材</t>
+        </is>
+      </c>
+      <c r="E257" t="inlineStr">
+        <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="F257" t="inlineStr">
+        <is>
+          <t>4.420</t>
+        </is>
       </c>
       <c r="G257" t="inlineStr">
         <is>
-          <t>002111</t>
+          <t>3.501</t>
         </is>
       </c>
       <c r="H257" t="inlineStr">
         <is>
-          <t>威海广泰</t>
-[...6 lines deleted...]
-        <v>0.27</v>
+          <t>2029-09-11</t>
+        </is>
+      </c>
+      <c r="I257" t="inlineStr">
+        <is>
+          <t>113.00</t>
+        </is>
+      </c>
+      <c r="J257" t="inlineStr">
+        <is>
+          <t>24.570</t>
+        </is>
       </c>
       <c r="K257" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...30 lines deleted...]
-        </is>
+          <t>10/15 | 30</t>
+        </is>
+      </c>
+      <c r="L257" t="n">
+        <v>45.173</v>
+      </c>
+      <c r="M257" t="n">
+        <v>2.1144</v>
+      </c>
+      <c r="N257" t="n">
+        <v>1.7504</v>
+      </c>
+      <c r="O257" t="n">
+        <v>0.77</v>
+      </c>
+      <c r="P257" t="n">
+        <v>1.06</v>
+      </c>
+      <c r="Q257" t="n">
+        <v>31.96</v>
       </c>
       <c r="R257" t="n">
-        <v>52.4248</v>
+        <v>22.42</v>
       </c>
       <c r="S257" t="n">
-        <v>2.0939</v>
-[...21 lines deleted...]
-      <c r="AB257" t="inlineStr"/>
+        <v>21.46</v>
+      </c>
+      <c r="T257" t="inlineStr"/>
+      <c r="U257" t="inlineStr"/>
+      <c r="V257" t="inlineStr"/>
     </row>
     <row r="258">
       <c r="A258" t="inlineStr">
         <is>
-          <t>123108</t>
+          <t>118012</t>
         </is>
       </c>
       <c r="B258" t="inlineStr">
         <is>
-          <t>乐普转2</t>
+          <t>微芯转债</t>
         </is>
       </c>
       <c r="C258" t="inlineStr">
         <is>
-          <t>109.802</t>
+          <t>688321</t>
         </is>
       </c>
       <c r="D258" t="inlineStr">
         <is>
-          <t>0.367</t>
-[...6 lines deleted...]
-        <v>69.1314</v>
+          <t>微芯生物</t>
+        </is>
+      </c>
+      <c r="E258" t="inlineStr">
+        <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="F258" t="inlineStr">
+        <is>
+          <t>4.996</t>
+        </is>
       </c>
       <c r="G258" t="inlineStr">
         <is>
-          <t>300003</t>
+          <t>2.315</t>
         </is>
       </c>
       <c r="H258" t="inlineStr">
         <is>
-          <t>乐普医疗</t>
-[...6 lines deleted...]
-        <v>2.88</v>
+          <t>2028-07-05</t>
+        </is>
+      </c>
+      <c r="I258" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J258" t="inlineStr">
+        <is>
+          <t>33.020</t>
+        </is>
       </c>
       <c r="K258" t="inlineStr">
         <is>
-          <t>AA+</t>
-[...30 lines deleted...]
-        </is>
+          <t>4/15 | 30 2025-11-03 重新计</t>
+        </is>
+      </c>
+      <c r="L258" t="n">
+        <v>54.4235</v>
+      </c>
+      <c r="M258" t="n">
+        <v>1.8693</v>
+      </c>
+      <c r="N258" t="n">
+        <v>1.7944</v>
+      </c>
+      <c r="O258" t="n">
+        <v>-1.15</v>
+      </c>
+      <c r="P258" t="n">
+        <v>0.89</v>
+      </c>
+      <c r="Q258" t="n">
+        <v>43.87</v>
       </c>
       <c r="R258" t="n">
-        <v>30.7137</v>
+        <v>42.58</v>
       </c>
       <c r="S258" t="n">
-        <v>1.8928</v>
-[...21 lines deleted...]
-      <c r="AB258" t="inlineStr"/>
+        <v>35.19</v>
+      </c>
+      <c r="T258" t="inlineStr"/>
+      <c r="U258" t="inlineStr"/>
+      <c r="V258" t="inlineStr"/>
     </row>
     <row r="259">
       <c r="A259" t="inlineStr">
         <is>
-          <t>123179</t>
+          <t>127110</t>
         </is>
       </c>
       <c r="B259" t="inlineStr">
         <is>
-          <t>立高转债</t>
+          <t>广核转债</t>
         </is>
       </c>
       <c r="C259" t="inlineStr">
         <is>
-          <t>126.450</t>
+          <t>003816</t>
         </is>
       </c>
       <c r="D259" t="inlineStr">
         <is>
-          <t>0.371</t>
-[...6 lines deleted...]
-        <v>48.9436</v>
+          <t>中国广核</t>
+        </is>
+      </c>
+      <c r="E259" t="inlineStr">
+        <is>
+          <t>AAA</t>
+        </is>
+      </c>
+      <c r="F259" t="inlineStr">
+        <is>
+          <t>48.995</t>
+        </is>
       </c>
       <c r="G259" t="inlineStr">
         <is>
-          <t>300973</t>
+          <t>5.326</t>
         </is>
       </c>
       <c r="H259" t="inlineStr">
         <is>
-          <t>立高食品</t>
-[...6 lines deleted...]
-        <v>1.77</v>
+          <t>2031-07-09</t>
+        </is>
+      </c>
+      <c r="I259" t="inlineStr">
+        <is>
+          <t>106.00</t>
+        </is>
+      </c>
+      <c r="J259" t="inlineStr">
+        <is>
+          <t>4.771</t>
+        </is>
       </c>
       <c r="K259" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L259" t="n">
+        <v>60.827</v>
+      </c>
+      <c r="M259" t="n">
+        <v>0.9236</v>
+      </c>
+      <c r="N259" t="n">
+        <v>0.7063</v>
+      </c>
+      <c r="O259" t="n">
+        <v>108.14</v>
+      </c>
+      <c r="P259" t="n">
+        <v>107.25</v>
+      </c>
+      <c r="Q259" t="n">
+        <v>19.47</v>
+      </c>
       <c r="R259" t="n">
-        <v>39.7863</v>
-[...24 lines deleted...]
-      <c r="AB259" t="inlineStr"/>
+        <v>14.16</v>
+      </c>
+      <c r="S259" t="inlineStr"/>
+      <c r="T259" t="inlineStr"/>
+      <c r="U259" t="inlineStr"/>
+      <c r="V259" t="inlineStr"/>
     </row>
     <row r="260">
       <c r="A260" t="inlineStr">
         <is>
-          <t>110073</t>
+          <t>127076</t>
         </is>
       </c>
       <c r="B260" t="inlineStr">
         <is>
-          <t>国投转债</t>
+          <t>中宠转2</t>
         </is>
       </c>
       <c r="C260" t="inlineStr">
         <is>
-          <t>112.829</t>
+          <t>002891</t>
         </is>
       </c>
       <c r="D260" t="inlineStr">
         <is>
-          <t>0.357</t>
-[...6 lines deleted...]
-        <v>80.9979</v>
+          <t>中宠股份</t>
+        </is>
+      </c>
+      <c r="E260" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F260" t="inlineStr">
+        <is>
+          <t>4.837</t>
+        </is>
       </c>
       <c r="G260" t="inlineStr">
         <is>
-          <t>600061</t>
+          <t>2.622</t>
         </is>
       </c>
       <c r="H260" t="inlineStr">
         <is>
-          <t>国投资本</t>
-[...6 lines deleted...]
-        <v>0</v>
+          <t>2028-10-25</t>
+        </is>
+      </c>
+      <c r="I260" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="J260" t="inlineStr">
+        <is>
+          <t>35.698</t>
+        </is>
       </c>
       <c r="K260" t="inlineStr">
         <is>
-          <t>AAA</t>
-[...30 lines deleted...]
-        </is>
+          <t>已满足强赎条件 !</t>
+        </is>
+      </c>
+      <c r="L260" t="n">
+        <v>42.0474</v>
+      </c>
+      <c r="M260" t="n">
+        <v>1.6973</v>
+      </c>
+      <c r="N260" t="n">
+        <v>1.2748</v>
+      </c>
+      <c r="O260" t="n">
+        <v>3.94</v>
+      </c>
+      <c r="P260" t="n">
+        <v>2.33</v>
+      </c>
+      <c r="Q260" t="n">
+        <v>53.05</v>
       </c>
       <c r="R260" t="n">
-        <v>81.3083</v>
+        <v>40.55</v>
       </c>
       <c r="S260" t="n">
-        <v>1.2078</v>
-[...21 lines deleted...]
-      <c r="AB260" t="inlineStr"/>
+        <v>39.03</v>
+      </c>
+      <c r="T260" t="inlineStr"/>
+      <c r="U260" t="inlineStr"/>
+      <c r="V260" t="inlineStr"/>
     </row>
     <row r="261">
       <c r="A261" t="inlineStr">
         <is>
-          <t>113070</t>
+          <t>123142</t>
         </is>
       </c>
       <c r="B261" t="inlineStr">
         <is>
-          <t>渝水转债</t>
+          <t>申昊转债</t>
         </is>
       </c>
       <c r="C261" t="inlineStr">
         <is>
-          <t>129.665</t>
+          <t>300853</t>
         </is>
       </c>
       <c r="D261" t="inlineStr">
         <is>
-          <t>0.351</t>
-[...6 lines deleted...]
-        <v>94.8133</v>
+          <t>申昊科技</t>
+        </is>
+      </c>
+      <c r="E261" t="inlineStr">
+        <is>
+          <t>A-</t>
+        </is>
+      </c>
+      <c r="F261" t="inlineStr">
+        <is>
+          <t>5.494</t>
+        </is>
       </c>
       <c r="G261" t="inlineStr">
         <is>
-          <t>601158</t>
+          <t>2.016</t>
         </is>
       </c>
       <c r="H261" t="inlineStr">
         <is>
-          <t>重庆水务</t>
-[...6 lines deleted...]
-        <v>0.22</v>
+          <t>2028-03-18</t>
+        </is>
+      </c>
+      <c r="I261" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="J261" t="inlineStr">
+        <is>
+          <t>43.823</t>
+        </is>
       </c>
       <c r="K261" t="inlineStr">
         <is>
-          <t>AAA</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L261" t="n">
+        <v>54.1913</v>
+      </c>
+      <c r="M261" t="n">
+        <v>2.5383</v>
+      </c>
+      <c r="N261" t="n">
+        <v>1.9057</v>
+      </c>
+      <c r="O261" t="n">
+        <v>-2.38</v>
+      </c>
+      <c r="P261" t="n">
+        <v>-1.01</v>
+      </c>
+      <c r="Q261" t="n">
+        <v>12.62</v>
+      </c>
       <c r="R261" t="n">
-        <v>51.371</v>
+        <v>10.3</v>
       </c>
       <c r="S261" t="n">
-        <v>1.0761</v>
-[...19 lines deleted...]
-      <c r="AB261" t="inlineStr"/>
+        <v>19.98</v>
+      </c>
+      <c r="T261" t="inlineStr"/>
+      <c r="U261" t="inlineStr"/>
+      <c r="V261" t="inlineStr"/>
     </row>
     <row r="262">
       <c r="A262" t="inlineStr">
         <is>
-          <t>123257</t>
+          <t>127050</t>
         </is>
       </c>
       <c r="B262" t="inlineStr">
         <is>
-          <t>安克转债</t>
+          <t>麒麟转债</t>
         </is>
       </c>
       <c r="C262" t="inlineStr">
         <is>
-          <t>159.660</t>
+          <t>002984</t>
         </is>
       </c>
       <c r="D262" t="inlineStr">
         <is>
-          <t>0.353</t>
-[...6 lines deleted...]
-        <v>94.9991</v>
+          <t>森麒麟</t>
+        </is>
+      </c>
+      <c r="E262" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F262" t="inlineStr">
+        <is>
+          <t>20.860</t>
+        </is>
       </c>
       <c r="G262" t="inlineStr">
         <is>
-          <t>300866</t>
+          <t>1.666</t>
         </is>
       </c>
       <c r="H262" t="inlineStr">
         <is>
-          <t>安克创新</t>
-[...6 lines deleted...]
-        <v>-0.84</v>
+          <t>2027-11-11</t>
+        </is>
+      </c>
+      <c r="I262" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="J262" t="inlineStr">
+        <is>
+          <t>25.168</t>
+        </is>
       </c>
       <c r="K262" t="inlineStr">
         <is>
-          <t>AA+</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30 2025-11-10 重新计</t>
+        </is>
+      </c>
+      <c r="L262" t="n">
+        <v>24.921</v>
+      </c>
+      <c r="M262" t="n">
+        <v>3.9485</v>
+      </c>
+      <c r="N262" t="n">
+        <v>2.7948</v>
+      </c>
+      <c r="O262" t="n">
+        <v>21.86</v>
+      </c>
+      <c r="P262" t="n">
+        <v>13.69</v>
+      </c>
+      <c r="Q262" t="n">
+        <v>27.98</v>
       </c>
       <c r="R262" t="n">
-        <v>49.5173</v>
+        <v>20.73</v>
       </c>
       <c r="S262" t="n">
-        <v>2.175</v>
-[...19 lines deleted...]
-      <c r="AB262" t="inlineStr"/>
+        <v>18.93</v>
+      </c>
+      <c r="T262" t="inlineStr"/>
+      <c r="U262" t="inlineStr"/>
+      <c r="V262" t="inlineStr"/>
     </row>
     <row r="263">
       <c r="A263" t="inlineStr">
         <is>
-          <t>113673</t>
+          <t>113661</t>
         </is>
       </c>
       <c r="B263" t="inlineStr">
         <is>
-          <t>岱美转债</t>
+          <t>福22转债</t>
         </is>
       </c>
       <c r="C263" t="inlineStr">
         <is>
-          <t>186.315</t>
+          <t>603806</t>
         </is>
       </c>
       <c r="D263" t="inlineStr">
         <is>
-          <t>0.341</t>
-[...6 lines deleted...]
-        <v>142.1981</v>
+          <t>福斯特</t>
+        </is>
+      </c>
+      <c r="E263" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F263" t="inlineStr">
+        <is>
+          <t>30.297</t>
+        </is>
       </c>
       <c r="G263" t="inlineStr">
         <is>
-          <t>603730</t>
+          <t>2.699</t>
         </is>
       </c>
       <c r="H263" t="inlineStr">
         <is>
-          <t>岱美股份</t>
-[...6 lines deleted...]
-        <v>0</v>
+          <t>2028-11-22</t>
+        </is>
+      </c>
+      <c r="I263" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="J263" t="inlineStr">
+        <is>
+          <t>19.162</t>
+        </is>
       </c>
       <c r="K263" t="inlineStr">
         <is>
-          <t>AA</t>
-[...30 lines deleted...]
-        </is>
+          <t>3/15 | 30</t>
+        </is>
+      </c>
+      <c r="L263" t="n">
+        <v>19.7415</v>
+      </c>
+      <c r="M263" t="n">
+        <v>13.1082</v>
+      </c>
+      <c r="N263" t="n">
+        <v>11.4237</v>
+      </c>
+      <c r="O263" t="n">
+        <v>13.08</v>
+      </c>
+      <c r="P263" t="n">
+        <v>18.5</v>
+      </c>
+      <c r="Q263" t="n">
+        <v>37.99</v>
       </c>
       <c r="R263" t="n">
-        <v>36.5843</v>
+        <v>24.53</v>
       </c>
       <c r="S263" t="n">
-        <v>3.0522</v>
-[...21 lines deleted...]
-      <c r="AB263" t="inlineStr"/>
+        <v>17.98</v>
+      </c>
+      <c r="T263" t="inlineStr"/>
+      <c r="U263" t="inlineStr"/>
+      <c r="V263" t="inlineStr"/>
     </row>
     <row r="264">
       <c r="A264" t="inlineStr">
         <is>
-          <t>127046</t>
+          <t>127064</t>
         </is>
       </c>
       <c r="B264" t="inlineStr">
         <is>
-          <t>百润转债</t>
+          <t>杭氧转债</t>
         </is>
       </c>
       <c r="C264" t="inlineStr">
         <is>
-          <t>123.800</t>
+          <t>002430</t>
         </is>
       </c>
       <c r="D264" t="inlineStr">
         <is>
-          <t>0.327</t>
-[...6 lines deleted...]
-        <v>47.4293</v>
+          <t>杭氧股份</t>
+        </is>
+      </c>
+      <c r="E264" t="inlineStr">
+        <is>
+          <t>AA+</t>
+        </is>
+      </c>
+      <c r="F264" t="inlineStr">
+        <is>
+          <t>11.364</t>
+        </is>
       </c>
       <c r="G264" t="inlineStr">
         <is>
-          <t>002568</t>
+          <t>2.186</t>
         </is>
       </c>
       <c r="H264" t="inlineStr">
         <is>
-          <t>百润股份</t>
-[...6 lines deleted...]
-        <v>1.33</v>
+          <t>2028-05-19</t>
+        </is>
+      </c>
+      <c r="I264" t="inlineStr">
+        <is>
+          <t>108.00</t>
+        </is>
+      </c>
+      <c r="J264" t="inlineStr">
+        <is>
+          <t>33.761</t>
+        </is>
       </c>
       <c r="K264" t="inlineStr">
         <is>
-          <t>AA</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30 2023-07-31 重新计</t>
+        </is>
+      </c>
+      <c r="L264" t="n">
+        <v>56.2796</v>
+      </c>
+      <c r="M264" t="n">
+        <v>1.3846</v>
+      </c>
+      <c r="N264" t="n">
+        <v>1.0959</v>
+      </c>
+      <c r="O264" t="n">
+        <v>9.220000000000001</v>
+      </c>
+      <c r="P264" t="n">
+        <v>12.16</v>
+      </c>
+      <c r="Q264" t="n">
+        <v>35.05</v>
       </c>
       <c r="R264" t="n">
-        <v>41.6483</v>
+        <v>31.36</v>
       </c>
       <c r="S264" t="n">
-        <v>1.5549</v>
-[...21 lines deleted...]
-      <c r="AB264" t="inlineStr"/>
+        <v>22.44</v>
+      </c>
+      <c r="T264" t="inlineStr"/>
+      <c r="U264" t="inlineStr"/>
+      <c r="V264" t="inlineStr"/>
     </row>
     <row r="265">
       <c r="A265" t="inlineStr">
         <is>
-          <t>110070</t>
+          <t>113696</t>
         </is>
       </c>
       <c r="B265" t="inlineStr">
         <is>
-          <t>凌钢转债</t>
+          <t>伯25转债</t>
         </is>
       </c>
       <c r="C265" t="inlineStr">
         <is>
-          <t>126.915</t>
+          <t>603596</t>
         </is>
       </c>
       <c r="D265" t="inlineStr">
         <is>
-          <t>0.331</t>
-[...6 lines deleted...]
-        <v>118.2741</v>
+          <t>伯特利</t>
+        </is>
+      </c>
+      <c r="E265" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F265" t="inlineStr">
+        <is>
+          <t>28.019</t>
+        </is>
       </c>
       <c r="G265" t="inlineStr">
         <is>
-          <t>600231</t>
+          <t>5.304</t>
         </is>
       </c>
       <c r="H265" t="inlineStr">
         <is>
-          <t>凌钢股份</t>
-[...6 lines deleted...]
-        <v>2.64</v>
+          <t>2031-07-01</t>
+        </is>
+      </c>
+      <c r="I265" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="J265" t="inlineStr">
+        <is>
+          <t>68.146</t>
+        </is>
       </c>
       <c r="K265" t="inlineStr">
         <is>
-          <t>AA</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L265" t="n">
+        <v>51.2944</v>
+      </c>
+      <c r="M265" t="n">
+        <v>2.3628</v>
+      </c>
+      <c r="N265" t="n">
+        <v>2.0429</v>
+      </c>
+      <c r="O265" t="n">
+        <v>12.09</v>
+      </c>
+      <c r="P265" t="n">
+        <v>8.91</v>
+      </c>
+      <c r="Q265" t="n">
+        <v>22.75</v>
+      </c>
       <c r="R265" t="n">
-        <v>68.52549999999999</v>
-[...24 lines deleted...]
-      <c r="AB265" t="inlineStr"/>
+        <v>18.93</v>
+      </c>
+      <c r="S265" t="inlineStr"/>
+      <c r="T265" t="inlineStr"/>
+      <c r="U265" t="inlineStr"/>
+      <c r="V265" t="inlineStr"/>
     </row>
     <row r="266">
       <c r="A266" t="inlineStr">
         <is>
-          <t>113042</t>
+          <t>123189</t>
         </is>
       </c>
       <c r="B266" t="inlineStr">
         <is>
-          <t>上银转债</t>
+          <t>晓鸣转债</t>
         </is>
       </c>
       <c r="C266" t="inlineStr">
         <is>
-          <t>128.855</t>
+          <t>300967</t>
         </is>
       </c>
       <c r="D266" t="inlineStr">
         <is>
-          <t>0.316</t>
-[...6 lines deleted...]
-        <v>109.1015</v>
+          <t>晓鸣股份</t>
+        </is>
+      </c>
+      <c r="E266" t="inlineStr">
+        <is>
+          <t>A</t>
+        </is>
+      </c>
+      <c r="F266" t="inlineStr">
+        <is>
+          <t>3.287</t>
+        </is>
       </c>
       <c r="G266" t="inlineStr">
         <is>
-          <t>601229</t>
+          <t>3.069</t>
         </is>
       </c>
       <c r="H266" t="inlineStr">
         <is>
-          <t>上海银行</t>
-[...6 lines deleted...]
-        <v>-2.3</v>
+          <t>2029-04-06</t>
+        </is>
+      </c>
+      <c r="I266" t="inlineStr">
+        <is>
+          <t>113.00</t>
+        </is>
+      </c>
+      <c r="J266" t="inlineStr">
+        <is>
+          <t>25.142</t>
+        </is>
       </c>
       <c r="K266" t="inlineStr">
         <is>
-          <t>AAA</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L266" t="n">
+        <v>43.6969</v>
+      </c>
+      <c r="M266" t="n">
+        <v>1.6195</v>
+      </c>
+      <c r="N266" t="n">
+        <v>1.07</v>
+      </c>
+      <c r="O266" t="n">
+        <v>0.45</v>
+      </c>
+      <c r="P266" t="n">
+        <v>-1.55</v>
+      </c>
+      <c r="Q266" t="n">
+        <v>18.65</v>
+      </c>
       <c r="R266" t="n">
-        <v>92.1246</v>
-[...1 lines deleted...]
-      <c r="S266" t="inlineStr"/>
+        <v>15.15</v>
+      </c>
+      <c r="S266" t="n">
+        <v>22.16</v>
+      </c>
       <c r="T266" t="inlineStr"/>
-      <c r="U266" t="n">
-[...16 lines deleted...]
-      <c r="AB266" t="inlineStr"/>
+      <c r="U266" t="inlineStr"/>
+      <c r="V266" t="inlineStr"/>
     </row>
     <row r="267">
       <c r="A267" t="inlineStr">
         <is>
-          <t>127068</t>
+          <t>118035</t>
         </is>
       </c>
       <c r="B267" t="inlineStr">
         <is>
-          <t>顺博转债</t>
+          <t>国力转债</t>
         </is>
       </c>
       <c r="C267" t="inlineStr">
         <is>
-          <t>130.508</t>
+          <t>688103</t>
         </is>
       </c>
       <c r="D267" t="inlineStr">
         <is>
-          <t>0.298</t>
-[...6 lines deleted...]
-        <v>76.2201</v>
+          <t>国力电子</t>
+        </is>
+      </c>
+      <c r="E267" t="inlineStr">
+        <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="F267" t="inlineStr">
+        <is>
+          <t>4.800</t>
+        </is>
       </c>
       <c r="G267" t="inlineStr">
         <is>
-          <t>002996</t>
+          <t>3.252</t>
         </is>
       </c>
       <c r="H267" t="inlineStr">
         <is>
-          <t>顺博合金</t>
-[...6 lines deleted...]
-        <v>2.51</v>
+          <t>2029-06-12</t>
+        </is>
+      </c>
+      <c r="I267" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J267" t="inlineStr">
+        <is>
+          <t>81.302</t>
+        </is>
       </c>
       <c r="K267" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L267" t="n">
+        <v>54.9825</v>
+      </c>
+      <c r="M267" t="n">
+        <v>2.2168</v>
+      </c>
+      <c r="N267" t="n">
+        <v>1.8282</v>
+      </c>
+      <c r="O267" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="P267" t="n">
+        <v>0.64</v>
+      </c>
+      <c r="Q267" t="n">
+        <v>28.14</v>
+      </c>
       <c r="R267" t="n">
-        <v>77.9579</v>
+        <v>25.76</v>
       </c>
       <c r="S267" t="n">
-        <v>1.2107</v>
-[...21 lines deleted...]
-      <c r="AB267" t="inlineStr"/>
+        <v>21.29</v>
+      </c>
+      <c r="T267" t="inlineStr"/>
+      <c r="U267" t="inlineStr"/>
+      <c r="V267" t="inlineStr"/>
     </row>
     <row r="268">
       <c r="A268" t="inlineStr">
         <is>
-          <t>110077</t>
+          <t>127090</t>
         </is>
       </c>
       <c r="B268" t="inlineStr">
         <is>
-          <t>洪城转债</t>
+          <t>兴瑞转债</t>
         </is>
       </c>
       <c r="C268" t="inlineStr">
         <is>
-          <t>216.057</t>
+          <t>002937</t>
         </is>
       </c>
       <c r="D268" t="inlineStr">
         <is>
-          <t>0.288</t>
-[...6 lines deleted...]
-        <v>198.1557</v>
+          <t>兴瑞科技</t>
+        </is>
+      </c>
+      <c r="E268" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F268" t="inlineStr">
+        <is>
+          <t>4.616</t>
+        </is>
       </c>
       <c r="G268" t="inlineStr">
         <is>
-          <t>600461</t>
+          <t>3.367</t>
         </is>
       </c>
       <c r="H268" t="inlineStr">
         <is>
-          <t>洪城环境</t>
-[...6 lines deleted...]
-        <v>-0.41</v>
+          <t>2029-07-24</t>
+        </is>
+      </c>
+      <c r="I268" t="inlineStr">
+        <is>
+          <t>114.00</t>
+        </is>
+      </c>
+      <c r="J268" t="inlineStr">
+        <is>
+          <t>33.150</t>
+        </is>
       </c>
       <c r="K268" t="inlineStr">
         <is>
-          <t>AA+</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30</t>
+        </is>
+      </c>
+      <c r="L268" t="n">
+        <v>36.9245</v>
+      </c>
+      <c r="M268" t="n">
+        <v>2.7373</v>
+      </c>
+      <c r="N268" t="n">
+        <v>2.4158</v>
+      </c>
+      <c r="O268" t="n">
+        <v>2.29</v>
+      </c>
+      <c r="P268" t="n">
+        <v>2.67</v>
+      </c>
+      <c r="Q268" t="n">
+        <v>25.75</v>
       </c>
       <c r="R268" t="n">
-        <v>56.3664</v>
+        <v>21.08</v>
       </c>
       <c r="S268" t="n">
-        <v>0.8114</v>
-[...21 lines deleted...]
-      <c r="AB268" t="inlineStr"/>
+        <v>18.14</v>
+      </c>
+      <c r="T268" t="inlineStr"/>
+      <c r="U268" t="inlineStr"/>
+      <c r="V268" t="inlineStr"/>
     </row>
     <row r="269">
       <c r="A269" t="inlineStr">
         <is>
-          <t>118061</t>
+          <t>118013</t>
         </is>
       </c>
       <c r="B269" t="inlineStr">
         <is>
-          <t>茂莱转债</t>
+          <t>道通转债</t>
         </is>
       </c>
       <c r="C269" t="inlineStr">
         <is>
-          <t>233.660</t>
+          <t>688208</t>
         </is>
       </c>
       <c r="D269" t="inlineStr">
         <is>
-          <t>0.260</t>
-[...6 lines deleted...]
-        <v>116.5272</v>
+          <t>道通科技</t>
+        </is>
+      </c>
+      <c r="E269" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F269" t="inlineStr">
+        <is>
+          <t>12.797</t>
+        </is>
       </c>
       <c r="G269" t="inlineStr">
         <is>
-          <t>688502</t>
+          <t>2.323</t>
         </is>
       </c>
       <c r="H269" t="inlineStr">
         <is>
-          <t>茂莱光学</t>
-[...6 lines deleted...]
-        <v>0.61</v>
+          <t>2028-07-08</t>
+        </is>
+      </c>
+      <c r="I269" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J269" t="inlineStr">
+        <is>
+          <t>28.574</t>
+        </is>
       </c>
       <c r="K269" t="inlineStr">
         <is>
-          <t>A+</t>
-[...30 lines deleted...]
-        </is>
+          <t>!</t>
+        </is>
+      </c>
+      <c r="L269" t="n">
+        <v>50.2343</v>
+      </c>
+      <c r="M269" t="n">
+        <v>2.8703</v>
+      </c>
+      <c r="N269" t="n">
+        <v>1.7461</v>
+      </c>
+      <c r="O269" t="n">
+        <v>6.41</v>
+      </c>
+      <c r="P269" t="n">
+        <v>1.79</v>
+      </c>
+      <c r="Q269" t="n">
+        <v>43.82</v>
       </c>
       <c r="R269" t="n">
-        <v>23.2792</v>
+        <v>40.48</v>
       </c>
       <c r="S269" t="n">
-        <v>2.1533</v>
-[...17 lines deleted...]
-      <c r="AB269" t="inlineStr"/>
+        <v>35.52</v>
+      </c>
+      <c r="T269" t="inlineStr"/>
+      <c r="U269" t="inlineStr"/>
+      <c r="V269" t="inlineStr"/>
     </row>
     <row r="270">
       <c r="A270" t="inlineStr">
         <is>
-          <t>128108</t>
+          <t>127066</t>
         </is>
       </c>
       <c r="B270" t="inlineStr">
         <is>
-          <t>蓝帆转债</t>
+          <t>科利转债</t>
         </is>
       </c>
       <c r="C270" t="inlineStr">
         <is>
-          <t>108.159</t>
+          <t>002850</t>
         </is>
       </c>
       <c r="D270" t="inlineStr">
         <is>
-          <t>0.261</t>
-[...6 lines deleted...]
-        <v>63.1579</v>
+          <t>科达利</t>
+        </is>
+      </c>
+      <c r="E270" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F270" t="inlineStr">
+        <is>
+          <t>15.342</t>
+        </is>
       </c>
       <c r="G270" t="inlineStr">
         <is>
-          <t>002382</t>
+          <t>2.323</t>
         </is>
       </c>
       <c r="H270" t="inlineStr">
         <is>
-          <t>蓝帆医疗</t>
-[...6 lines deleted...]
-        <v>1.18</v>
+          <t>2028-07-08</t>
+        </is>
+      </c>
+      <c r="I270" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="J270" t="inlineStr">
+        <is>
+          <t>193.310</t>
+        </is>
       </c>
       <c r="K270" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30</t>
+        </is>
+      </c>
+      <c r="L270" t="n">
+        <v>40.7256</v>
+      </c>
+      <c r="M270" t="n">
+        <v>1.945</v>
+      </c>
+      <c r="N270" t="n">
+        <v>1.8279</v>
+      </c>
+      <c r="O270" t="n">
+        <v>14.72</v>
+      </c>
+      <c r="P270" t="n">
+        <v>12.01</v>
+      </c>
+      <c r="Q270" t="n">
+        <v>38.15</v>
       </c>
       <c r="R270" t="n">
-        <v>41.01</v>
+        <v>28.58</v>
       </c>
       <c r="S270" t="n">
-        <v>0.8689</v>
-[...21 lines deleted...]
-      <c r="AB270" t="inlineStr"/>
+        <v>22.95</v>
+      </c>
+      <c r="T270" t="inlineStr"/>
+      <c r="U270" t="inlineStr"/>
+      <c r="V270" t="inlineStr"/>
     </row>
     <row r="271">
       <c r="A271" t="inlineStr">
         <is>
-          <t>127093</t>
+          <t>118059</t>
         </is>
       </c>
       <c r="B271" t="inlineStr">
         <is>
-          <t>章鼓转债</t>
+          <t>颀中转债</t>
         </is>
       </c>
       <c r="C271" t="inlineStr">
         <is>
-          <t>140.460</t>
+          <t>688352</t>
         </is>
       </c>
       <c r="D271" t="inlineStr">
         <is>
-          <t>0.258</t>
-[...6 lines deleted...]
-        <v>100.8867</v>
+          <t>颀中科技</t>
+        </is>
+      </c>
+      <c r="E271" t="inlineStr">
+        <is>
+          <t>AA+</t>
+        </is>
+      </c>
+      <c r="F271" t="inlineStr">
+        <is>
+          <t>8.500</t>
+        </is>
       </c>
       <c r="G271" t="inlineStr">
         <is>
-          <t>002598</t>
+          <t>5.647</t>
         </is>
       </c>
       <c r="H271" t="inlineStr">
         <is>
-          <t>山东章鼓</t>
-[...6 lines deleted...]
-        <v>1.39</v>
+          <t>2031-11-03</t>
+        </is>
+      </c>
+      <c r="I271" t="inlineStr">
+        <is>
+          <t>108.00</t>
+        </is>
+      </c>
+      <c r="J271" t="inlineStr">
+        <is>
+          <t>17.875</t>
+        </is>
       </c>
       <c r="K271" t="inlineStr">
         <is>
-          <t>A+</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="R271" t="n">
-[...25 lines deleted...]
-      <c r="AB271" t="inlineStr"/>
+      <c r="L271" t="n">
+        <v>17.5059</v>
+      </c>
+      <c r="M271" t="n">
+        <v>3.1945</v>
+      </c>
+      <c r="N271" t="n">
+        <v>2.4968</v>
+      </c>
+      <c r="O271" t="n">
+        <v>3.13</v>
+      </c>
+      <c r="P271" t="n">
+        <v>3.72</v>
+      </c>
+      <c r="Q271" t="n">
+        <v>42.41</v>
+      </c>
+      <c r="R271" t="inlineStr"/>
+      <c r="S271" t="inlineStr"/>
+      <c r="T271" t="inlineStr"/>
+      <c r="U271" t="inlineStr"/>
+      <c r="V271" t="inlineStr"/>
     </row>
     <row r="272">
       <c r="A272" t="inlineStr">
         <is>
-          <t>123264</t>
+          <t>118004</t>
         </is>
       </c>
       <c r="B272" t="inlineStr">
         <is>
-          <t>双乐转债</t>
+          <t>博瑞转债</t>
         </is>
       </c>
       <c r="C272" t="inlineStr">
         <is>
-          <t>160.400</t>
+          <t>688166</t>
         </is>
       </c>
       <c r="D272" t="inlineStr">
         <is>
-          <t>0.250</t>
-[...6 lines deleted...]
-        <v>92.5068</v>
+          <t>博瑞医药</t>
+        </is>
+      </c>
+      <c r="E272" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F272" t="inlineStr">
+        <is>
+          <t>4.428</t>
+        </is>
       </c>
       <c r="G272" t="inlineStr">
         <is>
-          <t>301036</t>
+          <t>1.814</t>
         </is>
       </c>
       <c r="H272" t="inlineStr">
         <is>
-          <t>双乐股份</t>
-[...6 lines deleted...]
-        <v>0.44</v>
+          <t>2028-01-04</t>
+        </is>
+      </c>
+      <c r="I272" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J272" t="inlineStr">
+        <is>
+          <t>45.162</t>
+        </is>
       </c>
       <c r="K272" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...30 lines deleted...]
-        </is>
+          <t>!</t>
+        </is>
+      </c>
+      <c r="L272" t="n">
+        <v>52.7671</v>
+      </c>
+      <c r="M272" t="n">
+        <v>1.2567</v>
+      </c>
+      <c r="N272" t="n">
+        <v>0.9402</v>
+      </c>
+      <c r="O272" t="n">
+        <v>1.89</v>
+      </c>
+      <c r="P272" t="n">
+        <v>2.02</v>
+      </c>
+      <c r="Q272" t="n">
+        <v>43.23</v>
       </c>
       <c r="R272" t="n">
-        <v>10.4786</v>
+        <v>51.27</v>
       </c>
       <c r="S272" t="n">
-        <v>4.4799</v>
-[...15 lines deleted...]
-      <c r="AB272" t="inlineStr"/>
+        <v>48.1</v>
+      </c>
+      <c r="T272" t="inlineStr"/>
+      <c r="U272" t="inlineStr"/>
+      <c r="V272" t="inlineStr"/>
     </row>
     <row r="273">
       <c r="A273" t="inlineStr">
         <is>
-          <t>123109</t>
+          <t>123252</t>
         </is>
       </c>
       <c r="B273" t="inlineStr">
         <is>
-          <t>昌红转债</t>
+          <t>银邦转债</t>
         </is>
       </c>
       <c r="C273" t="inlineStr">
         <is>
-          <t>131.000</t>
+          <t>300337</t>
         </is>
       </c>
       <c r="D273" t="inlineStr">
         <is>
-          <t>0.246</t>
-[...6 lines deleted...]
-        <v>65.1198</v>
+          <t>银邦股份</t>
+        </is>
+      </c>
+      <c r="E273" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F273" t="inlineStr">
+        <is>
+          <t>7.847</t>
+        </is>
       </c>
       <c r="G273" t="inlineStr">
         <is>
-          <t>300151</t>
+          <t>4.822</t>
         </is>
       </c>
       <c r="H273" t="inlineStr">
         <is>
-          <t>昌红科技</t>
-[...6 lines deleted...]
-        <v>2.72</v>
+          <t>2031-01-06</t>
+        </is>
+      </c>
+      <c r="I273" t="inlineStr">
+        <is>
+          <t>113.00</t>
+        </is>
+      </c>
+      <c r="J273" t="inlineStr">
+        <is>
+          <t>16.263</t>
+        </is>
       </c>
       <c r="K273" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...30 lines deleted...]
-        </is>
+          <t>3/15 | 30</t>
+        </is>
+      </c>
+      <c r="L273" t="n">
+        <v>73.4388</v>
+      </c>
+      <c r="M273" t="n">
+        <v>2.5133</v>
+      </c>
+      <c r="N273" t="n">
+        <v>1.3894</v>
+      </c>
+      <c r="O273" t="n">
+        <v>0.58</v>
+      </c>
+      <c r="P273" t="n">
+        <v>0.64</v>
+      </c>
+      <c r="Q273" t="n">
+        <v>46.39</v>
       </c>
       <c r="R273" t="n">
-        <v>38.7193</v>
-[...24 lines deleted...]
-      <c r="AB273" t="inlineStr"/>
+        <v>50.29</v>
+      </c>
+      <c r="S273" t="inlineStr"/>
+      <c r="T273" t="inlineStr"/>
+      <c r="U273" t="inlineStr"/>
+      <c r="V273" t="inlineStr"/>
     </row>
     <row r="274">
       <c r="A274" t="inlineStr">
         <is>
-          <t>113640</t>
+          <t>113067</t>
         </is>
       </c>
       <c r="B274" t="inlineStr">
         <is>
-          <t>苏利转债</t>
+          <t>燃23转债</t>
         </is>
       </c>
       <c r="C274" t="inlineStr">
         <is>
-          <t>147.937</t>
+          <t>601139</t>
         </is>
       </c>
       <c r="D274" t="inlineStr">
         <is>
-          <t>0.249</t>
-[...6 lines deleted...]
-        <v>123.4884</v>
+          <t>深圳燃气</t>
+        </is>
+      </c>
+      <c r="E274" t="inlineStr">
+        <is>
+          <t>AAA</t>
+        </is>
+      </c>
+      <c r="F274" t="inlineStr">
+        <is>
+          <t>29.999</t>
+        </is>
       </c>
       <c r="G274" t="inlineStr">
         <is>
-          <t>603585</t>
+          <t>3.375</t>
         </is>
       </c>
       <c r="H274" t="inlineStr">
         <is>
-          <t>苏利股份</t>
-[...6 lines deleted...]
-        <v>-0.75</v>
+          <t>2029-07-27</t>
+        </is>
+      </c>
+      <c r="I274" t="inlineStr">
+        <is>
+          <t>107.00</t>
+        </is>
+      </c>
+      <c r="J274" t="inlineStr">
+        <is>
+          <t>9.620</t>
+        </is>
       </c>
       <c r="K274" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30</t>
+        </is>
+      </c>
+      <c r="L274" t="n">
+        <v>59.9424</v>
+      </c>
+      <c r="M274" t="n">
+        <v>0.8285</v>
+      </c>
+      <c r="N274" t="n">
+        <v>0.7822</v>
+      </c>
+      <c r="O274" t="n">
+        <v>14.57</v>
+      </c>
+      <c r="P274" t="n">
+        <v>14.4</v>
+      </c>
+      <c r="Q274" t="n">
+        <v>14.4</v>
       </c>
       <c r="R274" t="n">
-        <v>39.7456</v>
+        <v>9.52</v>
       </c>
       <c r="S274" t="n">
-        <v>2.2844</v>
-[...21 lines deleted...]
-      <c r="AB274" t="inlineStr"/>
+        <v>10.92</v>
+      </c>
+      <c r="T274" t="inlineStr"/>
+      <c r="U274" t="inlineStr"/>
+      <c r="V274" t="inlineStr"/>
     </row>
     <row r="275">
       <c r="A275" t="inlineStr">
         <is>
-          <t>123251</t>
+          <t>127104</t>
         </is>
       </c>
       <c r="B275" t="inlineStr">
         <is>
-          <t>华医转债</t>
+          <t>姚记转债</t>
         </is>
       </c>
       <c r="C275" t="inlineStr">
         <is>
-          <t>275.980</t>
+          <t>002605</t>
         </is>
       </c>
       <c r="D275" t="inlineStr">
         <is>
-          <t>0.247</t>
-[...6 lines deleted...]
-        <v>217.967</v>
+          <t>姚记科技</t>
+        </is>
+      </c>
+      <c r="E275" t="inlineStr">
+        <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="F275" t="inlineStr">
+        <is>
+          <t>5.823</t>
+        </is>
       </c>
       <c r="G275" t="inlineStr">
         <is>
-          <t>301235</t>
+          <t>3.871</t>
         </is>
       </c>
       <c r="H275" t="inlineStr">
         <is>
-          <t>华康洁净</t>
-[...6 lines deleted...]
-        <v>-1.17</v>
+          <t>2030-01-24</t>
+        </is>
+      </c>
+      <c r="I275" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J275" t="inlineStr">
+        <is>
+          <t>26.078</t>
+        </is>
       </c>
       <c r="K275" t="inlineStr">
         <is>
-          <t>-</t>
-[...28 lines deleted...]
-        <is>
           <t>!</t>
         </is>
       </c>
+      <c r="L275" t="n">
+        <v>28.096</v>
+      </c>
+      <c r="M275" t="n">
+        <v>2.9289</v>
+      </c>
+      <c r="N275" t="n">
+        <v>2.2897</v>
+      </c>
+      <c r="O275" t="n">
+        <v>5.39</v>
+      </c>
+      <c r="P275" t="n">
+        <v>5.62</v>
+      </c>
+      <c r="Q275" t="n">
+        <v>44.81</v>
+      </c>
       <c r="R275" t="n">
-        <v>54.0246</v>
+        <v>37.67</v>
       </c>
       <c r="S275" t="n">
-        <v>2.3962</v>
-[...19 lines deleted...]
-      <c r="AB275" t="inlineStr"/>
+        <v>39.64</v>
+      </c>
+      <c r="T275" t="inlineStr"/>
+      <c r="U275" t="inlineStr"/>
+      <c r="V275" t="inlineStr"/>
     </row>
     <row r="276">
       <c r="A276" t="inlineStr">
         <is>
-          <t>123262</t>
+          <t>113574</t>
         </is>
       </c>
       <c r="B276" t="inlineStr">
         <is>
-          <t>神宇转债</t>
+          <t>华体转债</t>
         </is>
       </c>
       <c r="C276" t="inlineStr">
         <is>
-          <t>170.000</t>
+          <t>603679</t>
         </is>
       </c>
       <c r="D276" t="inlineStr">
         <is>
-          <t>0.236</t>
-[...6 lines deleted...]
-        <v>102.1381</v>
+          <t>华体科技</t>
+        </is>
+      </c>
+      <c r="E276" t="inlineStr">
+        <is>
+          <t>A</t>
+        </is>
+      </c>
+      <c r="F276" t="inlineStr">
+        <is>
+          <t>1.019</t>
+        </is>
       </c>
       <c r="G276" t="inlineStr">
         <is>
-          <t>300563</t>
+          <t>0.049</t>
         </is>
       </c>
       <c r="H276" t="inlineStr">
         <is>
-          <t>神宇股份</t>
-[...6 lines deleted...]
-        <v>-1.37</v>
+          <t>2026-03-31</t>
+        </is>
+      </c>
+      <c r="I276" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="J276" t="inlineStr">
+        <is>
+          <t>17.537</t>
+        </is>
       </c>
       <c r="K276" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L276" t="n">
+        <v>47.4178</v>
+      </c>
+      <c r="M276" t="n">
+        <v>2.0945</v>
+      </c>
+      <c r="N276" t="n">
+        <v>1.7099</v>
+      </c>
+      <c r="O276" t="n">
+        <v>-0.67</v>
+      </c>
+      <c r="P276" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="Q276" t="n">
+        <v>32.9</v>
+      </c>
       <c r="R276" t="n">
-        <v>24.6379</v>
+        <v>43.17</v>
       </c>
       <c r="S276" t="n">
-        <v>2.8781</v>
-[...15 lines deleted...]
-      <c r="AB276" t="inlineStr"/>
+        <v>27.71</v>
+      </c>
+      <c r="T276" t="inlineStr"/>
+      <c r="U276" t="inlineStr"/>
+      <c r="V276" t="inlineStr"/>
     </row>
     <row r="277">
       <c r="A277" t="inlineStr">
         <is>
-          <t>123229</t>
+          <t>110074</t>
         </is>
       </c>
       <c r="B277" t="inlineStr">
         <is>
-          <t>艾录转债</t>
+          <t>精达转债</t>
         </is>
       </c>
       <c r="C277" t="inlineStr">
         <is>
-          <t>140.592</t>
+          <t>600577</t>
         </is>
       </c>
       <c r="D277" t="inlineStr">
         <is>
-          <t>0.240</t>
-[...6 lines deleted...]
-        <v>96.004</v>
+          <t>精达股份</t>
+        </is>
+      </c>
+      <c r="E277" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F277" t="inlineStr">
+        <is>
+          <t>2.637</t>
+        </is>
       </c>
       <c r="G277" t="inlineStr">
         <is>
-          <t>301062</t>
+          <t>0.436</t>
         </is>
       </c>
       <c r="H277" t="inlineStr">
         <is>
-          <t>上海艾录</t>
-[...6 lines deleted...]
-        <v>-2.44</v>
+          <t>2026-08-19</t>
+        </is>
+      </c>
+      <c r="I277" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="J277" t="inlineStr">
+        <is>
+          <t>4.316</t>
+        </is>
       </c>
       <c r="K277" t="inlineStr">
         <is>
-          <t>A+</t>
-[...30 lines deleted...]
-        </is>
+          <t>!</t>
+        </is>
+      </c>
+      <c r="L277" t="n">
+        <v>55.8646</v>
+      </c>
+      <c r="M277" t="n">
+        <v>1.5325</v>
+      </c>
+      <c r="N277" t="n">
+        <v>1.2657</v>
+      </c>
+      <c r="O277" t="n">
+        <v>5.62</v>
+      </c>
+      <c r="P277" t="n">
+        <v>4.26</v>
+      </c>
+      <c r="Q277" t="n">
+        <v>34.07</v>
       </c>
       <c r="R277" t="n">
-        <v>49.5384</v>
+        <v>53.8</v>
       </c>
       <c r="S277" t="n">
-        <v>1.4194</v>
-[...21 lines deleted...]
-      <c r="AB277" t="inlineStr"/>
+        <v>58.32</v>
+      </c>
+      <c r="T277" t="inlineStr"/>
+      <c r="U277" t="inlineStr"/>
+      <c r="V277" t="inlineStr"/>
     </row>
     <row r="278">
       <c r="A278" t="inlineStr">
         <is>
-          <t>127055</t>
+          <t>111012</t>
         </is>
       </c>
       <c r="B278" t="inlineStr">
         <is>
-          <t>精装转债</t>
+          <t>福新转债</t>
         </is>
       </c>
       <c r="C278" t="inlineStr">
         <is>
-          <t>199.866</t>
+          <t>605488</t>
         </is>
       </c>
       <c r="D278" t="inlineStr">
         <is>
-          <t>0.241</t>
-[...6 lines deleted...]
-        <v>177.2973</v>
+          <t>福莱新材</t>
+        </is>
+      </c>
+      <c r="E278" t="inlineStr">
+        <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="F278" t="inlineStr">
+        <is>
+          <t>1.018</t>
+        </is>
       </c>
       <c r="G278" t="inlineStr">
         <is>
-          <t>002989</t>
+          <t>2.816</t>
         </is>
       </c>
       <c r="H278" t="inlineStr">
         <is>
-          <t>中天精装</t>
-[...6 lines deleted...]
-        <v>-1.15</v>
+          <t>2029-01-04</t>
+        </is>
+      </c>
+      <c r="I278" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J278" t="inlineStr">
+        <is>
+          <t>14.586</t>
+        </is>
       </c>
       <c r="K278" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...30 lines deleted...]
-        </is>
+          <t>11/15 | 30 2026-02-27 重新计</t>
+        </is>
+      </c>
+      <c r="L278" t="n">
+        <v>55.9772</v>
+      </c>
+      <c r="M278" t="n">
+        <v>1.0098</v>
+      </c>
+      <c r="N278" t="n">
+        <v>0.8145</v>
+      </c>
+      <c r="O278" t="n">
+        <v>1.39</v>
+      </c>
+      <c r="P278" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="Q278" t="n">
+        <v>60.36</v>
       </c>
       <c r="R278" t="n">
-        <v>33.35</v>
+        <v>64.64</v>
       </c>
       <c r="S278" t="n">
-        <v>2.5873</v>
-[...21 lines deleted...]
-      <c r="AB278" t="inlineStr"/>
+        <v>62.82</v>
+      </c>
+      <c r="T278" t="inlineStr"/>
+      <c r="U278" t="inlineStr"/>
+      <c r="V278" t="inlineStr"/>
     </row>
     <row r="279">
       <c r="A279" t="inlineStr">
         <is>
-          <t>128135</t>
+          <t>128134</t>
         </is>
       </c>
       <c r="B279" t="inlineStr">
         <is>
-          <t>洽洽转债</t>
+          <t>鸿路转债</t>
         </is>
       </c>
       <c r="C279" t="inlineStr">
         <is>
-          <t>117.603</t>
+          <t>002541</t>
         </is>
       </c>
       <c r="D279" t="inlineStr">
         <is>
-          <t>0.241</t>
-[...6 lines deleted...]
-        <v>41.4625</v>
+          <t>鸿路钢构</t>
+        </is>
+      </c>
+      <c r="E279" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F279" t="inlineStr">
+        <is>
+          <t>15.726</t>
+        </is>
       </c>
       <c r="G279" t="inlineStr">
         <is>
-          <t>002557</t>
+          <t>0.575</t>
         </is>
       </c>
       <c r="H279" t="inlineStr">
         <is>
-          <t>洽洽食品</t>
-[...6 lines deleted...]
-        <v>-0.17</v>
+          <t>2026-10-09</t>
+        </is>
+      </c>
+      <c r="I279" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="J279" t="inlineStr">
+        <is>
+          <t>28.587</t>
+        </is>
       </c>
       <c r="K279" t="inlineStr">
         <is>
-          <t>AA</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L279" t="n">
+        <v>64.65049999999999</v>
+      </c>
+      <c r="M279" t="n">
+        <v>1.4646</v>
+      </c>
+      <c r="N279" t="n">
+        <v>0.5911999999999999</v>
+      </c>
+      <c r="O279" t="n">
+        <v>7.72</v>
+      </c>
+      <c r="P279" t="n">
+        <v>11.79</v>
+      </c>
+      <c r="Q279" t="n">
+        <v>17.7</v>
+      </c>
       <c r="R279" t="n">
-        <v>39.2991</v>
+        <v>14.26</v>
       </c>
       <c r="S279" t="n">
-        <v>3.2332</v>
-[...21 lines deleted...]
-      <c r="AB279" t="inlineStr"/>
+        <v>12.4</v>
+      </c>
+      <c r="T279" t="inlineStr"/>
+      <c r="U279" t="inlineStr"/>
+      <c r="V279" t="inlineStr"/>
     </row>
     <row r="280">
       <c r="A280" t="inlineStr">
         <is>
-          <t>113647</t>
+          <t>123246</t>
         </is>
       </c>
       <c r="B280" t="inlineStr">
         <is>
-          <t>禾丰转债</t>
+          <t>远信转债</t>
         </is>
       </c>
       <c r="C280" t="inlineStr">
         <is>
-          <t>125.105</t>
+          <t>301053</t>
         </is>
       </c>
       <c r="D280" t="inlineStr">
         <is>
-          <t>0.238</t>
-[...6 lines deleted...]
-        <v>72.9435</v>
+          <t>远信工业</t>
+        </is>
+      </c>
+      <c r="E280" t="inlineStr">
+        <is>
+          <t>A</t>
+        </is>
+      </c>
+      <c r="F280" t="inlineStr">
+        <is>
+          <t>2.099</t>
+        </is>
       </c>
       <c r="G280" t="inlineStr">
         <is>
-          <t>603609</t>
+          <t>4.430</t>
         </is>
       </c>
       <c r="H280" t="inlineStr">
         <is>
-          <t>禾丰股份</t>
-[...6 lines deleted...]
-        <v>-0.14</v>
+          <t>2030-08-16</t>
+        </is>
+      </c>
+      <c r="I280" t="inlineStr">
+        <is>
+          <t>118.00</t>
+        </is>
+      </c>
+      <c r="J280" t="inlineStr">
+        <is>
+          <t>29.835</t>
+        </is>
       </c>
       <c r="K280" t="inlineStr">
         <is>
-          <t>AA</t>
-[...30 lines deleted...]
-        </is>
+          <t>14/15 | 30 2026-02-20 重新计</t>
+        </is>
+      </c>
+      <c r="L280" t="n">
+        <v>47.6019</v>
+      </c>
+      <c r="M280" t="n">
+        <v>1.8123</v>
+      </c>
+      <c r="N280" t="n">
+        <v>1.25</v>
+      </c>
+      <c r="O280" t="n">
+        <v>0.48</v>
+      </c>
+      <c r="P280" t="n">
+        <v>0.18</v>
+      </c>
+      <c r="Q280" t="n">
+        <v>27.85</v>
       </c>
       <c r="R280" t="n">
-        <v>56.8288</v>
+        <v>22.08</v>
       </c>
       <c r="S280" t="n">
-        <v>1.1806</v>
-[...21 lines deleted...]
-      <c r="AB280" t="inlineStr"/>
+        <v>62.45</v>
+      </c>
+      <c r="T280" t="inlineStr"/>
+      <c r="U280" t="inlineStr"/>
+      <c r="V280" t="inlineStr"/>
     </row>
     <row r="281">
       <c r="A281" t="inlineStr">
         <is>
-          <t>111014</t>
+          <t>123222</t>
         </is>
       </c>
       <c r="B281" t="inlineStr">
         <is>
-          <t>李子转债</t>
+          <t>博俊转债</t>
         </is>
       </c>
       <c r="C281" t="inlineStr">
         <is>
-          <t>129.430</t>
+          <t>300926</t>
         </is>
       </c>
       <c r="D281" t="inlineStr">
         <is>
-          <t>0.236</t>
-[...6 lines deleted...]
-        <v>68.4812</v>
+          <t>博俊科技</t>
+        </is>
+      </c>
+      <c r="E281" t="inlineStr">
+        <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="F281" t="inlineStr">
+        <is>
+          <t>2.439</t>
+        </is>
       </c>
       <c r="G281" t="inlineStr">
         <is>
-          <t>605337</t>
+          <t>3.493</t>
         </is>
       </c>
       <c r="H281" t="inlineStr">
         <is>
-          <t>李子园</t>
-[...6 lines deleted...]
-        <v>1.62</v>
+          <t>2029-09-08</t>
+        </is>
+      </c>
+      <c r="I281" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J281" t="inlineStr">
+        <is>
+          <t>21.684</t>
+        </is>
       </c>
       <c r="K281" t="inlineStr">
         <is>
-          <t>AA</t>
-[...30 lines deleted...]
-        </is>
+          <t>!</t>
+        </is>
+      </c>
+      <c r="L281" t="n">
+        <v>59.6608</v>
+      </c>
+      <c r="M281" t="n">
+        <v>1.0401</v>
+      </c>
+      <c r="N281" t="n">
+        <v>0.6523</v>
+      </c>
+      <c r="O281" t="n">
+        <v>6.13</v>
+      </c>
+      <c r="P281" t="n">
+        <v>3.09</v>
+      </c>
+      <c r="Q281" t="n">
+        <v>37.17</v>
       </c>
       <c r="R281" t="n">
-        <v>49.7418</v>
+        <v>36.57</v>
       </c>
       <c r="S281" t="n">
-        <v>1.4079</v>
-[...21 lines deleted...]
-      <c r="AB281" t="inlineStr"/>
+        <v>42.27</v>
+      </c>
+      <c r="T281" t="inlineStr"/>
+      <c r="U281" t="inlineStr"/>
+      <c r="V281" t="inlineStr"/>
     </row>
     <row r="282">
       <c r="A282" t="inlineStr">
         <is>
-          <t>128121</t>
+          <t>113686</t>
         </is>
       </c>
       <c r="B282" t="inlineStr">
         <is>
-          <t>宏川转债</t>
+          <t>泰瑞转债</t>
         </is>
       </c>
       <c r="C282" t="inlineStr">
         <is>
-          <t>124.300</t>
+          <t>603289</t>
         </is>
       </c>
       <c r="D282" t="inlineStr">
         <is>
-          <t>0.242</t>
-[...6 lines deleted...]
-        <v>80.21429999999999</v>
+          <t>泰瑞机器</t>
+        </is>
+      </c>
+      <c r="E282" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F282" t="inlineStr">
+        <is>
+          <t>3.364</t>
+        </is>
       </c>
       <c r="G282" t="inlineStr">
         <is>
-          <t>002930</t>
+          <t>4.307</t>
         </is>
       </c>
       <c r="H282" t="inlineStr">
         <is>
-          <t>宏川智慧</t>
-[...6 lines deleted...]
-        <v>1.63</v>
+          <t>2030-07-02</t>
+        </is>
+      </c>
+      <c r="I282" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J282" t="inlineStr">
+        <is>
+          <t>10.595</t>
+        </is>
       </c>
       <c r="K282" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...30 lines deleted...]
-        </is>
+          <t>!</t>
+        </is>
+      </c>
+      <c r="L282" t="n">
+        <v>49.9278</v>
+      </c>
+      <c r="M282" t="n">
+        <v>1.6841</v>
+      </c>
+      <c r="N282" t="n">
+        <v>1.315</v>
+      </c>
+      <c r="O282" t="n">
+        <v>0.82</v>
+      </c>
+      <c r="P282" t="n">
+        <v>0.86</v>
+      </c>
+      <c r="Q282" t="n">
+        <v>42.19</v>
       </c>
       <c r="R282" t="n">
-        <v>68.1837</v>
+        <v>26.17</v>
       </c>
       <c r="S282" t="n">
-        <v>0.6619</v>
-[...21 lines deleted...]
-      <c r="AB282" t="inlineStr"/>
+        <v>50.04</v>
+      </c>
+      <c r="T282" t="inlineStr"/>
+      <c r="U282" t="inlineStr"/>
+      <c r="V282" t="inlineStr"/>
     </row>
     <row r="283">
       <c r="A283" t="inlineStr">
         <is>
-          <t>113049</t>
+          <t>118041</t>
         </is>
       </c>
       <c r="B283" t="inlineStr">
         <is>
-          <t>长汽转债</t>
+          <t>星球转债</t>
         </is>
       </c>
       <c r="C283" t="inlineStr">
         <is>
-          <t>120.666</t>
+          <t>688633</t>
         </is>
       </c>
       <c r="D283" t="inlineStr">
         <is>
-          <t>0.232</t>
-[...6 lines deleted...]
-        <v>55.1328</v>
+          <t>星球石墨</t>
+        </is>
+      </c>
+      <c r="E283" t="inlineStr">
+        <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="F283" t="inlineStr">
+        <is>
+          <t>6.198</t>
+        </is>
       </c>
       <c r="G283" t="inlineStr">
         <is>
-          <t>601633</t>
+          <t>3.386</t>
         </is>
       </c>
       <c r="H283" t="inlineStr">
         <is>
-          <t>长城汽车</t>
-[...6 lines deleted...]
-        <v>0.42</v>
+          <t>2029-07-31</t>
+        </is>
+      </c>
+      <c r="I283" t="inlineStr">
+        <is>
+          <t>114.00</t>
+        </is>
+      </c>
+      <c r="J283" t="inlineStr">
+        <is>
+          <t>30.082</t>
+        </is>
       </c>
       <c r="K283" t="inlineStr">
         <is>
-          <t>AAA</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L283" t="n">
+        <v>45.5107</v>
+      </c>
+      <c r="M283" t="n">
+        <v>3.2005</v>
+      </c>
+      <c r="N283" t="n">
+        <v>2.5179</v>
+      </c>
+      <c r="O283" t="n">
+        <v>1.48</v>
+      </c>
+      <c r="P283" t="n">
+        <v>1.48</v>
+      </c>
+      <c r="Q283" t="n">
+        <v>22.68</v>
+      </c>
       <c r="R283" t="n">
-        <v>60.8833</v>
+        <v>16.8</v>
       </c>
       <c r="S283" t="n">
-        <v>1.1072</v>
-[...21 lines deleted...]
-      <c r="AB283" t="inlineStr"/>
+        <v>19.95</v>
+      </c>
+      <c r="T283" t="inlineStr"/>
+      <c r="U283" t="inlineStr"/>
+      <c r="V283" t="inlineStr"/>
     </row>
     <row r="284">
       <c r="A284" t="inlineStr">
         <is>
-          <t>123049</t>
+          <t>113588</t>
         </is>
       </c>
       <c r="B284" t="inlineStr">
         <is>
-          <t>维尔转债</t>
+          <t>润达转债</t>
         </is>
       </c>
       <c r="C284" t="inlineStr">
         <is>
-          <t>130.635</t>
+          <t>603108</t>
         </is>
       </c>
       <c r="D284" t="inlineStr">
         <is>
-          <t>0.196</t>
-[...6 lines deleted...]
-        <v>130.9859</v>
+          <t>润达医疗</t>
+        </is>
+      </c>
+      <c r="E284" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F284" t="inlineStr">
+        <is>
+          <t>2.339</t>
+        </is>
       </c>
       <c r="G284" t="inlineStr">
         <is>
-          <t>300190</t>
+          <t>0.263</t>
         </is>
       </c>
       <c r="H284" t="inlineStr">
         <is>
-          <t>维尔利</t>
-[...6 lines deleted...]
-        <v>0</v>
+          <t>2026-06-17</t>
+        </is>
+      </c>
+      <c r="I284" t="inlineStr">
+        <is>
+          <t>109.00</t>
+        </is>
+      </c>
+      <c r="J284" t="inlineStr">
+        <is>
+          <t>16.861</t>
+        </is>
       </c>
       <c r="K284" t="inlineStr">
         <is>
-          <t>A-</t>
-[...30 lines deleted...]
-        </is>
+          <t>2/15 | 30 2025-12-18 重新计</t>
+        </is>
+      </c>
+      <c r="L284" t="n">
+        <v>61.6005</v>
+      </c>
+      <c r="M284" t="n">
+        <v>1.2005</v>
+      </c>
+      <c r="N284" t="n">
+        <v>0.9723000000000001</v>
+      </c>
+      <c r="O284" t="n">
+        <v>0.55</v>
+      </c>
+      <c r="P284" t="n">
+        <v>2.73</v>
+      </c>
+      <c r="Q284" t="n">
+        <v>44.87</v>
       </c>
       <c r="R284" t="n">
-        <v>56.6741</v>
+        <v>44.67</v>
       </c>
       <c r="S284" t="n">
-        <v>1.3948</v>
-[...21 lines deleted...]
-      <c r="AB284" t="inlineStr"/>
+        <v>46.09</v>
+      </c>
+      <c r="T284" t="inlineStr"/>
+      <c r="U284" t="inlineStr"/>
+      <c r="V284" t="inlineStr"/>
     </row>
     <row r="285">
       <c r="A285" t="inlineStr">
         <is>
-          <t>123189</t>
+          <t>123187</t>
         </is>
       </c>
       <c r="B285" t="inlineStr">
         <is>
-          <t>晓鸣转债</t>
+          <t>超达转债</t>
         </is>
       </c>
       <c r="C285" t="inlineStr">
         <is>
-          <t>139.871</t>
+          <t>301186</t>
         </is>
       </c>
       <c r="D285" t="inlineStr">
         <is>
-          <t>0.170</t>
-[...6 lines deleted...]
-        <v>103.878</v>
+          <t>超达装备</t>
+        </is>
+      </c>
+      <c r="E285" t="inlineStr">
+        <is>
+          <t>A</t>
+        </is>
+      </c>
+      <c r="F285" t="inlineStr">
+        <is>
+          <t>2.679</t>
+        </is>
       </c>
       <c r="G285" t="inlineStr">
         <is>
-          <t>300967</t>
+          <t>3.063</t>
         </is>
       </c>
       <c r="H285" t="inlineStr">
         <is>
-          <t>晓鸣股份</t>
-[...6 lines deleted...]
-        <v>-0.3</v>
+          <t>2029-04-04</t>
+        </is>
+      </c>
+      <c r="I285" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J285" t="inlineStr">
+        <is>
+          <t>40.274</t>
+        </is>
       </c>
       <c r="K285" t="inlineStr">
         <is>
-          <t>A</t>
-[...30 lines deleted...]
-        </is>
+          <t>!</t>
+        </is>
+      </c>
+      <c r="L285" t="n">
+        <v>29.9069</v>
+      </c>
+      <c r="M285" t="n">
+        <v>4.6304</v>
+      </c>
+      <c r="N285" t="n">
+        <v>3.7154</v>
+      </c>
+      <c r="O285" t="n">
+        <v>0.97</v>
+      </c>
+      <c r="P285" t="n">
+        <v>0.95</v>
+      </c>
+      <c r="Q285" t="n">
+        <v>39.12</v>
       </c>
       <c r="R285" t="n">
-        <v>43.6969</v>
+        <v>38.35</v>
       </c>
       <c r="S285" t="n">
-        <v>1.6195</v>
-[...21 lines deleted...]
-      <c r="AB285" t="inlineStr"/>
+        <v>30.48</v>
+      </c>
+      <c r="T285" t="inlineStr"/>
+      <c r="U285" t="inlineStr"/>
+      <c r="V285" t="inlineStr"/>
     </row>
     <row r="286">
       <c r="A286" t="inlineStr">
         <is>
-          <t>113579</t>
+          <t>118042</t>
         </is>
       </c>
       <c r="B286" t="inlineStr">
         <is>
-          <t>健友转债</t>
+          <t>奥维转债</t>
         </is>
       </c>
       <c r="C286" t="inlineStr">
         <is>
-          <t>108.991</t>
+          <t>688516</t>
         </is>
       </c>
       <c r="D286" t="inlineStr">
         <is>
-          <t>0.172</t>
-[...6 lines deleted...]
-        <v>39.9343</v>
+          <t>奥特维</t>
+        </is>
+      </c>
+      <c r="E286" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F286" t="inlineStr">
+        <is>
+          <t>11.399</t>
+        </is>
       </c>
       <c r="G286" t="inlineStr">
         <is>
-          <t>603707</t>
+          <t>3.414</t>
         </is>
       </c>
       <c r="H286" t="inlineStr">
         <is>
-          <t>健友股份</t>
-[...6 lines deleted...]
-        <v>1.57</v>
+          <t>2029-08-10</t>
+        </is>
+      </c>
+      <c r="I286" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J286" t="inlineStr">
+        <is>
+          <t>109.746</t>
+        </is>
       </c>
       <c r="K286" t="inlineStr">
         <is>
-          <t>AA</t>
-[...30 lines deleted...]
-        </is>
+          <t>4/15 | 30</t>
+        </is>
+      </c>
+      <c r="L286" t="n">
+        <v>72.7818</v>
+      </c>
+      <c r="M286" t="n">
+        <v>1.3904</v>
+      </c>
+      <c r="N286" t="n">
+        <v>0.8080000000000001</v>
+      </c>
+      <c r="O286" t="n">
+        <v>12.73</v>
+      </c>
+      <c r="P286" t="n">
+        <v>12.56</v>
+      </c>
+      <c r="Q286" t="n">
+        <v>56.5</v>
       </c>
       <c r="R286" t="n">
-        <v>34.502</v>
+        <v>34.63</v>
       </c>
       <c r="S286" t="n">
-        <v>2.4587</v>
-[...21 lines deleted...]
-      <c r="AB286" t="inlineStr"/>
+        <v>20.92</v>
+      </c>
+      <c r="T286" t="inlineStr"/>
+      <c r="U286" t="inlineStr"/>
+      <c r="V286" t="inlineStr"/>
     </row>
     <row r="287">
       <c r="A287" t="inlineStr">
         <is>
-          <t>111002</t>
+          <t>113646</t>
         </is>
       </c>
       <c r="B287" t="inlineStr">
         <is>
-          <t>特纸转债</t>
+          <t>永吉转债</t>
         </is>
       </c>
       <c r="C287" t="inlineStr">
         <is>
-          <t>139.257</t>
+          <t>603058</t>
         </is>
       </c>
       <c r="D287" t="inlineStr">
         <is>
-          <t>0.163</t>
-[...6 lines deleted...]
-        <v>98.9011</v>
+          <t>永吉股份</t>
+        </is>
+      </c>
+      <c r="E287" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F287" t="inlineStr">
+        <is>
+          <t>1.372</t>
+        </is>
       </c>
       <c r="G287" t="inlineStr">
         <is>
-          <t>605007</t>
+          <t>2.090</t>
         </is>
       </c>
       <c r="H287" t="inlineStr">
         <is>
-          <t>五洲特纸</t>
-[...6 lines deleted...]
-        <v>-0.59</v>
+          <t>2028-04-14</t>
+        </is>
+      </c>
+      <c r="I287" t="inlineStr">
+        <is>
+          <t>108.30</t>
+        </is>
+      </c>
+      <c r="J287" t="inlineStr">
+        <is>
+          <t>10.465</t>
+        </is>
       </c>
       <c r="K287" t="inlineStr">
         <is>
-          <t>AA</t>
-[...30 lines deleted...]
-        </is>
+          <t>!</t>
+        </is>
+      </c>
+      <c r="L287" t="n">
+        <v>29.4562</v>
+      </c>
+      <c r="M287" t="n">
+        <v>2.8197</v>
+      </c>
+      <c r="N287" t="n">
+        <v>2.1558</v>
+      </c>
+      <c r="O287" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="P287" t="n">
+        <v>1</v>
+      </c>
+      <c r="Q287" t="n">
+        <v>77.58</v>
       </c>
       <c r="R287" t="n">
-        <v>70.05880000000001</v>
+        <v>50.31</v>
       </c>
       <c r="S287" t="n">
-        <v>0.5868</v>
-[...21 lines deleted...]
-      <c r="AB287" t="inlineStr"/>
+        <v>28.46</v>
+      </c>
+      <c r="T287" t="inlineStr"/>
+      <c r="U287" t="inlineStr"/>
+      <c r="V287" t="inlineStr"/>
     </row>
     <row r="288">
       <c r="A288" t="inlineStr">
         <is>
-          <t>113659</t>
+          <t>113046</t>
         </is>
       </c>
       <c r="B288" t="inlineStr">
         <is>
-          <t>莱克转债</t>
+          <t>金田转债</t>
         </is>
       </c>
       <c r="C288" t="inlineStr">
         <is>
-          <t>147.218</t>
+          <t>601609</t>
         </is>
       </c>
       <c r="D288" t="inlineStr">
         <is>
-          <t>0.163</t>
-[...6 lines deleted...]
-        <v>116.1097</v>
+          <t>金田股份</t>
+        </is>
+      </c>
+      <c r="E288" t="inlineStr">
+        <is>
+          <t>AA+</t>
+        </is>
+      </c>
+      <c r="F288" t="inlineStr">
+        <is>
+          <t>14.992</t>
+        </is>
       </c>
       <c r="G288" t="inlineStr">
         <is>
-          <t>603355</t>
+          <t>1.025</t>
         </is>
       </c>
       <c r="H288" t="inlineStr">
         <is>
-          <t>莱克电气</t>
-[...6 lines deleted...]
-        <v>-1.68</v>
+          <t>2027-03-22</t>
+        </is>
+      </c>
+      <c r="I288" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="J288" t="inlineStr">
+        <is>
+          <t>13.416</t>
+        </is>
       </c>
       <c r="K288" t="inlineStr">
         <is>
-          <t>AA</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L288" t="n">
+        <v>63.8133</v>
+      </c>
+      <c r="M288" t="n">
+        <v>1.6252</v>
+      </c>
+      <c r="N288" t="n">
+        <v>1.1094</v>
+      </c>
+      <c r="O288" t="n">
+        <v>4.62</v>
+      </c>
+      <c r="P288" t="n">
+        <v>5.27</v>
+      </c>
+      <c r="Q288" t="n">
+        <v>29.72</v>
+      </c>
       <c r="R288" t="n">
-        <v>63.3904</v>
+        <v>21.92</v>
       </c>
       <c r="S288" t="n">
-        <v>1.3851</v>
-[...21 lines deleted...]
-      <c r="AB288" t="inlineStr"/>
+        <v>17.91</v>
+      </c>
+      <c r="T288" t="inlineStr"/>
+      <c r="U288" t="inlineStr"/>
+      <c r="V288" t="inlineStr"/>
     </row>
     <row r="289">
       <c r="A289" t="inlineStr">
         <is>
-          <t>123195</t>
+          <t>118052</t>
         </is>
       </c>
       <c r="B289" t="inlineStr">
         <is>
-          <t>蓝晓转02</t>
+          <t>XD浩瀚转</t>
         </is>
       </c>
       <c r="C289" t="inlineStr">
         <is>
-          <t>177.213</t>
+          <t>688292</t>
         </is>
       </c>
       <c r="D289" t="inlineStr">
         <is>
-          <t>0.149</t>
-[...6 lines deleted...]
-        <v>120.3025</v>
+          <t>浩瀚深度</t>
+        </is>
+      </c>
+      <c r="E289" t="inlineStr">
+        <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="F289" t="inlineStr">
+        <is>
+          <t>3.539</t>
+        </is>
       </c>
       <c r="G289" t="inlineStr">
         <is>
-          <t>300487</t>
+          <t>5.000</t>
         </is>
       </c>
       <c r="H289" t="inlineStr">
         <is>
-          <t>蓝晓科技</t>
-[...6 lines deleted...]
-        <v>-1.46</v>
+          <t>2031-03-13</t>
+        </is>
+      </c>
+      <c r="I289" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J289" t="inlineStr">
+        <is>
+          <t>31.538</t>
+        </is>
       </c>
       <c r="K289" t="inlineStr">
         <is>
-          <t>A+</t>
-[...30 lines deleted...]
-        </is>
+          <t>5/15 | 30</t>
+        </is>
+      </c>
+      <c r="L289" t="n">
+        <v>29.9726</v>
+      </c>
+      <c r="M289" t="n">
+        <v>8.8444</v>
+      </c>
+      <c r="N289" t="n">
+        <v>8.0343</v>
+      </c>
+      <c r="O289" t="n">
+        <v>0.36</v>
+      </c>
+      <c r="P289" t="n">
+        <v>0.63</v>
+      </c>
+      <c r="Q289" t="n">
+        <v>44.37</v>
       </c>
       <c r="R289" t="n">
-        <v>34.5015</v>
-[...24 lines deleted...]
-      <c r="AB289" t="inlineStr"/>
+        <v>56.63</v>
+      </c>
+      <c r="S289" t="inlineStr"/>
+      <c r="T289" t="inlineStr"/>
+      <c r="U289" t="inlineStr"/>
+      <c r="V289" t="inlineStr"/>
     </row>
     <row r="290">
       <c r="A290" t="inlineStr">
         <is>
-          <t>128138</t>
+          <t>123213</t>
         </is>
       </c>
       <c r="B290" t="inlineStr">
         <is>
-          <t>侨银转债</t>
+          <t>天源转债</t>
         </is>
       </c>
       <c r="C290" t="inlineStr">
         <is>
-          <t>131.734</t>
+          <t>301127</t>
         </is>
       </c>
       <c r="D290" t="inlineStr">
         <is>
-          <t>0.147</t>
-[...6 lines deleted...]
-        <v>81.7877</v>
+          <t>武汉天源</t>
+        </is>
+      </c>
+      <c r="E290" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F290" t="inlineStr">
+        <is>
+          <t>3.260</t>
+        </is>
       </c>
       <c r="G290" t="inlineStr">
         <is>
-          <t>002973</t>
+          <t>3.378</t>
         </is>
       </c>
       <c r="H290" t="inlineStr">
         <is>
-          <t>侨银股份</t>
-[...6 lines deleted...]
-        <v>-1.55</v>
+          <t>2029-07-28</t>
+        </is>
+      </c>
+      <c r="I290" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="J290" t="inlineStr">
+        <is>
+          <t>9.282</t>
+        </is>
       </c>
       <c r="K290" t="inlineStr">
         <is>
-          <t>A+</t>
-[...30 lines deleted...]
-        </is>
+          <t>1/15 | 30 2026-03-13 重新计</t>
+        </is>
+      </c>
+      <c r="L290" t="n">
+        <v>61.7873</v>
+      </c>
+      <c r="M290" t="n">
+        <v>1.9128</v>
+      </c>
+      <c r="N290" t="n">
+        <v>1.8564</v>
+      </c>
+      <c r="O290" t="n">
+        <v>3.33</v>
+      </c>
+      <c r="P290" t="n">
+        <v>2.83</v>
+      </c>
+      <c r="Q290" t="n">
+        <v>44.78</v>
       </c>
       <c r="R290" t="n">
-        <v>66.864</v>
+        <v>44.72</v>
       </c>
       <c r="S290" t="n">
-        <v>1.3785</v>
-[...21 lines deleted...]
-      <c r="AB290" t="inlineStr"/>
+        <v>56.17</v>
+      </c>
+      <c r="T290" t="inlineStr"/>
+      <c r="U290" t="inlineStr"/>
+      <c r="V290" t="inlineStr"/>
     </row>
     <row r="291">
       <c r="A291" t="inlineStr">
         <is>
-          <t>127047</t>
+          <t>127070</t>
         </is>
       </c>
       <c r="B291" t="inlineStr">
         <is>
-          <t>帝欧转债</t>
+          <t>大中转债</t>
         </is>
       </c>
       <c r="C291" t="inlineStr">
         <is>
-          <t>143.088</t>
+          <t>001203</t>
         </is>
       </c>
       <c r="D291" t="inlineStr">
         <is>
-          <t>0.146</t>
-[...6 lines deleted...]
-        <v>140.5882</v>
+          <t>大中矿业</t>
+        </is>
+      </c>
+      <c r="E291" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F291" t="inlineStr">
+        <is>
+          <t>9.343</t>
+        </is>
       </c>
       <c r="G291" t="inlineStr">
         <is>
-          <t>002798</t>
+          <t>2.433</t>
         </is>
       </c>
       <c r="H291" t="inlineStr">
         <is>
-          <t>帝欧水华</t>
-[...6 lines deleted...]
-        <v>-2.05</v>
+          <t>2028-08-17</t>
+        </is>
+      </c>
+      <c r="I291" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="J291" t="inlineStr">
+        <is>
+          <t>13.988</t>
+        </is>
       </c>
       <c r="K291" t="inlineStr">
         <is>
-          <t>A-</t>
-[...30 lines deleted...]
-        </is>
+          <t>14/15 | 30 2026-02-16 重新计</t>
+        </is>
+      </c>
+      <c r="L291" t="n">
+        <v>61.0632</v>
+      </c>
+      <c r="M291" t="n">
+        <v>0.4445</v>
+      </c>
+      <c r="N291" t="n">
+        <v>0.3233</v>
+      </c>
+      <c r="O291" t="n">
+        <v>7.51</v>
+      </c>
+      <c r="P291" t="n">
+        <v>11.41</v>
+      </c>
+      <c r="Q291" t="n">
+        <v>76.66</v>
       </c>
       <c r="R291" t="n">
-        <v>63.4933</v>
+        <v>91.43000000000001</v>
       </c>
       <c r="S291" t="n">
-        <v>1.0265</v>
-[...21 lines deleted...]
-      <c r="AB291" t="inlineStr"/>
+        <v>49.71</v>
+      </c>
+      <c r="T291" t="inlineStr"/>
+      <c r="U291" t="inlineStr"/>
+      <c r="V291" t="inlineStr"/>
     </row>
     <row r="292">
       <c r="A292" t="inlineStr">
         <is>
-          <t>111020</t>
+          <t>113677</t>
         </is>
       </c>
       <c r="B292" t="inlineStr">
         <is>
-          <t>合顺转债</t>
+          <t>华懋转债</t>
         </is>
       </c>
       <c r="C292" t="inlineStr">
         <is>
-          <t>144.160</t>
+          <t>603306</t>
         </is>
       </c>
       <c r="D292" t="inlineStr">
         <is>
-          <t>0.155</t>
-[...6 lines deleted...]
-        <v>101.6053</v>
+          <t>华懋科技</t>
+        </is>
+      </c>
+      <c r="E292" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F292" t="inlineStr">
+        <is>
+          <t>10.490</t>
+        </is>
       </c>
       <c r="G292" t="inlineStr">
         <is>
-          <t>605166</t>
+          <t>3.510</t>
         </is>
       </c>
       <c r="H292" t="inlineStr">
         <is>
-          <t>聚合顺</t>
-[...6 lines deleted...]
-        <v>-1.56</v>
+          <t>2029-09-14</t>
+        </is>
+      </c>
+      <c r="I292" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="J292" t="inlineStr">
+        <is>
+          <t>43.862</t>
+        </is>
       </c>
       <c r="K292" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...30 lines deleted...]
-        </is>
+          <t>6/15 | 30 2026-03-06 重新计</t>
+        </is>
+      </c>
+      <c r="L292" t="n">
+        <v>39.7164</v>
+      </c>
+      <c r="M292" t="n">
+        <v>4.0396</v>
+      </c>
+      <c r="N292" t="n">
+        <v>3.5113</v>
+      </c>
+      <c r="O292" t="n">
+        <v>2.77</v>
+      </c>
+      <c r="P292" t="n">
+        <v>2.42</v>
+      </c>
+      <c r="Q292" t="n">
+        <v>57.46</v>
       </c>
       <c r="R292" t="n">
-        <v>61.8402</v>
+        <v>51.67</v>
       </c>
       <c r="S292" t="n">
-        <v>1.4707</v>
-[...19 lines deleted...]
-      <c r="AB292" t="inlineStr"/>
+        <v>40.66</v>
+      </c>
+      <c r="T292" t="inlineStr"/>
+      <c r="U292" t="inlineStr"/>
+      <c r="V292" t="inlineStr"/>
     </row>
     <row r="293">
       <c r="A293" t="inlineStr">
         <is>
-          <t>128141</t>
+          <t>113673</t>
         </is>
       </c>
       <c r="B293" t="inlineStr">
         <is>
-          <t>旺能转债</t>
+          <t>岱美转债</t>
         </is>
       </c>
       <c r="C293" t="inlineStr">
         <is>
-          <t>137.199</t>
+          <t>603730</t>
         </is>
       </c>
       <c r="D293" t="inlineStr">
         <is>
-          <t>0.136</t>
-[...6 lines deleted...]
-        <v>122.3176</v>
+          <t>岱美股份</t>
+        </is>
+      </c>
+      <c r="E293" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F293" t="inlineStr">
+        <is>
+          <t>9.079</t>
+        </is>
       </c>
       <c r="G293" t="inlineStr">
         <is>
-          <t>002034</t>
+          <t>3.351</t>
         </is>
       </c>
       <c r="H293" t="inlineStr">
         <is>
-          <t>旺能环境</t>
-[...6 lines deleted...]
-        <v>0.77</v>
+          <t>2029-07-18</t>
+        </is>
+      </c>
+      <c r="I293" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="J293" t="inlineStr">
+        <is>
+          <t>9.581</t>
+        </is>
       </c>
       <c r="K293" t="inlineStr">
         <is>
-          <t>AA</t>
-[...30 lines deleted...]
-        </is>
+          <t>!</t>
+        </is>
+      </c>
+      <c r="L293" t="n">
+        <v>36.5843</v>
+      </c>
+      <c r="M293" t="n">
+        <v>3.0522</v>
+      </c>
+      <c r="N293" t="n">
+        <v>1.6971</v>
+      </c>
+      <c r="O293" t="n">
+        <v>8.02</v>
+      </c>
+      <c r="P293" t="n">
+        <v>6.54</v>
+      </c>
+      <c r="Q293" t="n">
+        <v>61.63</v>
       </c>
       <c r="R293" t="n">
-        <v>49.4313</v>
+        <v>42.27</v>
       </c>
       <c r="S293" t="n">
-        <v>1.1356</v>
-[...21 lines deleted...]
-      <c r="AB293" t="inlineStr"/>
+        <v>25.01</v>
+      </c>
+      <c r="T293" t="inlineStr"/>
+      <c r="U293" t="inlineStr"/>
+      <c r="V293" t="inlineStr"/>
     </row>
     <row r="294">
       <c r="A294" t="inlineStr">
         <is>
-          <t>123214</t>
+          <t>113048</t>
         </is>
       </c>
       <c r="B294" t="inlineStr">
         <is>
-          <t>东宝转债</t>
+          <t>晶科转债</t>
         </is>
       </c>
       <c r="C294" t="inlineStr">
         <is>
-          <t>137.461</t>
+          <t>601778</t>
         </is>
       </c>
       <c r="D294" t="inlineStr">
         <is>
-          <t>0.137</t>
-[...6 lines deleted...]
-        <v>96.5309</v>
+          <t>晶科科技</t>
+        </is>
+      </c>
+      <c r="E294" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F294" t="inlineStr">
+        <is>
+          <t>22.884</t>
+        </is>
       </c>
       <c r="G294" t="inlineStr">
         <is>
-          <t>300239</t>
+          <t>1.112</t>
         </is>
       </c>
       <c r="H294" t="inlineStr">
         <is>
-          <t>东宝生物</t>
-[...6 lines deleted...]
-        <v>-1.54</v>
+          <t>2027-04-23</t>
+        </is>
+      </c>
+      <c r="I294" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="J294" t="inlineStr">
+        <is>
+          <t>5.850</t>
+        </is>
       </c>
       <c r="K294" t="inlineStr">
         <is>
-          <t>A+</t>
-[...30 lines deleted...]
-        </is>
+          <t>2/15 | 30 2022-05-19 重新计</t>
+        </is>
+      </c>
+      <c r="L294" t="n">
+        <v>61.6617</v>
+      </c>
+      <c r="M294" t="n">
+        <v>1.9156</v>
+      </c>
+      <c r="N294" t="n">
+        <v>1.5002</v>
+      </c>
+      <c r="O294" t="n">
+        <v>3.24</v>
+      </c>
+      <c r="P294" t="n">
+        <v>3.83</v>
+      </c>
+      <c r="Q294" t="n">
+        <v>28.71</v>
       </c>
       <c r="R294" t="n">
-        <v>32.4961</v>
+        <v>21.29</v>
       </c>
       <c r="S294" t="n">
-        <v>4.9029</v>
-[...21 lines deleted...]
-      <c r="AB294" t="inlineStr"/>
+        <v>16.1</v>
+      </c>
+      <c r="T294" t="inlineStr"/>
+      <c r="U294" t="inlineStr"/>
+      <c r="V294" t="inlineStr"/>
     </row>
     <row r="295">
       <c r="A295" t="inlineStr">
         <is>
-          <t>127018</t>
+          <t>127096</t>
         </is>
       </c>
       <c r="B295" t="inlineStr">
         <is>
-          <t>本钢转债</t>
+          <t>泰坦转债</t>
         </is>
       </c>
       <c r="C295" t="inlineStr">
         <is>
-          <t>124.649</t>
+          <t>003036</t>
         </is>
       </c>
       <c r="D295" t="inlineStr">
         <is>
-          <t>0.145</t>
-[...6 lines deleted...]
-        <v>107.9027</v>
+          <t>泰坦股份</t>
+        </is>
+      </c>
+      <c r="E295" t="inlineStr">
+        <is>
+          <t>A</t>
+        </is>
+      </c>
+      <c r="F295" t="inlineStr">
+        <is>
+          <t>2.919</t>
+        </is>
       </c>
       <c r="G295" t="inlineStr">
         <is>
-          <t>000761</t>
+          <t>3.622</t>
         </is>
       </c>
       <c r="H295" t="inlineStr">
         <is>
-          <t>本钢板材</t>
-[...6 lines deleted...]
-        <v>0.85</v>
+          <t>2029-10-25</t>
+        </is>
+      </c>
+      <c r="I295" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J295" t="inlineStr">
+        <is>
+          <t>17.251</t>
+        </is>
       </c>
       <c r="K295" t="inlineStr">
         <is>
-          <t>AA+</t>
-[...30 lines deleted...]
-        </is>
+          <t>!</t>
+        </is>
+      </c>
+      <c r="L295" t="n">
+        <v>52.4634</v>
+      </c>
+      <c r="M295" t="n">
+        <v>1.8854</v>
+      </c>
+      <c r="N295" t="n">
+        <v>1.5284</v>
+      </c>
+      <c r="O295" t="n">
+        <v>0.89</v>
+      </c>
+      <c r="P295" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="Q295" t="n">
+        <v>54.58</v>
       </c>
       <c r="R295" t="n">
-        <v>78.0005</v>
+        <v>54.09</v>
       </c>
       <c r="S295" t="n">
-        <v>0.4015</v>
-[...21 lines deleted...]
-      <c r="AB295" t="inlineStr"/>
+        <v>45.45</v>
+      </c>
+      <c r="T295" t="inlineStr"/>
+      <c r="U295" t="inlineStr"/>
+      <c r="V295" t="inlineStr"/>
     </row>
     <row r="296">
       <c r="A296" t="inlineStr">
         <is>
-          <t>128124</t>
+          <t>123236</t>
         </is>
       </c>
       <c r="B296" t="inlineStr">
         <is>
-          <t>科华转债</t>
+          <t>家联转债</t>
         </is>
       </c>
       <c r="C296" t="inlineStr">
         <is>
-          <t>109.003</t>
+          <t>301193</t>
         </is>
       </c>
       <c r="D296" t="inlineStr">
         <is>
-          <t>0.132</t>
-[...6 lines deleted...]
-        <v>30.6202</v>
+          <t>家联科技</t>
+        </is>
+      </c>
+      <c r="E296" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F296" t="inlineStr">
+        <is>
+          <t>7.012</t>
+        </is>
       </c>
       <c r="G296" t="inlineStr">
         <is>
-          <t>002022</t>
+          <t>3.781</t>
         </is>
       </c>
       <c r="H296" t="inlineStr">
         <is>
-          <t>科华生物</t>
-[...6 lines deleted...]
-        <v>0.32</v>
+          <t>2029-12-22</t>
+        </is>
+      </c>
+      <c r="I296" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J296" t="inlineStr">
+        <is>
+          <t>19.929</t>
+        </is>
       </c>
       <c r="K296" t="inlineStr">
         <is>
-          <t>A+</t>
-[...30 lines deleted...]
-        </is>
+          <t>!</t>
+        </is>
+      </c>
+      <c r="L296" t="n">
+        <v>65.98690000000001</v>
+      </c>
+      <c r="M296" t="n">
+        <v>1.0121</v>
+      </c>
+      <c r="N296" t="n">
+        <v>0.5513</v>
+      </c>
+      <c r="O296" t="n">
+        <v>0.57</v>
+      </c>
+      <c r="P296" t="n">
+        <v>0.45</v>
+      </c>
+      <c r="Q296" t="n">
+        <v>59.94</v>
       </c>
       <c r="R296" t="n">
-        <v>27.5318</v>
+        <v>44.81</v>
       </c>
       <c r="S296" t="n">
-        <v>2.2077</v>
-[...21 lines deleted...]
-      <c r="AB296" t="inlineStr"/>
+        <v>33.87</v>
+      </c>
+      <c r="T296" t="inlineStr"/>
+      <c r="U296" t="inlineStr"/>
+      <c r="V296" t="inlineStr"/>
     </row>
     <row r="297">
       <c r="A297" t="inlineStr">
         <is>
-          <t>110084</t>
+          <t>111023</t>
         </is>
       </c>
       <c r="B297" t="inlineStr">
         <is>
-          <t>贵燃转债</t>
+          <t>利柏转债</t>
         </is>
       </c>
       <c r="C297" t="inlineStr">
         <is>
-          <t>130.444</t>
+          <t>605167</t>
         </is>
       </c>
       <c r="D297" t="inlineStr">
         <is>
-          <t>0.121</t>
-[...6 lines deleted...]
-        <v>97.04640000000001</v>
+          <t>利柏特</t>
+        </is>
+      </c>
+      <c r="E297" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F297" t="inlineStr">
+        <is>
+          <t>7.496</t>
+        </is>
       </c>
       <c r="G297" t="inlineStr">
         <is>
-          <t>600903</t>
+          <t>5.310</t>
         </is>
       </c>
       <c r="H297" t="inlineStr">
         <is>
-          <t>贵州燃气</t>
-[...6 lines deleted...]
-        <v>-1.57</v>
+          <t>2031-07-03</t>
+        </is>
+      </c>
+      <c r="I297" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="J297" t="inlineStr">
+        <is>
+          <t>15.782</t>
+        </is>
       </c>
       <c r="K297" t="inlineStr">
         <is>
-          <t>AA</t>
-[...30 lines deleted...]
-        </is>
+          <t>!</t>
+        </is>
+      </c>
+      <c r="L297" t="n">
+        <v>55.9073</v>
+      </c>
+      <c r="M297" t="n">
+        <v>1.8614</v>
+      </c>
+      <c r="N297" t="n">
+        <v>1.7495</v>
+      </c>
+      <c r="O297" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="P297" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="Q297" t="n">
+        <v>48.55</v>
       </c>
       <c r="R297" t="n">
-        <v>63.9327</v>
-[...24 lines deleted...]
-      <c r="AB297" t="inlineStr"/>
+        <v>45.26</v>
+      </c>
+      <c r="S297" t="inlineStr"/>
+      <c r="T297" t="inlineStr"/>
+      <c r="U297" t="inlineStr"/>
+      <c r="V297" t="inlineStr"/>
     </row>
     <row r="298">
       <c r="A298" t="inlineStr">
         <is>
-          <t>123252</t>
+          <t>113589</t>
         </is>
       </c>
       <c r="B298" t="inlineStr">
         <is>
-          <t>银邦转债</t>
+          <t>天创转债</t>
         </is>
       </c>
       <c r="C298" t="inlineStr">
         <is>
-          <t>162.500</t>
+          <t>603608</t>
         </is>
       </c>
       <c r="D298" t="inlineStr">
         <is>
-          <t>0.123</t>
-[...6 lines deleted...]
-        <v>142.8457</v>
+          <t>天创时尚</t>
+        </is>
+      </c>
+      <c r="E298" t="inlineStr">
+        <is>
+          <t>A-</t>
+        </is>
+      </c>
+      <c r="F298" t="inlineStr">
+        <is>
+          <t>0.664</t>
+        </is>
       </c>
       <c r="G298" t="inlineStr">
         <is>
-          <t>300337</t>
+          <t>0.282</t>
         </is>
       </c>
       <c r="H298" t="inlineStr">
         <is>
-          <t>银邦股份</t>
-[...6 lines deleted...]
-        <v>13.46</v>
+          <t>2026-06-24</t>
+        </is>
+      </c>
+      <c r="I298" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="J298" t="inlineStr">
+        <is>
+          <t>15.977</t>
+        </is>
       </c>
       <c r="K298" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/20 | 30</t>
+        </is>
+      </c>
+      <c r="L298" t="n">
+        <v>28.6034</v>
+      </c>
+      <c r="M298" t="n">
+        <v>3.4048</v>
+      </c>
+      <c r="N298" t="n">
+        <v>2.3868</v>
+      </c>
+      <c r="O298" t="n">
+        <v>-0.91</v>
+      </c>
+      <c r="P298" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="Q298" t="n">
+        <v>56.38</v>
       </c>
       <c r="R298" t="n">
-        <v>73.4388</v>
+        <v>71.95999999999999</v>
       </c>
       <c r="S298" t="n">
-        <v>2.5133</v>
-[...19 lines deleted...]
-      <c r="AB298" t="inlineStr"/>
+        <v>47.43</v>
+      </c>
+      <c r="T298" t="inlineStr"/>
+      <c r="U298" t="inlineStr"/>
+      <c r="V298" t="inlineStr"/>
     </row>
     <row r="299">
       <c r="A299" t="inlineStr">
         <is>
-          <t>111015</t>
+          <t>123121</t>
         </is>
       </c>
       <c r="B299" t="inlineStr">
         <is>
-          <t>东亚转债</t>
+          <t>帝尔转债</t>
         </is>
       </c>
       <c r="C299" t="inlineStr">
         <is>
-          <t>136.186</t>
+          <t>300776</t>
         </is>
       </c>
       <c r="D299" t="inlineStr">
         <is>
-          <t>0.115</t>
-[...6 lines deleted...]
-        <v>112.574</v>
+          <t>帝尔激光</t>
+        </is>
+      </c>
+      <c r="E299" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F299" t="inlineStr">
+        <is>
+          <t>8.292</t>
+        </is>
       </c>
       <c r="G299" t="inlineStr">
         <is>
-          <t>605177</t>
+          <t>1.397</t>
         </is>
       </c>
       <c r="H299" t="inlineStr">
         <is>
-          <t>东亚药业</t>
-[...6 lines deleted...]
-        <v>-0.52</v>
+          <t>2027-08-05</t>
+        </is>
+      </c>
+      <c r="I299" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J299" t="inlineStr">
+        <is>
+          <t>95.628</t>
+        </is>
       </c>
       <c r="K299" t="inlineStr">
         <is>
-          <t>A+</t>
-[...30 lines deleted...]
-        </is>
+          <t>1/15 | 30 2023-01-02 重新计</t>
+        </is>
+      </c>
+      <c r="L299" t="n">
+        <v>41.5724</v>
+      </c>
+      <c r="M299" t="n">
+        <v>3.1724</v>
+      </c>
+      <c r="N299" t="n">
+        <v>2.3213</v>
+      </c>
+      <c r="O299" t="n">
+        <v>5.28</v>
+      </c>
+      <c r="P299" t="n">
+        <v>4.61</v>
+      </c>
+      <c r="Q299" t="n">
+        <v>45.7</v>
       </c>
       <c r="R299" t="n">
-        <v>46.4624</v>
+        <v>28.89</v>
       </c>
       <c r="S299" t="n">
-        <v>1.6602</v>
-[...21 lines deleted...]
-      <c r="AB299" t="inlineStr"/>
+        <v>21.01</v>
+      </c>
+      <c r="T299" t="inlineStr"/>
+      <c r="U299" t="inlineStr"/>
+      <c r="V299" t="inlineStr"/>
     </row>
     <row r="300">
       <c r="A300" t="inlineStr">
         <is>
-          <t>118015</t>
+          <t>123258</t>
         </is>
       </c>
       <c r="B300" t="inlineStr">
         <is>
-          <t>芯海转债</t>
+          <t>胜蓝转02</t>
         </is>
       </c>
       <c r="C300" t="inlineStr">
         <is>
-          <t>134.867</t>
+          <t>300843</t>
         </is>
       </c>
       <c r="D300" t="inlineStr">
         <is>
-          <t>0.111</t>
-[...6 lines deleted...]
-        <v>73.9225</v>
+          <t>胜蓝股份</t>
+        </is>
+      </c>
+      <c r="E300" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F300" t="inlineStr">
+        <is>
+          <t>4.499</t>
+        </is>
       </c>
       <c r="G300" t="inlineStr">
         <is>
-          <t>688595</t>
+          <t>5.463</t>
         </is>
       </c>
       <c r="H300" t="inlineStr">
         <is>
-          <t>芯海科技</t>
-[...6 lines deleted...]
-        <v>-2.3</v>
+          <t>2031-08-28</t>
+        </is>
+      </c>
+      <c r="I300" t="inlineStr">
+        <is>
+          <t>113.00</t>
+        </is>
+      </c>
+      <c r="J300" t="inlineStr">
+        <is>
+          <t>70.798</t>
+        </is>
       </c>
       <c r="K300" t="inlineStr">
         <is>
-          <t>A+</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L300" t="n">
+        <v>46.1806</v>
+      </c>
+      <c r="M300" t="n">
+        <v>2.1207</v>
+      </c>
+      <c r="N300" t="n">
+        <v>1.8801</v>
+      </c>
+      <c r="O300" t="n">
+        <v>1.03</v>
+      </c>
+      <c r="P300" t="n">
+        <v>0.77</v>
+      </c>
+      <c r="Q300" t="n">
+        <v>37.67</v>
+      </c>
       <c r="R300" t="n">
-        <v>50.7595</v>
-[...24 lines deleted...]
-      <c r="AB300" t="inlineStr"/>
+        <v>24.82</v>
+      </c>
+      <c r="S300" t="inlineStr"/>
+      <c r="T300" t="inlineStr"/>
+      <c r="U300" t="inlineStr"/>
+      <c r="V300" t="inlineStr"/>
     </row>
     <row r="301">
       <c r="A301" t="inlineStr">
         <is>
-          <t>110074</t>
+          <t>113644</t>
         </is>
       </c>
       <c r="B301" t="inlineStr">
         <is>
-          <t>精达转债</t>
+          <t>艾迪转债</t>
         </is>
       </c>
       <c r="C301" t="inlineStr">
         <is>
-          <t>546.164</t>
+          <t>603638</t>
         </is>
       </c>
       <c r="D301" t="inlineStr">
         <is>
-          <t>0.103</t>
-[...6 lines deleted...]
-        <v>466.5663</v>
+          <t>艾迪精密</t>
+        </is>
+      </c>
+      <c r="E301" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F301" t="inlineStr">
+        <is>
+          <t>9.999</t>
+        </is>
       </c>
       <c r="G301" t="inlineStr">
         <is>
-          <t>600577</t>
+          <t>2.093</t>
         </is>
       </c>
       <c r="H301" t="inlineStr">
         <is>
-          <t>精达股份</t>
-[...6 lines deleted...]
-        <v>-1.02</v>
+          <t>2028-04-15</t>
+        </is>
+      </c>
+      <c r="I301" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J301" t="inlineStr">
+        <is>
+          <t>24.245</t>
+        </is>
       </c>
       <c r="K301" t="inlineStr">
         <is>
-          <t>AA</t>
-[...30 lines deleted...]
-        </is>
+          <t>8/15 | 30</t>
+        </is>
+      </c>
+      <c r="L301" t="n">
+        <v>44.262</v>
+      </c>
+      <c r="M301" t="n">
+        <v>1.9122</v>
+      </c>
+      <c r="N301" t="n">
+        <v>1.224</v>
+      </c>
+      <c r="O301" t="n">
+        <v>3.44</v>
+      </c>
+      <c r="P301" t="n">
+        <v>2.79</v>
+      </c>
+      <c r="Q301" t="n">
+        <v>30.4</v>
       </c>
       <c r="R301" t="n">
-        <v>55.8646</v>
+        <v>24.7</v>
       </c>
       <c r="S301" t="n">
-        <v>1.5325</v>
-[...21 lines deleted...]
-      <c r="AB301" t="inlineStr"/>
+        <v>17.68</v>
+      </c>
+      <c r="T301" t="inlineStr"/>
+      <c r="U301" t="inlineStr"/>
+      <c r="V301" t="inlineStr"/>
     </row>
     <row r="302">
       <c r="A302" t="inlineStr">
         <is>
-          <t>113670</t>
+          <t>113698</t>
         </is>
       </c>
       <c r="B302" t="inlineStr">
         <is>
-          <t>金23转债</t>
+          <t>凯众转债</t>
         </is>
       </c>
       <c r="C302" t="inlineStr">
         <is>
-          <t>127.226</t>
+          <t>603037</t>
         </is>
       </c>
       <c r="D302" t="inlineStr">
         <is>
-          <t>0.099</t>
-[...6 lines deleted...]
-        <v>55.4729</v>
+          <t>凯众股份</t>
+        </is>
+      </c>
+      <c r="E302" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F302" t="inlineStr">
+        <is>
+          <t>3.080</t>
+        </is>
       </c>
       <c r="G302" t="inlineStr">
         <is>
-          <t>603180</t>
+          <t>5.427</t>
         </is>
       </c>
       <c r="H302" t="inlineStr">
         <is>
-          <t>金牌家居</t>
-[...6 lines deleted...]
-        <v>0</v>
+          <t>2031-08-15</t>
+        </is>
+      </c>
+      <c r="I302" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="J302" t="inlineStr">
+        <is>
+          <t>16.562</t>
+        </is>
       </c>
       <c r="K302" t="inlineStr">
         <is>
-          <t>AA</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L302" t="n">
+        <v>40.3564</v>
+      </c>
+      <c r="M302" t="n">
+        <v>2.9903</v>
+      </c>
+      <c r="N302" t="n">
+        <v>2.7571</v>
+      </c>
+      <c r="O302" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="P302" t="n">
+        <v>0.92</v>
+      </c>
+      <c r="Q302" t="n">
+        <v>43.51</v>
+      </c>
       <c r="R302" t="n">
-        <v>53.4262</v>
-[...24 lines deleted...]
-      <c r="AB302" t="inlineStr"/>
+        <v>36.3</v>
+      </c>
+      <c r="S302" t="inlineStr"/>
+      <c r="T302" t="inlineStr"/>
+      <c r="U302" t="inlineStr"/>
+      <c r="V302" t="inlineStr"/>
     </row>
     <row r="303">
       <c r="A303" t="inlineStr">
         <is>
-          <t>123133</t>
+          <t>113691</t>
         </is>
       </c>
       <c r="B303" t="inlineStr">
         <is>
-          <t>佩蒂转债</t>
+          <t>和邦转债</t>
         </is>
       </c>
       <c r="C303" t="inlineStr">
         <is>
-          <t>145.329</t>
+          <t>603077</t>
         </is>
       </c>
       <c r="D303" t="inlineStr">
         <is>
-          <t>0.095</t>
-[...6 lines deleted...]
-        <v>109.1633</v>
+          <t>和邦生物</t>
+        </is>
+      </c>
+      <c r="E303" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F303" t="inlineStr">
+        <is>
+          <t>45.991</t>
+        </is>
       </c>
       <c r="G303" t="inlineStr">
         <is>
-          <t>300673</t>
+          <t>4.630</t>
         </is>
       </c>
       <c r="H303" t="inlineStr">
         <is>
-          <t>佩蒂股份</t>
-[...6 lines deleted...]
-        <v>-0.88</v>
+          <t>2030-10-28</t>
+        </is>
+      </c>
+      <c r="I303" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="J303" t="inlineStr">
+        <is>
+          <t>2.600</t>
+        </is>
       </c>
       <c r="K303" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...30 lines deleted...]
-        </is>
+          <t>!</t>
+        </is>
+      </c>
+      <c r="L303" t="n">
+        <v>35.9407</v>
+      </c>
+      <c r="M303" t="n">
+        <v>3.0658</v>
+      </c>
+      <c r="N303" t="n">
+        <v>2.1138</v>
+      </c>
+      <c r="O303" t="n">
+        <v>0.31</v>
+      </c>
+      <c r="P303" t="n">
+        <v>12.83</v>
+      </c>
+      <c r="Q303" t="n">
+        <v>64.06999999999999</v>
       </c>
       <c r="R303" t="n">
-        <v>32.6653</v>
-[...24 lines deleted...]
-      <c r="AB303" t="inlineStr"/>
+        <v>41.91</v>
+      </c>
+      <c r="S303" t="inlineStr"/>
+      <c r="T303" t="inlineStr"/>
+      <c r="U303" t="inlineStr"/>
+      <c r="V303" t="inlineStr"/>
     </row>
     <row r="304">
       <c r="A304" t="inlineStr">
         <is>
-          <t>127027</t>
+          <t>113667</t>
         </is>
       </c>
       <c r="B304" t="inlineStr">
         <is>
-          <t>能化转债</t>
+          <t>春23转债</t>
         </is>
       </c>
       <c r="C304" t="inlineStr">
         <is>
-          <t>116.580</t>
+          <t>603890</t>
         </is>
       </c>
       <c r="D304" t="inlineStr">
         <is>
-          <t>0.077</t>
-[...6 lines deleted...]
-        <v>81.9113</v>
+          <t>春秋电子</t>
+        </is>
+      </c>
+      <c r="E304" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F304" t="inlineStr">
+        <is>
+          <t>5.699</t>
+        </is>
       </c>
       <c r="G304" t="inlineStr">
         <is>
-          <t>000552</t>
+          <t>3.014</t>
         </is>
       </c>
       <c r="H304" t="inlineStr">
         <is>
-          <t>甘肃能化</t>
-[...6 lines deleted...]
-        <v>0</v>
+          <t>2029-03-17</t>
+        </is>
+      </c>
+      <c r="I304" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J304" t="inlineStr">
+        <is>
+          <t>13.195</t>
+        </is>
       </c>
       <c r="K304" t="inlineStr">
         <is>
-          <t>AAA</t>
-[...30 lines deleted...]
-        </is>
+          <t>!</t>
+        </is>
+      </c>
+      <c r="L304" t="n">
+        <v>49.7227</v>
+      </c>
+      <c r="M304" t="n">
+        <v>1.8916</v>
+      </c>
+      <c r="N304" t="n">
+        <v>1.4017</v>
+      </c>
+      <c r="O304" t="n">
+        <v>2.11</v>
+      </c>
+      <c r="P304" t="n">
+        <v>0.27</v>
+      </c>
+      <c r="Q304" t="n">
+        <v>45.38</v>
       </c>
       <c r="R304" t="n">
-        <v>50.856</v>
+        <v>44.23</v>
       </c>
       <c r="S304" t="n">
-        <v>1.3661</v>
-[...21 lines deleted...]
-      <c r="AB304" t="inlineStr"/>
+        <v>32.83</v>
+      </c>
+      <c r="T304" t="inlineStr"/>
+      <c r="U304" t="inlineStr"/>
+      <c r="V304" t="inlineStr"/>
     </row>
     <row r="305">
       <c r="A305" t="inlineStr">
         <is>
-          <t>123211</t>
+          <t>123239</t>
         </is>
       </c>
       <c r="B305" t="inlineStr">
         <is>
-          <t>阳谷转债</t>
+          <t>锋工转债</t>
         </is>
       </c>
       <c r="C305" t="inlineStr">
         <is>
-          <t>206.500</t>
+          <t>300488</t>
         </is>
       </c>
       <c r="D305" t="inlineStr">
         <is>
-          <t>0.068</t>
-[...6 lines deleted...]
-        <v>152.694</v>
+          <t>恒锋工具</t>
+        </is>
+      </c>
+      <c r="E305" t="inlineStr">
+        <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="F305" t="inlineStr">
+        <is>
+          <t>2.372</t>
+        </is>
       </c>
       <c r="G305" t="inlineStr">
         <is>
-          <t>300121</t>
+          <t>-</t>
         </is>
       </c>
       <c r="H305" t="inlineStr">
         <is>
-          <t>阳谷华泰</t>
-[...6 lines deleted...]
-        <v>1.43</v>
+          <t>2030-01-18</t>
+        </is>
+      </c>
+      <c r="I305" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J305" t="inlineStr">
+        <is>
+          <t>31.447</t>
+        </is>
       </c>
       <c r="K305" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...28 lines deleted...]
-        <is>
           <t>!</t>
         </is>
       </c>
+      <c r="L305" t="n">
+        <v>26.3861</v>
+      </c>
+      <c r="M305" t="n">
+        <v>7.5823</v>
+      </c>
+      <c r="N305" t="n">
+        <v>6.6601</v>
+      </c>
+      <c r="O305" t="n">
+        <v>1.29</v>
+      </c>
+      <c r="P305" t="n">
+        <v>1.35</v>
+      </c>
+      <c r="Q305" t="n">
+        <v>45.38</v>
+      </c>
       <c r="R305" t="n">
-        <v>21.4511</v>
+        <v>33.84</v>
       </c>
       <c r="S305" t="n">
-        <v>4.0554</v>
-[...21 lines deleted...]
-      <c r="AB305" t="inlineStr"/>
+        <v>40.5</v>
+      </c>
+      <c r="T305" t="inlineStr"/>
+      <c r="U305" t="inlineStr"/>
+      <c r="V305" t="inlineStr"/>
     </row>
     <row r="306">
       <c r="A306" t="inlineStr">
         <is>
-          <t>111009</t>
+          <t>113597</t>
         </is>
       </c>
       <c r="B306" t="inlineStr">
         <is>
-          <t>盛泰转债</t>
+          <t>佳力转债</t>
         </is>
       </c>
       <c r="C306" t="inlineStr">
         <is>
-          <t>126.367</t>
+          <t>603912</t>
         </is>
       </c>
       <c r="D306" t="inlineStr">
         <is>
-          <t>0.057</t>
-[...6 lines deleted...]
-        <v>70.0758</v>
+          <t>佳力图</t>
+        </is>
+      </c>
+      <c r="E306" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F306" t="inlineStr">
+        <is>
+          <t>2.973</t>
+        </is>
       </c>
       <c r="G306" t="inlineStr">
         <is>
-          <t>605138</t>
+          <t>0.381</t>
         </is>
       </c>
       <c r="H306" t="inlineStr">
         <is>
-          <t>盛泰集团</t>
-[...6 lines deleted...]
-        <v>-0.4</v>
+          <t>2026-07-30</t>
+        </is>
+      </c>
+      <c r="I306" t="inlineStr">
+        <is>
+          <t>118.00</t>
+        </is>
+      </c>
+      <c r="J306" t="inlineStr">
+        <is>
+          <t>11.284</t>
+        </is>
       </c>
       <c r="K306" t="inlineStr">
         <is>
-          <t>AA</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L306" t="n">
+        <v>49.1128</v>
+      </c>
+      <c r="M306" t="n">
+        <v>1.9651</v>
+      </c>
+      <c r="N306" t="n">
+        <v>1.5947</v>
+      </c>
+      <c r="O306" t="n">
+        <v>0.36</v>
+      </c>
+      <c r="P306" t="n">
+        <v>0.35</v>
+      </c>
+      <c r="Q306" t="n">
+        <v>30.38</v>
+      </c>
       <c r="R306" t="n">
-        <v>60.6069</v>
+        <v>20.28</v>
       </c>
       <c r="S306" t="n">
-        <v>0.8514</v>
-[...21 lines deleted...]
-      <c r="AB306" t="inlineStr"/>
+        <v>22.91</v>
+      </c>
+      <c r="T306" t="inlineStr"/>
+      <c r="U306" t="inlineStr"/>
+      <c r="V306" t="inlineStr"/>
     </row>
     <row r="307">
       <c r="A307" t="inlineStr">
         <is>
-          <t>127110</t>
+          <t>127108</t>
         </is>
       </c>
       <c r="B307" t="inlineStr">
         <is>
-          <t>广核转债</t>
+          <t>太能转债</t>
         </is>
       </c>
       <c r="C307" t="inlineStr">
         <is>
-          <t>144.120</t>
+          <t>000591</t>
         </is>
       </c>
       <c r="D307" t="inlineStr">
         <is>
-          <t>0.051</t>
-[...6 lines deleted...]
-        <v>105.7221</v>
+          <t>太阳能</t>
+        </is>
+      </c>
+      <c r="E307" t="inlineStr">
+        <is>
+          <t>AA+</t>
+        </is>
+      </c>
+      <c r="F307" t="inlineStr">
+        <is>
+          <t>29.499</t>
+        </is>
       </c>
       <c r="G307" t="inlineStr">
         <is>
-          <t>003816</t>
+          <t>5.044</t>
         </is>
       </c>
       <c r="H307" t="inlineStr">
         <is>
-          <t>中国广核</t>
-[...6 lines deleted...]
-        <v>-0.77</v>
+          <t>2031-03-28</t>
+        </is>
+      </c>
+      <c r="I307" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="J307" t="inlineStr">
+        <is>
+          <t>7.215</t>
+        </is>
       </c>
       <c r="K307" t="inlineStr">
         <is>
-          <t>AAA</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
+      <c r="L307" t="n">
+        <v>53.763</v>
+      </c>
+      <c r="M307" t="n">
+        <v>2.2421</v>
+      </c>
+      <c r="N307" t="n">
+        <v>2.2198</v>
+      </c>
+      <c r="O307" t="n">
+        <v>12.25</v>
+      </c>
+      <c r="P307" t="n">
+        <v>15.79</v>
+      </c>
+      <c r="Q307" t="n">
+        <v>26.56</v>
+      </c>
       <c r="R307" t="n">
-        <v>60.827</v>
-[...22 lines deleted...]
-      <c r="AB307" t="inlineStr"/>
+        <v>17.73</v>
+      </c>
+      <c r="S307" t="inlineStr"/>
+      <c r="T307" t="inlineStr"/>
+      <c r="U307" t="inlineStr"/>
+      <c r="V307" t="inlineStr"/>
     </row>
     <row r="308">
       <c r="A308" t="inlineStr">
         <is>
-          <t>113037</t>
+          <t>113615</t>
         </is>
       </c>
       <c r="B308" t="inlineStr">
         <is>
-          <t>紫银转债</t>
+          <t>金诚转债</t>
         </is>
       </c>
       <c r="C308" t="inlineStr">
         <is>
-          <t>110.015</t>
+          <t>603979</t>
         </is>
       </c>
       <c r="D308" t="inlineStr">
         <is>
-          <t>0.048</t>
-[...6 lines deleted...]
-        <v>75.8904</v>
+          <t>金诚信</t>
+        </is>
+      </c>
+      <c r="E308" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F308" t="inlineStr">
+        <is>
+          <t>4.958</t>
+        </is>
       </c>
       <c r="G308" t="inlineStr">
         <is>
-          <t>601860</t>
+          <t>0.781</t>
         </is>
       </c>
       <c r="H308" t="inlineStr">
         <is>
-          <t>紫金银行</t>
-[...41 lines deleted...]
-        </is>
+          <t>2026-12-23</t>
+        </is>
+      </c>
+      <c r="I308" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="J308" t="inlineStr">
+        <is>
+          <t>15.314</t>
+        </is>
+      </c>
+      <c r="K308" t="inlineStr"/>
+      <c r="L308" t="n">
+        <v>45.8924</v>
+      </c>
+      <c r="M308" t="n">
+        <v>1.7385</v>
+      </c>
+      <c r="N308" t="n">
+        <v>1.4688</v>
+      </c>
+      <c r="O308" t="n">
+        <v>15.84</v>
+      </c>
+      <c r="P308" t="n">
+        <v>10.31</v>
+      </c>
+      <c r="Q308" t="n">
+        <v>61.45</v>
       </c>
       <c r="R308" t="n">
-        <v>92.858</v>
-[...1 lines deleted...]
-      <c r="S308" t="inlineStr"/>
+        <v>44.06</v>
+      </c>
+      <c r="S308" t="n">
+        <v>43.7</v>
+      </c>
       <c r="T308" t="inlineStr"/>
-      <c r="U308" t="n">
-[...16 lines deleted...]
-      <c r="AB308" t="inlineStr"/>
+      <c r="U308" t="inlineStr"/>
+      <c r="V308" t="inlineStr"/>
     </row>
     <row r="309">
       <c r="A309" t="inlineStr">
         <is>
-          <t>123173</t>
+          <t>118061</t>
         </is>
       </c>
       <c r="B309" t="inlineStr">
         <is>
-          <t>恒锋转债</t>
+          <t>茂莱转债</t>
         </is>
       </c>
       <c r="C309" t="inlineStr">
         <is>
-          <t>150.302</t>
+          <t>688502</t>
         </is>
       </c>
       <c r="D309" t="inlineStr">
         <is>
-          <t>0.039</t>
-[...6 lines deleted...]
-        <v>123.8925</v>
+          <t>茂莱光学</t>
+        </is>
+      </c>
+      <c r="E309" t="inlineStr">
+        <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="F309" t="inlineStr">
+        <is>
+          <t>5.625</t>
+        </is>
       </c>
       <c r="G309" t="inlineStr">
         <is>
-          <t>300605</t>
+          <t>5.693</t>
         </is>
       </c>
       <c r="H309" t="inlineStr">
         <is>
-          <t>恒锋信息</t>
-[...6 lines deleted...]
-        <v>-0.06</v>
+          <t>2031-11-20</t>
+        </is>
+      </c>
+      <c r="I309" t="inlineStr">
+        <is>
+          <t>113.00</t>
+        </is>
+      </c>
+      <c r="J309" t="inlineStr">
+        <is>
+          <t>473.759</t>
+        </is>
       </c>
       <c r="K309" t="inlineStr">
         <is>
-          <t>A-</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="R309" t="n">
-[...25 lines deleted...]
-      <c r="AB309" t="inlineStr"/>
+      <c r="L309" t="n">
+        <v>23.2792</v>
+      </c>
+      <c r="M309" t="n">
+        <v>2.1533</v>
+      </c>
+      <c r="N309" t="n">
+        <v>1.3739</v>
+      </c>
+      <c r="O309" t="n">
+        <v>0.36</v>
+      </c>
+      <c r="P309" t="n">
+        <v>0.47</v>
+      </c>
+      <c r="Q309" t="n">
+        <v>49.07</v>
+      </c>
+      <c r="R309" t="inlineStr"/>
+      <c r="S309" t="inlineStr"/>
+      <c r="T309" t="inlineStr"/>
+      <c r="U309" t="inlineStr"/>
+      <c r="V309" t="inlineStr"/>
     </row>
     <row r="310">
       <c r="A310" t="inlineStr">
         <is>
-          <t>111003</t>
+          <t>123054</t>
         </is>
       </c>
       <c r="B310" t="inlineStr">
         <is>
-          <t>聚合转债</t>
+          <t>思特转债</t>
         </is>
       </c>
       <c r="C310" t="inlineStr">
         <is>
-          <t>139.802</t>
+          <t>300608</t>
         </is>
       </c>
       <c r="D310" t="inlineStr">
         <is>
-          <t>0.029</t>
-[...6 lines deleted...]
-        <v>94.63500000000001</v>
+          <t>思特奇</t>
+        </is>
+      </c>
+      <c r="E310" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F310" t="inlineStr">
+        <is>
+          <t>1.667</t>
+        </is>
       </c>
       <c r="G310" t="inlineStr">
         <is>
-          <t>605166</t>
+          <t>0.244</t>
         </is>
       </c>
       <c r="H310" t="inlineStr">
         <is>
-          <t>聚合顺</t>
-[...6 lines deleted...]
-        <v>-1.56</v>
+          <t>2026-06-10</t>
+        </is>
+      </c>
+      <c r="I310" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J310" t="inlineStr">
+        <is>
+          <t>12.844</t>
+        </is>
       </c>
       <c r="K310" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...30 lines deleted...]
-        </is>
+          <t>5/15 | 30 2025-11-25 重新计</t>
+        </is>
+      </c>
+      <c r="L310" t="n">
+        <v>40.5549</v>
+      </c>
+      <c r="M310" t="n">
+        <v>1.667</v>
+      </c>
+      <c r="N310" t="n">
+        <v>1.134</v>
+      </c>
+      <c r="O310" t="n">
+        <v>-0.51</v>
+      </c>
+      <c r="P310" t="n">
+        <v>0.22</v>
+      </c>
+      <c r="Q310" t="n">
+        <v>25.83</v>
       </c>
       <c r="R310" t="n">
-        <v>61.8402</v>
+        <v>22.46</v>
       </c>
       <c r="S310" t="n">
-        <v>1.4707</v>
-[...21 lines deleted...]
-      <c r="AB310" t="inlineStr"/>
+        <v>36.62</v>
+      </c>
+      <c r="T310" t="inlineStr"/>
+      <c r="U310" t="inlineStr"/>
+      <c r="V310" t="inlineStr"/>
     </row>
     <row r="311">
       <c r="A311" t="inlineStr">
         <is>
-          <t>113052</t>
+          <t>127082</t>
         </is>
       </c>
       <c r="B311" t="inlineStr">
         <is>
-          <t>兴业转债</t>
+          <t>亚科转债</t>
         </is>
       </c>
       <c r="C311" t="inlineStr">
         <is>
-          <t>124.031</t>
+          <t>002540</t>
         </is>
       </c>
       <c r="D311" t="inlineStr">
         <is>
-          <t>0.023</t>
-[...6 lines deleted...]
-        <v>90.2312</v>
+          <t>亚太科技</t>
+        </is>
+      </c>
+      <c r="E311" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F311" t="inlineStr">
+        <is>
+          <t>11.585</t>
+        </is>
       </c>
       <c r="G311" t="inlineStr">
         <is>
-          <t>601166</t>
+          <t>2.992</t>
         </is>
       </c>
       <c r="H311" t="inlineStr">
         <is>
-          <t>兴业银行</t>
-[...6 lines deleted...]
-        <v>-1.19</v>
+          <t>2029-03-09</t>
+        </is>
+      </c>
+      <c r="I311" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="J311" t="inlineStr">
+        <is>
+          <t>6.877</t>
+        </is>
       </c>
       <c r="K311" t="inlineStr">
         <is>
-          <t>AAA</t>
-[...30 lines deleted...]
-        </is>
+          <t>!</t>
+        </is>
+      </c>
+      <c r="L311" t="n">
+        <v>32.3785</v>
+      </c>
+      <c r="M311" t="n">
+        <v>3.8123</v>
+      </c>
+      <c r="N311" t="n">
+        <v>3.1789</v>
+      </c>
+      <c r="O311" t="n">
+        <v>4.63</v>
+      </c>
+      <c r="P311" t="n">
+        <v>5.65</v>
+      </c>
+      <c r="Q311" t="n">
+        <v>42.4</v>
       </c>
       <c r="R311" t="n">
-        <v>91.5446</v>
-[...1 lines deleted...]
-      <c r="S311" t="inlineStr"/>
+        <v>33.5</v>
+      </c>
+      <c r="S311" t="n">
+        <v>21.71</v>
+      </c>
       <c r="T311" t="inlineStr"/>
-      <c r="U311" t="n">
-[...16 lines deleted...]
-      <c r="AB311" t="inlineStr"/>
+      <c r="U311" t="inlineStr"/>
+      <c r="V311" t="inlineStr"/>
     </row>
     <row r="312">
       <c r="A312" t="inlineStr">
         <is>
-          <t>111017</t>
+          <t>123251</t>
         </is>
       </c>
       <c r="B312" t="inlineStr">
         <is>
-          <t>蓝天转债</t>
+          <t>华医转债</t>
         </is>
       </c>
       <c r="C312" t="inlineStr">
         <is>
-          <t>136.384</t>
+          <t>301235</t>
         </is>
       </c>
       <c r="D312" t="inlineStr">
         <is>
-          <t>0.005</t>
-[...6 lines deleted...]
-        <v>109.5238</v>
+          <t>华康洁净</t>
+        </is>
+      </c>
+      <c r="E312" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F312" t="inlineStr">
+        <is>
+          <t>7.012</t>
+        </is>
       </c>
       <c r="G312" t="inlineStr">
         <is>
-          <t>605368</t>
+          <t>4.784</t>
         </is>
       </c>
       <c r="H312" t="inlineStr">
         <is>
-          <t>蓝天燃气</t>
-[...6 lines deleted...]
-        <v>-0.23</v>
+          <t>2030-12-23</t>
+        </is>
+      </c>
+      <c r="I312" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J312" t="inlineStr">
+        <is>
+          <t>29.159</t>
+        </is>
       </c>
       <c r="K312" t="inlineStr">
         <is>
-          <t>AA</t>
-[...30 lines deleted...]
-        </is>
+          <t>!</t>
+        </is>
+      </c>
+      <c r="L312" t="n">
+        <v>54.0246</v>
+      </c>
+      <c r="M312" t="n">
+        <v>2.3962</v>
+      </c>
+      <c r="N312" t="n">
+        <v>1.9134</v>
+      </c>
+      <c r="O312" t="n">
+        <v>0.67</v>
+      </c>
+      <c r="P312" t="n">
+        <v>1.07</v>
+      </c>
+      <c r="Q312" t="n">
+        <v>53.62</v>
       </c>
       <c r="R312" t="n">
-        <v>43.3848</v>
-[...24 lines deleted...]
-      <c r="AB312" t="inlineStr"/>
+        <v>54.1</v>
+      </c>
+      <c r="S312" t="inlineStr"/>
+      <c r="T312" t="inlineStr"/>
+      <c r="U312" t="inlineStr"/>
+      <c r="V312" t="inlineStr"/>
     </row>
     <row r="313">
       <c r="A313" t="inlineStr">
         <is>
-          <t>113654</t>
+          <t>123241</t>
         </is>
       </c>
       <c r="B313" t="inlineStr">
         <is>
-          <t>永02转债</t>
+          <t>欧通转债</t>
         </is>
       </c>
       <c r="C313" t="inlineStr">
         <is>
-          <t>206.490</t>
+          <t>300870</t>
         </is>
       </c>
       <c r="D313" t="inlineStr">
         <is>
-          <t>0.013</t>
-[...6 lines deleted...]
-        <v>161.8163</v>
+          <t>欧陆通</t>
+        </is>
+      </c>
+      <c r="E313" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F313" t="inlineStr">
+        <is>
+          <t>2.605</t>
+        </is>
       </c>
       <c r="G313" t="inlineStr">
         <is>
-          <t>603901</t>
+          <t>4.315</t>
         </is>
       </c>
       <c r="H313" t="inlineStr">
         <is>
-          <t>永创智能</t>
-[...6 lines deleted...]
-        <v>0.97</v>
+          <t>2030-07-05</t>
+        </is>
+      </c>
+      <c r="I313" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="J313" t="inlineStr">
+        <is>
+          <t>56.459</t>
+        </is>
       </c>
       <c r="K313" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...28 lines deleted...]
-        <is>
           <t>!</t>
         </is>
       </c>
+      <c r="L313" t="n">
+        <v>52.1953</v>
+      </c>
+      <c r="M313" t="n">
+        <v>1.5619</v>
+      </c>
+      <c r="N313" t="n">
+        <v>1.3152</v>
+      </c>
+      <c r="O313" t="n">
+        <v>2.68</v>
+      </c>
+      <c r="P313" t="n">
+        <v>1.96</v>
+      </c>
+      <c r="Q313" t="n">
+        <v>62.46</v>
+      </c>
       <c r="R313" t="n">
-        <v>68.0348</v>
+        <v>55.28</v>
       </c>
       <c r="S313" t="n">
-        <v>1.4098</v>
-[...21 lines deleted...]
-      <c r="AB313" t="inlineStr"/>
+        <v>69.3</v>
+      </c>
+      <c r="T313" t="inlineStr"/>
+      <c r="U313" t="inlineStr"/>
+      <c r="V313" t="inlineStr"/>
     </row>
     <row r="314">
       <c r="A314" t="inlineStr">
         <is>
-          <t>123258</t>
+          <t>113051</t>
         </is>
       </c>
       <c r="B314" t="inlineStr">
         <is>
-          <t>胜蓝转02</t>
+          <t>节能转债</t>
         </is>
       </c>
       <c r="C314" t="inlineStr">
         <is>
-          <t>166.550</t>
+          <t>601016</t>
         </is>
       </c>
       <c r="D314" t="inlineStr">
         <is>
-          <t>0.000</t>
-[...6 lines deleted...]
-        <v>95.07899999999999</v>
+          <t>节能风电</t>
+        </is>
+      </c>
+      <c r="E314" t="inlineStr">
+        <is>
+          <t>AA+</t>
+        </is>
+      </c>
+      <c r="F314" t="inlineStr">
+        <is>
+          <t>29.835</t>
+        </is>
       </c>
       <c r="G314" t="inlineStr">
         <is>
-          <t>300843</t>
+          <t>1.274</t>
         </is>
       </c>
       <c r="H314" t="inlineStr">
         <is>
-          <t>胜蓝股份</t>
-[...6 lines deleted...]
-        <v>-0.52</v>
+          <t>2027-06-21</t>
+        </is>
+      </c>
+      <c r="I314" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="J314" t="inlineStr">
+        <is>
+          <t>4.329</t>
+        </is>
       </c>
       <c r="K314" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...30 lines deleted...]
-        </is>
+          <t>2/15 | 30 2023-01-18 重新计</t>
+        </is>
+      </c>
+      <c r="L314" t="n">
+        <v>58.6898</v>
+      </c>
+      <c r="M314" t="n">
+        <v>2.8394</v>
+      </c>
+      <c r="N314" t="n">
+        <v>2.8089</v>
+      </c>
+      <c r="O314" t="n">
+        <v>13.3</v>
+      </c>
+      <c r="P314" t="n">
+        <v>15.12</v>
+      </c>
+      <c r="Q314" t="n">
+        <v>20.71</v>
       </c>
       <c r="R314" t="n">
-        <v>46.1806</v>
+        <v>13.23</v>
       </c>
       <c r="S314" t="n">
-        <v>2.1207</v>
-[...19 lines deleted...]
-      <c r="AB314" t="inlineStr"/>
+        <v>12.13</v>
+      </c>
+      <c r="T314" t="inlineStr"/>
+      <c r="U314" t="inlineStr"/>
+      <c r="V314" t="inlineStr"/>
     </row>
     <row r="315">
       <c r="A315" t="inlineStr">
         <is>
-          <t>127017</t>
+          <t>127055</t>
         </is>
       </c>
       <c r="B315" t="inlineStr">
         <is>
-          <t>万青转债</t>
+          <t>精装转债</t>
         </is>
       </c>
       <c r="C315" t="inlineStr">
         <is>
-          <t>113.760</t>
+          <t>002989</t>
         </is>
       </c>
       <c r="D315" t="inlineStr">
         <is>
-          <t>-0.004</t>
-[...6 lines deleted...]
-        <v>64.83</v>
+          <t>中天精装</t>
+        </is>
+      </c>
+      <c r="E315" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F315" t="inlineStr">
+        <is>
+          <t>2.081</t>
+        </is>
       </c>
       <c r="G315" t="inlineStr">
         <is>
-          <t>000789</t>
+          <t>1.948</t>
         </is>
       </c>
       <c r="H315" t="inlineStr">
         <is>
-          <t>万年青</t>
-[...6 lines deleted...]
-        <v>0.18</v>
+          <t>2028-02-22</t>
+        </is>
+      </c>
+      <c r="I315" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J315" t="inlineStr">
+        <is>
+          <t>24.050</t>
+        </is>
       </c>
       <c r="K315" t="inlineStr">
         <is>
-          <t>AA+</t>
-[...30 lines deleted...]
-        </is>
+          <t>14/15 | 30 2026-02-23 重新计</t>
+        </is>
+      </c>
+      <c r="L315" t="n">
+        <v>33.35</v>
+      </c>
+      <c r="M315" t="n">
+        <v>2.5873</v>
+      </c>
+      <c r="N315" t="n">
+        <v>2.5735</v>
+      </c>
+      <c r="O315" t="n">
+        <v>-4.28</v>
+      </c>
+      <c r="P315" t="n">
+        <v>0.08</v>
+      </c>
+      <c r="Q315" t="n">
+        <v>47.33</v>
       </c>
       <c r="R315" t="n">
-        <v>37.0679</v>
+        <v>50.96</v>
       </c>
       <c r="S315" t="n">
-        <v>1.744</v>
-[...21 lines deleted...]
-      <c r="AB315" t="inlineStr"/>
+        <v>44.29</v>
+      </c>
+      <c r="T315" t="inlineStr"/>
+      <c r="U315" t="inlineStr"/>
+      <c r="V315" t="inlineStr"/>
     </row>
     <row r="316">
       <c r="A316" t="inlineStr">
         <is>
-          <t>127099</t>
+          <t>118039</t>
         </is>
       </c>
       <c r="B316" t="inlineStr">
         <is>
-          <t>盛航转债</t>
+          <t>煜邦转债</t>
         </is>
       </c>
       <c r="C316" t="inlineStr">
         <is>
-          <t>139.700</t>
+          <t>688597</t>
         </is>
       </c>
       <c r="D316" t="inlineStr">
         <is>
-          <t>0.000</t>
-[...6 lines deleted...]
-        <v>106.3953</v>
+          <t>煜邦电力</t>
+        </is>
+      </c>
+      <c r="E316" t="inlineStr">
+        <is>
+          <t>A</t>
+        </is>
+      </c>
+      <c r="F316" t="inlineStr">
+        <is>
+          <t>4.104</t>
+        </is>
       </c>
       <c r="G316" t="inlineStr">
         <is>
-          <t>001205</t>
+          <t>3.356</t>
         </is>
       </c>
       <c r="H316" t="inlineStr">
         <is>
-          <t>盛航股份</t>
-[...6 lines deleted...]
-        <v>0</v>
+          <t>2029-07-20</t>
+        </is>
+      </c>
+      <c r="I316" t="inlineStr">
+        <is>
+          <t>113.00</t>
+        </is>
+      </c>
+      <c r="J316" t="inlineStr">
+        <is>
+          <t>9.490</t>
+        </is>
       </c>
       <c r="K316" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...30 lines deleted...]
-        </is>
+          <t>!</t>
+        </is>
+      </c>
+      <c r="L316" t="n">
+        <v>54.5403</v>
+      </c>
+      <c r="M316" t="n">
+        <v>2.0884</v>
+      </c>
+      <c r="N316" t="n">
+        <v>1.8425</v>
+      </c>
+      <c r="O316" t="n">
+        <v>1.11</v>
+      </c>
+      <c r="P316" t="n">
+        <v>0.38</v>
+      </c>
+      <c r="Q316" t="n">
+        <v>45.79</v>
       </c>
       <c r="R316" t="n">
-        <v>50.0355</v>
+        <v>30.9</v>
       </c>
       <c r="S316" t="n">
-        <v>0.439</v>
-[...21 lines deleted...]
-      <c r="AB316" t="inlineStr"/>
+        <v>24.22</v>
+      </c>
+      <c r="T316" t="inlineStr"/>
+      <c r="U316" t="inlineStr"/>
+      <c r="V316" t="inlineStr"/>
     </row>
     <row r="317">
       <c r="A317" t="inlineStr">
         <is>
-          <t>128129</t>
+          <t>118048</t>
         </is>
       </c>
       <c r="B317" t="inlineStr">
         <is>
-          <t>青农转债</t>
+          <t>利扬转债</t>
         </is>
       </c>
       <c r="C317" t="inlineStr">
         <is>
-          <t>108.287</t>
+          <t>688135</t>
         </is>
       </c>
       <c r="D317" t="inlineStr">
         <is>
-          <t>-0.003</t>
-[...6 lines deleted...]
-        <v>78.5</v>
+          <t>利扬芯片</t>
+        </is>
+      </c>
+      <c r="E317" t="inlineStr">
+        <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="F317" t="inlineStr">
+        <is>
+          <t>3.751</t>
+        </is>
       </c>
       <c r="G317" t="inlineStr">
         <is>
-          <t>002958</t>
+          <t>4.307</t>
         </is>
       </c>
       <c r="H317" t="inlineStr">
         <is>
-          <t>青农商行</t>
-[...6 lines deleted...]
-        <v>0.64</v>
+          <t>2030-07-02</t>
+        </is>
+      </c>
+      <c r="I317" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J317" t="inlineStr">
+        <is>
+          <t>20.956</t>
+        </is>
       </c>
       <c r="K317" t="inlineStr">
         <is>
-          <t>AAA</t>
-[...30 lines deleted...]
-        </is>
+          <t>!</t>
+        </is>
+      </c>
+      <c r="L317" t="n">
+        <v>55.2464</v>
+      </c>
+      <c r="M317" t="n">
+        <v>1.2423</v>
+      </c>
+      <c r="N317" t="n">
+        <v>1.2088</v>
+      </c>
+      <c r="O317" t="n">
+        <v>-0.62</v>
+      </c>
+      <c r="P317" t="n">
+        <v>0.22</v>
+      </c>
+      <c r="Q317" t="n">
+        <v>65.87</v>
       </c>
       <c r="R317" t="n">
-        <v>90.7508</v>
-[...1 lines deleted...]
-      <c r="S317" t="inlineStr"/>
+        <v>51.66</v>
+      </c>
+      <c r="S317" t="n">
+        <v>48.58</v>
+      </c>
       <c r="T317" t="inlineStr"/>
-      <c r="U317" t="n">
-[...16 lines deleted...]
-      <c r="AB317" t="inlineStr"/>
+      <c r="U317" t="inlineStr"/>
+      <c r="V317" t="inlineStr"/>
     </row>
     <row r="318">
       <c r="A318" t="inlineStr">
         <is>
-          <t>111005</t>
+          <t>118049</t>
         </is>
       </c>
       <c r="B318" t="inlineStr">
         <is>
-          <t>富春转债</t>
+          <t>汇成转债</t>
         </is>
       </c>
       <c r="C318" t="inlineStr">
         <is>
-          <t>173.178</t>
+          <t>688403</t>
         </is>
       </c>
       <c r="D318" t="inlineStr">
         <is>
-          <t>-0.020</t>
-[...6 lines deleted...]
-        <v>132.8047</v>
+          <t>汇成股份</t>
+        </is>
+      </c>
+      <c r="E318" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F318" t="inlineStr">
+        <is>
+          <t>8.910</t>
+        </is>
       </c>
       <c r="G318" t="inlineStr">
         <is>
-          <t>605189</t>
+          <t>4.406</t>
         </is>
       </c>
       <c r="H318" t="inlineStr">
         <is>
-          <t>富春染织</t>
-[...6 lines deleted...]
-        <v>0.19</v>
+          <t>2030-08-07</t>
+        </is>
+      </c>
+      <c r="I318" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="J318" t="inlineStr">
+        <is>
+          <t>9.893</t>
+        </is>
       </c>
       <c r="K318" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...30 lines deleted...]
-        </is>
+          <t>14/15 | 30 2026-02-20 重新计</t>
+        </is>
+      </c>
+      <c r="L318" t="n">
+        <v>28.252</v>
+      </c>
+      <c r="M318" t="n">
+        <v>6.2859</v>
+      </c>
+      <c r="N318" t="n">
+        <v>4.9449</v>
+      </c>
+      <c r="O318" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="P318" t="n">
+        <v>1.96</v>
+      </c>
+      <c r="Q318" t="n">
+        <v>65.95999999999999</v>
       </c>
       <c r="R318" t="n">
-        <v>63.9492</v>
+        <v>59.56</v>
       </c>
       <c r="S318" t="n">
-        <v>1.1705</v>
-[...21 lines deleted...]
-      <c r="AB318" t="inlineStr"/>
+        <v>43.96</v>
+      </c>
+      <c r="T318" t="inlineStr"/>
+      <c r="U318" t="inlineStr"/>
+      <c r="V318" t="inlineStr"/>
     </row>
     <row r="319">
       <c r="A319" t="inlineStr">
         <is>
-          <t>123154</t>
+          <t>118063</t>
         </is>
       </c>
       <c r="B319" t="inlineStr">
         <is>
-          <t>火星转债</t>
+          <t>金05转债</t>
         </is>
       </c>
       <c r="C319" t="inlineStr">
         <is>
-          <t>129.930</t>
+          <t>688676</t>
         </is>
       </c>
       <c r="D319" t="inlineStr">
         <is>
-          <t>-0.023</t>
-[...6 lines deleted...]
-        <v>37.6627</v>
+          <t>金盘科技</t>
+        </is>
+      </c>
+      <c r="E319" t="inlineStr">
+        <is>
+          <t>AA+</t>
+        </is>
+      </c>
+      <c r="F319" t="inlineStr">
+        <is>
+          <t>16.710</t>
+        </is>
       </c>
       <c r="G319" t="inlineStr">
         <is>
-          <t>300894</t>
+          <t>5.786</t>
         </is>
       </c>
       <c r="H319" t="inlineStr">
         <is>
-          <t>火星人</t>
-[...6 lines deleted...]
-        <v>1.55</v>
+          <t>2031-12-24</t>
+        </is>
+      </c>
+      <c r="I319" t="inlineStr">
+        <is>
+          <t>108.00</t>
+        </is>
+      </c>
+      <c r="J319" t="inlineStr">
+        <is>
+          <t>116.064</t>
+        </is>
       </c>
       <c r="K319" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="R319" t="n">
-[...25 lines deleted...]
-      <c r="AB319" t="inlineStr"/>
+      <c r="L319" t="n">
+        <v>53.991</v>
+      </c>
+      <c r="M319" t="n">
+        <v>1.7493</v>
+      </c>
+      <c r="N319" t="n">
+        <v>1.143</v>
+      </c>
+      <c r="O319" t="n">
+        <v>5.74</v>
+      </c>
+      <c r="P319" t="n">
+        <v>5.05</v>
+      </c>
+      <c r="Q319" t="n">
+        <v>49.28</v>
+      </c>
+      <c r="R319" t="inlineStr"/>
+      <c r="S319" t="inlineStr"/>
+      <c r="T319" t="inlineStr"/>
+      <c r="U319" t="inlineStr"/>
+      <c r="V319" t="inlineStr"/>
     </row>
     <row r="320">
       <c r="A320" t="inlineStr">
         <is>
-          <t>113066</t>
+          <t>123209</t>
         </is>
       </c>
       <c r="B320" t="inlineStr">
         <is>
-          <t>平煤转债</t>
+          <t>聚隆转债</t>
         </is>
       </c>
       <c r="C320" t="inlineStr">
         <is>
-          <t>149.779</t>
+          <t>300644</t>
         </is>
       </c>
       <c r="D320" t="inlineStr">
         <is>
-          <t>-0.023</t>
-[...6 lines deleted...]
-        <v>109.7074</v>
+          <t>南京聚隆</t>
+        </is>
+      </c>
+      <c r="E320" t="inlineStr">
+        <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="F320" t="inlineStr">
+        <is>
+          <t>1.673</t>
+        </is>
       </c>
       <c r="G320" t="inlineStr">
         <is>
-          <t>601666</t>
+          <t>3.373</t>
         </is>
       </c>
       <c r="H320" t="inlineStr">
         <is>
-          <t>平煤股份</t>
-[...6 lines deleted...]
-        <v>-0.48</v>
+          <t>2029-07-26</t>
+        </is>
+      </c>
+      <c r="I320" t="inlineStr">
+        <is>
+          <t>113.00</t>
+        </is>
+      </c>
+      <c r="J320" t="inlineStr">
+        <is>
+          <t>23.101</t>
+        </is>
       </c>
       <c r="K320" t="inlineStr">
         <is>
-          <t>AAA</t>
-[...30 lines deleted...]
-        </is>
+          <t>!</t>
+        </is>
+      </c>
+      <c r="L320" t="n">
+        <v>58.5699</v>
+      </c>
+      <c r="M320" t="n">
+        <v>1.3712</v>
+      </c>
+      <c r="N320" t="n">
+        <v>0.955</v>
+      </c>
+      <c r="O320" t="n">
+        <v>0.84</v>
+      </c>
+      <c r="P320" t="n">
+        <v>0.73</v>
+      </c>
+      <c r="Q320" t="n">
+        <v>63.82</v>
       </c>
       <c r="R320" t="n">
-        <v>63.1707</v>
+        <v>45.15</v>
       </c>
       <c r="S320" t="n">
-        <v>0.5502</v>
-[...21 lines deleted...]
-      <c r="AB320" t="inlineStr"/>
+        <v>42.52</v>
+      </c>
+      <c r="T320" t="inlineStr"/>
+      <c r="U320" t="inlineStr"/>
+      <c r="V320" t="inlineStr"/>
     </row>
     <row r="321">
       <c r="A321" t="inlineStr">
         <is>
-          <t>123092</t>
+          <t>113678</t>
         </is>
       </c>
       <c r="B321" t="inlineStr">
         <is>
-          <t>天壕转债</t>
+          <t>中贝转债</t>
         </is>
       </c>
       <c r="C321" t="inlineStr">
         <is>
-          <t>138.939</t>
+          <t>603220</t>
         </is>
       </c>
       <c r="D321" t="inlineStr">
         <is>
-          <t>-0.019</t>
-[...6 lines deleted...]
-        <v>118.2731</v>
+          <t>中贝通信</t>
+        </is>
+      </c>
+      <c r="E321" t="inlineStr">
+        <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="F321" t="inlineStr">
+        <is>
+          <t>5.108</t>
+        </is>
       </c>
       <c r="G321" t="inlineStr">
         <is>
-          <t>300332</t>
+          <t>3.606</t>
         </is>
       </c>
       <c r="H321" t="inlineStr">
         <is>
-          <t>天壕能源</t>
-[...6 lines deleted...]
-        <v>-1.01</v>
+          <t>2029-10-19</t>
+        </is>
+      </c>
+      <c r="I321" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J321" t="inlineStr">
+        <is>
+          <t>26.702</t>
+        </is>
       </c>
       <c r="K321" t="inlineStr">
         <is>
-          <t>A+</t>
-[...30 lines deleted...]
-        </is>
+          <t>8/15 | 30</t>
+        </is>
+      </c>
+      <c r="L321" t="n">
+        <v>72.675</v>
+      </c>
+      <c r="M321" t="n">
+        <v>0.8981</v>
+      </c>
+      <c r="N321" t="n">
+        <v>0.7869</v>
+      </c>
+      <c r="O321" t="n">
+        <v>1.45</v>
+      </c>
+      <c r="P321" t="n">
+        <v>1.44</v>
+      </c>
+      <c r="Q321" t="n">
+        <v>34.56</v>
       </c>
       <c r="R321" t="n">
-        <v>43.2748</v>
+        <v>25.62</v>
       </c>
       <c r="S321" t="n">
-        <v>0.6706</v>
-[...21 lines deleted...]
-      <c r="AB321" t="inlineStr"/>
+        <v>28.09</v>
+      </c>
+      <c r="T321" t="inlineStr"/>
+      <c r="U321" t="inlineStr"/>
+      <c r="V321" t="inlineStr"/>
     </row>
     <row r="322">
       <c r="A322" t="inlineStr">
         <is>
-          <t>127031</t>
+          <t>123207</t>
         </is>
       </c>
       <c r="B322" t="inlineStr">
         <is>
-          <t>洋丰转债</t>
+          <t>冠中转债</t>
         </is>
       </c>
       <c r="C322" t="inlineStr">
         <is>
-          <t>139.751</t>
+          <t>300948</t>
         </is>
       </c>
       <c r="D322" t="inlineStr">
         <is>
-          <t>-0.035</t>
-[...6 lines deleted...]
-        <v>98.4786</v>
+          <t>冠中生态</t>
+        </is>
+      </c>
+      <c r="E322" t="inlineStr">
+        <is>
+          <t>A-</t>
+        </is>
+      </c>
+      <c r="F322" t="inlineStr">
+        <is>
+          <t>1.830</t>
+        </is>
       </c>
       <c r="G322" t="inlineStr">
         <is>
-          <t>000902</t>
+          <t>3.359</t>
         </is>
       </c>
       <c r="H322" t="inlineStr">
         <is>
-          <t>新洋丰</t>
-[...6 lines deleted...]
-        <v>0.3</v>
+          <t>2029-07-21</t>
+        </is>
+      </c>
+      <c r="I322" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J322" t="inlineStr">
+        <is>
+          <t>13.572</t>
+        </is>
       </c>
       <c r="K322" t="inlineStr">
         <is>
-          <t>AA</t>
-[...30 lines deleted...]
-        </is>
+          <t>!</t>
+        </is>
+      </c>
+      <c r="L322" t="n">
+        <v>49.5841</v>
+      </c>
+      <c r="M322" t="n">
+        <v>3.2561</v>
+      </c>
+      <c r="N322" t="n">
+        <v>3.235</v>
+      </c>
+      <c r="O322" t="n">
+        <v>-0.71</v>
+      </c>
+      <c r="P322" t="n">
+        <v>0.34</v>
+      </c>
+      <c r="Q322" t="n">
+        <v>51.44</v>
       </c>
       <c r="R322" t="n">
-        <v>38.8636</v>
+        <v>53.52</v>
       </c>
       <c r="S322" t="n">
-        <v>1.5525</v>
-[...21 lines deleted...]
-      <c r="AB322" t="inlineStr"/>
+        <v>44.35</v>
+      </c>
+      <c r="T322" t="inlineStr"/>
+      <c r="U322" t="inlineStr"/>
+      <c r="V322" t="inlineStr"/>
     </row>
     <row r="323">
       <c r="A323" t="inlineStr">
         <is>
-          <t>128142</t>
+          <t>118057</t>
         </is>
       </c>
       <c r="B323" t="inlineStr">
         <is>
-          <t>新乳转债</t>
+          <t>甬矽转债</t>
         </is>
       </c>
       <c r="C323" t="inlineStr">
         <is>
-          <t>139.528</t>
+          <t>688362</t>
         </is>
       </c>
       <c r="D323" t="inlineStr">
         <is>
-          <t>-0.051</t>
-[...6 lines deleted...]
-        <v>107.3266</v>
+          <t>甬矽电子</t>
+        </is>
+      </c>
+      <c r="E323" t="inlineStr">
+        <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="F323" t="inlineStr">
+        <is>
+          <t>11.648</t>
+        </is>
       </c>
       <c r="G323" t="inlineStr">
         <is>
-          <t>002946</t>
+          <t>5.290</t>
         </is>
       </c>
       <c r="H323" t="inlineStr">
         <is>
-          <t>新乳业</t>
-[...6 lines deleted...]
-        <v>-1.34</v>
+          <t>2031-06-26</t>
+        </is>
+      </c>
+      <c r="I323" t="inlineStr">
+        <is>
+          <t>113.00</t>
+        </is>
+      </c>
+      <c r="J323" t="inlineStr">
+        <is>
+          <t>36.868</t>
+        </is>
       </c>
       <c r="K323" t="inlineStr">
         <is>
-          <t>AA</t>
-[...30 lines deleted...]
-        </is>
+          <t>!</t>
+        </is>
+      </c>
+      <c r="L323" t="n">
+        <v>73.3853</v>
+      </c>
+      <c r="M323" t="n">
+        <v>0.9056999999999999</v>
+      </c>
+      <c r="N323" t="n">
+        <v>0.8091</v>
+      </c>
+      <c r="O323" t="n">
+        <v>0.66</v>
+      </c>
+      <c r="P323" t="n">
+        <v>-0.93</v>
+      </c>
+      <c r="Q323" t="n">
+        <v>56.52</v>
       </c>
       <c r="R323" t="n">
-        <v>59.9783</v>
-[...24 lines deleted...]
-      <c r="AB323" t="inlineStr"/>
+        <v>47.75</v>
+      </c>
+      <c r="S323" t="inlineStr"/>
+      <c r="T323" t="inlineStr"/>
+      <c r="U323" t="inlineStr"/>
+      <c r="V323" t="inlineStr"/>
     </row>
     <row r="324">
       <c r="A324" t="inlineStr">
         <is>
-          <t>118011</t>
+          <t>123059</t>
         </is>
       </c>
       <c r="B324" t="inlineStr">
         <is>
-          <t>银微转债</t>
+          <t>银信转债</t>
         </is>
       </c>
       <c r="C324" t="inlineStr">
         <is>
-          <t>141.803</t>
+          <t>300231</t>
         </is>
       </c>
       <c r="D324" t="inlineStr">
         <is>
-          <t>-0.058</t>
-[...6 lines deleted...]
-        <v>103.2588</v>
+          <t>银信科技</t>
+        </is>
+      </c>
+      <c r="E324" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F324" t="inlineStr">
+        <is>
+          <t>1.569</t>
+        </is>
       </c>
       <c r="G324" t="inlineStr">
         <is>
-          <t>688689</t>
+          <t>0.340</t>
         </is>
       </c>
       <c r="H324" t="inlineStr">
         <is>
-          <t>银河微电</t>
-[...5 lines deleted...]
-      <c r="J324" t="n">
+          <t>2026-07-15</t>
+        </is>
+      </c>
+      <c r="I324" t="inlineStr">
+        <is>
+          <t>118.00</t>
+        </is>
+      </c>
+      <c r="J324" t="inlineStr">
+        <is>
+          <t>11.895</t>
+        </is>
+      </c>
+      <c r="K324" t="inlineStr">
+        <is>
+          <t>0/15 | 30 2025-10-20 重新计</t>
+        </is>
+      </c>
+      <c r="L324" t="n">
+        <v>24.4013</v>
+      </c>
+      <c r="M324" t="n">
+        <v>3.5157</v>
+      </c>
+      <c r="N324" t="n">
+        <v>3.1814</v>
+      </c>
+      <c r="O324" t="n">
+        <v>-1.18</v>
+      </c>
+      <c r="P324" t="n">
         <v>1.06</v>
       </c>
-      <c r="K324" t="inlineStr">
-[...32 lines deleted...]
-        </is>
+      <c r="Q324" t="n">
+        <v>24.14</v>
       </c>
       <c r="R324" t="n">
-        <v>38.5293</v>
+        <v>21.2</v>
       </c>
       <c r="S324" t="n">
-        <v>4.3867</v>
-[...21 lines deleted...]
-      <c r="AB324" t="inlineStr"/>
+        <v>36.43</v>
+      </c>
+      <c r="T324" t="inlineStr"/>
+      <c r="U324" t="inlineStr"/>
+      <c r="V324" t="inlineStr"/>
     </row>
     <row r="325">
       <c r="A325" t="inlineStr">
         <is>
-          <t>111023</t>
+          <t>123261</t>
         </is>
       </c>
       <c r="B325" t="inlineStr">
         <is>
-          <t>利柏转债</t>
+          <t>普联转债</t>
         </is>
       </c>
       <c r="C325" t="inlineStr">
         <is>
-          <t>181.757</t>
+          <t>300996</t>
         </is>
       </c>
       <c r="D325" t="inlineStr">
         <is>
-          <t>-0.085</t>
-[...6 lines deleted...]
-        <v>143.7397</v>
+          <t>普联软件</t>
+        </is>
+      </c>
+      <c r="E325" t="inlineStr">
+        <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="F325" t="inlineStr">
+        <is>
+          <t>2.429</t>
+        </is>
       </c>
       <c r="G325" t="inlineStr">
         <is>
-          <t>605167</t>
+          <t>5.734</t>
         </is>
       </c>
       <c r="H325" t="inlineStr">
         <is>
-          <t>利柏特</t>
-[...6 lines deleted...]
-        <v>-2.57</v>
+          <t>2031-12-05</t>
+        </is>
+      </c>
+      <c r="I325" t="inlineStr">
+        <is>
+          <t>114.00</t>
+        </is>
+      </c>
+      <c r="J325" t="inlineStr">
+        <is>
+          <t>23.738</t>
+        </is>
       </c>
       <c r="K325" t="inlineStr">
         <is>
-          <t>AA</t>
-[...56 lines deleted...]
-      <c r="AB325" t="inlineStr"/>
+          <t>0/15 | 30</t>
+        </is>
+      </c>
+      <c r="L325" t="n">
+        <v>11.5708</v>
+      </c>
+      <c r="M325" t="n">
+        <v>7.427</v>
+      </c>
+      <c r="N325" t="n">
+        <v>5.733</v>
+      </c>
+      <c r="O325" t="n">
+        <v>1.21</v>
+      </c>
+      <c r="P325" t="n">
+        <v>0.62</v>
+      </c>
+      <c r="Q325" t="n">
+        <v>30.26</v>
+      </c>
+      <c r="R325" t="inlineStr"/>
+      <c r="S325" t="inlineStr"/>
+      <c r="T325" t="inlineStr"/>
+      <c r="U325" t="inlineStr"/>
+      <c r="V325" t="inlineStr"/>
     </row>
     <row r="326">
       <c r="A326" t="inlineStr">
         <is>
-          <t>118039</t>
+          <t>118000</t>
         </is>
       </c>
       <c r="B326" t="inlineStr">
         <is>
-          <t>煜邦转债</t>
+          <t>嘉元转债</t>
         </is>
       </c>
       <c r="C326" t="inlineStr">
         <is>
-          <t>149.513</t>
+          <t>688388</t>
         </is>
       </c>
       <c r="D326" t="inlineStr">
         <is>
-          <t>-0.101</t>
-[...6 lines deleted...]
-        <v>135.8904</v>
+          <t>嘉元科技</t>
+        </is>
+      </c>
+      <c r="E326" t="inlineStr">
+        <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="F326" t="inlineStr">
+        <is>
+          <t>2.941</t>
+        </is>
       </c>
       <c r="G326" t="inlineStr">
         <is>
-          <t>688597</t>
+          <t>-</t>
         </is>
       </c>
       <c r="H326" t="inlineStr">
         <is>
-          <t>煜邦电力</t>
-[...6 lines deleted...]
-        <v>1.64</v>
+          <t>2027-02-23</t>
+        </is>
+      </c>
+      <c r="I326" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J326" t="inlineStr">
+        <is>
+          <t>43.134</t>
+        </is>
       </c>
       <c r="K326" t="inlineStr">
         <is>
-          <t>A</t>
-[...30 lines deleted...]
-        </is>
+          <t>!</t>
+        </is>
+      </c>
+      <c r="L326" t="n">
+        <v>49.9828</v>
+      </c>
+      <c r="M326" t="n">
+        <v>2.0801</v>
+      </c>
+      <c r="N326" t="n">
+        <v>1.6531</v>
+      </c>
+      <c r="O326" t="n">
+        <v>-2.39</v>
+      </c>
+      <c r="P326" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="Q326" t="n">
+        <v>54.45</v>
       </c>
       <c r="R326" t="n">
-        <v>54.5403</v>
+        <v>36.59</v>
       </c>
       <c r="S326" t="n">
-        <v>2.0884</v>
-[...21 lines deleted...]
-      <c r="AB326" t="inlineStr"/>
+        <v>21.25</v>
+      </c>
+      <c r="T326" t="inlineStr"/>
+      <c r="U326" t="inlineStr"/>
+      <c r="V326" t="inlineStr"/>
     </row>
     <row r="327">
       <c r="A327" t="inlineStr">
         <is>
-          <t>127025</t>
+          <t>113651</t>
         </is>
       </c>
       <c r="B327" t="inlineStr">
         <is>
-          <t>冀东转债</t>
+          <t>松霖转债</t>
         </is>
       </c>
       <c r="C327" t="inlineStr">
         <is>
-          <t>106.980</t>
+          <t>603992</t>
         </is>
       </c>
       <c r="D327" t="inlineStr">
         <is>
-          <t>-0.111</t>
-[...6 lines deleted...]
-        <v>37.3559</v>
+          <t>松霖科技</t>
+        </is>
+      </c>
+      <c r="E327" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F327" t="inlineStr">
+        <is>
+          <t>0.821</t>
+        </is>
       </c>
       <c r="G327" t="inlineStr">
         <is>
-          <t>000401</t>
+          <t>-</t>
         </is>
       </c>
       <c r="H327" t="inlineStr">
         <is>
-          <t>金隅冀东</t>
-[...6 lines deleted...]
-        <v>0.83</v>
+          <t>2028-07-20</t>
+        </is>
+      </c>
+      <c r="I327" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="J327" t="inlineStr">
+        <is>
+          <t>19.890</t>
+        </is>
       </c>
       <c r="K327" t="inlineStr">
         <is>
-          <t>AAA</t>
-[...30 lines deleted...]
-        </is>
+          <t>!</t>
+        </is>
+      </c>
+      <c r="L327" t="n">
+        <v>25.5711</v>
+      </c>
+      <c r="M327" t="n">
+        <v>3.1821</v>
+      </c>
+      <c r="N327" t="n">
+        <v>2.682</v>
+      </c>
+      <c r="O327" t="n">
+        <v>4.46</v>
+      </c>
+      <c r="P327" t="n">
+        <v>3.52</v>
+      </c>
+      <c r="Q327" t="n">
+        <v>73.16</v>
       </c>
       <c r="R327" t="n">
-        <v>49.5901</v>
+        <v>59.34</v>
       </c>
       <c r="S327" t="n">
-        <v>0.8833</v>
-[...21 lines deleted...]
-      <c r="AB327" t="inlineStr"/>
+        <v>46.26</v>
+      </c>
+      <c r="T327" t="inlineStr"/>
+      <c r="U327" t="inlineStr"/>
+      <c r="V327" t="inlineStr"/>
     </row>
     <row r="328">
       <c r="A328" t="inlineStr">
         <is>
-          <t>123250</t>
+          <t>123263</t>
         </is>
       </c>
       <c r="B328" t="inlineStr">
         <is>
-          <t>嘉益转债</t>
+          <t>鼎捷转债</t>
         </is>
       </c>
       <c r="C328" t="inlineStr">
         <is>
-          <t>129.027</t>
+          <t>300378</t>
         </is>
       </c>
       <c r="D328" t="inlineStr">
         <is>
-          <t>-0.127</t>
-[...6 lines deleted...]
-        <v>64.13509999999999</v>
+          <t>鼎捷数智</t>
+        </is>
+      </c>
+      <c r="E328" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F328" t="inlineStr">
+        <is>
+          <t>8.277</t>
+        </is>
       </c>
       <c r="G328" t="inlineStr">
         <is>
-          <t>301004</t>
+          <t>5.762</t>
         </is>
       </c>
       <c r="H328" t="inlineStr">
         <is>
-          <t>嘉益股份</t>
-[...6 lines deleted...]
-        <v>0.59</v>
+          <t>2031-12-15</t>
+        </is>
+      </c>
+      <c r="I328" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="J328" t="inlineStr">
+        <is>
+          <t>56.602</t>
+        </is>
       </c>
       <c r="K328" t="inlineStr">
         <is>
-          <t>A+</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="R328" t="n">
-[...23 lines deleted...]
-      <c r="AB328" t="inlineStr"/>
+      <c r="L328" t="n">
+        <v>31.9865</v>
+      </c>
+      <c r="M328" t="n">
+        <v>1.6788</v>
+      </c>
+      <c r="N328" t="n">
+        <v>1.5735</v>
+      </c>
+      <c r="O328" t="n">
+        <v>1.56</v>
+      </c>
+      <c r="P328" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="Q328" t="n">
+        <v>66.31</v>
+      </c>
+      <c r="R328" t="inlineStr"/>
+      <c r="S328" t="inlineStr"/>
+      <c r="T328" t="inlineStr"/>
+      <c r="U328" t="inlineStr"/>
+      <c r="V328" t="inlineStr"/>
     </row>
     <row r="329">
       <c r="A329" t="inlineStr">
         <is>
-          <t>123246</t>
+          <t>118054</t>
         </is>
       </c>
       <c r="B329" t="inlineStr">
         <is>
-          <t>远信转债</t>
+          <t>安集转债</t>
         </is>
       </c>
       <c r="C329" t="inlineStr">
         <is>
-          <t>168.808</t>
+          <t>688019</t>
         </is>
       </c>
       <c r="D329" t="inlineStr">
         <is>
-          <t>-0.133</t>
-[...6 lines deleted...]
-        <v>156.8628</v>
+          <t>安集科技</t>
+        </is>
+      </c>
+      <c r="E329" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F329" t="inlineStr">
+        <is>
+          <t>5.995</t>
+        </is>
       </c>
       <c r="G329" t="inlineStr">
         <is>
-          <t>301053</t>
+          <t>-</t>
         </is>
       </c>
       <c r="H329" t="inlineStr">
         <is>
-          <t>远信工业</t>
-[...6 lines deleted...]
-        <v>-1.45</v>
+          <t>2031-04-07</t>
+        </is>
+      </c>
+      <c r="I329" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J329" t="inlineStr">
+        <is>
+          <t>167.310</t>
+        </is>
       </c>
       <c r="K329" t="inlineStr">
         <is>
-          <t>A</t>
-[...28 lines deleted...]
-        <is>
           <t>!</t>
         </is>
       </c>
+      <c r="L329" t="n">
+        <v>30.16</v>
+      </c>
+      <c r="M329" t="n">
+        <v>7.3139</v>
+      </c>
+      <c r="N329" t="n">
+        <v>5.2111</v>
+      </c>
+      <c r="O329" t="n">
+        <v>5.34</v>
+      </c>
+      <c r="P329" t="n">
+        <v>4.03</v>
+      </c>
+      <c r="Q329" t="n">
+        <v>87.7</v>
+      </c>
       <c r="R329" t="n">
-        <v>47.6019</v>
-[...22 lines deleted...]
-      <c r="AB329" t="inlineStr"/>
+        <v>62.71</v>
+      </c>
+      <c r="S329" t="inlineStr"/>
+      <c r="T329" t="inlineStr"/>
+      <c r="U329" t="inlineStr"/>
+      <c r="V329" t="inlineStr"/>
     </row>
     <row r="330">
       <c r="A330" t="inlineStr">
         <is>
-          <t>113615</t>
+          <t>118056</t>
         </is>
       </c>
       <c r="B330" t="inlineStr">
         <is>
-          <t>金诚转债</t>
+          <t>路维转债</t>
         </is>
       </c>
       <c r="C330" t="inlineStr">
         <is>
-          <t>825.020</t>
+          <t>688401</t>
         </is>
       </c>
       <c r="D330" t="inlineStr">
         <is>
-          <t>-0.149</t>
-[...6 lines deleted...]
-        <v>667.8268</v>
+          <t>路维光电</t>
+        </is>
+      </c>
+      <c r="E330" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F330" t="inlineStr">
+        <is>
+          <t>6.145</t>
+        </is>
       </c>
       <c r="G330" t="inlineStr">
         <is>
-          <t>603979</t>
+          <t>5.249</t>
         </is>
       </c>
       <c r="H330" t="inlineStr">
         <is>
-          <t>金诚信</t>
-[...6 lines deleted...]
-        <v>0.51</v>
+          <t>2031-06-11</t>
+        </is>
+      </c>
+      <c r="I330" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="J330" t="inlineStr">
+        <is>
+          <t>42.510</t>
+        </is>
       </c>
       <c r="K330" t="inlineStr">
         <is>
-          <t>AA</t>
-[...27 lines deleted...]
-      <c r="Q330" t="inlineStr"/>
+          <t>!</t>
+        </is>
+      </c>
+      <c r="L330" t="n">
+        <v>45.1202</v>
+      </c>
+      <c r="M330" t="n">
+        <v>2.3946</v>
+      </c>
+      <c r="N330" t="n">
+        <v>1.9495</v>
+      </c>
+      <c r="O330" t="n">
+        <v>1.91</v>
+      </c>
+      <c r="P330" t="n">
+        <v>1.49</v>
+      </c>
+      <c r="Q330" t="n">
+        <v>50.6</v>
+      </c>
       <c r="R330" t="n">
-        <v>45.8924</v>
-[...30 lines deleted...]
-      </c>
+        <v>43.7</v>
+      </c>
+      <c r="S330" t="inlineStr"/>
+      <c r="T330" t="inlineStr"/>
+      <c r="U330" t="inlineStr"/>
+      <c r="V330" t="inlineStr"/>
     </row>
     <row r="331">
       <c r="A331" t="inlineStr">
         <is>
-          <t>128097</t>
+          <t>123260</t>
         </is>
       </c>
       <c r="B331" t="inlineStr">
         <is>
-          <t>奥佳转债</t>
+          <t>卓镁转债</t>
         </is>
       </c>
       <c r="C331" t="inlineStr">
         <is>
-          <t>110.317</t>
+          <t>301398</t>
         </is>
       </c>
       <c r="D331" t="inlineStr">
         <is>
-          <t>-0.164</t>
-[...6 lines deleted...]
-        <v>82.8877</v>
+          <t>星源卓镁</t>
+        </is>
+      </c>
+      <c r="E331" t="inlineStr">
+        <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="F331" t="inlineStr">
+        <is>
+          <t>4.500</t>
+        </is>
       </c>
       <c r="G331" t="inlineStr">
         <is>
-          <t>002614</t>
+          <t>5.655</t>
         </is>
       </c>
       <c r="H331" t="inlineStr">
         <is>
-          <t>奥佳华</t>
-[...6 lines deleted...]
-        <v>-1.77</v>
+          <t>2031-11-06</t>
+        </is>
+      </c>
+      <c r="I331" t="inlineStr">
+        <is>
+          <t>114.00</t>
+        </is>
+      </c>
+      <c r="J331" t="inlineStr">
+        <is>
+          <t>67.990</t>
+        </is>
       </c>
       <c r="K331" t="inlineStr">
         <is>
-          <t>A+</t>
-[...58 lines deleted...]
-      <c r="AB331" t="inlineStr"/>
+          <t>0/15 | 30</t>
+        </is>
+      </c>
+      <c r="L331" t="n">
+        <v>13.659</v>
+      </c>
+      <c r="M331" t="n">
+        <v>4.6772</v>
+      </c>
+      <c r="N331" t="n">
+        <v>4.0174</v>
+      </c>
+      <c r="O331" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="P331" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="Q331" t="n">
+        <v>60.64</v>
+      </c>
+      <c r="R331" t="inlineStr"/>
+      <c r="S331" t="inlineStr"/>
+      <c r="T331" t="inlineStr"/>
+      <c r="U331" t="inlineStr"/>
+      <c r="V331" t="inlineStr"/>
     </row>
     <row r="332">
       <c r="A332" t="inlineStr">
         <is>
-          <t>127103</t>
+          <t>113700</t>
         </is>
       </c>
       <c r="B332" t="inlineStr">
         <is>
-          <t>东南转债</t>
+          <t>海天转债</t>
         </is>
       </c>
       <c r="C332" t="inlineStr">
         <is>
-          <t>131.408</t>
+          <t>603759</t>
         </is>
       </c>
       <c r="D332" t="inlineStr">
         <is>
-          <t>-0.163</t>
-[...6 lines deleted...]
-        <v>102.6786</v>
+          <t>海天股份</t>
+        </is>
+      </c>
+      <c r="E332" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F332" t="inlineStr">
+        <is>
+          <t>8.010</t>
+        </is>
       </c>
       <c r="G332" t="inlineStr">
         <is>
-          <t>002135</t>
+          <t>5.901</t>
         </is>
       </c>
       <c r="H332" t="inlineStr">
         <is>
-          <t>东南网架</t>
-[...6 lines deleted...]
-        <v>-0.6899999999999999</v>
+          <t>2032-02-04</t>
+        </is>
+      </c>
+      <c r="I332" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="J332" t="inlineStr">
+        <is>
+          <t>16.276</t>
+        </is>
       </c>
       <c r="K332" t="inlineStr">
         <is>
-          <t>AA</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="R332" t="n">
-[...25 lines deleted...]
-      <c r="AB332" t="inlineStr"/>
+      <c r="L332" t="n">
+        <v>65.3147</v>
+      </c>
+      <c r="M332" t="n">
+        <v>1.2423</v>
+      </c>
+      <c r="N332" t="n">
+        <v>1.1854</v>
+      </c>
+      <c r="O332" t="n">
+        <v>3.05</v>
+      </c>
+      <c r="P332" t="n">
+        <v>2.42</v>
+      </c>
+      <c r="Q332" t="inlineStr"/>
+      <c r="R332" t="inlineStr"/>
+      <c r="S332" t="inlineStr"/>
+      <c r="T332" t="inlineStr"/>
+      <c r="U332" t="inlineStr"/>
+      <c r="V332" t="inlineStr"/>
     </row>
     <row r="333">
       <c r="A333" t="inlineStr">
         <is>
-          <t>123129</t>
+          <t>127075</t>
         </is>
       </c>
       <c r="B333" t="inlineStr">
         <is>
-          <t>锦鸡转债</t>
+          <t>百川转2</t>
         </is>
       </c>
       <c r="C333" t="inlineStr">
         <is>
-          <t>144.190</t>
+          <t>002455</t>
         </is>
       </c>
       <c r="D333" t="inlineStr">
         <is>
-          <t>-0.161</t>
-[...6 lines deleted...]
-        <v>101.7677</v>
+          <t>百川股份</t>
+        </is>
+      </c>
+      <c r="E333" t="inlineStr">
+        <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="F333" t="inlineStr">
+        <is>
+          <t>7.406</t>
+        </is>
       </c>
       <c r="G333" t="inlineStr">
         <is>
-          <t>300798</t>
+          <t>-</t>
         </is>
       </c>
       <c r="H333" t="inlineStr">
         <is>
-          <t>锦鸡股份</t>
-[...6 lines deleted...]
-        <v>-2.3</v>
+          <t>2028-10-19</t>
+        </is>
+      </c>
+      <c r="I333" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J333" t="inlineStr">
+        <is>
+          <t>9.789</t>
+        </is>
       </c>
       <c r="K333" t="inlineStr">
         <is>
-          <t>A+</t>
-[...30 lines deleted...]
-        </is>
+          <t>!</t>
+        </is>
+      </c>
+      <c r="L333" t="n">
+        <v>82.5872</v>
+      </c>
+      <c r="M333" t="n">
+        <v>0.4454</v>
+      </c>
+      <c r="N333" t="n">
+        <v>0.2262</v>
+      </c>
+      <c r="O333" t="n">
+        <v>1.09</v>
+      </c>
+      <c r="P333" t="n">
+        <v>-4.66</v>
+      </c>
+      <c r="Q333" t="n">
+        <v>119.46</v>
       </c>
       <c r="R333" t="n">
-        <v>35.5653</v>
+        <v>69.91</v>
       </c>
       <c r="S333" t="n">
-        <v>1.615</v>
-[...21 lines deleted...]
-      <c r="AB333" t="inlineStr"/>
+        <v>39.48</v>
+      </c>
+      <c r="T333" t="inlineStr"/>
+      <c r="U333" t="inlineStr"/>
+      <c r="V333" t="inlineStr"/>
     </row>
     <row r="334">
       <c r="A334" t="inlineStr">
         <is>
-          <t>128136</t>
+          <t>127084</t>
         </is>
       </c>
       <c r="B334" t="inlineStr">
         <is>
-          <t>立讯转债</t>
+          <t>柳工转2</t>
         </is>
       </c>
       <c r="C334" t="inlineStr">
         <is>
-          <t>136.910</t>
+          <t>000528</t>
         </is>
       </c>
       <c r="D334" t="inlineStr">
         <is>
-          <t>-0.191</t>
-[...6 lines deleted...]
-        <v>98.8776</v>
+          <t>柳    工</t>
+        </is>
+      </c>
+      <c r="E334" t="inlineStr">
+        <is>
+          <t>AAA</t>
+        </is>
+      </c>
+      <c r="F334" t="inlineStr">
+        <is>
+          <t>24.810</t>
+        </is>
       </c>
       <c r="G334" t="inlineStr">
         <is>
-          <t>002475</t>
+          <t>3.041</t>
         </is>
       </c>
       <c r="H334" t="inlineStr">
         <is>
-          <t>立讯精密</t>
-[...6 lines deleted...]
-        <v>-1.61</v>
+          <t>2029-03-27</t>
+        </is>
+      </c>
+      <c r="I334" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="J334" t="inlineStr">
+        <is>
+          <t>9.490</t>
+        </is>
       </c>
       <c r="K334" t="inlineStr">
         <is>
-          <t>AA+</t>
-[...30 lines deleted...]
-        </is>
+          <t>!</t>
+        </is>
+      </c>
+      <c r="L334" t="n">
+        <v>61.0733</v>
+      </c>
+      <c r="M334" t="n">
+        <v>1.3889</v>
+      </c>
+      <c r="N334" t="n">
+        <v>1.0508</v>
+      </c>
+      <c r="O334" t="n">
+        <v>13.27</v>
+      </c>
+      <c r="P334" t="n">
+        <v>8.68</v>
+      </c>
+      <c r="Q334" t="n">
+        <v>49.34</v>
       </c>
       <c r="R334" t="n">
-        <v>67.0147</v>
+        <v>37.26</v>
       </c>
       <c r="S334" t="n">
-        <v>1.1503</v>
-[...21 lines deleted...]
-      <c r="AB334" t="inlineStr"/>
+        <v>34.45</v>
+      </c>
+      <c r="T334" t="inlineStr"/>
+      <c r="U334" t="inlineStr"/>
+      <c r="V334" t="inlineStr"/>
     </row>
     <row r="335">
       <c r="A335" t="inlineStr">
         <is>
-          <t>113667</t>
+          <t>118021</t>
         </is>
       </c>
       <c r="B335" t="inlineStr">
         <is>
-          <t>春23转债</t>
+          <t>新致转债</t>
         </is>
       </c>
       <c r="C335" t="inlineStr">
         <is>
-          <t>211.478</t>
+          <t>688590</t>
         </is>
       </c>
       <c r="D335" t="inlineStr">
         <is>
-          <t>-0.187</t>
-[...6 lines deleted...]
-        <v>161.3793</v>
+          <t>新致软件</t>
+        </is>
+      </c>
+      <c r="E335" t="inlineStr">
+        <is>
+          <t>A</t>
+        </is>
+      </c>
+      <c r="F335" t="inlineStr">
+        <is>
+          <t>1.396</t>
+        </is>
       </c>
       <c r="G335" t="inlineStr">
         <is>
-          <t>603890</t>
+          <t>-</t>
         </is>
       </c>
       <c r="H335" t="inlineStr">
         <is>
-          <t>春秋电子</t>
-[...6 lines deleted...]
-        <v>-1.15</v>
+          <t>2028-09-27</t>
+        </is>
+      </c>
+      <c r="I335" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="J335" t="inlineStr">
+        <is>
+          <t>13.689</t>
+        </is>
       </c>
       <c r="K335" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...28 lines deleted...]
-        <is>
           <t>!</t>
         </is>
       </c>
+      <c r="L335" t="n">
+        <v>53.132</v>
+      </c>
+      <c r="M335" t="n">
+        <v>1.8275</v>
+      </c>
+      <c r="N335" t="n">
+        <v>1.2949</v>
+      </c>
+      <c r="O335" t="n">
+        <v>0.08</v>
+      </c>
+      <c r="P335" t="n">
+        <v>0.6899999999999999</v>
+      </c>
+      <c r="Q335" t="n">
+        <v>77.61</v>
+      </c>
       <c r="R335" t="n">
-        <v>49.7227</v>
+        <v>66.55</v>
       </c>
       <c r="S335" t="n">
-        <v>1.8916</v>
-[...21 lines deleted...]
-      <c r="AB335" t="inlineStr"/>
+        <v>60.18</v>
+      </c>
+      <c r="T335" t="inlineStr"/>
+      <c r="U335" t="inlineStr"/>
+      <c r="V335" t="inlineStr"/>
     </row>
     <row r="336">
       <c r="A336" t="inlineStr">
         <is>
-          <t>110075</t>
+          <t>118030</t>
         </is>
       </c>
       <c r="B336" t="inlineStr">
         <is>
-          <t>南航转债</t>
+          <t>睿创转债</t>
         </is>
       </c>
       <c r="C336" t="inlineStr">
         <is>
-          <t>136.734</t>
+          <t>688002</t>
         </is>
       </c>
       <c r="D336" t="inlineStr">
         <is>
-          <t>-0.212</t>
-[...6 lines deleted...]
-        <v>124.4733</v>
+          <t>睿创微纳</t>
+        </is>
+      </c>
+      <c r="E336" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F336" t="inlineStr">
+        <is>
+          <t>14.660</t>
+        </is>
       </c>
       <c r="G336" t="inlineStr">
         <is>
-          <t>600029</t>
+          <t>2.803</t>
         </is>
       </c>
       <c r="H336" t="inlineStr">
         <is>
-          <t>南方航空</t>
-[...6 lines deleted...]
-        <v>-2.54</v>
+          <t>2028-12-30</t>
+        </is>
+      </c>
+      <c r="I336" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="J336" t="inlineStr">
+        <is>
+          <t>50.856</t>
+        </is>
       </c>
       <c r="K336" t="inlineStr">
         <is>
-          <t>AAA</t>
-[...30 lines deleted...]
-        </is>
+          <t>!</t>
+        </is>
+      </c>
+      <c r="L336" t="n">
+        <v>36.8954</v>
+      </c>
+      <c r="M336" t="n">
+        <v>2.8895</v>
+      </c>
+      <c r="N336" t="n">
+        <v>1.8035</v>
+      </c>
+      <c r="O336" t="n">
+        <v>5.69</v>
+      </c>
+      <c r="P336" t="n">
+        <v>4.96</v>
+      </c>
+      <c r="Q336" t="n">
+        <v>63.13</v>
       </c>
       <c r="R336" t="n">
-        <v>83.3865</v>
+        <v>47.59</v>
       </c>
       <c r="S336" t="n">
-        <v>0.2932</v>
-[...21 lines deleted...]
-      <c r="AB336" t="inlineStr"/>
+        <v>39.13</v>
+      </c>
+      <c r="T336" t="inlineStr"/>
+      <c r="U336" t="inlineStr"/>
+      <c r="V336" t="inlineStr"/>
     </row>
     <row r="337">
       <c r="A337" t="inlineStr">
         <is>
-          <t>113631</t>
+          <t>118034</t>
         </is>
       </c>
       <c r="B337" t="inlineStr">
         <is>
-          <t>皖天转债</t>
+          <t>晶能转债</t>
         </is>
       </c>
       <c r="C337" t="inlineStr">
         <is>
-          <t>140.752</t>
+          <t>688223</t>
         </is>
       </c>
       <c r="D337" t="inlineStr">
         <is>
-          <t>-0.241</t>
-[...6 lines deleted...]
-        <v>124.8164</v>
+          <t>晶科能源</t>
+        </is>
+      </c>
+      <c r="E337" t="inlineStr">
+        <is>
+          <t>AA+</t>
+        </is>
+      </c>
+      <c r="F337" t="inlineStr">
+        <is>
+          <t>83.368</t>
+        </is>
       </c>
       <c r="G337" t="inlineStr">
         <is>
-          <t>603689</t>
+          <t>3.107</t>
         </is>
       </c>
       <c r="H337" t="inlineStr">
         <is>
-          <t>皖天然气</t>
-[...6 lines deleted...]
-        <v>-0.23</v>
+          <t>2029-04-20</t>
+        </is>
+      </c>
+      <c r="I337" t="inlineStr">
+        <is>
+          <t>108.00</t>
+        </is>
+      </c>
+      <c r="J337" t="inlineStr">
+        <is>
+          <t>7.620120%</t>
+        </is>
       </c>
       <c r="K337" t="inlineStr">
         <is>
-          <t>AA+</t>
-[...30 lines deleted...]
-        </is>
+          <t>11/15 | 30</t>
+        </is>
+      </c>
+      <c r="L337" t="n">
+        <v>74.4834</v>
+      </c>
+      <c r="M337" t="n">
+        <v>1.3356</v>
+      </c>
+      <c r="N337" t="n">
+        <v>1.0438</v>
+      </c>
+      <c r="O337" t="n">
+        <v>0.99</v>
+      </c>
+      <c r="P337" t="n">
+        <v>74.40000000000001</v>
+      </c>
+      <c r="Q337" t="n">
+        <v>29.91</v>
       </c>
       <c r="R337" t="n">
-        <v>47.7105</v>
+        <v>19.68</v>
       </c>
       <c r="S337" t="n">
-        <v>0.6746</v>
-[...21 lines deleted...]
-      <c r="AB337" t="inlineStr"/>
+        <v>17.46</v>
+      </c>
+      <c r="T337" t="inlineStr"/>
+      <c r="U337" t="inlineStr"/>
+      <c r="V337" t="inlineStr"/>
     </row>
     <row r="338">
       <c r="A338" t="inlineStr">
         <is>
-          <t>127040</t>
+          <t>113575</t>
         </is>
       </c>
       <c r="B338" t="inlineStr">
         <is>
-          <t>国泰转债</t>
+          <t>东时转债</t>
         </is>
       </c>
       <c r="C338" t="inlineStr">
         <is>
-          <t>141.959</t>
+          <t>603377</t>
         </is>
       </c>
       <c r="D338" t="inlineStr">
         <is>
-          <t>-0.238</t>
-[...6 lines deleted...]
-        <v>123.6601</v>
+          <t>ST东时</t>
+        </is>
+      </c>
+      <c r="E338" t="inlineStr">
+        <is>
+          <t>CCC</t>
+        </is>
+      </c>
+      <c r="F338" t="inlineStr">
+        <is>
+          <t>0.969</t>
+        </is>
       </c>
       <c r="G338" t="inlineStr">
         <is>
-          <t>002091</t>
+          <t>0.074</t>
         </is>
       </c>
       <c r="H338" t="inlineStr">
         <is>
-          <t>江苏国泰</t>
-[...6 lines deleted...]
-        <v>0.21</v>
+          <t>2026-04-09</t>
+        </is>
+      </c>
+      <c r="I338" t="inlineStr">
+        <is>
+          <t>108.00</t>
+        </is>
+      </c>
+      <c r="J338" t="inlineStr">
+        <is>
+          <t>5.746</t>
+        </is>
       </c>
       <c r="K338" t="inlineStr">
         <is>
-          <t>AA+</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30 2021-02-05 重新计</t>
+        </is>
+      </c>
+      <c r="L338" t="n">
+        <v>73.52200000000001</v>
+      </c>
+      <c r="M338" t="n">
+        <v>0.2777</v>
+      </c>
+      <c r="N338" t="n">
+        <v>0.27</v>
+      </c>
+      <c r="O338" t="n">
+        <v>-9.029999999999999</v>
+      </c>
+      <c r="P338" t="n">
+        <v>-3.62</v>
+      </c>
+      <c r="Q338" t="n">
+        <v>84.51000000000001</v>
       </c>
       <c r="R338" t="n">
-        <v>49.5978</v>
+        <v>98.26000000000001</v>
       </c>
       <c r="S338" t="n">
-        <v>2.025</v>
-[...21 lines deleted...]
-      <c r="AB338" t="inlineStr"/>
+        <v>87.59</v>
+      </c>
+      <c r="T338" t="inlineStr"/>
+      <c r="U338" t="inlineStr"/>
+      <c r="V338" t="inlineStr"/>
     </row>
     <row r="339">
       <c r="A339" t="inlineStr">
         <is>
-          <t>113646</t>
+          <t>123245</t>
         </is>
       </c>
       <c r="B339" t="inlineStr">
         <is>
-          <t>永吉转债</t>
+          <t>集智转债</t>
         </is>
       </c>
       <c r="C339" t="inlineStr">
         <is>
-          <t>166.205</t>
+          <t>300553</t>
         </is>
       </c>
       <c r="D339" t="inlineStr">
         <is>
-          <t>-0.249</t>
-[...6 lines deleted...]
-        <v>145.9627</v>
+          <t>集智股份</t>
+        </is>
+      </c>
+      <c r="E339" t="inlineStr">
+        <is>
+          <t>A</t>
+        </is>
+      </c>
+      <c r="F339" t="inlineStr">
+        <is>
+          <t>1.538</t>
+        </is>
       </c>
       <c r="G339" t="inlineStr">
         <is>
-          <t>603058</t>
+          <t>4.425</t>
         </is>
       </c>
       <c r="H339" t="inlineStr">
         <is>
-          <t>永吉股份</t>
-[...6 lines deleted...]
-        <v>2.44</v>
+          <t>2030-08-14</t>
+        </is>
+      </c>
+      <c r="I339" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J339" t="inlineStr">
+        <is>
+          <t>23.543</t>
+        </is>
       </c>
       <c r="K339" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...30 lines deleted...]
-        </is>
+          <t>!</t>
+        </is>
+      </c>
+      <c r="L339" t="n">
+        <v>38.3078</v>
+      </c>
+      <c r="M339" t="n">
+        <v>2.5889</v>
+      </c>
+      <c r="N339" t="n">
+        <v>2.0031</v>
+      </c>
+      <c r="O339" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="P339" t="n">
+        <v>0.33</v>
+      </c>
+      <c r="Q339" t="n">
+        <v>51.99</v>
       </c>
       <c r="R339" t="n">
-        <v>29.4562</v>
+        <v>51.44</v>
       </c>
       <c r="S339" t="n">
-        <v>2.8197</v>
-[...21 lines deleted...]
-      <c r="AB339" t="inlineStr"/>
+        <v>54.46</v>
+      </c>
+      <c r="T339" t="inlineStr"/>
+      <c r="U339" t="inlineStr"/>
+      <c r="V339" t="inlineStr"/>
     </row>
     <row r="340">
       <c r="A340" t="inlineStr">
         <is>
-          <t>127053</t>
+          <t>113687</t>
         </is>
       </c>
       <c r="B340" t="inlineStr">
         <is>
-          <t>豪美转债</t>
+          <t>振华转债</t>
         </is>
       </c>
       <c r="C340" t="inlineStr">
         <is>
-          <t>244.365</t>
+          <t>603067</t>
         </is>
       </c>
       <c r="D340" t="inlineStr">
         <is>
-          <t>-0.259</t>
-[...6 lines deleted...]
-        <v>224.0279</v>
+          <t>振华股份</t>
+        </is>
+      </c>
+      <c r="E340" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F340" t="inlineStr">
+        <is>
+          <t>4.040</t>
+        </is>
       </c>
       <c r="G340" t="inlineStr">
         <is>
-          <t>002988</t>
+          <t>4.334</t>
         </is>
       </c>
       <c r="H340" t="inlineStr">
         <is>
-          <t>豪美新材</t>
-[...6 lines deleted...]
-        <v>1.77</v>
+          <t>2030-07-12</t>
+        </is>
+      </c>
+      <c r="I340" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="J340" t="inlineStr">
+        <is>
+          <t>10.660</t>
+        </is>
       </c>
       <c r="K340" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...30 lines deleted...]
-        </is>
+          <t>2/15 | 30 2026-03-12 重新计</t>
+        </is>
+      </c>
+      <c r="L340" t="n">
+        <v>35.7355</v>
+      </c>
+      <c r="M340" t="n">
+        <v>2.3283</v>
+      </c>
+      <c r="N340" t="n">
+        <v>1.4444</v>
+      </c>
+      <c r="O340" t="n">
+        <v>4.73</v>
+      </c>
+      <c r="P340" t="n">
+        <v>3.71</v>
+      </c>
+      <c r="Q340" t="n">
+        <v>73.16</v>
       </c>
       <c r="R340" t="n">
-        <v>59.4163</v>
+        <v>76.09</v>
       </c>
       <c r="S340" t="n">
-        <v>1.5144</v>
-[...21 lines deleted...]
-      <c r="AB340" t="inlineStr"/>
+        <v>54.38</v>
+      </c>
+      <c r="T340" t="inlineStr"/>
+      <c r="U340" t="inlineStr"/>
+      <c r="V340" t="inlineStr"/>
     </row>
     <row r="341">
       <c r="A341" t="inlineStr">
         <is>
-          <t>128134</t>
+          <t>118062</t>
         </is>
       </c>
       <c r="B341" t="inlineStr">
         <is>
-          <t>鸿路转债</t>
+          <t>天准转债</t>
         </is>
       </c>
       <c r="C341" t="inlineStr">
         <is>
-          <t>127.341</t>
+          <t>688003</t>
         </is>
       </c>
       <c r="D341" t="inlineStr">
         <is>
-          <t>-0.280</t>
-[...6 lines deleted...]
-        <v>67.0823</v>
+          <t>天准科技</t>
+        </is>
+      </c>
+      <c r="E341" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F341" t="inlineStr">
+        <is>
+          <t>8.720</t>
+        </is>
       </c>
       <c r="G341" t="inlineStr">
         <is>
-          <t>002541</t>
+          <t>5.751</t>
         </is>
       </c>
       <c r="H341" t="inlineStr">
         <is>
-          <t>鸿路钢构</t>
-[...6 lines deleted...]
-        <v>-2.18</v>
+          <t>2031-12-11</t>
+        </is>
+      </c>
+      <c r="I341" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="J341" t="inlineStr">
+        <is>
+          <t>66.876120%</t>
+        </is>
       </c>
       <c r="K341" t="inlineStr">
         <is>
-          <t>AA</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="R341" t="n">
-[...25 lines deleted...]
-      <c r="AB341" t="inlineStr"/>
+      <c r="L341" t="n">
+        <v>51.3821</v>
+      </c>
+      <c r="M341" t="n">
+        <v>1.4766</v>
+      </c>
+      <c r="N341" t="n">
+        <v>0.671</v>
+      </c>
+      <c r="O341" t="n">
+        <v>1.25</v>
+      </c>
+      <c r="P341" t="n">
+        <v>2.15</v>
+      </c>
+      <c r="Q341" t="n">
+        <v>64.26000000000001</v>
+      </c>
+      <c r="R341" t="inlineStr"/>
+      <c r="S341" t="inlineStr"/>
+      <c r="T341" t="inlineStr"/>
+      <c r="U341" t="inlineStr"/>
+      <c r="V341" t="inlineStr"/>
     </row>
     <row r="342">
       <c r="A342" t="inlineStr">
         <is>
-          <t>123076</t>
+          <t>113695</t>
         </is>
       </c>
       <c r="B342" t="inlineStr">
         <is>
-          <t>强力转债</t>
+          <t>华辰转债</t>
         </is>
       </c>
       <c r="C342" t="inlineStr">
         <is>
-          <t>139.310</t>
+          <t>603097</t>
         </is>
       </c>
       <c r="D342" t="inlineStr">
         <is>
-          <t>-0.390</t>
-[...6 lines deleted...]
-        <v>131.4173</v>
+          <t>江苏华辰</t>
+        </is>
+      </c>
+      <c r="E342" t="inlineStr">
+        <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="F342" t="inlineStr">
+        <is>
+          <t>4.597</t>
+        </is>
       </c>
       <c r="G342" t="inlineStr">
         <is>
-          <t>300429</t>
+          <t>5.274</t>
         </is>
       </c>
       <c r="H342" t="inlineStr">
         <is>
-          <t>强力新材</t>
-[...6 lines deleted...]
-        <v>0.6</v>
+          <t>2031-06-20</t>
+        </is>
+      </c>
+      <c r="I342" t="inlineStr">
+        <is>
+          <t>114.00</t>
+        </is>
+      </c>
+      <c r="J342" t="inlineStr">
+        <is>
+          <t>30.524</t>
+        </is>
       </c>
       <c r="K342" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...30 lines deleted...]
-        </is>
+          <t>!</t>
+        </is>
+      </c>
+      <c r="L342" t="n">
+        <v>63.0661</v>
+      </c>
+      <c r="M342" t="n">
+        <v>1.5221</v>
+      </c>
+      <c r="N342" t="n">
+        <v>1.0888</v>
+      </c>
+      <c r="O342" t="n">
+        <v>0.92</v>
+      </c>
+      <c r="P342" t="n">
+        <v>1.21</v>
+      </c>
+      <c r="Q342" t="n">
+        <v>55.4</v>
       </c>
       <c r="R342" t="n">
-        <v>45.7552</v>
-[...24 lines deleted...]
-      <c r="AB342" t="inlineStr"/>
+        <v>53.91</v>
+      </c>
+      <c r="S342" t="inlineStr"/>
+      <c r="T342" t="inlineStr"/>
+      <c r="U342" t="inlineStr"/>
+      <c r="V342" t="inlineStr"/>
     </row>
     <row r="343">
       <c r="A343" t="inlineStr">
         <is>
-          <t>123146</t>
+          <t>118006</t>
         </is>
       </c>
       <c r="B343" t="inlineStr">
         <is>
-          <t>中环转2</t>
+          <t>阿拉转债</t>
         </is>
       </c>
       <c r="C343" t="inlineStr">
         <is>
-          <t>160.396</t>
+          <t>688179</t>
         </is>
       </c>
       <c r="D343" t="inlineStr">
         <is>
-          <t>-0.437</t>
-[...6 lines deleted...]
-        <v>150.4013</v>
+          <t>阿拉丁</t>
+        </is>
+      </c>
+      <c r="E343" t="inlineStr">
+        <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="F343" t="inlineStr">
+        <is>
+          <t>3.868</t>
+        </is>
       </c>
       <c r="G343" t="inlineStr">
         <is>
-          <t>300692</t>
+          <t>2.008</t>
         </is>
       </c>
       <c r="H343" t="inlineStr">
         <is>
-          <t>中赋科技</t>
-[...6 lines deleted...]
-        <v>-0.53</v>
+          <t>2028-03-15</t>
+        </is>
+      </c>
+      <c r="I343" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J343" t="inlineStr">
+        <is>
+          <t>17.316</t>
+        </is>
       </c>
       <c r="K343" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...30 lines deleted...]
-        </is>
+          <t>13/15 | 30</t>
+        </is>
+      </c>
+      <c r="L343" t="n">
+        <v>51.0591</v>
+      </c>
+      <c r="M343" t="n">
+        <v>2.3212</v>
+      </c>
+      <c r="N343" t="n">
+        <v>1.531</v>
+      </c>
+      <c r="O343" t="n">
+        <v>0.99</v>
+      </c>
+      <c r="P343" t="n">
+        <v>0.86</v>
+      </c>
+      <c r="Q343" t="n">
+        <v>49.5</v>
       </c>
       <c r="R343" t="n">
-        <v>62.2521</v>
+        <v>32.39</v>
       </c>
       <c r="S343" t="n">
-        <v>1.6647</v>
-[...21 lines deleted...]
-      <c r="AB343" t="inlineStr"/>
+        <v>21.18</v>
+      </c>
+      <c r="T343" t="inlineStr"/>
+      <c r="U343" t="inlineStr"/>
+      <c r="V343" t="inlineStr"/>
     </row>
     <row r="344">
       <c r="A344" t="inlineStr">
         <is>
-          <t>123118</t>
+          <t>113676</t>
         </is>
       </c>
       <c r="B344" t="inlineStr">
         <is>
-          <t>惠城转债</t>
+          <t>荣23转债</t>
         </is>
       </c>
       <c r="C344" t="inlineStr">
         <is>
-          <t>1060.818</t>
+          <t>603165</t>
         </is>
       </c>
       <c r="D344" t="inlineStr">
         <is>
-          <t>-0.486</t>
-[...6 lines deleted...]
-        <v>965.8866</v>
+          <t>荣晟环保</t>
+        </is>
+      </c>
+      <c r="E344" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F344" t="inlineStr">
+        <is>
+          <t>1.364</t>
+        </is>
       </c>
       <c r="G344" t="inlineStr">
         <is>
-          <t>300779</t>
+          <t>-</t>
         </is>
       </c>
       <c r="H344" t="inlineStr">
         <is>
-          <t>惠城环保</t>
-[...6 lines deleted...]
-        <v>0.86</v>
+          <t>2029-08-18</t>
+        </is>
+      </c>
+      <c r="I344" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J344" t="inlineStr">
+        <is>
+          <t>13.182</t>
+        </is>
       </c>
       <c r="K344" t="inlineStr">
         <is>
-          <t>A+</t>
-[...30 lines deleted...]
-        </is>
+          <t>!</t>
+        </is>
+      </c>
+      <c r="L344" t="n">
+        <v>56.7389</v>
+      </c>
+      <c r="M344" t="n">
+        <v>1.7938</v>
+      </c>
+      <c r="N344" t="n">
+        <v>1.7493</v>
+      </c>
+      <c r="O344" t="n">
+        <v>2.86</v>
+      </c>
+      <c r="P344" t="n">
+        <v>2.71</v>
+      </c>
+      <c r="Q344" t="n">
+        <v>50.29</v>
       </c>
       <c r="R344" t="n">
-        <v>74.1063</v>
+        <v>30.6</v>
       </c>
       <c r="S344" t="n">
-        <v>0.8817</v>
-[...21 lines deleted...]
-      <c r="AB344" t="inlineStr"/>
+        <v>23.03</v>
+      </c>
+      <c r="T344" t="inlineStr"/>
+      <c r="U344" t="inlineStr"/>
+      <c r="V344" t="inlineStr"/>
     </row>
     <row r="345">
       <c r="A345" t="inlineStr">
         <is>
-          <t>127050</t>
+          <t>123265</t>
         </is>
       </c>
       <c r="B345" t="inlineStr">
         <is>
-          <t>麒麟转债</t>
+          <t>耐普转02</t>
         </is>
       </c>
       <c r="C345" t="inlineStr">
         <is>
-          <t>145.600</t>
+          <t>300818</t>
         </is>
       </c>
       <c r="D345" t="inlineStr">
         <is>
-          <t>-0.506</t>
-[...6 lines deleted...]
-        <v>109.5041</v>
+          <t>耐普矿机</t>
+        </is>
+      </c>
+      <c r="E345" t="inlineStr">
+        <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="F345" t="inlineStr">
+        <is>
+          <t>4.500</t>
+        </is>
       </c>
       <c r="G345" t="inlineStr">
         <is>
-          <t>002984</t>
+          <t>5.847</t>
         </is>
       </c>
       <c r="H345" t="inlineStr">
         <is>
-          <t>森麒麟</t>
-[...6 lines deleted...]
-        <v>-0.33</v>
+          <t>2032-01-15</t>
+        </is>
+      </c>
+      <c r="I345" t="inlineStr">
+        <is>
+          <t>114.00</t>
+        </is>
+      </c>
+      <c r="J345" t="inlineStr">
+        <is>
+          <t>49.972</t>
+        </is>
       </c>
       <c r="K345" t="inlineStr">
         <is>
-          <t>AA</t>
-[...58 lines deleted...]
-      <c r="AB345" t="inlineStr"/>
+          <t>0/15 | 30</t>
+        </is>
+      </c>
+      <c r="L345" t="n">
+        <v>41.1209</v>
+      </c>
+      <c r="M345" t="n">
+        <v>1.8333</v>
+      </c>
+      <c r="N345" t="n">
+        <v>1.413</v>
+      </c>
+      <c r="O345" t="n">
+        <v>1.16</v>
+      </c>
+      <c r="P345" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="Q345" t="inlineStr"/>
+      <c r="R345" t="inlineStr"/>
+      <c r="S345" t="inlineStr"/>
+      <c r="T345" t="inlineStr"/>
+      <c r="U345" t="inlineStr"/>
+      <c r="V345" t="inlineStr"/>
     </row>
     <row r="346">
       <c r="A346" t="inlineStr">
         <is>
-          <t>118016</t>
+          <t>118045</t>
         </is>
       </c>
       <c r="B346" t="inlineStr">
         <is>
-          <t>京源转债</t>
+          <t>盟升转债</t>
         </is>
       </c>
       <c r="C346" t="inlineStr">
         <is>
-          <t>149.189</t>
+          <t>688311</t>
         </is>
       </c>
       <c r="D346" t="inlineStr">
         <is>
-          <t>-0.506</t>
-[...6 lines deleted...]
-        <v>134.877</v>
+          <t>盟升电子</t>
+        </is>
+      </c>
+      <c r="E346" t="inlineStr">
+        <is>
+          <t>A</t>
+        </is>
+      </c>
+      <c r="F346" t="inlineStr">
+        <is>
+          <t>0.900</t>
+        </is>
       </c>
       <c r="G346" t="inlineStr">
         <is>
-          <t>688096</t>
+          <t>-</t>
         </is>
       </c>
       <c r="H346" t="inlineStr">
         <is>
-          <t>京源环保</t>
-[...6 lines deleted...]
-        <v>-0.32</v>
+          <t>2029-09-12</t>
+        </is>
+      </c>
+      <c r="I346" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="J346" t="inlineStr">
+        <is>
+          <t>27.222</t>
+        </is>
       </c>
       <c r="K346" t="inlineStr">
         <is>
-          <t>A</t>
-[...30 lines deleted...]
-        </is>
+          <t>!</t>
+        </is>
+      </c>
+      <c r="L346" t="n">
+        <v>29.9915</v>
+      </c>
+      <c r="M346" t="n">
+        <v>2.7384</v>
+      </c>
+      <c r="N346" t="n">
+        <v>1.9013</v>
+      </c>
+      <c r="O346" t="n">
+        <v>-2.72</v>
+      </c>
+      <c r="P346" t="n">
+        <v>-0.5600000000000001</v>
+      </c>
+      <c r="Q346" t="n">
+        <v>83.13</v>
       </c>
       <c r="R346" t="n">
-        <v>52.0708</v>
+        <v>71</v>
       </c>
       <c r="S346" t="n">
-        <v>1.5865</v>
-[...21 lines deleted...]
-      <c r="AB346" t="inlineStr"/>
+        <v>60.28</v>
+      </c>
+      <c r="T346" t="inlineStr"/>
+      <c r="U346" t="inlineStr"/>
+      <c r="V346" t="inlineStr"/>
     </row>
     <row r="347">
       <c r="A347" t="inlineStr">
         <is>
-          <t>123091</t>
+          <t>118058</t>
         </is>
       </c>
       <c r="B347" t="inlineStr">
         <is>
-          <t>长海转债</t>
+          <t>微导转债</t>
         </is>
       </c>
       <c r="C347" t="inlineStr">
         <is>
-          <t>139.245</t>
+          <t>688147</t>
         </is>
       </c>
       <c r="D347" t="inlineStr">
         <is>
-          <t>-0.532</t>
-[...6 lines deleted...]
-        <v>107.7575</v>
+          <t>微导纳米</t>
+        </is>
+      </c>
+      <c r="E347" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F347" t="inlineStr">
+        <is>
+          <t>11.700</t>
+        </is>
       </c>
       <c r="G347" t="inlineStr">
         <is>
-          <t>300196</t>
+          <t>5.403</t>
         </is>
       </c>
       <c r="H347" t="inlineStr">
         <is>
-          <t>长海股份</t>
-[...6 lines deleted...]
-        <v>-2.71</v>
+          <t>2031-08-06</t>
+        </is>
+      </c>
+      <c r="I347" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="J347" t="inlineStr">
+        <is>
+          <t>43.641</t>
+        </is>
       </c>
       <c r="K347" t="inlineStr">
         <is>
-          <t>AA</t>
-[...30 lines deleted...]
-        </is>
+          <t>!</t>
+        </is>
+      </c>
+      <c r="L347" t="n">
+        <v>69.9969</v>
+      </c>
+      <c r="M347" t="n">
+        <v>1.8781</v>
+      </c>
+      <c r="N347" t="n">
+        <v>1.0885</v>
+      </c>
+      <c r="O347" t="n">
+        <v>2.27</v>
+      </c>
+      <c r="P347" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="Q347" t="n">
+        <v>83.36</v>
       </c>
       <c r="R347" t="n">
-        <v>36.3983</v>
-[...24 lines deleted...]
-      <c r="AB347" t="inlineStr"/>
+        <v>63.9</v>
+      </c>
+      <c r="S347" t="inlineStr"/>
+      <c r="T347" t="inlineStr"/>
+      <c r="U347" t="inlineStr"/>
+      <c r="V347" t="inlineStr"/>
     </row>
     <row r="348">
       <c r="A348" t="inlineStr">
         <is>
-          <t>123065</t>
+          <t>118060</t>
         </is>
       </c>
       <c r="B348" t="inlineStr">
         <is>
-          <t>宝莱转债</t>
+          <t>瑞可转债</t>
         </is>
       </c>
       <c r="C348" t="inlineStr">
         <is>
-          <t>135.601</t>
+          <t>688800</t>
         </is>
       </c>
       <c r="D348" t="inlineStr">
         <is>
-          <t>-0.540</t>
-[...6 lines deleted...]
-        <v>60.2003</v>
+          <t>瑞可达</t>
+        </is>
+      </c>
+      <c r="E348" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F348" t="inlineStr">
+        <is>
+          <t>10.000</t>
+        </is>
       </c>
       <c r="G348" t="inlineStr">
         <is>
-          <t>300246</t>
+          <t>5.674</t>
         </is>
       </c>
       <c r="H348" t="inlineStr">
         <is>
-          <t>宝莱特</t>
-[...6 lines deleted...]
-        <v>-1.43</v>
+          <t>2031-11-13</t>
+        </is>
+      </c>
+      <c r="I348" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="J348" t="inlineStr">
+        <is>
+          <t>96.005</t>
+        </is>
       </c>
       <c r="K348" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...28 lines deleted...]
-        <is>
           <t>0/15 | 30</t>
         </is>
       </c>
-      <c r="R348" t="n">
-[...25 lines deleted...]
-      <c r="AB348" t="inlineStr"/>
+      <c r="L348" t="n">
+        <v>50.4331</v>
+      </c>
+      <c r="M348" t="n">
+        <v>1.7419</v>
+      </c>
+      <c r="N348" t="n">
+        <v>1.4481</v>
+      </c>
+      <c r="O348" t="n">
+        <v>1.75</v>
+      </c>
+      <c r="P348" t="n">
+        <v>1.37</v>
+      </c>
+      <c r="Q348" t="n">
+        <v>64.14</v>
+      </c>
+      <c r="R348" t="inlineStr"/>
+      <c r="S348" t="inlineStr"/>
+      <c r="T348" t="inlineStr"/>
+      <c r="U348" t="inlineStr"/>
+      <c r="V348" t="inlineStr"/>
     </row>
     <row r="349">
       <c r="A349" t="inlineStr">
         <is>
-          <t>118060</t>
+          <t>123235</t>
         </is>
       </c>
       <c r="B349" t="inlineStr">
         <is>
-          <t>瑞可转债</t>
+          <t>亿田转债</t>
         </is>
       </c>
       <c r="C349" t="inlineStr">
         <is>
-          <t>213.892</t>
+          <t>300911</t>
         </is>
       </c>
       <c r="D349" t="inlineStr">
         <is>
-          <t>-0.572</t>
-[...6 lines deleted...]
-        <v>122.1666</v>
+          <t>亿田智能</t>
+        </is>
+      </c>
+      <c r="E349" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F349" t="inlineStr">
+        <is>
+          <t>4.354</t>
+        </is>
       </c>
       <c r="G349" t="inlineStr">
         <is>
-          <t>688800</t>
+          <t>3.778</t>
         </is>
       </c>
       <c r="H349" t="inlineStr">
         <is>
-          <t>瑞可达</t>
-[...6 lines deleted...]
-        <v>-3.92</v>
+          <t>2029-12-21</t>
+        </is>
+      </c>
+      <c r="I349" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J349" t="inlineStr">
+        <is>
+          <t>27.703</t>
+        </is>
       </c>
       <c r="K349" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...30 lines deleted...]
-        </is>
+          <t>!</t>
+        </is>
+      </c>
+      <c r="L349" t="n">
+        <v>42.4164</v>
+      </c>
+      <c r="M349" t="n">
+        <v>3.9046</v>
+      </c>
+      <c r="N349" t="n">
+        <v>3.7045</v>
+      </c>
+      <c r="O349" t="n">
+        <v>0.27</v>
+      </c>
+      <c r="P349" t="n">
+        <v>1.79</v>
+      </c>
+      <c r="Q349" t="n">
+        <v>82.59</v>
       </c>
       <c r="R349" t="n">
-        <v>50.4331</v>
+        <v>54.47</v>
       </c>
       <c r="S349" t="n">
-        <v>1.7419</v>
-[...15 lines deleted...]
-      <c r="AB349" t="inlineStr"/>
+        <v>54.97</v>
+      </c>
+      <c r="T349" t="inlineStr"/>
+      <c r="U349" t="inlineStr"/>
+      <c r="V349" t="inlineStr"/>
     </row>
     <row r="350">
       <c r="A350" t="inlineStr">
         <is>
-          <t>127026</t>
+          <t>111019</t>
         </is>
       </c>
       <c r="B350" t="inlineStr">
         <is>
-          <t>超声转债</t>
+          <t>宏柏转债</t>
         </is>
       </c>
       <c r="C350" t="inlineStr">
         <is>
-          <t>142.950</t>
+          <t>605366</t>
         </is>
       </c>
       <c r="D350" t="inlineStr">
         <is>
-          <t>-0.633</t>
-[...6 lines deleted...]
-        <v>122.2586</v>
+          <t>宏柏新材</t>
+        </is>
+      </c>
+      <c r="E350" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F350" t="inlineStr">
+        <is>
+          <t>0.796</t>
+        </is>
       </c>
       <c r="G350" t="inlineStr">
         <is>
-          <t>000823</t>
+          <t>-</t>
         </is>
       </c>
       <c r="H350" t="inlineStr">
         <is>
-          <t>超声电子</t>
-[...6 lines deleted...]
-        <v>-1.97</v>
+          <t>2030-04-17</t>
+        </is>
+      </c>
+      <c r="I350" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J350" t="inlineStr">
+        <is>
+          <t>7.098</t>
+        </is>
       </c>
       <c r="K350" t="inlineStr">
         <is>
-          <t>AA</t>
-[...30 lines deleted...]
-        </is>
+          <t>!</t>
+        </is>
+      </c>
+      <c r="L350" t="n">
+        <v>47.3643</v>
+      </c>
+      <c r="M350" t="n">
+        <v>2.3838</v>
+      </c>
+      <c r="N350" t="n">
+        <v>2.0806</v>
+      </c>
+      <c r="O350" t="n">
+        <v>-0.31</v>
+      </c>
+      <c r="P350" t="n">
+        <v>0.65</v>
+      </c>
+      <c r="Q350" t="n">
+        <v>55.62</v>
       </c>
       <c r="R350" t="n">
-        <v>36.1888</v>
+        <v>34.9</v>
       </c>
       <c r="S350" t="n">
-        <v>2.5155</v>
-[...21 lines deleted...]
-      <c r="AB350" t="inlineStr"/>
+        <v>27.4</v>
+      </c>
+      <c r="T350" t="inlineStr"/>
+      <c r="U350" t="inlineStr"/>
+      <c r="V350" t="inlineStr"/>
     </row>
     <row r="351">
       <c r="A351" t="inlineStr">
         <is>
-          <t>111016</t>
+          <t>118050</t>
         </is>
       </c>
       <c r="B351" t="inlineStr">
         <is>
-          <t>神通转债</t>
+          <t>航宇转债</t>
         </is>
       </c>
       <c r="C351" t="inlineStr">
         <is>
-          <t>138.488</t>
+          <t>688239</t>
         </is>
       </c>
       <c r="D351" t="inlineStr">
         <is>
-          <t>-0.643</t>
-[...6 lines deleted...]
-        <v>139.1986</v>
+          <t>航宇科技</t>
+        </is>
+      </c>
+      <c r="E351" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F351" t="inlineStr">
+        <is>
+          <t>6.667</t>
+        </is>
       </c>
       <c r="G351" t="inlineStr">
         <is>
-          <t>605228</t>
+          <t>4.444</t>
         </is>
       </c>
       <c r="H351" t="inlineStr">
         <is>
-          <t>神通科技</t>
-[...6 lines deleted...]
-        <v>-0.93</v>
+          <t>2030-08-21</t>
+        </is>
+      </c>
+      <c r="I351" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J351" t="inlineStr">
+        <is>
+          <t>32.448</t>
+        </is>
       </c>
       <c r="K351" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...28 lines deleted...]
-        <is>
           <t>!</t>
         </is>
       </c>
+      <c r="L351" t="n">
+        <v>57.8564</v>
+      </c>
+      <c r="M351" t="n">
+        <v>2.264</v>
+      </c>
+      <c r="N351" t="n">
+        <v>1.5274</v>
+      </c>
+      <c r="O351" t="n">
+        <v>1.89</v>
+      </c>
+      <c r="P351" t="n">
+        <v>1.86</v>
+      </c>
+      <c r="Q351" t="n">
+        <v>99.42</v>
+      </c>
       <c r="R351" t="n">
-        <v>44.0962</v>
+        <v>72.93000000000001</v>
       </c>
       <c r="S351" t="n">
-        <v>2.5406</v>
-[...21 lines deleted...]
-      <c r="AB351" t="inlineStr"/>
+        <v>49.05</v>
+      </c>
+      <c r="T351" t="inlineStr"/>
+      <c r="U351" t="inlineStr"/>
+      <c r="V351" t="inlineStr"/>
     </row>
     <row r="352">
       <c r="A352" t="inlineStr">
         <is>
-          <t>118056</t>
+          <t>127092</t>
         </is>
       </c>
       <c r="B352" t="inlineStr">
         <is>
-          <t>路维转债</t>
+          <t>运机转债</t>
         </is>
       </c>
       <c r="C352" t="inlineStr">
         <is>
-          <t>241.668</t>
+          <t>001288</t>
         </is>
       </c>
       <c r="D352" t="inlineStr">
         <is>
-          <t>-0.716</t>
-[...6 lines deleted...]
-        <v>175.5352</v>
+          <t>运机集团</t>
+        </is>
+      </c>
+      <c r="E352" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F352" t="inlineStr">
+        <is>
+          <t>5.250</t>
+        </is>
       </c>
       <c r="G352" t="inlineStr">
         <is>
-          <t>688401</t>
+          <t>3.529</t>
         </is>
       </c>
       <c r="H352" t="inlineStr">
         <is>
-          <t>路维光电</t>
-[...6 lines deleted...]
-        <v>0.38</v>
+          <t>2029-09-21</t>
+        </is>
+      </c>
+      <c r="I352" t="inlineStr">
+        <is>
+          <t>116.00</t>
+        </is>
+      </c>
+      <c r="J352" t="inlineStr">
+        <is>
+          <t>15.717</t>
+        </is>
       </c>
       <c r="K352" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...28 lines deleted...]
-        <is>
           <t>!</t>
         </is>
       </c>
+      <c r="L352" t="n">
+        <v>53.9198</v>
+      </c>
+      <c r="M352" t="n">
+        <v>1.9527</v>
+      </c>
+      <c r="N352" t="n">
+        <v>1.6561</v>
+      </c>
+      <c r="O352" t="n">
+        <v>1.57</v>
+      </c>
+      <c r="P352" t="n">
+        <v>1.02</v>
+      </c>
+      <c r="Q352" t="n">
+        <v>64.37</v>
+      </c>
       <c r="R352" t="n">
-        <v>45.1202</v>
+        <v>52.1</v>
       </c>
       <c r="S352" t="n">
-        <v>2.3946</v>
-[...19 lines deleted...]
-      <c r="AB352" t="inlineStr"/>
+        <v>43.97</v>
+      </c>
+      <c r="T352" t="inlineStr"/>
+      <c r="U352" t="inlineStr"/>
+      <c r="V352" t="inlineStr"/>
     </row>
     <row r="353">
       <c r="A353" t="inlineStr">
         <is>
-          <t>123178</t>
+          <t>123197</t>
         </is>
       </c>
       <c r="B353" t="inlineStr">
         <is>
-          <t>花园转债</t>
+          <t>光力转债</t>
         </is>
       </c>
       <c r="C353" t="inlineStr">
         <is>
-          <t>152.302</t>
+          <t>300480</t>
         </is>
       </c>
       <c r="D353" t="inlineStr">
         <is>
-          <t>-0.790</t>
-[...6 lines deleted...]
-        <v>134.4238</v>
+          <t>光力科技</t>
+        </is>
+      </c>
+      <c r="E353" t="inlineStr">
+        <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="F353" t="inlineStr">
+        <is>
+          <t>3.994</t>
+        </is>
       </c>
       <c r="G353" t="inlineStr">
         <is>
-          <t>300401</t>
+          <t>-</t>
         </is>
       </c>
       <c r="H353" t="inlineStr">
         <is>
-          <t>花园生物</t>
-[...6 lines deleted...]
-        <v>-2.85</v>
+          <t>2029-05-08</t>
+        </is>
+      </c>
+      <c r="I353" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J353" t="inlineStr">
+        <is>
+          <t>27.495</t>
+        </is>
       </c>
       <c r="K353" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...30 lines deleted...]
-        </is>
+          <t>!</t>
+        </is>
+      </c>
+      <c r="L353" t="n">
+        <v>32.6747</v>
+      </c>
+      <c r="M353" t="n">
+        <v>6.4551</v>
+      </c>
+      <c r="N353" t="n">
+        <v>4.7121</v>
+      </c>
+      <c r="O353" t="n">
+        <v>-1.13</v>
+      </c>
+      <c r="P353" t="n">
+        <v>0.6899999999999999</v>
+      </c>
+      <c r="Q353" t="n">
+        <v>46.89</v>
       </c>
       <c r="R353" t="n">
-        <v>42.1936</v>
+        <v>31.37</v>
       </c>
       <c r="S353" t="n">
-        <v>2.0583</v>
-[...21 lines deleted...]
-      <c r="AB353" t="inlineStr"/>
+        <v>21.44</v>
+      </c>
+      <c r="T353" t="inlineStr"/>
+      <c r="U353" t="inlineStr"/>
+      <c r="V353" t="inlineStr"/>
     </row>
     <row r="354">
       <c r="A354" t="inlineStr">
         <is>
-          <t>118029</t>
+          <t>113699</t>
         </is>
       </c>
       <c r="B354" t="inlineStr">
         <is>
-          <t>富淼转债</t>
+          <t>金25转债</t>
         </is>
       </c>
       <c r="C354" t="inlineStr">
         <is>
-          <t>146.155</t>
+          <t>603979</t>
         </is>
       </c>
       <c r="D354" t="inlineStr">
         <is>
-          <t>-0.825</t>
-[...6 lines deleted...]
-        <v>146.7742</v>
+          <t>金诚信</t>
+        </is>
+      </c>
+      <c r="E354" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F354" t="inlineStr">
+        <is>
+          <t>20.000</t>
+        </is>
       </c>
       <c r="G354" t="inlineStr">
         <is>
-          <t>688350</t>
+          <t>5.540</t>
         </is>
       </c>
       <c r="H354" t="inlineStr">
         <is>
-          <t>富淼科技</t>
-[...6 lines deleted...]
-        <v>-0.73</v>
+          <t>2031-09-25</t>
+        </is>
+      </c>
+      <c r="I354" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="J354" t="inlineStr">
+        <is>
+          <t>82.498</t>
+        </is>
       </c>
       <c r="K354" t="inlineStr">
         <is>
-          <t>A</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30</t>
+        </is>
+      </c>
+      <c r="L354" t="n">
+        <v>45.8924</v>
+      </c>
+      <c r="M354" t="n">
+        <v>1.7385</v>
+      </c>
+      <c r="N354" t="n">
+        <v>1.4688</v>
+      </c>
+      <c r="O354" t="n">
+        <v>15.84</v>
+      </c>
+      <c r="P354" t="n">
+        <v>10.31</v>
+      </c>
+      <c r="Q354" t="n">
+        <v>78</v>
       </c>
       <c r="R354" t="n">
-        <v>45.0142</v>
-[...24 lines deleted...]
-      <c r="AB354" t="inlineStr"/>
+        <v>50.41</v>
+      </c>
+      <c r="S354" t="inlineStr"/>
+      <c r="T354" t="inlineStr"/>
+      <c r="U354" t="inlineStr"/>
+      <c r="V354" t="inlineStr"/>
     </row>
     <row r="355">
       <c r="A355" t="inlineStr">
         <is>
-          <t>123061</t>
+          <t>118055</t>
         </is>
       </c>
       <c r="B355" t="inlineStr">
         <is>
-          <t>航新转债</t>
+          <t>伟测转债</t>
         </is>
       </c>
       <c r="C355" t="inlineStr">
         <is>
-          <t>143.102</t>
+          <t>688372</t>
         </is>
       </c>
       <c r="D355" t="inlineStr">
         <is>
-          <t>-0.830</t>
-[...6 lines deleted...]
-        <v>134.5479</v>
+          <t>伟测科技</t>
+        </is>
+      </c>
+      <c r="E355" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F355" t="inlineStr">
+        <is>
+          <t>10.600</t>
+        </is>
       </c>
       <c r="G355" t="inlineStr">
         <is>
-          <t>300424</t>
+          <t>5.077</t>
         </is>
       </c>
       <c r="H355" t="inlineStr">
         <is>
-          <t>航新科技</t>
-[...6 lines deleted...]
-        <v>0.1</v>
+          <t>2031-04-09</t>
+        </is>
+      </c>
+      <c r="I355" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="J355" t="inlineStr">
+        <is>
+          <t>81.445</t>
+        </is>
       </c>
       <c r="K355" t="inlineStr">
         <is>
-          <t>A-</t>
-[...30 lines deleted...]
-        </is>
+          <t>!</t>
+        </is>
+      </c>
+      <c r="L355" t="n">
+        <v>58.7016</v>
+      </c>
+      <c r="M355" t="n">
+        <v>1.2781</v>
+      </c>
+      <c r="N355" t="n">
+        <v>1.2682</v>
+      </c>
+      <c r="O355" t="n">
+        <v>1.28</v>
+      </c>
+      <c r="P355" t="n">
+        <v>1.18</v>
+      </c>
+      <c r="Q355" t="n">
+        <v>75.69</v>
       </c>
       <c r="R355" t="n">
-        <v>67.8634</v>
-[...24 lines deleted...]
-      <c r="AB355" t="inlineStr"/>
+        <v>54.18</v>
+      </c>
+      <c r="S355" t="inlineStr"/>
+      <c r="T355" t="inlineStr"/>
+      <c r="U355" t="inlineStr"/>
+      <c r="V355" t="inlineStr"/>
     </row>
     <row r="356">
       <c r="A356" t="inlineStr">
         <is>
-          <t>123236</t>
+          <t>113697</t>
         </is>
       </c>
       <c r="B356" t="inlineStr">
         <is>
-          <t>家联转债</t>
+          <t>应流转债</t>
         </is>
       </c>
       <c r="C356" t="inlineStr">
         <is>
-          <t>199.301</t>
+          <t>603308</t>
         </is>
       </c>
       <c r="D356" t="inlineStr">
         <is>
-          <t>-0.840</t>
-[...6 lines deleted...]
-        <v>154.9902</v>
+          <t>应流股份</t>
+        </is>
+      </c>
+      <c r="E356" t="inlineStr">
+        <is>
+          <t>AA+</t>
+        </is>
+      </c>
+      <c r="F356" t="inlineStr">
+        <is>
+          <t>15.000</t>
+        </is>
       </c>
       <c r="G356" t="inlineStr">
         <is>
-          <t>301193</t>
+          <t>5.521</t>
         </is>
       </c>
       <c r="H356" t="inlineStr">
         <is>
-          <t>家联科技</t>
-[...6 lines deleted...]
-        <v>0.42</v>
+          <t>2031-09-18</t>
+        </is>
+      </c>
+      <c r="I356" t="inlineStr">
+        <is>
+          <t>109.00</t>
+        </is>
+      </c>
+      <c r="J356" t="inlineStr">
+        <is>
+          <t>39.611</t>
+        </is>
       </c>
       <c r="K356" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...30 lines deleted...]
-        </is>
+          <t>0/15 | 30</t>
+        </is>
+      </c>
+      <c r="L356" t="n">
+        <v>62.5008</v>
+      </c>
+      <c r="M356" t="n">
+        <v>1.6554</v>
+      </c>
+      <c r="N356" t="n">
+        <v>1.0221</v>
+      </c>
+      <c r="O356" t="n">
+        <v>2.86</v>
+      </c>
+      <c r="P356" t="n">
+        <v>3.03</v>
+      </c>
+      <c r="Q356" t="n">
+        <v>70.55</v>
       </c>
       <c r="R356" t="n">
-        <v>65.98690000000001</v>
-[...24 lines deleted...]
-      <c r="AB356" t="inlineStr"/>
+        <v>53.49</v>
+      </c>
+      <c r="S356" t="inlineStr"/>
+      <c r="T356" t="inlineStr"/>
+      <c r="U356" t="inlineStr"/>
+      <c r="V356" t="inlineStr"/>
     </row>
     <row r="357">
       <c r="A357" t="inlineStr">
         <is>
-          <t>127039</t>
+          <t>127037</t>
         </is>
       </c>
       <c r="B357" t="inlineStr">
         <is>
-          <t>北港转债</t>
+          <t>银轮转债</t>
         </is>
       </c>
       <c r="C357" t="inlineStr">
         <is>
-          <t>132.690</t>
+          <t>002126</t>
         </is>
       </c>
       <c r="D357" t="inlineStr">
         <is>
-          <t>-0.904</t>
-[...6 lines deleted...]
-        <v>133.2421</v>
+          <t>银轮股份</t>
+        </is>
+      </c>
+      <c r="E357" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F357" t="inlineStr">
+        <is>
+          <t>5.055</t>
+        </is>
       </c>
       <c r="G357" t="inlineStr">
         <is>
-          <t>000582</t>
+          <t>1.236</t>
         </is>
       </c>
       <c r="H357" t="inlineStr">
         <is>
-          <t>北部湾港</t>
-[...6 lines deleted...]
-        <v>-0.71</v>
+          <t>2027-06-07</t>
+        </is>
+      </c>
+      <c r="I357" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="J357" t="inlineStr">
+        <is>
+          <t>13.507</t>
+        </is>
       </c>
       <c r="K357" t="inlineStr">
         <is>
-          <t>AAA</t>
-[...28 lines deleted...]
-        <is>
           <t>!</t>
         </is>
       </c>
+      <c r="L357" t="n">
+        <v>62.5687</v>
+      </c>
+      <c r="M357" t="n">
+        <v>1.1694</v>
+      </c>
+      <c r="N357" t="n">
+        <v>0.9424</v>
+      </c>
+      <c r="O357" t="n">
+        <v>7.84</v>
+      </c>
+      <c r="P357" t="n">
+        <v>6.12</v>
+      </c>
+      <c r="Q357" t="n">
+        <v>61.51</v>
+      </c>
       <c r="R357" t="n">
-        <v>43.7535</v>
+        <v>47.45</v>
       </c>
       <c r="S357" t="n">
-        <v>0.8591</v>
-[...21 lines deleted...]
-      <c r="AB357" t="inlineStr"/>
+        <v>51.65</v>
+      </c>
+      <c r="T357" t="inlineStr"/>
+      <c r="U357" t="inlineStr"/>
+      <c r="V357" t="inlineStr"/>
     </row>
     <row r="358">
       <c r="A358" t="inlineStr">
         <is>
-          <t>118049</t>
+          <t>113601</t>
         </is>
       </c>
       <c r="B358" t="inlineStr">
         <is>
-          <t>汇成转债</t>
+          <t>塞力转债</t>
         </is>
       </c>
       <c r="C358" t="inlineStr">
         <is>
-          <t>355.164</t>
+          <t>603716</t>
         </is>
       </c>
       <c r="D358" t="inlineStr">
         <is>
-          <t>-0.914</t>
-[...6 lines deleted...]
-        <v>285.6767</v>
+          <t>塞力医疗</t>
+        </is>
+      </c>
+      <c r="E358" t="inlineStr">
+        <is>
+          <t>BB+</t>
+        </is>
+      </c>
+      <c r="F358" t="inlineStr">
+        <is>
+          <t>1.725</t>
+        </is>
       </c>
       <c r="G358" t="inlineStr">
         <is>
-          <t>688403</t>
+          <t>0.441</t>
         </is>
       </c>
       <c r="H358" t="inlineStr">
         <is>
-          <t>汇成股份</t>
-[...6 lines deleted...]
-        <v>1.92</v>
+          <t>2026-08-21</t>
+        </is>
+      </c>
+      <c r="I358" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J358" t="inlineStr">
+        <is>
+          <t>15.600</t>
+        </is>
       </c>
       <c r="K358" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...28 lines deleted...]
-        <is>
           <t>!</t>
         </is>
       </c>
+      <c r="L358" t="n">
+        <v>49.6112</v>
+      </c>
+      <c r="M358" t="n">
+        <v>1.3748</v>
+      </c>
+      <c r="N358" t="n">
+        <v>1.1587</v>
+      </c>
+      <c r="O358" t="n">
+        <v>-2.09</v>
+      </c>
+      <c r="P358" t="n">
+        <v>-1.59</v>
+      </c>
+      <c r="Q358" t="n">
+        <v>47.29</v>
+      </c>
       <c r="R358" t="n">
-        <v>28.252</v>
+        <v>66.51000000000001</v>
       </c>
       <c r="S358" t="n">
-        <v>6.2859</v>
-[...19 lines deleted...]
-      <c r="AB358" t="inlineStr"/>
+        <v>60.16</v>
+      </c>
+      <c r="T358" t="inlineStr"/>
+      <c r="U358" t="inlineStr"/>
+      <c r="V358" t="inlineStr"/>
     </row>
     <row r="359">
       <c r="A359" t="inlineStr">
         <is>
-          <t>110076</t>
+          <t>113653</t>
         </is>
       </c>
       <c r="B359" t="inlineStr">
         <is>
-          <t>华海转债</t>
+          <t>永22转债</t>
         </is>
       </c>
       <c r="C359" t="inlineStr">
         <is>
-          <t>122.448</t>
+          <t>603681</t>
         </is>
       </c>
       <c r="D359" t="inlineStr">
         <is>
-          <t>-0.972</t>
-[...6 lines deleted...]
-        <v>51.8149</v>
+          <t>永冠新材</t>
+        </is>
+      </c>
+      <c r="E359" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F359" t="inlineStr">
+        <is>
+          <t>6.729</t>
+        </is>
       </c>
       <c r="G359" t="inlineStr">
         <is>
-          <t>600521</t>
+          <t>2.378</t>
         </is>
       </c>
       <c r="H359" t="inlineStr">
         <is>
-          <t>华海药业</t>
-[...6 lines deleted...]
-        <v>2.64</v>
+          <t>2028-07-28</t>
+        </is>
+      </c>
+      <c r="I359" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J359" t="inlineStr">
+        <is>
+          <t>21.450</t>
+        </is>
       </c>
       <c r="K359" t="inlineStr">
         <is>
-          <t>AA</t>
-[...30 lines deleted...]
-        </is>
+          <t>!</t>
+        </is>
+      </c>
+      <c r="L359" t="n">
+        <v>62.0965</v>
+      </c>
+      <c r="M359" t="n">
+        <v>1.2474</v>
+      </c>
+      <c r="N359" t="n">
+        <v>0.9248</v>
+      </c>
+      <c r="O359" t="n">
+        <v>1.63</v>
+      </c>
+      <c r="P359" t="n">
+        <v>0.83</v>
+      </c>
+      <c r="Q359" t="n">
+        <v>41.17</v>
       </c>
       <c r="R359" t="n">
-        <v>54.6177</v>
+        <v>29.43</v>
       </c>
       <c r="S359" t="n">
-        <v>1.3235</v>
-[...21 lines deleted...]
-      <c r="AB359" t="inlineStr"/>
+        <v>19.32</v>
+      </c>
+      <c r="T359" t="inlineStr"/>
+      <c r="U359" t="inlineStr"/>
+      <c r="V359" t="inlineStr"/>
     </row>
     <row r="360">
       <c r="A360" t="inlineStr">
         <is>
-          <t>118057</t>
+          <t>118064</t>
         </is>
       </c>
       <c r="B360" t="inlineStr">
         <is>
-          <t>甬矽转债</t>
+          <t>联瑞转债</t>
         </is>
       </c>
       <c r="C360" t="inlineStr">
         <is>
-          <t>233.764</t>
+          <t>688300</t>
         </is>
       </c>
       <c r="D360" t="inlineStr">
         <is>
-          <t>-0.994</t>
-[...6 lines deleted...]
-        <v>171.0508</v>
+          <t>联瑞新材</t>
+        </is>
+      </c>
+      <c r="E360" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F360" t="inlineStr">
+        <is>
+          <t>6.950</t>
+        </is>
       </c>
       <c r="G360" t="inlineStr">
         <is>
-          <t>688362</t>
+          <t>5.825</t>
         </is>
       </c>
       <c r="H360" t="inlineStr">
         <is>
-          <t>甬矽电子</t>
-[...6 lines deleted...]
-        <v>-0.39</v>
+          <t>2032-01-07</t>
+        </is>
+      </c>
+      <c r="I360" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="J360" t="inlineStr">
+        <is>
+          <t>82.615</t>
+        </is>
       </c>
       <c r="K360" t="inlineStr">
         <is>
-          <t>A+</t>
-[...56 lines deleted...]
-      <c r="AB360" t="inlineStr"/>
+          <t>0/15 | 30</t>
+        </is>
+      </c>
+      <c r="L360" t="n">
+        <v>26.3761</v>
+      </c>
+      <c r="M360" t="n">
+        <v>3.0714</v>
+      </c>
+      <c r="N360" t="n">
+        <v>2.7712</v>
+      </c>
+      <c r="O360" t="n">
+        <v>2.51</v>
+      </c>
+      <c r="P360" t="n">
+        <v>1.74</v>
+      </c>
+      <c r="Q360" t="inlineStr"/>
+      <c r="R360" t="inlineStr"/>
+      <c r="S360" t="inlineStr"/>
+      <c r="T360" t="inlineStr"/>
+      <c r="U360" t="inlineStr"/>
+      <c r="V360" t="inlineStr"/>
     </row>
     <row r="361">
       <c r="A361" t="inlineStr">
         <is>
-          <t>118052</t>
+          <t>123131</t>
         </is>
       </c>
       <c r="B361" t="inlineStr">
         <is>
-          <t>浩瀚转债</t>
+          <t>奥飞转债</t>
         </is>
       </c>
       <c r="C361" t="inlineStr">
         <is>
-          <t>184.974</t>
+          <t>300738</t>
         </is>
       </c>
       <c r="D361" t="inlineStr">
         <is>
-          <t>-1.014</t>
-[...6 lines deleted...]
-        <v>141.9209</v>
+          <t>奥飞数据</t>
+        </is>
+      </c>
+      <c r="E361" t="inlineStr">
+        <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="F361" t="inlineStr">
+        <is>
+          <t>3.162</t>
+        </is>
       </c>
       <c r="G361" t="inlineStr">
         <is>
-          <t>688292</t>
+          <t>1.726</t>
         </is>
       </c>
       <c r="H361" t="inlineStr">
         <is>
-          <t>浩瀚深度</t>
-[...6 lines deleted...]
-        <v>11.35</v>
+          <t>2027-12-03</t>
+        </is>
+      </c>
+      <c r="I361" t="inlineStr">
+        <is>
+          <t>115.00</t>
+        </is>
+      </c>
+      <c r="J361" t="inlineStr">
+        <is>
+          <t>13.078</t>
+        </is>
       </c>
       <c r="K361" t="inlineStr">
         <is>
-          <t>A+</t>
-[...30 lines deleted...]
-        </is>
+          <t>!</t>
+        </is>
+      </c>
+      <c r="L361" t="n">
+        <v>75.831</v>
+      </c>
+      <c r="M361" t="n">
+        <v>0.4115</v>
+      </c>
+      <c r="N361" t="n">
+        <v>0.4063</v>
+      </c>
+      <c r="O361" t="n">
+        <v>1.24</v>
+      </c>
+      <c r="P361" t="n">
+        <v>1.41</v>
+      </c>
+      <c r="Q361" t="n">
+        <v>87.72</v>
       </c>
       <c r="R361" t="n">
-        <v>29.9726</v>
+        <v>60.71</v>
       </c>
       <c r="S361" t="n">
-        <v>8.8444</v>
-[...19 lines deleted...]
-      <c r="AB361" t="inlineStr"/>
+        <v>56.31</v>
+      </c>
+      <c r="T361" t="inlineStr"/>
+      <c r="U361" t="inlineStr"/>
+      <c r="V361" t="inlineStr"/>
     </row>
     <row r="362">
       <c r="A362" t="inlineStr">
         <is>
-          <t>127096</t>
+          <t>127113</t>
         </is>
       </c>
       <c r="B362" t="inlineStr">
         <is>
-          <t>泰坦转债</t>
+          <t>长高转债</t>
         </is>
       </c>
       <c r="C362" t="inlineStr">
         <is>
-          <t>162.920</t>
+          <t>002452</t>
         </is>
       </c>
       <c r="D362" t="inlineStr">
         <is>
-          <t>-1.141</t>
-[...6 lines deleted...]
-        <v>126.6767</v>
+          <t>长高电新</t>
+        </is>
+      </c>
+      <c r="E362" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F362" t="inlineStr">
+        <is>
+          <t>7.590</t>
+        </is>
       </c>
       <c r="G362" t="inlineStr">
         <is>
-          <t>003036</t>
+          <t>5.992</t>
         </is>
       </c>
       <c r="H362" t="inlineStr">
         <is>
-          <t>泰坦股份</t>
-[...6 lines deleted...]
-        <v>-1.12</v>
+          <t>2032-03-08</t>
+        </is>
+      </c>
+      <c r="I362" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="J362" t="inlineStr">
+        <is>
+          <t>14.313</t>
+        </is>
       </c>
       <c r="K362" t="inlineStr">
         <is>
-          <t>A</t>
-[...58 lines deleted...]
-      <c r="AB362" t="inlineStr"/>
+          <t>0/15 | 30</t>
+        </is>
+      </c>
+      <c r="L362" t="n">
+        <v>27.1465</v>
+      </c>
+      <c r="M362" t="n">
+        <v>3.3704</v>
+      </c>
+      <c r="N362" t="n">
+        <v>2.7813</v>
+      </c>
+      <c r="O362" t="n">
+        <v>2.52</v>
+      </c>
+      <c r="P362" t="n">
+        <v>1.73</v>
+      </c>
+      <c r="Q362" t="inlineStr"/>
+      <c r="R362" t="inlineStr"/>
+      <c r="S362" t="inlineStr"/>
+      <c r="T362" t="inlineStr"/>
+      <c r="U362" t="inlineStr"/>
+      <c r="V362" t="inlineStr"/>
     </row>
     <row r="363">
       <c r="A363" t="inlineStr">
         <is>
-          <t>123160</t>
+          <t>113701</t>
         </is>
       </c>
       <c r="B363" t="inlineStr">
         <is>
-          <t>泰福转债</t>
+          <t>祥和转债</t>
         </is>
       </c>
       <c r="C363" t="inlineStr">
         <is>
-          <t>188.100</t>
+          <t>603500</t>
         </is>
       </c>
       <c r="D363" t="inlineStr">
         <is>
-          <t>-1.146</t>
-[...6 lines deleted...]
-        <v>168.3359</v>
+          <t>祥和实业</t>
+        </is>
+      </c>
+      <c r="E363" t="inlineStr">
+        <is>
+          <t>A+</t>
+        </is>
+      </c>
+      <c r="F363" t="inlineStr">
+        <is>
+          <t>4.000</t>
+        </is>
       </c>
       <c r="G363" t="inlineStr">
         <is>
-          <t>300992</t>
+          <t>5.975</t>
         </is>
       </c>
       <c r="H363" t="inlineStr">
         <is>
-          <t>泰福泵业</t>
-[...6 lines deleted...]
-        <v>-2.12</v>
+          <t>2032-03-02</t>
+        </is>
+      </c>
+      <c r="I363" t="inlineStr">
+        <is>
+          <t>114.00</t>
+        </is>
+      </c>
+      <c r="J363" t="inlineStr">
+        <is>
+          <t>17.667</t>
+        </is>
       </c>
       <c r="K363" t="inlineStr">
         <is>
-          <t>A</t>
-[...58 lines deleted...]
-      <c r="AB363" t="inlineStr"/>
+          <t>0/15 | 30</t>
+        </is>
+      </c>
+      <c r="L363" t="n">
+        <v>30.3473</v>
+      </c>
+      <c r="M363" t="n">
+        <v>2.385</v>
+      </c>
+      <c r="N363" t="n">
+        <v>2.0565</v>
+      </c>
+      <c r="O363" t="n">
+        <v>0.75</v>
+      </c>
+      <c r="P363" t="n">
+        <v>0.67</v>
+      </c>
+      <c r="Q363" t="inlineStr"/>
+      <c r="R363" t="inlineStr"/>
+      <c r="S363" t="inlineStr"/>
+      <c r="T363" t="inlineStr"/>
+      <c r="U363" t="inlineStr"/>
+      <c r="V363" t="inlineStr"/>
     </row>
     <row r="364">
       <c r="A364" t="inlineStr">
         <is>
-          <t>127092</t>
+          <t>118066</t>
         </is>
       </c>
       <c r="B364" t="inlineStr">
         <is>
-          <t>运机转债</t>
+          <t>统联转债</t>
         </is>
       </c>
       <c r="C364" t="inlineStr">
         <is>
-          <t>378.000</t>
+          <t>688210</t>
         </is>
       </c>
       <c r="D364" t="inlineStr">
         <is>
-          <t>-1.305</t>
-[...6 lines deleted...]
-        <v>286.8486</v>
+          <t>统联精密</t>
+        </is>
+      </c>
+      <c r="E364" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F364" t="inlineStr">
+        <is>
+          <t>5.760</t>
+        </is>
       </c>
       <c r="G364" t="inlineStr">
         <is>
-          <t>001288</t>
+          <t>5.975</t>
         </is>
       </c>
       <c r="H364" t="inlineStr">
         <is>
-          <t>运机集团</t>
-[...6 lines deleted...]
-        <v>-0.89</v>
+          <t>2032-03-02</t>
+        </is>
+      </c>
+      <c r="I364" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="J364" t="inlineStr">
+        <is>
+          <t>73.060</t>
+        </is>
       </c>
       <c r="K364" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...58 lines deleted...]
-      <c r="AB364" t="inlineStr"/>
+          <t>0/15 | 30</t>
+        </is>
+      </c>
+      <c r="L364" t="n">
+        <v>44.2461</v>
+      </c>
+      <c r="M364" t="n">
+        <v>2.0509</v>
+      </c>
+      <c r="N364" t="n">
+        <v>1.7116</v>
+      </c>
+      <c r="O364" t="n">
+        <v>0.75</v>
+      </c>
+      <c r="P364" t="n">
+        <v>0.59</v>
+      </c>
+      <c r="Q364" t="inlineStr"/>
+      <c r="R364" t="inlineStr"/>
+      <c r="S364" t="inlineStr"/>
+      <c r="T364" t="inlineStr"/>
+      <c r="U364" t="inlineStr"/>
+      <c r="V364" t="inlineStr"/>
     </row>
     <row r="365">
       <c r="A365" t="inlineStr">
         <is>
-          <t>127079</t>
+          <t>123210</t>
         </is>
       </c>
       <c r="B365" t="inlineStr">
         <is>
-          <t>华亚转债</t>
+          <t>信服转债</t>
         </is>
       </c>
       <c r="C365" t="inlineStr">
         <is>
-          <t>205.393</t>
+          <t>300454</t>
         </is>
       </c>
       <c r="D365" t="inlineStr">
         <is>
-          <t>-1.396</t>
-[...6 lines deleted...]
-        <v>173.5438</v>
+          <t>深信服</t>
+        </is>
+      </c>
+      <c r="E365" t="inlineStr">
+        <is>
+          <t>AA</t>
+        </is>
+      </c>
+      <c r="F365" t="inlineStr">
+        <is>
+          <t>2.884</t>
+        </is>
       </c>
       <c r="G365" t="inlineStr">
         <is>
-          <t>003043</t>
+          <t>-</t>
         </is>
       </c>
       <c r="H365" t="inlineStr">
         <is>
-          <t>华亚智能</t>
-[...41 lines deleted...]
-        </is>
+          <t>2029-07-27</t>
+        </is>
+      </c>
+      <c r="I365" t="inlineStr">
+        <is>
+          <t>108.00</t>
+        </is>
+      </c>
+      <c r="J365" t="inlineStr">
+        <is>
+          <t>144.209</t>
+        </is>
+      </c>
+      <c r="K365" t="inlineStr"/>
+      <c r="L365" t="n">
+        <v>38.1253</v>
+      </c>
+      <c r="M365" t="n">
+        <v>1.9645</v>
+      </c>
+      <c r="N365" t="n">
+        <v>1.8334</v>
+      </c>
+      <c r="O365" t="n">
+        <v>1.97</v>
+      </c>
+      <c r="P365" t="n">
+        <v>1.98</v>
+      </c>
+      <c r="Q365" t="n">
+        <v>83.52</v>
       </c>
       <c r="R365" t="n">
-        <v>31.5465</v>
+        <v>64.92</v>
       </c>
       <c r="S365" t="n">
-        <v>2.4238</v>
-[...21 lines deleted...]
-      <c r="AB365" t="inlineStr"/>
+        <v>40.28</v>
+      </c>
+      <c r="T365" t="inlineStr"/>
+      <c r="U365" t="inlineStr"/>
+      <c r="V365" t="inlineStr"/>
     </row>
     <row r="366">
       <c r="A366" t="inlineStr">
         <is>
-          <t>123114</t>
+          <t>127033</t>
         </is>
       </c>
       <c r="B366" t="inlineStr">
         <is>
-          <t>三角转债</t>
+          <t>中装转2</t>
         </is>
       </c>
       <c r="C366" t="inlineStr">
         <is>
-          <t>160.016</t>
+          <t>002822</t>
         </is>
       </c>
       <c r="D366" t="inlineStr">
         <is>
-          <t>-1.461</t>
-[...6 lines deleted...]
-        <v>121.3125</v>
+          <t>ST中装</t>
+        </is>
+      </c>
+      <c r="E366" t="inlineStr">
+        <is>
+          <t>B-</t>
+        </is>
+      </c>
+      <c r="F366" t="inlineStr">
+        <is>
+          <t>0.092</t>
+        </is>
       </c>
       <c r="G366" t="inlineStr">
         <is>
-          <t>300775</t>
+          <t>-</t>
         </is>
       </c>
       <c r="H366" t="inlineStr">
         <is>
-          <t>三角防务</t>
-[...41 lines deleted...]
-        </is>
+          <t>2027-04-16</t>
+        </is>
+      </c>
+      <c r="I366" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="J366" t="inlineStr">
+        <is>
+          <t>4.927</t>
+        </is>
+      </c>
+      <c r="K366" t="inlineStr"/>
+      <c r="L366" t="n">
+        <v>76.7693</v>
+      </c>
+      <c r="M366" t="n">
+        <v>1.069</v>
+      </c>
+      <c r="N366" t="n">
+        <v>0.9016999999999999</v>
+      </c>
+      <c r="O366" t="n">
+        <v>-17.87</v>
+      </c>
+      <c r="P366" t="n">
+        <v>-7.02</v>
+      </c>
+      <c r="Q366" t="n">
+        <v>47.06</v>
       </c>
       <c r="R366" t="n">
-        <v>30.0194</v>
+        <v>31.52</v>
       </c>
       <c r="S366" t="n">
-        <v>4.0844</v>
-[...21 lines deleted...]
-      <c r="AB366" t="inlineStr"/>
+        <v>73.29000000000001</v>
+      </c>
+      <c r="T366" t="inlineStr"/>
+      <c r="U366" t="inlineStr"/>
+      <c r="V366" t="inlineStr"/>
     </row>
     <row r="367">
       <c r="A367" t="inlineStr">
         <is>
-          <t>111024</t>
+          <t>128137</t>
         </is>
       </c>
       <c r="B367" t="inlineStr">
         <is>
-          <t>澳弘转债</t>
+          <t>洁美转债</t>
         </is>
       </c>
       <c r="C367" t="inlineStr">
         <is>
-          <t>182.006</t>
+          <t>002859</t>
         </is>
       </c>
       <c r="D367" t="inlineStr">
         <is>
-          <t>-1.494</t>
-[...6 lines deleted...]
-        <v>94.2714</v>
+          <t>洁美科技</t>
+        </is>
+      </c>
+      <c r="E367" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F367" t="inlineStr">
+        <is>
+          <t>5.909</t>
+        </is>
       </c>
       <c r="G367" t="inlineStr">
         <is>
-          <t>605058</t>
+          <t>0.647</t>
         </is>
       </c>
       <c r="H367" t="inlineStr">
         <is>
-          <t>澳弘电子</t>
-[...6 lines deleted...]
-        <v>-0.16</v>
+          <t>2026-11-04</t>
+        </is>
+      </c>
+      <c r="I367" t="inlineStr">
+        <is>
+          <t>112.00</t>
+        </is>
+      </c>
+      <c r="J367" t="inlineStr">
+        <is>
+          <t>34.398</t>
+        </is>
       </c>
       <c r="K367" t="inlineStr">
         <is>
-          <t>AA-</t>
-[...30 lines deleted...]
-        </is>
+          <t>!</t>
+        </is>
+      </c>
+      <c r="L367" t="n">
+        <v>56.5949</v>
+      </c>
+      <c r="M367" t="n">
+        <v>1.3545</v>
+      </c>
+      <c r="N367" t="n">
+        <v>0.9713000000000001</v>
+      </c>
+      <c r="O367" t="n">
+        <v>2.02</v>
+      </c>
+      <c r="P367" t="n">
+        <v>2.56</v>
+      </c>
+      <c r="Q367" t="n">
+        <v>53.91</v>
       </c>
       <c r="R367" t="n">
-        <v>39.1964</v>
+        <v>34.42</v>
       </c>
       <c r="S367" t="n">
-        <v>2.0034</v>
-[...15 lines deleted...]
-      <c r="AB367" t="inlineStr"/>
+        <v>21.7</v>
+      </c>
+      <c r="T367" t="inlineStr"/>
+      <c r="U367" t="inlineStr"/>
+      <c r="V367" t="inlineStr"/>
     </row>
     <row r="368">
       <c r="A368" t="inlineStr">
         <is>
-          <t>123243</t>
+          <t>128101</t>
         </is>
       </c>
       <c r="B368" t="inlineStr">
         <is>
-          <t>严牌转债</t>
+          <t>联创转债</t>
         </is>
       </c>
       <c r="C368" t="inlineStr">
         <is>
-          <t>167.433</t>
+          <t>002036</t>
         </is>
       </c>
       <c r="D368" t="inlineStr">
         <is>
-          <t>-1.807</t>
-[...6 lines deleted...]
-        <v>165.6121</v>
+          <t>联创电子</t>
+        </is>
+      </c>
+      <c r="E368" t="inlineStr">
+        <is>
+          <t>AA-</t>
+        </is>
+      </c>
+      <c r="F368" t="inlineStr">
+        <is>
+          <t>2.768</t>
+        </is>
       </c>
       <c r="G368" t="inlineStr">
         <is>
-          <t>301081</t>
+          <t>-</t>
         </is>
       </c>
       <c r="H368" t="inlineStr">
         <is>
-          <t>严牌股份</t>
-[...41 lines deleted...]
-        </is>
+          <t>2026-03-16</t>
+        </is>
+      </c>
+      <c r="I368" t="inlineStr">
+        <is>
+          <t>110.00</t>
+        </is>
+      </c>
+      <c r="J368" t="inlineStr">
+        <is>
+          <t>14.534</t>
+        </is>
+      </c>
+      <c r="K368" t="inlineStr"/>
+      <c r="L368" t="n">
+        <v>84.43770000000001</v>
+      </c>
+      <c r="M368" t="n">
+        <v>0.6645</v>
+      </c>
+      <c r="N368" t="n">
+        <v>0.4219</v>
+      </c>
+      <c r="O368" t="n">
+        <v>-5.53</v>
+      </c>
+      <c r="P368" t="n">
+        <v>-9.92</v>
+      </c>
+      <c r="Q368" t="n">
+        <v>28.35</v>
       </c>
       <c r="R368" t="n">
-        <v>52.6067</v>
+        <v>37.21</v>
       </c>
       <c r="S368" t="n">
-        <v>1.6505</v>
-[...1669 lines deleted...]
-      </c>
+        <v>34.28</v>
+      </c>
+      <c r="T368" t="inlineStr"/>
+      <c r="U368" t="inlineStr"/>
+      <c r="V368" t="inlineStr"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>